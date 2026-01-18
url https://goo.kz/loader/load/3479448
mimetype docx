--- v0 (2025-12-07)
+++ v1 (2026-01-18)
@@ -1,15757 +1,18138 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="003D09DD" w:rsidRPr="00F0214B" w:rsidRDefault="00773BA2" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00B50C26">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7756CE3C" wp14:editId="056F8183">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>796925</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>45720</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="4944110" cy="1950720"/>
-            <wp:effectExtent l="0" t="0" r="8890" b="0"/>
+            <wp:extent cx="4943866" cy="1950724"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
-            <wp:docPr id="1" name="Рисунок 1"/>
+            <wp:docPr id="3" name="Рисунок 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Рисунок 2"/>
+                    <pic:cNvPr id="3" name="Рисунок 2"/>
                     <pic:cNvPicPr>
-                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7">
+                    <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
-                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4944110" cy="1950720"/>
+                      <a:ext cx="4943866" cy="1950724"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w:rsidR="00E06E3B" w:rsidRPr="00F0214B" w:rsidRDefault="00E06E3B" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E06E3B" w:rsidRPr="00F0214B" w:rsidRDefault="00E06E3B" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E06E3B" w:rsidRPr="00F0214B" w:rsidRDefault="00E06E3B" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E06E3B" w:rsidRPr="00F0214B" w:rsidRDefault="00E06E3B" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E06E3B" w:rsidRPr="00F0214B" w:rsidRDefault="00E06E3B" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E06E3B" w:rsidRPr="00F0214B" w:rsidRDefault="00E06E3B" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E06E3B" w:rsidRPr="00F0214B" w:rsidRDefault="00E06E3B" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E06E3B" w:rsidRPr="00F0214B" w:rsidRDefault="00E06E3B" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E06E3B" w:rsidRPr="00F0214B" w:rsidRDefault="00E06E3B" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E06E3B" w:rsidRPr="00F0214B" w:rsidRDefault="00E06E3B" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00773BA2" w:rsidRPr="00F0214B" w:rsidRDefault="00773BA2" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00773BA2" w:rsidRPr="00F0214B" w:rsidRDefault="00773BA2" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00773BA2" w:rsidRPr="00F0214B" w:rsidRDefault="00773BA2" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00773BA2" w:rsidRPr="00F0214B" w:rsidRDefault="00773BA2" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0057318E" w:rsidRPr="00F0214B" w:rsidRDefault="0057318E" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КОНЦЕПЦИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0057318E" w:rsidRPr="00F0214B" w:rsidRDefault="0057318E" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">празднования 30-летия </w:t>
+      </w:r>
+      <w:r w:rsidR="00254EBC" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>езависимости</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0057318E" w:rsidRPr="00F0214B" w:rsidRDefault="0057318E" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0057318E" w:rsidRPr="00F0214B" w:rsidRDefault="0057318E" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E06E3B" w:rsidRPr="00F0214B" w:rsidRDefault="00E06E3B" w:rsidP="002E31B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002E31B2" w:rsidRPr="00F0214B" w:rsidRDefault="002E31B2" w:rsidP="002E31B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>«Жасампаздыққа толы жылдар»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E06E3B" w:rsidRPr="00F0214B" w:rsidRDefault="002E31B2" w:rsidP="002E31B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>«Созидание во имя людей»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E06E3B" w:rsidRPr="00F0214B" w:rsidRDefault="00E06E3B" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E06E3B" w:rsidRPr="00F0214B" w:rsidRDefault="00E06E3B" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E06E3B" w:rsidRPr="00F0214B" w:rsidRDefault="00E06E3B" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E06E3B" w:rsidRPr="00F0214B" w:rsidRDefault="00E06E3B" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E06E3B" w:rsidRPr="00F0214B" w:rsidRDefault="00E06E3B" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E06E3B" w:rsidRPr="00F0214B" w:rsidRDefault="00E06E3B" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E06E3B" w:rsidRPr="00F0214B" w:rsidRDefault="00E06E3B" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E06E3B" w:rsidRPr="00F0214B" w:rsidRDefault="00E06E3B" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E06E3B" w:rsidRPr="00F0214B" w:rsidRDefault="00E06E3B" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E06E3B" w:rsidRPr="00F0214B" w:rsidRDefault="00E06E3B" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E06E3B" w:rsidRPr="00F0214B" w:rsidRDefault="00E06E3B" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E06E3B" w:rsidRPr="00F0214B" w:rsidRDefault="00E06E3B" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E06E3B" w:rsidRPr="00F0214B" w:rsidRDefault="00E06E3B" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0057318E" w:rsidRPr="00F0214B" w:rsidRDefault="00E06E3B" w:rsidP="000C348A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...634 lines deleted...]
-    <w:p w:rsidR="00D56161" w:rsidRDefault="00D56161" w:rsidP="00A91E8A">
+        <w:t xml:space="preserve">г. </w:t>
+      </w:r>
+      <w:r w:rsidR="0057318E" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нур-Султан, 2019 год</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00800877">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00D56161" w:rsidRDefault="00D56161" w:rsidP="00A91E8A">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>СОДЕРЖАНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00800877">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00A87299" w:rsidP="00A91E8A">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00800877">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00800877">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...20 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
+        <w:tblStyle w:val="ae"/>
         <w:tblW w:w="10201" w:type="dxa"/>
-        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="988"/>
         <w:gridCol w:w="6804"/>
         <w:gridCol w:w="2409"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidTr="00FE0C73">
+      <w:tr w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidTr="004B0430">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="988" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00E154EF">
             <w:pPr>
+              <w:pStyle w:val="a6"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00A87299" w:rsidP="00A91E8A">
+          <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="004D5F77" w:rsidP="004B0430">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="700"/>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B50C26">
+            <w:r w:rsidRPr="00F0214B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Тұжырымдама </w:t>
-[...9 lines deleted...]
-              <w:t>нысаны</w:t>
+              <w:t>Назначение Концепции</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="004B0430">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="700"/>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="009F694D" w:rsidP="004B0430">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B50C26">
+            <w:r w:rsidRPr="00F0214B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="004B0430">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidTr="00FE0C73">
+      <w:tr w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidTr="004B0430">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="988" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="004B0430">
             <w:pPr>
+              <w:pStyle w:val="a6"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00DE6401" w:rsidP="00A91E8A">
+          <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="004D5F77" w:rsidP="004B0430">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="700"/>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B50C26">
+            <w:r w:rsidRPr="00F0214B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Тарихи анықтама</w:t>
+              <w:t>Историческая справка</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="004B0430">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="700"/>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="009F694D" w:rsidP="004B0430">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B50C26">
+            <w:r w:rsidRPr="00F0214B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidTr="00FE0C73">
+      <w:tr w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidTr="004B0430">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="988" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="004B0430">
             <w:pPr>
+              <w:pStyle w:val="a6"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="003A0F60" w:rsidP="00A91E8A">
+          <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="004B0430">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="700"/>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B50C26">
+            <w:r w:rsidRPr="00F0214B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мерекелеудің мақсаты мен міндеттері</w:t>
+              <w:t>Цель и задачи празднования</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="004B0430">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="700"/>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="009F694D" w:rsidP="004B0430">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B50C26">
+            <w:r w:rsidRPr="00F0214B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidTr="00FE0C73">
+      <w:tr w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidTr="004B0430">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="988" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="004B0430">
             <w:pPr>
+              <w:pStyle w:val="a6"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="004F430A" w:rsidP="00A91E8A">
+          <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="004D5F77" w:rsidP="004B0430">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="700"/>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00F0214B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Басты</w:t>
-[...19 lines deleted...]
-              <w:t>идея</w:t>
+              <w:t>Главная идея</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="004B0430">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="700"/>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="009F694D" w:rsidP="004B0430">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B50C26">
+            <w:r w:rsidRPr="00F0214B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidTr="00FE0C73">
+      <w:tr w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidTr="004B0430">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="988" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="004B0430">
             <w:pPr>
+              <w:pStyle w:val="a6"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00B7650E" w:rsidP="00A91E8A">
+          <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00EA7004" w:rsidP="004B0430">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="700"/>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B50C26">
+            <w:r w:rsidRPr="00F0214B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Тәуелсіздіктің 30 жылдығын мерекелеудің тұжырымдамалық негіздері </w:t>
+              <w:t>Концептуальные основы празднования 30-летия Независимости</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:p w:rsidR="00EA7004" w:rsidRPr="00F0214B" w:rsidRDefault="00EA7004" w:rsidP="004B0430">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="700"/>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="001F7426" w:rsidP="004B0430">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B50C26">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidTr="00FE0C73">
+      <w:tr w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidTr="004B0430">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="988" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="004B0430">
             <w:pPr>
+              <w:pStyle w:val="a6"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00B7650E" w:rsidP="00A91E8A">
+          <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00E81C82" w:rsidP="004B0430">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="700"/>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F0214B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Стратегические ценности»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F0214B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA7004" w:rsidRPr="00F0214B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">празднования </w:t>
+            </w:r>
+            <w:r w:rsidR="001F7426">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00B50C26">
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA7004" w:rsidRPr="00F0214B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Тәуелсіздіктің 30 жылдығын мерекелеудің «зәкірлік құндылықтары</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">» </w:t>
+              <w:t>30-летия Независимости</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:p w:rsidR="00EA7004" w:rsidRPr="00F0214B" w:rsidRDefault="00EA7004" w:rsidP="004B0430">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="700"/>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="009F694D" w:rsidP="004B0430">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B50C26">
+            <w:r w:rsidRPr="00F0214B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidTr="00FE0C73">
+      <w:tr w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidTr="004B0430">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="988" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="004B0430">
             <w:pPr>
+              <w:pStyle w:val="a6"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00335A5D" w:rsidP="00A91E8A">
+          <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00EA7004" w:rsidP="004B0430">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="700"/>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B50C26">
+            <w:r w:rsidRPr="00F0214B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Іс-шаралар мен жобалар тақырыбы </w:t>
+              <w:t>Тематика мероприятий и проектов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:p w:rsidR="00EA7004" w:rsidRPr="00F0214B" w:rsidRDefault="00EA7004" w:rsidP="004B0430">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="700"/>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="004B0430">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B50C26">
+            <w:r w:rsidRPr="00F0214B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="009F694D" w:rsidRPr="00F0214B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidTr="00FE0C73">
+      <w:tr w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidTr="004B0430">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="988" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:p w:rsidR="00786080" w:rsidRPr="00F0214B" w:rsidRDefault="00786080" w:rsidP="00E154EF">
             <w:pPr>
+              <w:pStyle w:val="a6"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00786080" w:rsidRPr="00F0214B" w:rsidRDefault="00786080" w:rsidP="00786080"/>
+          <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="001F7426" w:rsidP="00786080">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="002E1BA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00786080" w:rsidRPr="00F0214B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00786080" w:rsidRPr="00F0214B" w:rsidRDefault="00EA7004" w:rsidP="004B0430">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="700"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F0214B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Рекомендации по организации мероприятий</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00786080" w:rsidRPr="00F0214B" w:rsidRDefault="00786080" w:rsidP="004B0430">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="700"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EA7004" w:rsidRPr="00F0214B" w:rsidRDefault="00EA7004" w:rsidP="00786080">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="700"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:ind w:left="-670" w:firstLine="670"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F0214B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ожидаемые результаты</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="004B0430">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="700"/>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="004B0430">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F0214B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EA7004" w:rsidRPr="00F0214B" w:rsidRDefault="00EA7004" w:rsidP="004B0430">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EA7004" w:rsidRPr="00F0214B" w:rsidRDefault="002E1BA1" w:rsidP="00786080">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D86EA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA7004" w:rsidRPr="00F0214B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="001F7426">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D86EA3" w:rsidRPr="00F0214B" w:rsidTr="004B0430">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D86EA3" w:rsidRPr="00F0214B" w:rsidRDefault="00D86EA3" w:rsidP="001F7426">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00335A5D" w:rsidP="00A91E8A">
+          <w:p w:rsidR="00D86EA3" w:rsidRPr="00F0214B" w:rsidRDefault="00D86EA3" w:rsidP="004B0430">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="700"/>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...80 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:p w:rsidR="00D86EA3" w:rsidRPr="00F0214B" w:rsidRDefault="00D86EA3" w:rsidP="004B0430">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...25 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
-[...24 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00E154EF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="000C348A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="000C348A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00773BA2" w:rsidRPr="00F0214B" w:rsidRDefault="00773BA2" w:rsidP="000C348A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA7004" w:rsidRPr="00F0214B" w:rsidRDefault="00EA7004" w:rsidP="000C348A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA7004" w:rsidRPr="00F0214B" w:rsidRDefault="00EA7004" w:rsidP="000C348A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA7004" w:rsidRPr="00F0214B" w:rsidRDefault="00EA7004" w:rsidP="000C348A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA7004" w:rsidRPr="00F0214B" w:rsidRDefault="00EA7004" w:rsidP="000C348A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA7004" w:rsidRPr="00F0214B" w:rsidRDefault="00EA7004" w:rsidP="000C348A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA7004" w:rsidRPr="00F0214B" w:rsidRDefault="00EA7004" w:rsidP="000C348A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA7004" w:rsidRPr="00F0214B" w:rsidRDefault="00EA7004" w:rsidP="000C348A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA7004" w:rsidRPr="00F0214B" w:rsidRDefault="00EA7004" w:rsidP="000C348A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA7004" w:rsidRPr="00F0214B" w:rsidRDefault="00EA7004" w:rsidP="000C348A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA7004" w:rsidRPr="00F0214B" w:rsidRDefault="00EA7004" w:rsidP="000C348A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA7004" w:rsidRPr="00F0214B" w:rsidRDefault="00EA7004" w:rsidP="000C348A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00773BA2" w:rsidRPr="00F0214B" w:rsidRDefault="00773BA2" w:rsidP="000C348A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D5F77" w:rsidRPr="00F0214B" w:rsidRDefault="004D5F77" w:rsidP="000C348A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0057318E" w:rsidRPr="00F0214B" w:rsidRDefault="0057318E" w:rsidP="000C348A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F16EEE" w:rsidRPr="00F0214B" w:rsidRDefault="00F16EEE" w:rsidP="00EA7004">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
-          <w:color w:val="000000"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«16 декабря 1991 года мы, народ Казахстана, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F16EEE" w:rsidRPr="00F0214B" w:rsidRDefault="00F16EEE" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>выбрали</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...53 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...102 lines deleted...]
-      <w:r w:rsidR="00FE0C73" w:rsidRPr="00B50C26">
+      <w:r w:rsidRPr="00F0214B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>суверенитет, свободу, открытость миру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F16EEE" w:rsidRPr="00F0214B" w:rsidRDefault="00F16EEE" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сегодня эти </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ценности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стали частью нашей повседневной жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F16EEE" w:rsidRPr="00F0214B" w:rsidRDefault="00F16EEE" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наша главная цель – к 2050 году создать </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>общество благоденствия на основе сильного государства, развитой экономики и возможностей всеобщего труда».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F16EEE" w:rsidRPr="00F0214B" w:rsidRDefault="00F16EEE" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="page3"/>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00DE6401" w:rsidP="00A91E8A">
+    <w:p w:rsidR="00F16EEE" w:rsidRPr="00F0214B" w:rsidRDefault="00F16EEE" w:rsidP="00EA7004">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...21 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Первый Президент Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidR="00131C11" w:rsidRPr="00131C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Елбасы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F16EEE" w:rsidRPr="00F0214B" w:rsidRDefault="00F16EEE" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Н.</w:t>
+      </w:r>
+      <w:r w:rsidR="00131C11">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00062B9F">
-[...65 lines deleted...]
-    <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А. НАЗАРБАЕВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F16EEE" w:rsidRPr="00F0214B" w:rsidRDefault="00F16EEE" w:rsidP="00EA7004">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00A424AC" w:rsidP="00A91E8A">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A0A1F" w:rsidRPr="00F0214B" w:rsidRDefault="006161F3" w:rsidP="00EA7004">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B50C26">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
-          <w:sz w:val="28"/>
-[...80 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Наз</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0A1F" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">начение </w:t>
+      </w:r>
+      <w:r w:rsidR="003A6625" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Концепции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0A1F" w:rsidRPr="00F0214B" w:rsidRDefault="001A0A1F" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A0A1F" w:rsidRPr="00F0214B" w:rsidRDefault="001A0A1F" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В Концепции празднования 30-летия Независимости Республики Казахстан сформулированы: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0A1F" w:rsidRPr="00F0214B" w:rsidRDefault="001A0A1F" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004034D2" w:rsidRPr="00F0214B" w:rsidRDefault="004034D2" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:contextualSpacing/>
-[...31 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цель и задачи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004034D2" w:rsidRPr="00F0214B" w:rsidRDefault="004034D2" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:contextualSpacing/>
-[...31 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Главная идея</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004034D2" w:rsidRPr="00F0214B" w:rsidRDefault="004034D2" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:contextualSpacing/>
-[...21 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Концептуальные основы празднования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004034D2" w:rsidRPr="00F0214B" w:rsidRDefault="00A80C0C" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:contextualSpacing/>
-[...21 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Стратегические ценности»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004034D2" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>празднования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004034D2" w:rsidRPr="00F0214B" w:rsidRDefault="00765672" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:contextualSpacing/>
-[...21 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тематика мероприятий</w:t>
+      </w:r>
+      <w:r w:rsidR="001269A1" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и проектов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004034D2" w:rsidRPr="00F0214B" w:rsidRDefault="004034D2" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:contextualSpacing/>
-[...21 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рекомендации по организации мероприятий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0A1F" w:rsidRPr="00F0214B" w:rsidRDefault="004034D2" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:contextualSpacing/>
-[...127 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ожидаемые результаты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004034D2" w:rsidRPr="00F0214B" w:rsidRDefault="004034D2" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A0A1F" w:rsidRPr="00F0214B" w:rsidRDefault="00396A0E" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В Концепции </w:t>
+      </w:r>
+      <w:r w:rsidR="00B075BB" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отражены смыслы, которые объединяют все мероприятия и активности в</w:t>
+      </w:r>
+      <w:r w:rsidR="00B075BB" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> единую, целостную, понятную и результативную </w:t>
+      </w:r>
+      <w:r w:rsidR="007D134C" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">коммуникационную </w:t>
+      </w:r>
+      <w:r w:rsidR="00B075BB" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кампанию</w:t>
+      </w:r>
+      <w:r w:rsidR="00B075BB" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в честь 30-летия Независимости Республики Казахстан. Это необходимо, чтобы мероприятия не были</w:t>
+      </w:r>
+      <w:r w:rsidR="009541CA" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005B281A" w:rsidRPr="00B50C26">
-[...95 lines deleted...]
-    <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="007F7B31" w:rsidP="00A91E8A">
+      <w:r w:rsidR="00B075BB" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разрозненными по ключевому содержанию</w:t>
+      </w:r>
+      <w:r w:rsidR="002F2986" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r w:rsidR="00B075BB" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC04B4" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:r w:rsidR="00B075BB" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>качеству реализации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F16EEE" w:rsidRPr="00F0214B" w:rsidRDefault="00F16EEE" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F16EEE" w:rsidRPr="00F0214B" w:rsidRDefault="00F16EEE" w:rsidP="00EA7004">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00B50C26">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
-          <w:sz w:val="28"/>
-[...21 lines deleted...]
-    <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00555538" w:rsidP="00A91E8A">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Историческая справка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F16EEE" w:rsidRPr="00F0214B" w:rsidRDefault="00F16EEE" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0003206C" w:rsidRPr="00ED16D3" w:rsidRDefault="0003206C" w:rsidP="0003206C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...122 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED16D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>16 декабря 1991 года был принят Конституционный закон «О государственной независимости Республики Казахстан». Впервые Казахстан обрел юридически оформленный статус независимого государства, признанного мировым сообществом.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="007B5741" w:rsidP="00A91E8A">
+      <w:r w:rsidRPr="00ED16D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Это эпохальное </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED16D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">событие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0003206C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">воплотило в реальность чаяния и надежды многих поколений нашего народа. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F16EEE" w:rsidRPr="00F0214B" w:rsidRDefault="00F00C2B" w:rsidP="00EA7004">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...177 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidR="00F16EEE" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>егодня с особой яркостью высвечивается роль Первого Президента Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00F16EEE" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Елбасы Нурсултана Абишевича Назарбаева</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00F16EEE" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>архитектора казахстанской модели государственности, автора многих стратегических инициатив глобальной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001878FC" w:rsidRPr="00CD2B76" w:rsidRDefault="001878FC" w:rsidP="001878FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED16D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Инициированные Первым Президентом</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Елбасы решения о </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>переводе экономики на рыночные рельсы, утверждении безъядерного статуса страны, переносе столицы, принятие программных документов, создание уникального института межэтнического согласия, толерантности и единства казахстанского народа</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ассамблеи народа Казахстана </w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и другие стратегические инициативы доказали свою историческую состоятельность и эффективность. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001878FC" w:rsidRPr="00CD2B76" w:rsidRDefault="001878FC" w:rsidP="001878FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Благодаря взвешенной и дальновидной политике Н.</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00085264" w:rsidRPr="00B50C26">
-[...75 lines deleted...]
-    <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00640CF8" w:rsidP="00A91E8A">
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А. Назарбаева современный Казахстан признается международным сообществом как толерантное, светское, конкурентоспособное государство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001878FC" w:rsidRPr="00CD2B76" w:rsidRDefault="001878FC" w:rsidP="001878FC">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...97 lines deleted...]
-    <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00220082" w:rsidP="00A91E8A">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Современный Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>полноправный член мирового сообщества, страна с растущей экономикой, единым народом и большими планами. За короткий период независимости наша страна превратилась в современное, конкурентоспособное государство, успешно осуществляющее масштабные реформы в различных областях сферах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001878FC" w:rsidRDefault="001878FC" w:rsidP="001878FC">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...138 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED16D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Председательство в Организации по безопасности и сотрудничеству в Европе, в Организации Исламского сотрудничества, Шанхайской организации сотрудничества, Совещании по взаимодействию и мерам доверия в Азии, Евразийском экономическом союзе, Астанинский саммит, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED16D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>урегулирование</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00160084" w:rsidRPr="00B50C26">
-[...80 lines deleted...]
-    <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00CC764D" w:rsidP="00A91E8A">
+      <w:r w:rsidRPr="00ED16D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сирийского </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001878FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кризиса…</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001878FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Все это </w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001878FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> знаковые события,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED16D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> показатели высокого авторитета страны на международной арене.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A715F0" w:rsidRPr="00CD2B76" w:rsidRDefault="00A715F0" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В начале 2019 года Первый Президент Казахстана</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Елбасы Н.</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">А. Назарбаев в своем выступлении на торжественной церемонии открытия Года молодежи поручил Правительству разработать </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>программу по подготовке и празднованию 30-летия Независимости Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001878FC" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В целом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> празднование 30-летия Независимости должно </w:t>
+      </w:r>
+      <w:r w:rsidR="001878FC" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>носить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>общенациональный характер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F00C2B" w:rsidRPr="00F0214B" w:rsidRDefault="00F00C2B" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>30-летие Независимости Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">это возможность осмыслить наши достижения, определить задачи на будущее. Празднование юбилея должно способствовать укреплению казахстанской государственности и патриотизма. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F332E" w:rsidRPr="00F0214B" w:rsidRDefault="007F332E" w:rsidP="00EA7004">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B50C26">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00FD62F1" w:rsidRPr="00B50C26">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Цель и задачи</w:t>
+      </w:r>
+      <w:r w:rsidR="004D5F77" w:rsidRPr="00F0214B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
-          <w:sz w:val="28"/>
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00B50C26">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> празднования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F332E" w:rsidRPr="00F0214B" w:rsidRDefault="007F332E" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002E58A8" w:rsidRDefault="007F332E" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Цель: </w:t>
+      </w:r>
+      <w:r w:rsidR="003F4637" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Усиление чувства патриотизма казахстанцев благодаря </w:t>
+      </w:r>
+      <w:r w:rsidR="003F4637" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осознанию</w:t>
+      </w:r>
+      <w:r w:rsidR="003F4637" w:rsidRPr="001E1261">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003F4637">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>значимости 30-летнего юбилея Независимости и роли Первого Президента Казахстана</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="003F4637">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Елбасы Н.</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003F4637">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А. Назарбаева в становлении и развитии Независимого Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4637" w:rsidRPr="00F0214B" w:rsidRDefault="003F4637" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...78 lines deleted...]
-    <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00FE0C73" w:rsidP="00A91E8A">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007F332E" w:rsidRPr="00F0214B" w:rsidRDefault="007F332E" w:rsidP="00EA7004">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...11 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00B50C26">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задачи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F332E" w:rsidRPr="00F0214B" w:rsidRDefault="007F332E" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D563DA" w:rsidRPr="00F0214B" w:rsidRDefault="007F332E" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Демонстрация достижений и успехов Казахстана за 30 лет Независимости</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D563DA" w:rsidRPr="00F0214B" w:rsidRDefault="007F332E" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Демонстрация исторической роли Первого Президента Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Елбасы Н.</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А. Назарбаева в создании Независимого Казахстана</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F332E" w:rsidRPr="00F0214B" w:rsidRDefault="007F332E" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Вовлечение всех граждан Казахстана в реализацию главной стратегической задачи государства</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вхождение в 30 развитых стран мира.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00025255" w:rsidRPr="00F0214B" w:rsidRDefault="00025255" w:rsidP="00947E7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...236 lines deleted...]
-    <w:p w:rsidR="00FE0C73" w:rsidRPr="00B50C26" w:rsidRDefault="00A34525" w:rsidP="00A91E8A">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D28A6" w:rsidRPr="00F0214B" w:rsidRDefault="00025255" w:rsidP="00EA7004">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B50C26">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="000E6F1B" w:rsidRPr="00B50C26">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE16D5" w:rsidRPr="00F0214B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>лавная идея</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D28A6" w:rsidRPr="00F0214B" w:rsidRDefault="003D28A6" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E1261" w:rsidRPr="00CD2B76" w:rsidRDefault="001E1261" w:rsidP="001E1261">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Исходя из огромного масштаба и значения Независимости страны как исторического, политического, социально-экономического, культурного явления, необходимо ёмко и лаконично сформулировать главную идею коммуникационной кампании, которая отзовется в умах и сердцах казахстанцев, позволит проникнуться чувством сопричастности и ответственности за судьбу страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A42EAD" w:rsidRPr="00CD2B76" w:rsidRDefault="00A42EAD" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Главная идея</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>это та мысль, которая цементирует все коммуникации, закрепляется в сознании целевой аудитории и мотивирует людей на конструктивные и ответственные действия</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на созидание.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0095537D" w:rsidRPr="00CD2B76" w:rsidRDefault="00A42EAD" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Главная идея: </w:t>
+      </w:r>
+      <w:r w:rsidR="006A406E" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Жасампаздыққа толы жылдар»</w:t>
+      </w:r>
+      <w:r w:rsidR="0095537D" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="0095537D" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Созидание во имя людей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="0095537D" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D32E16" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E80EA5" w:rsidRPr="00CD2B76" w:rsidRDefault="00E80EA5" w:rsidP="00E80EA5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ключевой посыл</w:t>
+      </w:r>
+      <w:r w:rsidR="007F332E" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="006702E6" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="007F332E" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>30 лет Независимости Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="007F332E" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">это время Созидания во имя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>казахстанцев</w:t>
+      </w:r>
+      <w:r w:rsidR="006702E6" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="007F332E" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002E58A8" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FE0C73" w:rsidRPr="00B50C26">
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Он должен логически продолжить и конкретизировать главную идею, ёмко и лаконично отразить смысл и значение Независимости для страны и её граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB3A34" w:rsidRPr="00CD2B76" w:rsidRDefault="00F70AFF" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Аргументы в пользу главной идеи</w:t>
+      </w:r>
+      <w:r w:rsidR="00A42EAD" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Жасампаздыққа толы жылдар» («Созидание во имя людей»):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E80EA5" w:rsidRPr="00CD2B76" w:rsidRDefault="00F70AFF" w:rsidP="00E80EA5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00611965" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Высокий </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD3210" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и точный </w:t>
+      </w:r>
+      <w:r w:rsidR="00611965" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>смысл слова «Созидание».</w:t>
+      </w:r>
+      <w:r w:rsidR="00611965" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006E11F9" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Созидание</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="006E11F9" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">это высшая из известных человеку форм творческого изменения реальности. </w:t>
+      </w:r>
+      <w:r w:rsidR="006E11F9" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Созидательная деятельность всегда направлена на то, чтобы улучшить мир, сделать его более гармоничным. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E80EA5" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Она сопровождает действия, приносящие людям блага: материальные, духовные, полезные для расширения сознания или наработки хороших качеств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0025684B" w:rsidRPr="00CD2B76" w:rsidRDefault="0025684B" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F11F78" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidR="00F11F78" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>озидание» выражает см</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ысл </w:t>
+      </w:r>
+      <w:r w:rsidR="005F6388" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">масштабной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">деятельности </w:t>
+      </w:r>
+      <w:r w:rsidR="005F6388" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Первого Президента Казахстана</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="005F6388" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Елбасы Н.</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F6388" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А. Назарбаева</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC0188" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Первый Президент Казахстана Н.</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А. Назарбаев неоднократно показ</w:t>
+      </w:r>
+      <w:r w:rsidR="00E80EA5" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ыв</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ал примеры смелого, ответственного и созидательного выбора. Выбор Независимости</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>это ответственный и созидательный выбор, равно как перенос столицы и многие другие решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A60589" w:rsidRPr="00CD2B76" w:rsidRDefault="0025684B" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00F70AFF" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00611965" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мотивация и развитие гражданского общества.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC0188" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00611965" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:r w:rsidR="000E1F1C" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лавная идея </w:t>
+      </w:r>
+      <w:r w:rsidR="00E829EF" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Созидание»</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD3210" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">это не просто констатация факта. Примеры созидания </w:t>
+      </w:r>
+      <w:r w:rsidR="00E829EF" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вдохновля</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD3210" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidR="00E829EF" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т и мотивиру</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD3210" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidR="00E829EF" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="000E1F1C" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, воспитыва</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD3210" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidR="00E829EF" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="000E1F1C" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r w:rsidR="00A60589" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>людях</w:t>
+      </w:r>
+      <w:r w:rsidR="000E1F1C" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> чувство ответственности и гражданского долга</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91CB9" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E829EF" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91CB9" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">способствуют развитию </w:t>
+      </w:r>
+      <w:r w:rsidR="008D0B08" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гражданского общества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F05DD5" w:rsidRPr="00CD2B76" w:rsidRDefault="0025684B" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00E829EF" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00611965" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Противовес неконструктивным инициативам и разрушению.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC0188" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E829EF" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Созидание противостоит разрушению</w:t>
+      </w:r>
+      <w:r w:rsidR="008F3A86" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и предполагает</w:t>
+      </w:r>
+      <w:r w:rsidR="00E829EF" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ответственный выбор. Слово</w:t>
+      </w:r>
+      <w:r w:rsidR="00F05DD5" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidR="00E829EF" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00F05DD5" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тветственность» </w:t>
+      </w:r>
+      <w:r w:rsidR="00E829EF" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сопровождает созидание в противовес безответственн</w:t>
+      </w:r>
+      <w:r w:rsidR="00932E11" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ой критике и разрушению</w:t>
+      </w:r>
+      <w:r w:rsidR="00E829EF" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D3E0D" w:rsidRPr="00BC0188" w:rsidRDefault="002964E4" w:rsidP="001D3E0D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidR="001D3E0D" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Повышение уровня информированности граждан о созидательном пути Казахстана в сочетании с пропагандой возможностей собственных созидательных возможностей.</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D3E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Созидание</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="001D3E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>это ответственный выбор своей судьбы, создание семьи и ответственность за неё, в конечном итоге</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="001D3E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ответственность и созидание на уровне страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D57B5" w:rsidRPr="00F0214B" w:rsidRDefault="008D57B5" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D57B5" w:rsidRPr="00F0214B" w:rsidRDefault="008D57B5" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Концептуальные основы празднования 30-летия Независимости</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D57B5" w:rsidRPr="00F0214B" w:rsidRDefault="008D57B5" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="page4"/>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w:rsidR="008D57B5" w:rsidRPr="00F0214B" w:rsidRDefault="008D57B5" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Концепция празднования 30-летия Независимости </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4E31" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">базируется на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>четырех к</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4E31" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онцептуальных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> основах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D57B5" w:rsidRPr="00F0214B" w:rsidRDefault="008D57B5" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D57B5" w:rsidRPr="00F0214B" w:rsidRDefault="00DD4E31" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Ценностная основа.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D57B5" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Независимость является базовой ценностью, основой существования и </w:t>
+      </w:r>
+      <w:r w:rsidR="006403C9" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>главным достижением казахстанского народа</w:t>
+      </w:r>
+      <w:r w:rsidR="008D57B5" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Сохранение и укрепление Независимости</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="008D57B5" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">стержневая задача каждого казахстанца, деятельности всех государственных органов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006965F6" w:rsidRPr="00F0214B" w:rsidRDefault="006965F6" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Государство и каждый гражданин страны должны прилагать максимум усилий для сохранения, укрепления Независимости. В раскрытии этого аспекта необходима работа всего общества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006965F6" w:rsidRPr="00F0214B" w:rsidRDefault="006965F6" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В этой связи необходима всесторонняя оценка исторической роли Первого Президента Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Елбасы Н.</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А. Назарбаева в формировании и успешном развитии казахстанской модели государственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B20502" w:rsidRPr="00F0214B" w:rsidRDefault="00B20502" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D57B5" w:rsidRPr="00CD2B76" w:rsidRDefault="00DD4E31" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Историческая основа.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D57B5" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На протяжении столетий казахский народ стремился к Независимости. События последних столетий</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="008D57B5" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">яркое свидетельство тому. Каждое поколение вносило свой вклад в достижение </w:t>
+      </w:r>
+      <w:r w:rsidR="009D7BCC" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">этой </w:t>
+      </w:r>
+      <w:r w:rsidR="003719BA" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мечты</w:t>
+      </w:r>
+      <w:r w:rsidR="008D57B5" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D57B5" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D57B5" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Поэтому празднование Независимости </w:t>
+      </w:r>
+      <w:r w:rsidR="009D7BCC" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>име</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="009D7BCC" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="008D57B5" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> особый смысл и значение для каждого казахстанца. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006965F6" w:rsidRPr="00F0214B" w:rsidRDefault="006965F6" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Особая миссия возлагается на </w:t>
+      </w:r>
+      <w:r w:rsidR="0053665F" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>современное</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поколение. Мы должны не только сохранить, но и укрепить наш Казахстан, сделать его успешным, процветающим, при этом сохранив наш уникальный исторический опыт.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006965F6" w:rsidRPr="00F0214B" w:rsidRDefault="006965F6" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На внедрение этой ценности в общественное сознание должна быть направлена работа государственных органов, средств массовой информации, учебных заведений, неправительственных организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B20502" w:rsidRPr="00F0214B" w:rsidRDefault="00B20502" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D57B5" w:rsidRPr="00F0214B" w:rsidRDefault="00DD4E31" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Мировоззренческая основа.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D57B5" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>30-летие Независимости</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="008D57B5" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>это итог планомерного развития всех</w:t>
+      </w:r>
+      <w:r w:rsidR="008D57B5" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D57B5" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лет независимого государства. Необходимо показать все достижения страны с тем, чтобы у каждого гражданина возникло чувство сопричастности к созиданию независимого и сильного государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F3DFB" w:rsidRPr="00ED16D3" w:rsidRDefault="002F3DFB" w:rsidP="002F3DFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В связи с этим</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED16D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> необходимо организовать всестороннюю популяризацию исторического вклада Первого Президента Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED16D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Елбасы Н.</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED16D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А. Назарбаева как основателя казахстанской г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осударственности нового формата. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сделать акцент на генеральной линии исторической преемственности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED16D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>основных национальных ценностей: независимости, национальной безопасности, стабильности, гражданского мира и согласия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006965F6" w:rsidRPr="00F0214B" w:rsidRDefault="006965F6" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D57B5" w:rsidRPr="00F0214B" w:rsidRDefault="00DD4E31" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Международная основа.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D57B5" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Современный Казахстан признан мировым сообществом как успешное, конкурентоспособное государство, страна с миролюбивыми и прагматичными ценностями, страна национального и гражданского единства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F3DFB" w:rsidRPr="00ED16D3" w:rsidRDefault="002F3DFB" w:rsidP="002F3DFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Независимый Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>возглавлял</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED16D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> авторитетн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ые</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED16D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> международные организации, стоял у истоков региональных интеграционных процессов и глобальных миролюбивых инициатив. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006965F6" w:rsidRPr="00F0214B" w:rsidRDefault="006965F6" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основные достижения Казахстана на международной арене</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>это результат активной деятельности Первого Президента Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Елбасы Н.</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">А. Назарбаева. </w:t>
+      </w:r>
+      <w:r w:rsidR="002F3DFB" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В связи с этим</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> важно показать историческую значимость глобальных инициатив Н.</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">А. Назарбаева, которые оказали позитивное влияние на архитектуру современных международных отношений. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006965F6" w:rsidRPr="00F0214B" w:rsidRDefault="006965F6" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Празднование юбилея Независимости должно сопровождаться масштабной презентацией страны за рубежом в контексте ее 30-летнего развития. Данная работа будет проводиться Министерством иностранных дел и посольствами Казахстана в зарубежных странах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F012D" w:rsidRPr="00F0214B" w:rsidRDefault="005F012D" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
-          <w:sz w:val="28"/>
-[...3667 lines deleted...]
-    <w:p w:rsidR="00F41BC0" w:rsidRPr="00B50C26" w:rsidRDefault="00F41BC0" w:rsidP="00A91E8A">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007F332E" w:rsidRPr="00F0214B" w:rsidRDefault="00A80C0C" w:rsidP="00EA7004">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B50C26">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>«Стратегические ценности»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006B63DC" w:rsidRPr="00F0214B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>празднования 30-летия Независимости</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F332E" w:rsidRPr="00F0214B" w:rsidRDefault="007F332E" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F3DFB" w:rsidRPr="00CD2B76" w:rsidRDefault="002F3DFB" w:rsidP="002F3DFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В рамках праздничных мероприятий недостаточно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>реализовать только главную идею. Важно наполнить события «якорными ценностями». Значение следующих «якорных ценностей» в жизни страны необходимо донести до аудитории.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F3DFB" w:rsidRPr="00CD2B76" w:rsidRDefault="002F3DFB" w:rsidP="002F3DFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F3DFB" w:rsidRPr="00CD2B76" w:rsidRDefault="002F3DFB" w:rsidP="002F3DFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Независимость</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Это главная ценность и богатство государства. Именно обретение Независимости стало подлинным условием свободы каждого гражданина самостоятельно строить свое будущее, а государства</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>воплотить историческую мечту казахского народа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D364A" w:rsidRPr="00CD2B76" w:rsidRDefault="009D364A" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD5BA6" w:rsidRPr="00DD5BA6" w:rsidRDefault="00DD5BA6" w:rsidP="00DD5BA6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="714"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Гражданин.</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1" w:rsidRPr="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Люди</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1" w:rsidRPr="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>главное богатство государства. Будущее страны зависит от её граждан, от того, насколько каждый из них счастлив, здоров, образован, конкурентоспособен. Одно из важнейших достижений Казахстана в том, что сегодня в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">се граждане имеют гарантированный и равный доступ к духовным и материальным ценностям, могут применять </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>полученные знания, создавать семью, обеспечивать будущее своих детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D364A" w:rsidRPr="00DD5BA6" w:rsidRDefault="009D364A" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Іс-шаралар мен жобалардың </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E36747" w:rsidRPr="00B50C26">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD5BA6" w:rsidRPr="00DD5BA6" w:rsidRDefault="00DD5BA6" w:rsidP="00DD5BA6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="714"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Единство </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и солидарность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. С первых дней Независимости в основу развития страны были заложены принципы общественного согласия и единства всего народа. Все эти годы Казахстан твердо </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>придерживается этих принципов как важнейшего условия развития страны. В основе единства и согласия заложена солидарность</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1" w:rsidRPr="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>это взаимное доверие и взаимная ответственность.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наша позиция: «Единство нации</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1" w:rsidRPr="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в ее многообразии».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B20502" w:rsidRPr="00F0214B" w:rsidRDefault="00B20502" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B66CD4" w:rsidRPr="00F0214B" w:rsidRDefault="00EB7CA5" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00890593" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Стабильность.</w:t>
+      </w:r>
+      <w:r w:rsidR="00890593" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B20502" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Всем своим успехам Казахстан обязан стабильности, которая есть главное условие мира, единства и процветания казахстанского общества. Стабильность есть непреходящая основа уверенности в будущем каждого казахстанца.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008075F4" w:rsidRPr="00F0214B" w:rsidRDefault="008075F4" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B20502" w:rsidRPr="00F0214B" w:rsidRDefault="00EB7CA5" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00890593" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>. Справедливость.</w:t>
+      </w:r>
+      <w:r w:rsidR="00890593" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B20502" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Это неотъемлемая часть нашего менталитета, наша непреходящая ценность. Согласно Конституции, все граждане страны равны вне зависимости от национальности, вероисповедания, имущественного положения. Поэтому задача государства</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00B20502" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>создать каждому гражданину Республики Казахстан возможности для достижения личного успеха и повышения своего благосостояния.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B20502" w:rsidRPr="00F0214B" w:rsidRDefault="00B20502" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F3DFB" w:rsidRPr="00CD2B76" w:rsidRDefault="00EB7CA5" w:rsidP="002F3DFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE13CB" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="002F3DFB" w:rsidRPr="00FE13CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Прогресс.</w:t>
+      </w:r>
+      <w:r w:rsidR="002F3DFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002F3DFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Казахстан открыт</w:t>
+      </w:r>
+      <w:r w:rsidR="002F3DFB" w:rsidRPr="00ED16D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> миру, стреми</w:t>
+      </w:r>
+      <w:r w:rsidR="002F3DFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="002F3DFB" w:rsidRPr="00ED16D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ся к лучшим мировым достижениям, передовым технологиям. Во всех сферах жизни мы способны к обновлению</w:t>
+      </w:r>
+      <w:r w:rsidR="002F3DFB" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>. Мы выступаем за уверенность в завтрашнем дне. Казахстан обязательно будет в числе передовых стран мира. Идея прогресса</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="002F3DFB" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>наш ответ на вызовы современности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B20502" w:rsidRPr="00CD2B76" w:rsidRDefault="00B20502" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F3DFB" w:rsidRDefault="00EB7CA5" w:rsidP="002F3DFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE13CB" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="002F3DFB" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Безопасность. </w:t>
+      </w:r>
+      <w:r w:rsidR="002F3DFB" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Исторический опыт развития человеческой цивилизации убедительно показывает, что жизнь и благополучие рядовых граждан государства зависят, прежде всего, от степени безопасности окружающей среды. Каждый человек должен осознавать: когда обеспечена общая безопасность, каждый человек выигрывает значительно больше. Как бы ни был удачлив отдельный гражданин, он все равно беззащитен, если подвергается опасности его страна. </w:t>
+      </w:r>
+      <w:r w:rsidR="002F3DFB" w:rsidRPr="00ED16D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Строительство эффективной системы национальной безопасности является приоритетной задачей казахстанского государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C27755" w:rsidRPr="00F0214B" w:rsidRDefault="00C27755" w:rsidP="002F3DFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007F2B06" w:rsidRPr="00F0214B" w:rsidRDefault="00EB7CA5" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE13CB" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Преемственность.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE13CB" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B20502" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Только сохраняя достигнутое, придерживаясь</w:t>
+      </w:r>
+      <w:r w:rsidR="00B20502" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B20502" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>продолжения курса Елбасы Н.</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B20502" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>А. Назарбаева на новом этапе развития страны, мы сможем заложить основы успешных политических традиций, построить, отвечающее вызовам современности, сильное и стабильное государство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2B06" w:rsidRPr="00F0214B" w:rsidRDefault="00EB7CA5" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE13CB" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>. Открытое общество.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE13CB" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B20502" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Общественный диалог, открытость, оперативное реагирование на нужды людей являются главными приоритетами политики нашего государства. Открытое общество, конструктивный общественный диалог</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00B20502" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>основа согласия и стабильности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB7E5A" w:rsidRPr="00F0214B" w:rsidRDefault="00DB7E5A" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD5BA6" w:rsidRPr="002E1BA1" w:rsidRDefault="00DD5BA6" w:rsidP="00DD5BA6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>10. Традиции.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>В эпоху глобализации чрезвычайно важно знать и ценить свою историю, культуру, язык. Сохранение традиций</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1" w:rsidRPr="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>это единственный способ противостоять глобальной маргинализации и обезличиванию человека. Поэтому развитие казахского языка, культуры и традиций, сохранение самобытности всех этносов, проживающих в Казахстане, явля</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1" w:rsidRPr="00D86EA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тся нашим стратегическим приоритетом, основой уверенного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">развития в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>XXI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> веке. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD5BA6" w:rsidRPr="00F95399" w:rsidRDefault="00DD5BA6" w:rsidP="00DD5BA6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="714"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="green"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD5BA6" w:rsidRPr="0012397F" w:rsidRDefault="00DD5BA6" w:rsidP="00DD5BA6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012397F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012397F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Сопричастность граждан к успехам страны».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012397F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> История страны, её успехи и достижения</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1" w:rsidRPr="0012397F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012397F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>это прежде всего успехи её граждан. Необходимо продемонстрировать личный вклад граждан в развитие Казахстана, способствовать осознанию ответственности каждого за судьбу страны, неразрывной связи каждого из нас с Родиной.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD5BA6" w:rsidRPr="0012397F" w:rsidRDefault="00DD5BA6" w:rsidP="00DD5BA6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="714"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD56B4" w:rsidRPr="00F0214B" w:rsidRDefault="00765672" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Тематика мероприятий</w:t>
+      </w:r>
+      <w:r w:rsidR="001269A1" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и проектов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD56B4" w:rsidRPr="00F0214B" w:rsidRDefault="00FD56B4" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F3DFB" w:rsidRPr="00CD2B76" w:rsidRDefault="002F3DFB" w:rsidP="002F3DFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Все мероприятия и проекты необходимо провести под знаком главной идеи «Жасампаздыққа толы жылдар» («Созидание во имя людей»). При этом использовать ключевой месседж «30 лет Независимости Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>это время Созидания во имя людей».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001269A1" w:rsidRPr="00F0214B" w:rsidRDefault="001269A1" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Содержательной основной мероприятий и медиапроектов должны стать: </w:t>
+      </w:r>
+      <w:r w:rsidR="005A575C" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ключевые </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>события, факты, люди, цифры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F3DFB" w:rsidRPr="00D32E16" w:rsidRDefault="002F3DFB" w:rsidP="002F3DFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A575C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Специальные проекты в СМИ и социальных сетях</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D32E16">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">призваны задать лейтмотив 30-летний юбилей как </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D32E16">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>единую масштабную, содержательную информационную кампанию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D32E16" w:rsidRPr="00F0214B" w:rsidRDefault="00D32E16" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2020 году</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> акцент в тематике рекомендуется сделать на роли Первого Президента Казахстана Н.</w:t>
+      </w:r>
+      <w:r w:rsidR="0012397F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А. Назарбаева в становлении и развитии независимого Казахстана, его роли как первопроходца. Важно показать связь созидательного труда Первого Президента и казахстанцев-первопроходцев в разных сферах деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B20502" w:rsidRPr="00F0214B" w:rsidRDefault="00B20502" w:rsidP="00275A24">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Казахстан шаг за шагом развивается как суверенное современное государство, открытое всему миру. В 1991 году, в переломный момент </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">истории страны, именно под руководством Нурсултана Назарбаева казахский народ реализовал вековую мечту о свободе и независимости. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00275A24" w:rsidRPr="00F0214B" w:rsidRDefault="00275A24" w:rsidP="00275A24">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Перед молодым независимым государством Казахстан стояла задача создания благоприятных условий для суверенного существования, сохранения стабильности, осуществления необходимых социально-экономических преобразований для улучшения жизни населения страны, поиска оптимального места Казахстана в международном сообществе, достижения международного авторитета и уважения к стране со стороны других государств и народов мира. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00275A24" w:rsidRPr="00F0214B" w:rsidRDefault="00275A24" w:rsidP="00275A24">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Весь накопленный за период независимости исторический опыт становления Республики Казахстан свиде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t xml:space="preserve">тельствует о глубине и значимости поставленных масштабных целей, где тесно переплетаются реализм и прагматизм, последовательность и толерантность. Несомненно, это результат упорного, кропотливого труда каждого казахстанца, живое воплощение наших устремлений и надежд. Под руководством Первого Президента </w:t>
+      </w:r>
+      <w:r w:rsidR="0012397F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Елбасы народ Казахстана, опираясь на собственные силы, построил новое государство </w:t>
+      </w:r>
+      <w:r w:rsidR="0012397F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сильное, независимое, устремленное в будущее.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B20502" w:rsidRPr="00F0214B" w:rsidRDefault="00B20502" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Генерируемые Нурсултаном Назарбаевым инициативы определили успешную стратегическую линию развития страны, ориентированную на прогресс и процветание Казахстана в XXI веке. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поэтому основные мероприятия будут направлены на раскрытие его многогранной личности и вклад в становление и укрепление казахстанской модели государственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D32E16" w:rsidRPr="00F0214B" w:rsidRDefault="00D32E16" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>тақырыбы</w:t>
-[...117 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>В 2020 году запланированы мероприятия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B719A2">
-[...35 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>раскрывающие исторический вклад Первого Президента Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Елбасы Н.</w:t>
+      </w:r>
+      <w:r w:rsidR="0012397F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...852 lines deleted...]
-        <w:pStyle w:val="a4"/>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А. Назарбаева в формирование и укрепление независимого Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D32E16" w:rsidRPr="00F0214B" w:rsidRDefault="00D32E16" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В течение 2020 года планируется предусмотреть организацию и проведение мероприятий и проектов по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">четырем </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>концептуально-смысловым блокам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B79FA" w:rsidRPr="00F0214B" w:rsidRDefault="002B79FA" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D32E16" w:rsidRPr="00F0214B" w:rsidRDefault="00D32E16" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Архитектор </w:t>
+      </w:r>
+      <w:r w:rsidR="008718F5" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>езависим</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>ости»</w:t>
+      </w:r>
+      <w:r w:rsidR="002B79FA" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>«Тәуелсіздік архитекторы».</w:t>
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B79FA" w:rsidRPr="00F0214B" w:rsidRDefault="002B79FA" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008718F5" w:rsidRPr="00F0214B" w:rsidRDefault="008718F5" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">История независимого Казахстана начинается 16 декабря 1991 года – с момента принятия </w:t>
+      </w:r>
+      <w:r w:rsidR="00954415" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конституционного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Закона «О государственной независимости Республики Казахстан». Этот закон конституционно оформил первые вехи государственного развития. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008718F5" w:rsidRPr="00F0214B" w:rsidRDefault="008718F5" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Елбасы определил и последовательно </w:t>
+      </w:r>
+      <w:r w:rsidR="0028250A" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>претворил</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в жизнь базовые основы независимого Казахстана.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Безопасность государствен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t xml:space="preserve">ной границы Казахстана, ее делимитация и демаркация были поставлены </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Елбасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в качестве первостепенных задач, от решения которых зависела будущность независимого Казахстана. Эту стратегическую задачу казахстанские службы успешно решили, и сегодня Казахстан определил свою государственную границу по всему ее периметру и законодательно</w:t>
+      </w:r>
+      <w:r w:rsidR="0012397F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> закрепил достигнутые со страна</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ми-соседями все международные соглашения по этой проблематике.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003302B2" w:rsidRPr="00F0214B" w:rsidRDefault="008718F5" w:rsidP="001A6925">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>В рамках данного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> концептуально-смыслового блока</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> запланированы мероприятия, раскрывающие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>роль Елбасы как архитектора Независимого Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008718F5" w:rsidRPr="00F0214B" w:rsidRDefault="008718F5" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D32E16" w:rsidRPr="00F0214B" w:rsidRDefault="00D32E16" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>Автор казахстанской модели развития»</w:t>
+      </w:r>
+      <w:r w:rsidR="002B79FA" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...121 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B79FA" w:rsidRPr="00F0214B" w:rsidRDefault="002B79FA" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008718F5" w:rsidRPr="00F0214B" w:rsidRDefault="008718F5" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Становление сильной экономики, развитие инфраструктуры, социальной сферы, систем здравоохранения и образования</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">это те задачи, которые являются повесткой дня всех выступлений и программных документов Елбасы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008718F5" w:rsidRPr="00F0214B" w:rsidRDefault="008718F5" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">За годы независимости в экономику РК было инвестировано </w:t>
+      </w:r>
+      <w:r w:rsidR="0028250A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>более 300</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> млрд долларов. В страну пришли зарубежные компании, новые технологии. Развивается средний и малый бизнес. Создаются новые рабочие места. Повышается уровень жизни населения.</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00907F73">
-[...174 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По темпам экономического роста Казахстан входит в число ведущих государств мира. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0042132D" w:rsidRPr="00CD2B76" w:rsidRDefault="0042132D" w:rsidP="0042132D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стратегия «Казахстан-2050» направлена на достижение амбициозной цели</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к 2050 году республика должна стать одной из тридцати самых развитых стран мира. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Стратегия</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>это программа конкретных практических дел, которые день за днем, из года в год будут делать конкурентоспособнее нашу страну и лучше жизнь казахстанцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0042132D" w:rsidRPr="00CD2B76" w:rsidRDefault="0042132D" w:rsidP="0042132D">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B50C26">
-[...1893 lines deleted...]
-        <w:pStyle w:val="a4"/>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мероприятия этого блока будут посвящены оценке, подведению итогов реализации экономических, социальных успехов Казахстана под руководством Первого Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00360016" w:rsidRDefault="00360016" w:rsidP="00831433">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D86EA3" w:rsidRDefault="00D86EA3" w:rsidP="00831433">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D86EA3" w:rsidRDefault="00D86EA3" w:rsidP="00831433">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D86EA3" w:rsidRPr="00F0214B" w:rsidRDefault="00D86EA3" w:rsidP="00831433">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D32E16" w:rsidRPr="00F0214B" w:rsidRDefault="00D32E16" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:b/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>«Личность, вдохновляющая молодежь»</w:t>
+      </w:r>
+      <w:r w:rsidR="002B79FA" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">«Қазіргі заманғы тиімді мемлекет: Тәуелсіздік табыстары» </w:t>
-[...9 lines deleted...]
-          <w:b/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00360016" w:rsidRDefault="00360016" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008718F5" w:rsidRPr="00F0214B" w:rsidRDefault="008718F5" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Выстроенная Первым Президентом модель государства всегда имела главную цель</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обеспечение высокого стандарта качества жизни и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>полноценную реализацию человеческого потенциала.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Человек есть главный капитал и ценность нашей страны.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008718F5" w:rsidRPr="00F0214B" w:rsidRDefault="008718F5" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В этой связи личность и профессиональный путь Елбасы сегодня являются примером успешного продвижения казахстанских ценностей, идей труда, гражданской ответственности и воплощенной мечты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A621C5" w:rsidRPr="00CD2B76" w:rsidRDefault="00A621C5" w:rsidP="00A621C5">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ключевыми приоритетами для Елбасы всегда остаются передовое образование и всесторонне развитая личность, качественная медицина и здоровый образ жизни. Для достижения поставленных целей Первым Президентом создан уникальный медицинский кластер, реализуются инновационные программы всех ступеней образования, включая программу «Болаша</w:t>
+      </w:r>
+      <w:r w:rsidR="0012397F" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», Назарбаев </w:t>
+      </w:r>
+      <w:r w:rsidR="0012397F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>И</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нтеллектуальные школы, которые выступают флагманами казахстанского образования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>XXI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> века, научно-исследовательскими центрами мирового уровня. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008718F5" w:rsidRPr="00CD2B76" w:rsidRDefault="008718F5" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По оценкам ООН, современный Казахстан входит в группу стран с высоким уровнем человеческого потенциала. Это реальный результат выстроенной модели государства Первого Президента </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Елбасы Н.</w:t>
+      </w:r>
+      <w:r w:rsidR="0012397F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А. Назарбаева</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A621C5" w:rsidRPr="00CD2B76" w:rsidRDefault="00A621C5" w:rsidP="00A621C5">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Первый Президент Казахстана считает, что главным активом будущего является молодежь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поэтому он выступает </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>за многогранную и системную молодежную политику, и этот стратегический подход позволил сформировать мощную когорту хорошо образованных молодых патриотов, способных вывести нашу страну в число 30 самых конкурентоспособных государств мира.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00831433" w:rsidRPr="00F0214B" w:rsidRDefault="00831433" w:rsidP="00831433">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лейтмотивом мероприятий станет популяризация л</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ичности и профессионального пути Елбасы, а также </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">достижения Казахстана за годы Независимости в области образования, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>медицины, спорта, культуры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Назарбаев Университет, Назарбаев </w:t>
+      </w:r>
+      <w:r w:rsidR="0012397F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>И</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нтеллектуальные ш</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55D3A" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>колы, программа «Болашақ» и др.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>). Пройдут мероприятия, направленные на позиционирование образованных граждан как главного капитала страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008718F5" w:rsidRDefault="008718F5" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D86EA3" w:rsidRDefault="00D86EA3" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D86EA3" w:rsidRDefault="00D86EA3" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D86EA3" w:rsidRDefault="00D86EA3" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D86EA3" w:rsidRPr="00F0214B" w:rsidRDefault="00D86EA3" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D32E16" w:rsidRPr="00F0214B" w:rsidRDefault="008718F5" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D32E16" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қазақстанның түрлі саладағы табыстары. Егемен даму жылдары Қазақстан орнықты экономикалық өсім траекториясына шығып, мемлекеттік институттар жүйесі мен орта тап қалыптастырды, өз азаматтарының өмір сапасын айтарлықтай жақсартты, жаңа астана салды, өзінің теңдестірілген және жауапкершілікті сыртқы саясаты мен халықаралық беделін нығайтты, өзінің өңірлік көшбасшылыққа деген құқын дәлелдеді. </w:t>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>«Гарант мира и стабильности»</w:t>
+      </w:r>
+      <w:r w:rsidR="002B79FA" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...427 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B79FA" w:rsidRPr="00F0214B" w:rsidRDefault="002B79FA" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A621C5" w:rsidRPr="00CD2B76" w:rsidRDefault="008718F5" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00043AE0" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>полиэтническая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> страна, где </w:t>
+      </w:r>
+      <w:r w:rsidR="00043AE0" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проживают представители более </w:t>
+      </w:r>
+      <w:r w:rsidR="00043AE0" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 этносов. Поэтому особое место в политике Елбасы всегда занимает сфера межэтнических отношений. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A621C5" w:rsidRPr="00ED16D3" w:rsidRDefault="00A621C5" w:rsidP="00A621C5">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Оқуда, ғылыми жобаларда жоғары нәтижелер көрсеткен жас талантты қазақстандықтарды ілгерілету бойынша бірқатар іс-шара. Сондай-ақ ғылым, техника және өнерта</w:t>
-[...1665 lines deleted...]
-        <w:pStyle w:val="a4"/>
+        <w:t xml:space="preserve">Благодаря мудрой и взвешенной политике Елбасы за годы Независимости многонациональный фактор стал подлинным богатством республики, страна сумела избежать конфликтов и противоречий на межэтнической почве. Гармонизация межэтнических отношений, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED16D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>толерантность, мир и согласие</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED16D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">все это стало основой политики Елбасы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008718F5" w:rsidRPr="00F0214B" w:rsidRDefault="008718F5" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Первым Президентом был создан уникальный институт</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ассамблея народа Казахстана, основная цель которой обеспечение равенства прав и свобод граждан республики, независимо от их национальности, языка, отношения к религии. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008718F5" w:rsidRPr="00F0214B" w:rsidRDefault="008718F5" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сегодня она работает уже как общественная служба гражданского представительства, новый социальный лифт, пример благотворительного сообщества и диалоговая площадка всех этносов Казахстана. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008718F5" w:rsidRPr="00F0214B" w:rsidRDefault="008718F5" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основанием сильного и процветающего государства всегда является духовно богатая, уверенная в своей исторической самодостаточности нация. В этой связи Елбасы с самого начала становления независимого Казахстана всегда нацелен на сохранение национальных ценностей, укрепление </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>национального духа, возрождение духовности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A621C5" w:rsidRPr="00CD2B76" w:rsidRDefault="00A621C5" w:rsidP="00A621C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="page5"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2021 году</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рекомендуется сделать акцент на достижениях независимого Казахстана. Цель - консолидация общества на основе достижений и успехов страны, пережившей непростые времена, выстраивание политики, основанной на выстраивании связи с предыдущими поколениями и пропаганде ценностей среди молодежи. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F7BBE" w:rsidRPr="00F0214B" w:rsidRDefault="009F7BBE" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D32E16" w:rsidRPr="00F0214B" w:rsidRDefault="00D32E16" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ключевые события и темы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, которые предлагаются к освещению в течение 2020 и 2021 гг. в рамках мероприятий и проектов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D32E16" w:rsidRPr="00F0214B" w:rsidRDefault="00D32E16" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-[...21 lines deleted...]
-        <w:pStyle w:val="a4"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Современное эффективное государство: достижения Независимости» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D32E16" w:rsidRPr="00F0214B" w:rsidRDefault="00D32E16" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-[...22 lines deleted...]
-        <w:pStyle w:val="a4"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Глобальные инициативы Казахстана. Вклад в международную безопасность»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D32E16" w:rsidRPr="00F0214B" w:rsidRDefault="000E1C42" w:rsidP="000E1C42">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-[...21 lines deleted...]
-        <w:pStyle w:val="a4"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Наследие степных цивилизаций. Ұлы даланың жеті қыры»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D32E16" w:rsidRPr="00F0214B" w:rsidRDefault="00467125" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Ч</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...30 lines deleted...]
-        <w:pStyle w:val="a4"/>
+        <w:t>еловеческий капитал</w:t>
+      </w:r>
+      <w:r w:rsidR="00D32E16" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D32E16" w:rsidRPr="00F0214B" w:rsidRDefault="00D32E16" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-[...21 lines deleted...]
-        <w:pStyle w:val="a4"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Нация единого будущего: единство в многообразии. Создание инклюзивного общества»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D32E16" w:rsidRPr="00F0214B" w:rsidRDefault="00D32E16" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Государственные символы – атрибуты Независимости государства, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>символы миролюбия, стабильности и безопасности»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D32E16" w:rsidRPr="00F0214B" w:rsidRDefault="00D32E16" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>«Судьба Нур-Султана</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>это судьба всех казахстанцев, это судьба независимого Казахстана»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D32E16" w:rsidRPr="00F0214B" w:rsidRDefault="00D32E16" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>Верховенство права</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00627AF2" w:rsidRPr="00F0214B" w:rsidRDefault="00D32E16" w:rsidP="00627AF2">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Эффективный бизнес – прочная основа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Тәуелсіздік тарихы мәселелерін, Тұңғыш Президент – Елбасы Н.Ә.Назарбаевтың үлесі</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>экономики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D32E16" w:rsidRPr="00F0214B" w:rsidRDefault="00D32E16" w:rsidP="00360016">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1560"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:hanging="207"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Ауылым</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алтын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>н</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve"> бесігім»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D32E16" w:rsidRPr="00F0214B" w:rsidRDefault="00D32E16" w:rsidP="00360016">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1560"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1418"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Индустриально-инновационное развитие. Цифровая экономика»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D32E16" w:rsidRPr="00F0214B" w:rsidRDefault="00D32E16" w:rsidP="00360016">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1560"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1418"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Независимость</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>воплощенная мечта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстанский путь»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D32E16" w:rsidRPr="00F0214B" w:rsidRDefault="00D32E16" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Подробнее о содержании тем:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="700"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Современное эффективное государство: достижения Независимости» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="700"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Достижения Казахстана в разных сферах. За годы суверенного развития Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>вышел на траекторию устойчивого экономического роста, сформировал систему государственных институтов и средний класс, заметно улучшил качество жизни своих граждан, построил новую столицу, своей сбалансированной и ответственной внешней политикой укрепил международный авторитет, доказал свое право на региональное лидерство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A621C5" w:rsidRPr="00CD2B76" w:rsidRDefault="00A621C5" w:rsidP="00A621C5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED16D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Благодаря прочному единству современный Казахстан – это Независимое государство современного типа, в котором создаются условия д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ля процветания </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и благосостояния народа. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00A621C5" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="bottom"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="bottom"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Глобальные инициативы Казахстана. Вклад в международную безопасность»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="700"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="700"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Благодаря взвешенной внешней политике нашу страну знают на международной арене как ведущего миротворца, инициатора глобальных диалоговых площадок.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00454F8D" w:rsidRPr="00B50C26">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мероприятия по продвижению имиджа Казахстана как страны-миротворца. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Внимание акцентируется на внешнеполитических инициативах по глобальной безопасности и достижениях Казахстана в укреплении дружеских отношений со всеми странами мира. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В мероприятиях примут участие ведущие международные эксперты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00360016" w:rsidRPr="00F0214B" w:rsidRDefault="00360016" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="bottom"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="bottom"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>көрсету</w:t>
-[...9 lines deleted...]
-          <w:b/>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012397F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0045779A" w:rsidRPr="0012397F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Наследие степных цивилизаций. Ұлы даланың жеті қыры»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Условием успешной модерниз</w:t>
+      </w:r>
+      <w:r w:rsidR="00A621C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ации современного общества являю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тся сохранение национальной культуры, возрождение ее ценностей и традиций, актуализация их в жизни каждого поколения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Возрождение духовных ценностей </w:t>
+      </w:r>
+      <w:r w:rsidR="00A621C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>казахского народа, укрепление его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> традиционных основ – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>преемственности поколений, уважения к семейным ценностям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">толерантности, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>взаимопомощи. Мероприятия по продвижению казахских традиционных ценностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="bottom"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Іс-шараларды ұйымдастыру бойынша ұсынымдар </w:t>
-[...9 lines deleted...]
-          <w:b/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="bottom"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012397F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>1. Қазақстан Республикасы Тәуелсіздігінің 30 жылдығы – бұл халық жетістіктерін ой елегінен өткізу, болашақ міндеттерді анықтау мүмкіндігі. Барлық іс-шара біртұтас тұжырымдама</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0045779A" w:rsidRPr="0012397F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Ч</w:t>
+      </w:r>
+      <w:r w:rsidR="0045779A" w:rsidRPr="0012397F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ның бөлшегі болып, онда</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>еловеческий капитал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012397F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Достижения Казахстана в сфере образования, науки, формирования интеллектуальной нации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ряд мероприятий по продвижению молодых талантливых казахстанцев, демонстрирующих высокие достижения в учебе, научных проектах. Также будет уделяться особое внимание ученым, которые добились успехов в области науки, техники и изобретательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> көрініс тапқан мән-мағына</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. «Нация единого будущего: единство в многообразии. Создание инклюзивного общества»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Единство народа Казахстана и защитников Отечества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Широко раскрываются идея единства и согласия народа Казахстана, значение политики, направленной на межнациональный мир и духовную консолидацию. Акцентируетс</w:t>
+      </w:r>
+      <w:r w:rsidR="00A41C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я внимание на роли Вооруженных с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ил страны, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">которые являются надежным защитником казахстанских ценностей единства, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>независимости и безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Праздничные мероприятия, приуроченные ко Дню единства народа Казахстана, с привлечением этнокультурных объединений, творческой интеллигенции, а также </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>празднование Дня защитников Отечества 7 мая и Дня Победы 9 мая.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D37C4C" w:rsidRDefault="00D37C4C" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D86EA3" w:rsidRDefault="00D86EA3" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D86EA3" w:rsidRPr="00F0214B" w:rsidRDefault="00D86EA3" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6. «Государственные символы</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">атрибуты Независимости государства, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>символы миролюбия, стабильности и безопасности»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Патриотизм, уважение к своей Родине и Независимости начинается с уважения к государственным символам</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Гербу, Флагу, Гимну.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Эти три </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>символа являются неотъемлемым атрибутом суверенного Казахстана, гордостью каждого гражданина страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проводятся патриотические форумы, курултай, разноформатные мероприятия, направленные на укрепление патриотизма молодого поколения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="bottom"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="bottom"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ға ие</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> болуы тиіс. </w:t>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Судьба Нур-Султана</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>это судьба всех казахстанцев, это судьба независимого Казахстана»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нур-Султан</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сердце страны, сердце Евразии, это символ Независимости, символ достижений Казахстана. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>В 1999 году Астана по решению ЮНЕСКО получила звание «Город мира». С 2000 года главный город Казахстана является членом Международной ассамблеи столиц и крупных городов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Все мероприятия в столице и в регионах посвящены г. Нур-Султан</w:t>
+      </w:r>
+      <w:r w:rsidR="0023460A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Сквозь призму развития столицы в мероприятиях отражены достижения страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="700"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8. «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>Верховенство права</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приверженность казахстанского народа принципам и идеалам правового государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстан твердо и последовательно идет по пути утверждения правового государства, в котором обеспечена благополучная и достойная жизнь его граждан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Процесс государственного строите</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA2364" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>льства непрерывен и динамичен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00036168" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конституция, как основной Закон страны, регламентирует продвижение казахстанского общества к высоким целям – построению экономически развитого, независимого, интегрированного в мировое сообщество государства. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Таким образом, принятие Конституции для казахстанцев символизирует начало новой эпохи. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основной закон страны стал прочной основой стабильного развития и процветания Казахстана. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D86EA3" w:rsidRPr="00F0214B" w:rsidRDefault="00D86EA3" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00D86EA3" w:rsidRDefault="00800877" w:rsidP="00D86EA3">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D86EA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D86EA3">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Эффективный бизнес</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1" w:rsidRPr="00D86EA3">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D86EA3">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">прочная основа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D86EA3">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2. Өңірлік іс-шаралар жалпыреспубликалық іс-шараларды тұтастай қайталамауы керек, олардың мазмұнын жергілікті деңгейде толықтырып және ашып көрсетуі тиіс.</w:t>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>экономики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D86EA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D86EA3" w:rsidRPr="00D86EA3" w:rsidRDefault="00D86EA3" w:rsidP="00D86EA3">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1429"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бизнес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">играет важную роль в социально-экономической и политической жизни страны. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Бизнес</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">это стержень устойчивого гражданского общества, от развития которого зависит благосостояние всего общества. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Он </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">способствует </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>формированию «здоровой» конкурентной среды, поддерживая экономическую активность большей части населения, обеспечивает постоянную занятость, создавая новые рабочие места и значительные налоговые поступления в бюджет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Развитие бизнеса</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">это основа крепкого </w:t>
+      </w:r>
+      <w:r w:rsidR="00A41C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>среднего класса и Ч</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>еловека Труда, он</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>должен стать семейной традицией, передаваемой из поколения в поколение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мероприятия посвящены подведению итогов развития бизнеса, демонстрации вклада в укрепление Независимости Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Планируется проведение традиционной церемонии награждения лауреатов и дипломантов конкурса в области качества «Алтын сапа».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B50C26">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10. «Ауылым</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алтын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>3. Мерекелерді өткізудің формасы барынша демократиялы</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006B65C1">
+        <w:t xml:space="preserve"> бесігім»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Достижения сельского хозяйства. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Наша страна традиционно была и остается мировым и региональным поставщиком продовольствия, агропромышленный комплекс</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дополнительным источником экономического роста страны. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мероприятия, направленные на чествование Человека Труда, демонстрацию достижений Казахстана в области сельского хозяйства и производства сельскохозяйственной продукции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="700"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11. «Индустриально-инновационное развитие. Цифровая экономика»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Достижениям Казахстана в сфере создания инноваций индустриального развития. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задача Казахстана</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">усилить лидерство в регионе по уровню развития инфокоммуникационной инфраструктуры. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Казахстан должен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стать брендом в качестве открытой юрисдикции для технологического партнерства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, строительства и размещения дата-центров, развития транзита данных, участия в глобальном рын</w:t>
+      </w:r>
+      <w:r w:rsidR="00A41C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ке цифровых услуг, использования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> цифровых финансовых инструментов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="004B599D" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="00800877" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">резентации достижений Казахстана в области цифровых технологий, в том числе Международного финансового центра «Астана» как </w:t>
+      </w:r>
+      <w:r w:rsidR="00800877" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>платформы развития новейших цифровых технологий</w:t>
+      </w:r>
+      <w:r w:rsidR="00800877" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> совместно с Назарбаев Университетом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00360016" w:rsidRPr="00F0214B" w:rsidRDefault="00360016" w:rsidP="007A6A57">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>12. «Независимость</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>воплощенная мечта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Казахстанский путь»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00800877" w:rsidRPr="00F0214B" w:rsidRDefault="00800877" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Популяризация истории Независимости, продвижение особой уникальности казахстанского пути становления, развития и успеха.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D32E16" w:rsidRPr="00F0214B" w:rsidRDefault="00D32E16" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кульминация торжественных мероприятий произойдет в декабре 20</w:t>
+      </w:r>
+      <w:r w:rsidR="002A2A7A" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года. Центральными темами декабря 2021 года станут празднование Дня Первого Президента и 30-летний юбилей Независимости. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D32E16" w:rsidRPr="00F0214B" w:rsidRDefault="00D32E16" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B50C26">
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> период с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">адамдарға жақын болғаны жөн. </w:t>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00B50C26">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> декабря будут проведены </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>4. Республикалық деңгейде бекітілген нышандар мен эмблемаларды мерекелік іс-шараларда кәсіби</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009F152B">
+        <w:t>мероприятия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, символизирующие незыблемые основы Независимости.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B50C26">
-[...153 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во всех отраслях государственной и общественной жизни состоятся значимые события, направленные на консолидацию и единение общества.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A2A7A" w:rsidRPr="00F0214B" w:rsidRDefault="00D32E16" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="840"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Торжественные мероприятия 15-16 декабря </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC3A2A" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2019 года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пройдут в городе Нур-Султан</w:t>
+      </w:r>
+      <w:r w:rsidR="00A41C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. В эти дни в столице Казахстана состоится церемония награждения государственными наградами, юбилейными медалями граждан, внесших значительный вклад в становление страны, укрепление ее независимости.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D51C66" w:rsidRPr="00F0214B" w:rsidRDefault="00D51C66" w:rsidP="00D51C66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Центральным событием станет торжественное собрание с участием Первого Президента Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidR="0023460A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Елбасы Н.</w:t>
+      </w:r>
+      <w:r w:rsidR="0023460A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А. Назарбаева и Главы государства К.</w:t>
+      </w:r>
+      <w:r w:rsidR="0023460A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>К. Токаева.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D32E16" w:rsidRPr="00F0214B" w:rsidRDefault="00D32E16" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Праздничные мероприятия будут широко освещены в отечественных и зарубежных СМИ. К </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организации проведения всех мероприятий должны быть активно привлечены представители общественности, НПО, молодежные организации, бизнес-структуры, лидеры общественного мнения, научная и творческая интеллигенция, международные эксперты и т.д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D32E16" w:rsidRPr="00F0214B" w:rsidRDefault="00D32E16" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>География проводимых мероприятий</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">все регионы страны. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D32E16" w:rsidRPr="00F0214B" w:rsidRDefault="00D32E16" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во всех республиканских СМИ будет открыт рубрикатор событий юбилейного года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На сайтах СМИ, центральных и местных государственных органов будут размещены анимированные баннеры с подробным описанием юбилейных мероприятий и событий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D32E16" w:rsidRPr="00F0214B" w:rsidRDefault="00D32E16" w:rsidP="00CE680E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002E734B" w:rsidRPr="00F0214B" w:rsidRDefault="002E734B" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Рекомендации по организации мероприятий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E734B" w:rsidRPr="00F0214B" w:rsidRDefault="002E734B" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A575C" w:rsidRPr="00F0214B" w:rsidRDefault="00D32E16" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="page19"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Праздничные мероприятия должны быть профессионально оформлены в стилистике юбилея и правильно организованы с точки зрения ключевых сообщений и контента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680742" w:rsidRPr="00F0214B" w:rsidRDefault="00680742" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E54ED3" w:rsidRPr="00F0214B" w:rsidRDefault="00E54ED3" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="002309AF" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нешние атрибуты праздника</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E54ED3" w:rsidRPr="00F0214B" w:rsidRDefault="00E54ED3" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002E734B" w:rsidRPr="00F0214B" w:rsidRDefault="002E734B" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">2. Қазақстанның мемлекеттілігін, Қазақстан халқының бірлігін сақтау және нығайту, азаматтардың патриоттық сезімін күшейту. </w:t>
-[...95 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId8"/>
+        <w:t>Логотип</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> праздника должен содержать в себе элементы государственных символов Республики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E734B" w:rsidRPr="00CD2B76" w:rsidRDefault="002E734B" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Эскизы наружного оформления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должны отразить исторический путь становления независимого Казахстана и его современные экономические, социальные и политические реалии. В них необходимо заложить </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">идеи, направленные на поддержку курса реформ, рост авторитета </w:t>
+      </w:r>
+      <w:r w:rsidR="00A25C1C" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>республики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, признание достижений внутри страны и за рубежом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E734B" w:rsidRPr="00CD2B76" w:rsidRDefault="002E734B" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цветовая гамма праздника</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должна быть основана на цветовой гамме государственных символов</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">преобладание </w:t>
+      </w:r>
+      <w:r w:rsidR="005856FE" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бирюзового</w:t>
+      </w:r>
+      <w:r w:rsidR="005856FE" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в сочетании с золотом (охрой).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD564F" w:rsidRPr="00CD2B76" w:rsidRDefault="00CD564F" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При выборе </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6466D" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и организации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мероприятий рекомендуется учитывать следующие факторы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD564F" w:rsidRPr="00CD2B76" w:rsidRDefault="00CD564F" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Целевая аудитория</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD564F" w:rsidRPr="00CD2B76" w:rsidRDefault="00CD564F" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Широкий резонанс в СМИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD564F" w:rsidRPr="00CD2B76" w:rsidRDefault="00CD564F" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Участие большого количества людей, привлечение лидеров общественного мнения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD564F" w:rsidRPr="00F0214B" w:rsidRDefault="002F7295" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пропаганда концепции </w:t>
+      </w:r>
+      <w:r w:rsidR="00795064" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Жасампаздыққа толы жылдар</w:t>
+      </w:r>
+      <w:r w:rsidR="00795064" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» («Созидание во имя людей»).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD564F" w:rsidRPr="00F0214B" w:rsidRDefault="00CD564F" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Работа с детьми и молодежью</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD564F" w:rsidRPr="00F0214B" w:rsidRDefault="00CD564F" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Освещение вопросов истории Независимости, вклада Первого Президента</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Елбасы Н.</w:t>
+      </w:r>
+      <w:r w:rsidR="0023460A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А. Назарбаева</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2E2D" w:rsidRPr="00F0214B" w:rsidRDefault="005C2E2D" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002E734B" w:rsidRPr="00F0214B" w:rsidRDefault="002E734B" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рекомендации </w:t>
+      </w:r>
+      <w:r w:rsidR="00F7148F" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по организации</w:t>
+      </w:r>
+      <w:r w:rsidR="005C2E2D" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мероприятий</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7148F" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D00DA" w:rsidRPr="00F0214B" w:rsidRDefault="007D00DA" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002E734B" w:rsidRPr="00CD2B76" w:rsidRDefault="002E734B" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. 30-летие Независимости Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">это возможность осмыслить достижения народа, определить задачи на будущее. Все мероприятия должны </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6466D" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>быть частью единого целого</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6466D" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Концепции, содержать смыслы, отраженные </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6466D" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidR="002F7295" w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>данном документе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E734B" w:rsidRPr="00F0214B" w:rsidRDefault="002E734B" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Региональные мероприятия не должны абсолютно дублировать общереспубликанские, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6466D" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>но</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дополнять и раскрывать их содержание на местном уровне. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E734B" w:rsidRPr="00F0214B" w:rsidRDefault="002E734B" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Формы проведения праздников должны быть более демократичными, приближенными к людям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E734B" w:rsidRPr="00F0214B" w:rsidRDefault="002E734B" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Профессионально и ответственно использовать символику и эмблемы праздничных мероприятий, утвержденных на республиканском уровне.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E734B" w:rsidRPr="00F0214B" w:rsidRDefault="002E734B" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Основным условием эффективности мероприятий является их четкая направленность на определенные социальные группы населения. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Важно определить социальную группу, для которой данный праздник наиболее значим (ветераны войны и труда, дети, женщины и др.) и которой следует адресно посвятить ряд мероприятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E734B" w:rsidRPr="00F0214B" w:rsidRDefault="002E734B" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6. Целесообразно акцентировать внимание на практических и полезных делах (символические массовые акции, направленные на решение конкретных социальных вопросов</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7295">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и др.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E734B" w:rsidRPr="00F0214B" w:rsidRDefault="002E734B" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7. Следует обеспечивать массовое вовлечение населения в процесс подготовки и проведения праздников, уделив особое внимание их красочности, яркости, эмоциональной насыщенности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E734B" w:rsidRPr="00F0214B" w:rsidRDefault="002E734B" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F7148F" w:rsidRPr="00F0214B" w:rsidRDefault="00F7148F" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Ожидаемые результаты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F7148F" w:rsidRPr="00F0214B" w:rsidRDefault="00F7148F" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AF4C78" w:rsidRPr="00F0214B" w:rsidRDefault="00591CD4" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4C78" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осознание значимости </w:t>
+      </w:r>
+      <w:r w:rsidR="00C86CD3" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">30-летнего </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4C78" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>юбилея Независимости</w:t>
+      </w:r>
+      <w:r w:rsidR="00B23216" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4C78" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> роли Первого Президента Казахстана</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4C78" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Елбасы Н.</w:t>
+      </w:r>
+      <w:r w:rsidR="0023460A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4C78" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А. Назарбаева в становлении и развитии Независимого Казахстана</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4C78" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00591CD4" w:rsidRPr="00F0214B" w:rsidRDefault="00591CD4" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Сохранение и укрепление казахстанской государственности, единства народов Казахстана, усиление чувства патриотизма граждан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF4C78" w:rsidRPr="00F0214B" w:rsidRDefault="00591CD4" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4C78" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Демонстрация достижений и успехов Казахстана за 30 лет Независимости.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF4C78" w:rsidRPr="00F0214B" w:rsidRDefault="00591CD4" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4C78" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Демонстрация исторической роли Первого Президента Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4C78" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Елбасы Н.</w:t>
+      </w:r>
+      <w:r w:rsidR="0023460A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4C78" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А. Назарбаева в создании Независимого Казахстана</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4C78" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF4C78" w:rsidRPr="00CB7D44" w:rsidRDefault="00591CD4" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4C78" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Вовлечение всех граждан Казахстана в реализацию главной стратегической задачи государства</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1BA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4C78" w:rsidRPr="00F0214B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вхождение в 30 развитых стран мира.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF4C78" w:rsidRDefault="00AF4C78" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008E5F73" w:rsidRDefault="008E5F73" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AF4C78" w:rsidRPr="00ED16D3" w:rsidRDefault="00AF4C78" w:rsidP="00EA7004">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00AF4C78" w:rsidRPr="00ED16D3" w:rsidSect="00E753EC">
+      <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00755249" w:rsidRDefault="00755249" w:rsidP="00D56161">
+    <w:p w:rsidR="00520901" w:rsidRDefault="00520901" w:rsidP="00814BEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00755249" w:rsidRDefault="00755249" w:rsidP="00D56161">
+    <w:p w:rsidR="00520901" w:rsidRDefault="00520901" w:rsidP="00814BEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00755249" w:rsidRDefault="00755249" w:rsidP="00D56161">
+    <w:p w:rsidR="00520901" w:rsidRDefault="00520901" w:rsidP="00814BEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00755249" w:rsidRDefault="00755249" w:rsidP="00D56161">
+    <w:p w:rsidR="00520901" w:rsidRDefault="00520901" w:rsidP="00814BEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="-2014752910"/>
+      <w:id w:val="-1199008793"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00D56161" w:rsidRDefault="00D56161">
+      <w:p w:rsidR="00E753EC" w:rsidRDefault="00113A0B">
         <w:pPr>
-          <w:pStyle w:val="a7"/>
+          <w:pStyle w:val="a8"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00E753EC">
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D71DF5">
+        <w:r w:rsidR="00F5362D">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00D56161" w:rsidRDefault="00D56161">
+  <w:p w:rsidR="00611965" w:rsidRDefault="00611965">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
+      <w:pStyle w:val="a8"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="068132CC"/>
+    <w:nsid w:val="00000005"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="616CC75A"/>
-    <w:lvl w:ilvl="0" w:tplc="93627E36">
+    <w:tmpl w:val="2D517796"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-        <w:ind w:left="927" w:hanging="360"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="00000008"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3855585C"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="К"/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="0000002F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="10233C98"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="В"/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="0581506F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9B2A06EE"/>
+    <w:lvl w:ilvl="0" w:tplc="39A01B02">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1647" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2367" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3087" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3807" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4527" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5247" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5967" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6687" w:hanging="180"/>
+        <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="143605E0"/>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="0D051B76"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="08725A6E"/>
-    <w:lvl w:ilvl="0" w:tplc="043F0001">
+    <w:tmpl w:val="4C7471F6"/>
+    <w:lvl w:ilvl="0" w:tplc="8AF8F3A8">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="0ECE1B47"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="34A294AE"/>
+    <w:lvl w:ilvl="0" w:tplc="20000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1358" w:hanging="360"/>
+        <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="043F0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2078" w:hanging="360"/>
+        <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="043F0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2798" w:hanging="360"/>
+        <w:ind w:left="2869" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="043F0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20000001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3518" w:hanging="360"/>
+        <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="043F0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4238" w:hanging="360"/>
+        <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="043F0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4958" w:hanging="360"/>
+        <w:ind w:left="5029" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="043F0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20000001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5678" w:hanging="360"/>
+        <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="043F0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6398" w:hanging="360"/>
+        <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="043F0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7118" w:hanging="360"/>
+        <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="14E2622B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A1409192"/>
+    <w:lvl w:ilvl="0" w:tplc="C5642D14">
+      <w:start w:val="2021"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1369" w:hanging="660"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="1EDC1A2A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F66426FC"/>
     <w:lvl w:ilvl="0" w:tplc="FF341D62">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3479" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4669" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="247C593F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FF04C104"/>
+    <w:lvl w:ilvl="0" w:tplc="FF2AAAE8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="274B278B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="80244E20"/>
     <w:lvl w:ilvl="0" w:tplc="2000000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20000019">
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="2000001B">
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2869" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="2000000F">
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20000019">
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="2000001B">
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5029" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="2000000F">
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20000019">
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="2000001B">
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="2D5C5C1F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="92CACA26"/>
+    <w:lvl w:ilvl="0" w:tplc="2000000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="30B30F39"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="20362980"/>
     <w:lvl w:ilvl="0" w:tplc="3B0C83AE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1417" w:hanging="708"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20000003">
+    <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="20000005">
+    <w:lvl w:ilvl="2" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2509" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="20000001">
+    <w:lvl w:ilvl="3" w:tplc="20000001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20000003">
+    <w:lvl w:ilvl="4" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="20000005">
+    <w:lvl w:ilvl="5" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4669" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="20000001">
+    <w:lvl w:ilvl="6" w:tplc="20000001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20000003">
+    <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="20000005">
+    <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="401F345A"/>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="327C05DC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="ACAA6632"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="A0A2CFFE"/>
+    <w:lvl w:ilvl="0" w:tplc="EB780434">
+      <w:start w:val="12"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="927" w:hanging="360"/>
+        <w:ind w:left="972" w:hanging="405"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4527" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6687" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="35AF2A40"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E34EAAD0"/>
+    <w:lvl w:ilvl="0" w:tplc="832EF6FC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1070" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1647" w:hanging="360"/>
+        <w:ind w:left="1790" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2367" w:hanging="180"/>
+        <w:ind w:left="2510" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3087" w:hanging="360"/>
+        <w:ind w:left="3230" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3807" w:hanging="360"/>
+        <w:ind w:left="3950" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4527" w:hanging="180"/>
+        <w:ind w:left="4670" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5247" w:hanging="360"/>
+        <w:ind w:left="5390" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5967" w:hanging="360"/>
+        <w:ind w:left="6110" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6687" w:hanging="180"/>
+        <w:ind w:left="6830" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="42E877ED"/>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="371278FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C174FEEC"/>
-    <w:lvl w:ilvl="0" w:tplc="7C2058E6">
+    <w:tmpl w:val="DB363A1C"/>
+    <w:lvl w:ilvl="0" w:tplc="9EE06660">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1068" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15">
+    <w:nsid w:val="402644BF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BAD624A2"/>
+    <w:lvl w:ilvl="0" w:tplc="0E9E35EA">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3479" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1788" w:hanging="360"/>
+        <w:ind w:left="4199" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2508" w:hanging="180"/>
+        <w:ind w:left="4919" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3228" w:hanging="360"/>
+        <w:ind w:left="5639" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3948" w:hanging="360"/>
+        <w:ind w:left="6359" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4668" w:hanging="180"/>
+        <w:ind w:left="7079" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5388" w:hanging="360"/>
+        <w:ind w:left="7799" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6108" w:hanging="360"/>
+        <w:ind w:left="8519" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6828" w:hanging="180"/>
+        <w:ind w:left="9239" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="16">
+    <w:nsid w:val="410C3A8B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="01489166"/>
+    <w:lvl w:ilvl="0" w:tplc="9A6837DA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17">
+    <w:nsid w:val="4D6859FD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="044C30FA"/>
+    <w:lvl w:ilvl="0" w:tplc="F8E626E2">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18">
+    <w:nsid w:val="4DE346F0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AF0286DE"/>
+    <w:lvl w:ilvl="0" w:tplc="9C7E146A">
+      <w:start w:val="2021"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1369" w:hanging="660"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Times New Roman" w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19">
+    <w:nsid w:val="533B5017"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="26389654"/>
+    <w:lvl w:ilvl="0" w:tplc="2000000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20">
+    <w:nsid w:val="56A36B02"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="81729BF0"/>
+    <w:lvl w:ilvl="0" w:tplc="AB48807C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21">
     <w:nsid w:val="592530F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3FDADCE4"/>
     <w:lvl w:ilvl="0" w:tplc="CE7868C6">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2062" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2072" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2792" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3512" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4232" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4952" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5672" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6392" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7112" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="22">
     <w:nsid w:val="609D304F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="04207BFA"/>
     <w:lvl w:ilvl="0" w:tplc="2000000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20000019">
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="2000001B">
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2869" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="2000000F">
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20000019">
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="2000001B">
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5029" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="2000000F">
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20000019">
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="2000001B">
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="23">
+    <w:nsid w:val="680E2647"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="92CACA26"/>
+    <w:lvl w:ilvl="0" w:tplc="2000000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24">
     <w:nsid w:val="6BC36F14"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="69F66D22"/>
     <w:lvl w:ilvl="0" w:tplc="9E9653FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25">
+    <w:nsid w:val="6C3042D0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="46A8F966"/>
+    <w:lvl w:ilvl="0" w:tplc="4F58678E">
+      <w:start w:val="2021"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="660"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26">
+    <w:nsid w:val="6D8F4988"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5E124F40"/>
+    <w:lvl w:ilvl="0" w:tplc="0EBCAED2">
+      <w:start w:val="2021"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1369" w:hanging="660"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27">
+    <w:nsid w:val="6DF07226"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9A3EBE82"/>
+    <w:lvl w:ilvl="0" w:tplc="38C6718C">
+      <w:start w:val="2021"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="660"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28">
+    <w:nsid w:val="73526AA4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="92CACA26"/>
+    <w:lvl w:ilvl="0" w:tplc="2000000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29">
+    <w:nsid w:val="75325B83"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C6F8A96A"/>
+    <w:lvl w:ilvl="0" w:tplc="C702183A">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1495" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2782" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3502" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4222" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4942" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5662" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6382" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7102" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7822" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30">
+    <w:nsid w:val="7C385515"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="92CACA26"/>
+    <w:lvl w:ilvl="0" w:tplc="2000000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="14"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="12"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="12"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="16"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
-    <w:lvlOverride w:ilvl="0">
-[...25 lines deleted...]
-    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="4">
-[...27 lines deleted...]
-    </w:lvlOverride>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="27">
     <w:abstractNumId w:val="8"/>
-    <w:lvlOverride w:ilvl="0">
-[...25 lines deleted...]
-    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="28">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="30">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="31">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7">
-[...10 lines deleted...]
-  </w:num>
+  <w:numIdMacAtCleanup w:val="7"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00FE0C73"/>
-[...267 lines deleted...]
-    <w:rsid w:val="00FE0C73"/>
+    <w:rsidRoot w:val="00ED0302"/>
+    <w:rsid w:val="000028C6"/>
+    <w:rsid w:val="00014761"/>
+    <w:rsid w:val="00024E11"/>
+    <w:rsid w:val="00025255"/>
+    <w:rsid w:val="000254D2"/>
+    <w:rsid w:val="00031934"/>
+    <w:rsid w:val="0003206C"/>
+    <w:rsid w:val="0003384E"/>
+    <w:rsid w:val="00036168"/>
+    <w:rsid w:val="000371C6"/>
+    <w:rsid w:val="00041523"/>
+    <w:rsid w:val="00043AE0"/>
+    <w:rsid w:val="00043CE6"/>
+    <w:rsid w:val="000446D6"/>
+    <w:rsid w:val="00047F7C"/>
+    <w:rsid w:val="00050DF8"/>
+    <w:rsid w:val="00050EBF"/>
+    <w:rsid w:val="00053034"/>
+    <w:rsid w:val="00055702"/>
+    <w:rsid w:val="000568B2"/>
+    <w:rsid w:val="00065CE3"/>
+    <w:rsid w:val="00070766"/>
+    <w:rsid w:val="00075575"/>
+    <w:rsid w:val="00076353"/>
+    <w:rsid w:val="0008365E"/>
+    <w:rsid w:val="00085ED0"/>
+    <w:rsid w:val="0009057F"/>
+    <w:rsid w:val="000905DA"/>
+    <w:rsid w:val="0009175D"/>
+    <w:rsid w:val="00097895"/>
+    <w:rsid w:val="000A1BBA"/>
+    <w:rsid w:val="000A2E0F"/>
+    <w:rsid w:val="000A3999"/>
+    <w:rsid w:val="000A4556"/>
+    <w:rsid w:val="000A7D62"/>
+    <w:rsid w:val="000B5D25"/>
+    <w:rsid w:val="000B61EB"/>
+    <w:rsid w:val="000B65DA"/>
+    <w:rsid w:val="000B6B31"/>
+    <w:rsid w:val="000C01FF"/>
+    <w:rsid w:val="000C348A"/>
+    <w:rsid w:val="000C6E28"/>
+    <w:rsid w:val="000D52C3"/>
+    <w:rsid w:val="000E0C28"/>
+    <w:rsid w:val="000E198A"/>
+    <w:rsid w:val="000E1C42"/>
+    <w:rsid w:val="000E1F1C"/>
+    <w:rsid w:val="000F1262"/>
+    <w:rsid w:val="000F5C00"/>
+    <w:rsid w:val="000F61CA"/>
+    <w:rsid w:val="00100248"/>
+    <w:rsid w:val="00101939"/>
+    <w:rsid w:val="001106B4"/>
+    <w:rsid w:val="001114B2"/>
+    <w:rsid w:val="00112BBA"/>
+    <w:rsid w:val="00113A0B"/>
+    <w:rsid w:val="00117AF3"/>
+    <w:rsid w:val="00122A27"/>
+    <w:rsid w:val="0012397F"/>
+    <w:rsid w:val="00124B69"/>
+    <w:rsid w:val="001269A1"/>
+    <w:rsid w:val="001314C0"/>
+    <w:rsid w:val="00131C11"/>
+    <w:rsid w:val="00144119"/>
+    <w:rsid w:val="00144F78"/>
+    <w:rsid w:val="001633AA"/>
+    <w:rsid w:val="001659AB"/>
+    <w:rsid w:val="00180BCD"/>
+    <w:rsid w:val="001829E3"/>
+    <w:rsid w:val="001864B5"/>
+    <w:rsid w:val="001878B7"/>
+    <w:rsid w:val="001878FC"/>
+    <w:rsid w:val="00192077"/>
+    <w:rsid w:val="00194099"/>
+    <w:rsid w:val="00194552"/>
+    <w:rsid w:val="001A0A1F"/>
+    <w:rsid w:val="001A0D74"/>
+    <w:rsid w:val="001A3F6D"/>
+    <w:rsid w:val="001A6925"/>
+    <w:rsid w:val="001B0E50"/>
+    <w:rsid w:val="001B14D5"/>
+    <w:rsid w:val="001B3005"/>
+    <w:rsid w:val="001B4774"/>
+    <w:rsid w:val="001C0EAE"/>
+    <w:rsid w:val="001C27D3"/>
+    <w:rsid w:val="001D3E0D"/>
+    <w:rsid w:val="001D6D6C"/>
+    <w:rsid w:val="001E0D6B"/>
+    <w:rsid w:val="001E11F2"/>
+    <w:rsid w:val="001E1261"/>
+    <w:rsid w:val="001E202C"/>
+    <w:rsid w:val="001E220D"/>
+    <w:rsid w:val="001E2613"/>
+    <w:rsid w:val="001F2C3A"/>
+    <w:rsid w:val="001F7426"/>
+    <w:rsid w:val="0020076C"/>
+    <w:rsid w:val="00200BAF"/>
+    <w:rsid w:val="0020156C"/>
+    <w:rsid w:val="00206B15"/>
+    <w:rsid w:val="002113DC"/>
+    <w:rsid w:val="00224855"/>
+    <w:rsid w:val="00225B6E"/>
+    <w:rsid w:val="00230405"/>
+    <w:rsid w:val="002309AF"/>
+    <w:rsid w:val="0023460A"/>
+    <w:rsid w:val="00236735"/>
+    <w:rsid w:val="00242365"/>
+    <w:rsid w:val="00243BB2"/>
+    <w:rsid w:val="00250479"/>
+    <w:rsid w:val="0025081B"/>
+    <w:rsid w:val="002540FD"/>
+    <w:rsid w:val="00254EBC"/>
+    <w:rsid w:val="0025684B"/>
+    <w:rsid w:val="00256B7C"/>
+    <w:rsid w:val="00275A0E"/>
+    <w:rsid w:val="00275A24"/>
+    <w:rsid w:val="0028188B"/>
+    <w:rsid w:val="0028250A"/>
+    <w:rsid w:val="00291313"/>
+    <w:rsid w:val="00291DE8"/>
+    <w:rsid w:val="002923FC"/>
+    <w:rsid w:val="00294782"/>
+    <w:rsid w:val="002964E4"/>
+    <w:rsid w:val="0029695A"/>
+    <w:rsid w:val="002979A3"/>
+    <w:rsid w:val="002A18DB"/>
+    <w:rsid w:val="002A2A7A"/>
+    <w:rsid w:val="002A72A8"/>
+    <w:rsid w:val="002B59C0"/>
+    <w:rsid w:val="002B79FA"/>
+    <w:rsid w:val="002D55FC"/>
+    <w:rsid w:val="002E105A"/>
+    <w:rsid w:val="002E1AB1"/>
+    <w:rsid w:val="002E1BA1"/>
+    <w:rsid w:val="002E31B2"/>
+    <w:rsid w:val="002E3D42"/>
+    <w:rsid w:val="002E58A8"/>
+    <w:rsid w:val="002E734B"/>
+    <w:rsid w:val="002E7E00"/>
+    <w:rsid w:val="002F2986"/>
+    <w:rsid w:val="002F3DFB"/>
+    <w:rsid w:val="002F5436"/>
+    <w:rsid w:val="002F7295"/>
+    <w:rsid w:val="00301173"/>
+    <w:rsid w:val="00302B58"/>
+    <w:rsid w:val="00304707"/>
+    <w:rsid w:val="00304E1F"/>
+    <w:rsid w:val="003051D0"/>
+    <w:rsid w:val="00305569"/>
+    <w:rsid w:val="0030733F"/>
+    <w:rsid w:val="0030734F"/>
+    <w:rsid w:val="00307C3D"/>
+    <w:rsid w:val="00311557"/>
+    <w:rsid w:val="003130E1"/>
+    <w:rsid w:val="00314DB8"/>
+    <w:rsid w:val="00314EE6"/>
+    <w:rsid w:val="00317315"/>
+    <w:rsid w:val="0032196F"/>
+    <w:rsid w:val="00325B60"/>
+    <w:rsid w:val="003302B2"/>
+    <w:rsid w:val="00340235"/>
+    <w:rsid w:val="00345AB3"/>
+    <w:rsid w:val="00345CC9"/>
+    <w:rsid w:val="00353CB6"/>
+    <w:rsid w:val="00360016"/>
+    <w:rsid w:val="00363696"/>
+    <w:rsid w:val="003719BA"/>
+    <w:rsid w:val="003779A0"/>
+    <w:rsid w:val="003862F8"/>
+    <w:rsid w:val="003873FC"/>
+    <w:rsid w:val="003879A4"/>
+    <w:rsid w:val="00390798"/>
+    <w:rsid w:val="00393D0C"/>
+    <w:rsid w:val="00396A0E"/>
+    <w:rsid w:val="003A6625"/>
+    <w:rsid w:val="003C72FF"/>
+    <w:rsid w:val="003D09DD"/>
+    <w:rsid w:val="003D0B0F"/>
+    <w:rsid w:val="003D1083"/>
+    <w:rsid w:val="003D1700"/>
+    <w:rsid w:val="003D28A6"/>
+    <w:rsid w:val="003D3A6A"/>
+    <w:rsid w:val="003D79A5"/>
+    <w:rsid w:val="003E6569"/>
+    <w:rsid w:val="003F4523"/>
+    <w:rsid w:val="003F4637"/>
+    <w:rsid w:val="003F6121"/>
+    <w:rsid w:val="003F680F"/>
+    <w:rsid w:val="00402CD2"/>
+    <w:rsid w:val="004034D2"/>
+    <w:rsid w:val="00403EC8"/>
+    <w:rsid w:val="00417E97"/>
+    <w:rsid w:val="0042132D"/>
+    <w:rsid w:val="00437DC6"/>
+    <w:rsid w:val="00453EB2"/>
+    <w:rsid w:val="0045762D"/>
+    <w:rsid w:val="0045779A"/>
+    <w:rsid w:val="004615EC"/>
+    <w:rsid w:val="004634DC"/>
+    <w:rsid w:val="00467125"/>
+    <w:rsid w:val="0047445F"/>
+    <w:rsid w:val="0047725F"/>
+    <w:rsid w:val="00477D25"/>
+    <w:rsid w:val="00481078"/>
+    <w:rsid w:val="00486BA3"/>
+    <w:rsid w:val="00496DD0"/>
+    <w:rsid w:val="004A363C"/>
+    <w:rsid w:val="004A3643"/>
+    <w:rsid w:val="004A4F7D"/>
+    <w:rsid w:val="004A66B9"/>
+    <w:rsid w:val="004B599D"/>
+    <w:rsid w:val="004C1616"/>
+    <w:rsid w:val="004C2C97"/>
+    <w:rsid w:val="004D2663"/>
+    <w:rsid w:val="004D2FB7"/>
+    <w:rsid w:val="004D5F77"/>
+    <w:rsid w:val="004E30FA"/>
+    <w:rsid w:val="004E5574"/>
+    <w:rsid w:val="004E6931"/>
+    <w:rsid w:val="004F2754"/>
+    <w:rsid w:val="004F433C"/>
+    <w:rsid w:val="004F64E5"/>
+    <w:rsid w:val="004F7EB4"/>
+    <w:rsid w:val="005009E6"/>
+    <w:rsid w:val="00505F55"/>
+    <w:rsid w:val="00510384"/>
+    <w:rsid w:val="00520901"/>
+    <w:rsid w:val="00521B74"/>
+    <w:rsid w:val="00524046"/>
+    <w:rsid w:val="00532128"/>
+    <w:rsid w:val="0053665F"/>
+    <w:rsid w:val="00537885"/>
+    <w:rsid w:val="00541846"/>
+    <w:rsid w:val="00546792"/>
+    <w:rsid w:val="00555A04"/>
+    <w:rsid w:val="00556D45"/>
+    <w:rsid w:val="00560431"/>
+    <w:rsid w:val="00562500"/>
+    <w:rsid w:val="00562EB7"/>
+    <w:rsid w:val="00566D7A"/>
+    <w:rsid w:val="0057318E"/>
+    <w:rsid w:val="00580602"/>
+    <w:rsid w:val="00583C67"/>
+    <w:rsid w:val="00584D63"/>
+    <w:rsid w:val="005856FE"/>
+    <w:rsid w:val="00591CD4"/>
+    <w:rsid w:val="00595CD1"/>
+    <w:rsid w:val="005A24F2"/>
+    <w:rsid w:val="005A575C"/>
+    <w:rsid w:val="005A699C"/>
+    <w:rsid w:val="005C10B9"/>
+    <w:rsid w:val="005C2E2D"/>
+    <w:rsid w:val="005C3150"/>
+    <w:rsid w:val="005C63F1"/>
+    <w:rsid w:val="005D1BE4"/>
+    <w:rsid w:val="005D4B61"/>
+    <w:rsid w:val="005D740E"/>
+    <w:rsid w:val="005E0AD8"/>
+    <w:rsid w:val="005E75EF"/>
+    <w:rsid w:val="005E7D52"/>
+    <w:rsid w:val="005E7EA7"/>
+    <w:rsid w:val="005F012D"/>
+    <w:rsid w:val="005F33CB"/>
+    <w:rsid w:val="005F6388"/>
+    <w:rsid w:val="00601595"/>
+    <w:rsid w:val="00602889"/>
+    <w:rsid w:val="00605BCD"/>
+    <w:rsid w:val="00611965"/>
+    <w:rsid w:val="0061498B"/>
+    <w:rsid w:val="006161F3"/>
+    <w:rsid w:val="006214CC"/>
+    <w:rsid w:val="00624B7B"/>
+    <w:rsid w:val="00625CA2"/>
+    <w:rsid w:val="0062707D"/>
+    <w:rsid w:val="00627496"/>
+    <w:rsid w:val="00627590"/>
+    <w:rsid w:val="00627966"/>
+    <w:rsid w:val="00627AF2"/>
+    <w:rsid w:val="00631E9F"/>
+    <w:rsid w:val="00632326"/>
+    <w:rsid w:val="0063419B"/>
+    <w:rsid w:val="00635A27"/>
+    <w:rsid w:val="00635F06"/>
+    <w:rsid w:val="00637145"/>
+    <w:rsid w:val="006403C9"/>
+    <w:rsid w:val="006545A0"/>
+    <w:rsid w:val="006568C6"/>
+    <w:rsid w:val="00661F4B"/>
+    <w:rsid w:val="006658D3"/>
+    <w:rsid w:val="006702E6"/>
+    <w:rsid w:val="0067289E"/>
+    <w:rsid w:val="00676CBD"/>
+    <w:rsid w:val="00676FDE"/>
+    <w:rsid w:val="006770C9"/>
+    <w:rsid w:val="00680742"/>
+    <w:rsid w:val="00680846"/>
+    <w:rsid w:val="00680B39"/>
+    <w:rsid w:val="00681468"/>
+    <w:rsid w:val="006821B9"/>
+    <w:rsid w:val="0068305D"/>
+    <w:rsid w:val="0068517B"/>
+    <w:rsid w:val="006860D9"/>
+    <w:rsid w:val="00686893"/>
+    <w:rsid w:val="00686A45"/>
+    <w:rsid w:val="006965F6"/>
+    <w:rsid w:val="006A0931"/>
+    <w:rsid w:val="006A3358"/>
+    <w:rsid w:val="006A406E"/>
+    <w:rsid w:val="006A50C8"/>
+    <w:rsid w:val="006A5947"/>
+    <w:rsid w:val="006A7157"/>
+    <w:rsid w:val="006B1F50"/>
+    <w:rsid w:val="006B29ED"/>
+    <w:rsid w:val="006B39B8"/>
+    <w:rsid w:val="006B3FAC"/>
+    <w:rsid w:val="006B574D"/>
+    <w:rsid w:val="006B63DC"/>
+    <w:rsid w:val="006C16A5"/>
+    <w:rsid w:val="006C5A58"/>
+    <w:rsid w:val="006C637D"/>
+    <w:rsid w:val="006D3E15"/>
+    <w:rsid w:val="006D4DD5"/>
+    <w:rsid w:val="006D7919"/>
+    <w:rsid w:val="006E0412"/>
+    <w:rsid w:val="006E11F9"/>
+    <w:rsid w:val="006E27A1"/>
+    <w:rsid w:val="006E2A58"/>
+    <w:rsid w:val="006E4373"/>
+    <w:rsid w:val="006E73F6"/>
+    <w:rsid w:val="006F4B58"/>
+    <w:rsid w:val="006F5E9D"/>
+    <w:rsid w:val="00701ED7"/>
+    <w:rsid w:val="007077E8"/>
+    <w:rsid w:val="00712497"/>
+    <w:rsid w:val="00714C7C"/>
+    <w:rsid w:val="0072081C"/>
+    <w:rsid w:val="007430F2"/>
+    <w:rsid w:val="00743D79"/>
+    <w:rsid w:val="007454DA"/>
+    <w:rsid w:val="0075600F"/>
+    <w:rsid w:val="00760365"/>
+    <w:rsid w:val="00760442"/>
+    <w:rsid w:val="00765672"/>
+    <w:rsid w:val="00770F0E"/>
+    <w:rsid w:val="00772377"/>
+    <w:rsid w:val="00773BA2"/>
+    <w:rsid w:val="007821FF"/>
+    <w:rsid w:val="00783485"/>
+    <w:rsid w:val="00783DED"/>
+    <w:rsid w:val="00786080"/>
+    <w:rsid w:val="00794299"/>
+    <w:rsid w:val="00795064"/>
+    <w:rsid w:val="00795B94"/>
+    <w:rsid w:val="007A6A57"/>
+    <w:rsid w:val="007A7A0C"/>
+    <w:rsid w:val="007B0081"/>
+    <w:rsid w:val="007B068F"/>
+    <w:rsid w:val="007B2355"/>
+    <w:rsid w:val="007B497C"/>
+    <w:rsid w:val="007D00DA"/>
+    <w:rsid w:val="007D0348"/>
+    <w:rsid w:val="007D134C"/>
+    <w:rsid w:val="007D19EE"/>
+    <w:rsid w:val="007D4DD7"/>
+    <w:rsid w:val="007D6DCE"/>
+    <w:rsid w:val="007D7B05"/>
+    <w:rsid w:val="007E48D7"/>
+    <w:rsid w:val="007E4A4B"/>
+    <w:rsid w:val="007E4D70"/>
+    <w:rsid w:val="007F2B06"/>
+    <w:rsid w:val="007F332E"/>
+    <w:rsid w:val="007F3D6A"/>
+    <w:rsid w:val="007F3D89"/>
+    <w:rsid w:val="00800877"/>
+    <w:rsid w:val="008044C4"/>
+    <w:rsid w:val="00805ADD"/>
+    <w:rsid w:val="008075F4"/>
+    <w:rsid w:val="00814BEC"/>
+    <w:rsid w:val="008151E1"/>
+    <w:rsid w:val="00817046"/>
+    <w:rsid w:val="00820291"/>
+    <w:rsid w:val="008256B3"/>
+    <w:rsid w:val="00831000"/>
+    <w:rsid w:val="00831433"/>
+    <w:rsid w:val="008325A4"/>
+    <w:rsid w:val="008375A3"/>
+    <w:rsid w:val="008445C3"/>
+    <w:rsid w:val="008463F6"/>
+    <w:rsid w:val="00857A97"/>
+    <w:rsid w:val="00861CEF"/>
+    <w:rsid w:val="008621EE"/>
+    <w:rsid w:val="00862927"/>
+    <w:rsid w:val="0086419A"/>
+    <w:rsid w:val="00864F2F"/>
+    <w:rsid w:val="008718F5"/>
+    <w:rsid w:val="00875EBA"/>
+    <w:rsid w:val="00883377"/>
+    <w:rsid w:val="00886AF1"/>
+    <w:rsid w:val="00890593"/>
+    <w:rsid w:val="00894B62"/>
+    <w:rsid w:val="008964D6"/>
+    <w:rsid w:val="008A0B81"/>
+    <w:rsid w:val="008A3701"/>
+    <w:rsid w:val="008A4371"/>
+    <w:rsid w:val="008A57E1"/>
+    <w:rsid w:val="008B06EE"/>
+    <w:rsid w:val="008B168C"/>
+    <w:rsid w:val="008B2224"/>
+    <w:rsid w:val="008C22C8"/>
+    <w:rsid w:val="008D0B08"/>
+    <w:rsid w:val="008D37BE"/>
+    <w:rsid w:val="008D57B5"/>
+    <w:rsid w:val="008E05BB"/>
+    <w:rsid w:val="008E3B9D"/>
+    <w:rsid w:val="008E511D"/>
+    <w:rsid w:val="008E5F73"/>
+    <w:rsid w:val="008E7615"/>
+    <w:rsid w:val="008F1C61"/>
+    <w:rsid w:val="008F3A86"/>
+    <w:rsid w:val="00907245"/>
+    <w:rsid w:val="009131C8"/>
+    <w:rsid w:val="00913378"/>
+    <w:rsid w:val="00920B26"/>
+    <w:rsid w:val="0092107C"/>
+    <w:rsid w:val="00922D93"/>
+    <w:rsid w:val="009230A4"/>
+    <w:rsid w:val="0093128B"/>
+    <w:rsid w:val="009312E4"/>
+    <w:rsid w:val="00932E11"/>
+    <w:rsid w:val="00936F3E"/>
+    <w:rsid w:val="009402C1"/>
+    <w:rsid w:val="00940581"/>
+    <w:rsid w:val="00940E06"/>
+    <w:rsid w:val="009410B8"/>
+    <w:rsid w:val="009443CC"/>
+    <w:rsid w:val="00946324"/>
+    <w:rsid w:val="00947A65"/>
+    <w:rsid w:val="00947E7C"/>
+    <w:rsid w:val="009541CA"/>
+    <w:rsid w:val="00954415"/>
+    <w:rsid w:val="0095537D"/>
+    <w:rsid w:val="00961733"/>
+    <w:rsid w:val="009643AF"/>
+    <w:rsid w:val="0096486E"/>
+    <w:rsid w:val="00964F53"/>
+    <w:rsid w:val="0097284B"/>
+    <w:rsid w:val="00973B16"/>
+    <w:rsid w:val="00977829"/>
+    <w:rsid w:val="00977B60"/>
+    <w:rsid w:val="00982F69"/>
+    <w:rsid w:val="009833FF"/>
+    <w:rsid w:val="0098378B"/>
+    <w:rsid w:val="00990F82"/>
+    <w:rsid w:val="009960EF"/>
+    <w:rsid w:val="009A72AE"/>
+    <w:rsid w:val="009B0D57"/>
+    <w:rsid w:val="009C6143"/>
+    <w:rsid w:val="009C67C3"/>
+    <w:rsid w:val="009D1A9C"/>
+    <w:rsid w:val="009D364A"/>
+    <w:rsid w:val="009D7BCC"/>
+    <w:rsid w:val="009E2248"/>
+    <w:rsid w:val="009F06CF"/>
+    <w:rsid w:val="009F5D16"/>
+    <w:rsid w:val="009F694D"/>
+    <w:rsid w:val="009F7B29"/>
+    <w:rsid w:val="009F7BBE"/>
+    <w:rsid w:val="00A072AF"/>
+    <w:rsid w:val="00A15FA7"/>
+    <w:rsid w:val="00A21233"/>
+    <w:rsid w:val="00A25C1C"/>
+    <w:rsid w:val="00A30EC1"/>
+    <w:rsid w:val="00A312E8"/>
+    <w:rsid w:val="00A326F9"/>
+    <w:rsid w:val="00A41C53"/>
+    <w:rsid w:val="00A42EAD"/>
+    <w:rsid w:val="00A55D3A"/>
+    <w:rsid w:val="00A60589"/>
+    <w:rsid w:val="00A61C2A"/>
+    <w:rsid w:val="00A621C5"/>
+    <w:rsid w:val="00A631AE"/>
+    <w:rsid w:val="00A64474"/>
+    <w:rsid w:val="00A64911"/>
+    <w:rsid w:val="00A715CB"/>
+    <w:rsid w:val="00A715F0"/>
+    <w:rsid w:val="00A71BB4"/>
+    <w:rsid w:val="00A74ABE"/>
+    <w:rsid w:val="00A765EF"/>
+    <w:rsid w:val="00A80C0C"/>
+    <w:rsid w:val="00A83D6B"/>
+    <w:rsid w:val="00A85537"/>
+    <w:rsid w:val="00AA389A"/>
+    <w:rsid w:val="00AA7114"/>
+    <w:rsid w:val="00AB30A1"/>
+    <w:rsid w:val="00AC2BFA"/>
+    <w:rsid w:val="00AC3A2A"/>
+    <w:rsid w:val="00AC5021"/>
+    <w:rsid w:val="00AD5C8A"/>
+    <w:rsid w:val="00AE2249"/>
+    <w:rsid w:val="00AE2C60"/>
+    <w:rsid w:val="00AE3FA9"/>
+    <w:rsid w:val="00AE450B"/>
+    <w:rsid w:val="00AE64B4"/>
+    <w:rsid w:val="00AF1AFC"/>
+    <w:rsid w:val="00AF4C78"/>
+    <w:rsid w:val="00B03FCC"/>
+    <w:rsid w:val="00B075BB"/>
+    <w:rsid w:val="00B13773"/>
+    <w:rsid w:val="00B20502"/>
+    <w:rsid w:val="00B23216"/>
+    <w:rsid w:val="00B25CAD"/>
+    <w:rsid w:val="00B26799"/>
+    <w:rsid w:val="00B27554"/>
+    <w:rsid w:val="00B34635"/>
+    <w:rsid w:val="00B45CCA"/>
+    <w:rsid w:val="00B55D1D"/>
+    <w:rsid w:val="00B57D2F"/>
+    <w:rsid w:val="00B60151"/>
+    <w:rsid w:val="00B66CD4"/>
+    <w:rsid w:val="00B66E0C"/>
+    <w:rsid w:val="00B75347"/>
+    <w:rsid w:val="00B82DD1"/>
+    <w:rsid w:val="00B87F30"/>
+    <w:rsid w:val="00B91465"/>
+    <w:rsid w:val="00B93339"/>
+    <w:rsid w:val="00B9390F"/>
+    <w:rsid w:val="00B95CEA"/>
+    <w:rsid w:val="00BA58BD"/>
+    <w:rsid w:val="00BB786D"/>
+    <w:rsid w:val="00BC0188"/>
+    <w:rsid w:val="00BC0441"/>
+    <w:rsid w:val="00BC3885"/>
+    <w:rsid w:val="00BC4E42"/>
+    <w:rsid w:val="00BC5E98"/>
+    <w:rsid w:val="00BC77A6"/>
+    <w:rsid w:val="00BC7DF6"/>
+    <w:rsid w:val="00BD2054"/>
+    <w:rsid w:val="00BD4BB6"/>
+    <w:rsid w:val="00BE0ED5"/>
+    <w:rsid w:val="00BE16D5"/>
+    <w:rsid w:val="00BF14B9"/>
+    <w:rsid w:val="00C06235"/>
+    <w:rsid w:val="00C10D7C"/>
+    <w:rsid w:val="00C111E2"/>
+    <w:rsid w:val="00C115B1"/>
+    <w:rsid w:val="00C13C9C"/>
+    <w:rsid w:val="00C168EB"/>
+    <w:rsid w:val="00C201D1"/>
+    <w:rsid w:val="00C22569"/>
+    <w:rsid w:val="00C27755"/>
+    <w:rsid w:val="00C44490"/>
+    <w:rsid w:val="00C513BD"/>
+    <w:rsid w:val="00C5267F"/>
+    <w:rsid w:val="00C5286D"/>
+    <w:rsid w:val="00C54A34"/>
+    <w:rsid w:val="00C66114"/>
+    <w:rsid w:val="00C73698"/>
+    <w:rsid w:val="00C748AA"/>
+    <w:rsid w:val="00C85EDE"/>
+    <w:rsid w:val="00C85FEE"/>
+    <w:rsid w:val="00C86BB3"/>
+    <w:rsid w:val="00C86CD3"/>
+    <w:rsid w:val="00C87F3B"/>
+    <w:rsid w:val="00C90454"/>
+    <w:rsid w:val="00C90EE1"/>
+    <w:rsid w:val="00C91CB9"/>
+    <w:rsid w:val="00C91F2F"/>
+    <w:rsid w:val="00C97960"/>
+    <w:rsid w:val="00CA2364"/>
+    <w:rsid w:val="00CA3462"/>
+    <w:rsid w:val="00CA3E85"/>
+    <w:rsid w:val="00CA53CD"/>
+    <w:rsid w:val="00CB3375"/>
+    <w:rsid w:val="00CB6FA9"/>
+    <w:rsid w:val="00CB7D44"/>
+    <w:rsid w:val="00CC012D"/>
+    <w:rsid w:val="00CC0C67"/>
+    <w:rsid w:val="00CC3D2E"/>
+    <w:rsid w:val="00CC5AB2"/>
+    <w:rsid w:val="00CC678A"/>
+    <w:rsid w:val="00CC6F48"/>
+    <w:rsid w:val="00CD2B76"/>
+    <w:rsid w:val="00CD4CC6"/>
+    <w:rsid w:val="00CD5527"/>
+    <w:rsid w:val="00CD564F"/>
+    <w:rsid w:val="00CE052A"/>
+    <w:rsid w:val="00CE680E"/>
+    <w:rsid w:val="00CE6BCF"/>
+    <w:rsid w:val="00D04703"/>
+    <w:rsid w:val="00D04F9D"/>
+    <w:rsid w:val="00D1082B"/>
+    <w:rsid w:val="00D132E0"/>
+    <w:rsid w:val="00D1335E"/>
+    <w:rsid w:val="00D13CB0"/>
+    <w:rsid w:val="00D1639D"/>
+    <w:rsid w:val="00D17240"/>
+    <w:rsid w:val="00D23EB0"/>
+    <w:rsid w:val="00D25199"/>
+    <w:rsid w:val="00D25689"/>
+    <w:rsid w:val="00D30DCB"/>
+    <w:rsid w:val="00D31423"/>
+    <w:rsid w:val="00D32E16"/>
+    <w:rsid w:val="00D35987"/>
+    <w:rsid w:val="00D35D52"/>
+    <w:rsid w:val="00D372C9"/>
+    <w:rsid w:val="00D37C4C"/>
+    <w:rsid w:val="00D37FC0"/>
+    <w:rsid w:val="00D47C09"/>
+    <w:rsid w:val="00D51C66"/>
+    <w:rsid w:val="00D53AFC"/>
+    <w:rsid w:val="00D55755"/>
+    <w:rsid w:val="00D563DA"/>
+    <w:rsid w:val="00D62199"/>
+    <w:rsid w:val="00D63E11"/>
+    <w:rsid w:val="00D65201"/>
+    <w:rsid w:val="00D664E1"/>
+    <w:rsid w:val="00D67BD2"/>
+    <w:rsid w:val="00D70350"/>
+    <w:rsid w:val="00D731D0"/>
+    <w:rsid w:val="00D75001"/>
+    <w:rsid w:val="00D75D5A"/>
+    <w:rsid w:val="00D86EA3"/>
+    <w:rsid w:val="00D90B03"/>
+    <w:rsid w:val="00D90E7A"/>
+    <w:rsid w:val="00D929A0"/>
+    <w:rsid w:val="00D95B68"/>
+    <w:rsid w:val="00D95DB1"/>
+    <w:rsid w:val="00DA2617"/>
+    <w:rsid w:val="00DA6BB3"/>
+    <w:rsid w:val="00DA7751"/>
+    <w:rsid w:val="00DB1013"/>
+    <w:rsid w:val="00DB3A34"/>
+    <w:rsid w:val="00DB7771"/>
+    <w:rsid w:val="00DB7E5A"/>
+    <w:rsid w:val="00DC1B86"/>
+    <w:rsid w:val="00DC40C0"/>
+    <w:rsid w:val="00DC4493"/>
+    <w:rsid w:val="00DD0C36"/>
+    <w:rsid w:val="00DD2F47"/>
+    <w:rsid w:val="00DD3210"/>
+    <w:rsid w:val="00DD3298"/>
+    <w:rsid w:val="00DD4E31"/>
+    <w:rsid w:val="00DD5BA6"/>
+    <w:rsid w:val="00DF16C7"/>
+    <w:rsid w:val="00E05601"/>
+    <w:rsid w:val="00E06CC8"/>
+    <w:rsid w:val="00E06E3B"/>
+    <w:rsid w:val="00E07230"/>
+    <w:rsid w:val="00E079C7"/>
+    <w:rsid w:val="00E10328"/>
+    <w:rsid w:val="00E154EF"/>
+    <w:rsid w:val="00E1759A"/>
+    <w:rsid w:val="00E20B0C"/>
+    <w:rsid w:val="00E2386E"/>
+    <w:rsid w:val="00E241E9"/>
+    <w:rsid w:val="00E30F11"/>
+    <w:rsid w:val="00E35D26"/>
+    <w:rsid w:val="00E45B10"/>
+    <w:rsid w:val="00E4780B"/>
+    <w:rsid w:val="00E47825"/>
+    <w:rsid w:val="00E54ED3"/>
+    <w:rsid w:val="00E63A4E"/>
+    <w:rsid w:val="00E650E9"/>
+    <w:rsid w:val="00E66FB7"/>
+    <w:rsid w:val="00E7378A"/>
+    <w:rsid w:val="00E753EC"/>
+    <w:rsid w:val="00E75AF4"/>
+    <w:rsid w:val="00E80EA5"/>
+    <w:rsid w:val="00E81C82"/>
+    <w:rsid w:val="00E829EF"/>
+    <w:rsid w:val="00E85023"/>
+    <w:rsid w:val="00E93F0F"/>
+    <w:rsid w:val="00E95261"/>
+    <w:rsid w:val="00E9687A"/>
+    <w:rsid w:val="00EA00F9"/>
+    <w:rsid w:val="00EA2CDF"/>
+    <w:rsid w:val="00EA631E"/>
+    <w:rsid w:val="00EA7004"/>
+    <w:rsid w:val="00EB7CA5"/>
+    <w:rsid w:val="00EC3199"/>
+    <w:rsid w:val="00EC3461"/>
+    <w:rsid w:val="00EC66A7"/>
+    <w:rsid w:val="00ED00EB"/>
+    <w:rsid w:val="00ED0302"/>
+    <w:rsid w:val="00ED0951"/>
+    <w:rsid w:val="00ED15BB"/>
+    <w:rsid w:val="00ED16D3"/>
+    <w:rsid w:val="00ED544B"/>
+    <w:rsid w:val="00EE0BB1"/>
+    <w:rsid w:val="00EE218D"/>
+    <w:rsid w:val="00EE5AC3"/>
+    <w:rsid w:val="00EE7E91"/>
+    <w:rsid w:val="00EF0867"/>
+    <w:rsid w:val="00EF08CA"/>
+    <w:rsid w:val="00EF0D23"/>
+    <w:rsid w:val="00EF46E7"/>
+    <w:rsid w:val="00EF5AF2"/>
+    <w:rsid w:val="00EF659E"/>
+    <w:rsid w:val="00F00A10"/>
+    <w:rsid w:val="00F00C2B"/>
+    <w:rsid w:val="00F0214B"/>
+    <w:rsid w:val="00F0380D"/>
+    <w:rsid w:val="00F03E01"/>
+    <w:rsid w:val="00F05DD5"/>
+    <w:rsid w:val="00F06646"/>
+    <w:rsid w:val="00F07399"/>
+    <w:rsid w:val="00F11F78"/>
+    <w:rsid w:val="00F126E8"/>
+    <w:rsid w:val="00F16EEE"/>
+    <w:rsid w:val="00F21007"/>
+    <w:rsid w:val="00F21AC4"/>
+    <w:rsid w:val="00F22C45"/>
+    <w:rsid w:val="00F3604F"/>
+    <w:rsid w:val="00F520EA"/>
+    <w:rsid w:val="00F5362D"/>
+    <w:rsid w:val="00F548CA"/>
+    <w:rsid w:val="00F61431"/>
+    <w:rsid w:val="00F63A76"/>
+    <w:rsid w:val="00F6466D"/>
+    <w:rsid w:val="00F70AFF"/>
+    <w:rsid w:val="00F7148F"/>
+    <w:rsid w:val="00F71878"/>
+    <w:rsid w:val="00F73ADB"/>
+    <w:rsid w:val="00F749E1"/>
+    <w:rsid w:val="00F8603B"/>
+    <w:rsid w:val="00F94AEA"/>
+    <w:rsid w:val="00F95399"/>
+    <w:rsid w:val="00F96D69"/>
+    <w:rsid w:val="00F97EE1"/>
+    <w:rsid w:val="00FA0BFF"/>
+    <w:rsid w:val="00FA2049"/>
+    <w:rsid w:val="00FA6EEA"/>
+    <w:rsid w:val="00FB48F8"/>
+    <w:rsid w:val="00FB60BA"/>
+    <w:rsid w:val="00FB65A3"/>
+    <w:rsid w:val="00FC04B4"/>
+    <w:rsid w:val="00FC1852"/>
+    <w:rsid w:val="00FC19D5"/>
+    <w:rsid w:val="00FD20D8"/>
+    <w:rsid w:val="00FD56B4"/>
+    <w:rsid w:val="00FD6F92"/>
+    <w:rsid w:val="00FD7184"/>
+    <w:rsid w:val="00FD7F67"/>
+    <w:rsid w:val="00FE13CB"/>
+    <w:rsid w:val="00FE2DED"/>
+    <w:rsid w:val="00FE774E"/>
+    <w:rsid w:val="00FE7845"/>
+    <w:rsid w:val="00FF1270"/>
+    <w:rsid w:val="00FF1815"/>
+    <w:rsid w:val="00FF389B"/>
+    <w:rsid w:val="00FF69D9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{B853CA48-48E8-4E3A-A421-AC5F75073514}"/>
+  <w15:docId w15:val="{D203E059-C21D-44AA-81D6-7CBB115D944D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -16104,305 +18485,1012 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00113A0B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E4780B"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00625CA2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...3 lines deleted...]
-    <w:rsid w:val="00FE0C73"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00584D63"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Emphasis"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00584D63"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC1852"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00192077"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a7">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EE5AC3"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00E4780B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00625CA2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00814BEC"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00814BEC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00814BEC"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00814BEC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00340235"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00340235"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ae">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00773BA2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...2 lines deleted...]
-    <w:uiPriority w:val="34"/>
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00B93128"/>
+    <w:rsid w:val="005E7D52"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-[...12 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
-  </w:style>
-[...55 lines deleted...]
-    <w:rsid w:val="00D56161"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="1793983001">
+    <w:div w:id="16122094">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="49114785">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="108477165">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="134570547">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="171265340">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="241303563">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="304117312">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="435908711">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="470902566">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="476652510">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="489712177">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="523596693">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="551499959">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="573244549">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="632640392">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="899907295">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="977615611">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1019085763">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="16585971">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="75"/>
+          <w:marBottom w:val="150"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="6" w:space="8" w:color="E7E7E7"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1020204436">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1090082686">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1097285814">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1267425019">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1269510312">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1277368482">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1282810331">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1309436012">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1319651819">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1433359842">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1479112507">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1555003305">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1569194715">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1582061448">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1623535808">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1639919558">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1651906721">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1657107667">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1673996216">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1694455313">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1970091014">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1715620839">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1887598314">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2052679928">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2085298198">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
@@ -16536,75 +19624,91 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F6E3D99-DAC5-43B9-8EBF-2D0576176FB1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>21</Pages>
-  <Words>5012</Words>
-  <Characters>28571</Characters>
+  <Words>5135</Words>
+  <Characters>29273</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>238</Lines>
-  <Paragraphs>67</Paragraphs>
+  <Lines>243</Lines>
+  <Paragraphs>68</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>33516</CharactersWithSpaces>
+  <CharactersWithSpaces>34340</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Бакыт Рахымбаева</dc:creator>
+  <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>