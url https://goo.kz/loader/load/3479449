--- v0 (2025-12-20)
+++ v1 (2026-01-18)
@@ -6,31226 +6,31319 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="0057459A" w:rsidRPr="00224B80" w:rsidRDefault="004D11A1" w:rsidP="003B1703">
+    <w:p w14:paraId="605BB0E4" w14:textId="77777777" w:rsidR="00454A47" w:rsidRPr="00C01368" w:rsidRDefault="00454A47" w:rsidP="00454A47">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6060"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="9781" w:right="-32"/>
-[...123 lines deleted...]
-        <w:ind w:left="9781" w:right="-32"/>
+        <w:ind w:left="10632" w:right="-32"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00224B80">
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>қосымша</w:t>
+        <w:t>Приложение</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D11A1" w:rsidRPr="003B1703" w:rsidRDefault="004D11A1">
+    <w:p w14:paraId="18E0EACC" w14:textId="77777777" w:rsidR="00206BC0" w:rsidRPr="00C01368" w:rsidRDefault="00FD148F" w:rsidP="00454A47">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6060"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="9781" w:right="-32"/>
+        <w:ind w:left="10632" w:right="-32"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к постановлению Правительства Республики Казахстан </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1272EBA8" w14:textId="6C5A59C1" w:rsidR="00206BC0" w:rsidRPr="00C01368" w:rsidRDefault="00FD148F" w:rsidP="00454A47">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6060"/>
+          <w:tab w:val="left" w:pos="10348"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="10632" w:right="-32"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r w:rsidR="00B020F3" w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00A74711">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00B020F3" w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2020 года </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="389DF69E" w14:textId="5DC74FEA" w:rsidR="00FD148F" w:rsidRPr="00C01368" w:rsidRDefault="00FD148F" w:rsidP="00454A47">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6060"/>
+          <w:tab w:val="left" w:pos="10348"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="10632" w:right="-32"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F0AD26F" w14:textId="77777777" w:rsidR="00FD148F" w:rsidRPr="00C01368" w:rsidRDefault="00FD148F" w:rsidP="00454A47">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6060"/>
+          <w:tab w:val="left" w:pos="10348"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="10632" w:right="-32"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0057459A" w:rsidRPr="003B1703" w:rsidRDefault="0022327B">
+    <w:p w14:paraId="7D37A74A" w14:textId="77777777" w:rsidR="00454A47" w:rsidRPr="00C01368" w:rsidRDefault="00454A47" w:rsidP="00454A47">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6060"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="9781" w:right="-32"/>
-[...24 lines deleted...]
-        <w:ind w:left="9781" w:right="-32"/>
+        <w:ind w:left="10632" w:right="-32"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B1703">
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Үкімет</w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Утвержден</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0022327B" w:rsidRPr="003B1703" w:rsidRDefault="0022327B">
+    <w:p w14:paraId="5B19C036" w14:textId="77777777" w:rsidR="00454A47" w:rsidRPr="00C01368" w:rsidRDefault="00454A47" w:rsidP="00454A47">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6060"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="9781" w:right="-32"/>
+        <w:ind w:left="10632" w:right="-32"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B1703">
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>2020 жылғы</w:t>
-[...69 lines deleted...]
-        <w:t>ғы</w:t>
+        <w:t>постановлением Правительства</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0057459A" w:rsidRPr="003B1703" w:rsidRDefault="00454A47">
+    <w:p w14:paraId="05EFBB0D" w14:textId="77777777" w:rsidR="00454A47" w:rsidRPr="00C01368" w:rsidRDefault="00454A47" w:rsidP="00454A47">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6060"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="9781" w:right="-32"/>
+        <w:ind w:left="10632" w:right="-32"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B1703">
-[...26 lines deleted...]
-      <w:r w:rsidR="00397E33" w:rsidRPr="003B1703">
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">қаулысымен </w:t>
+        <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00454A47" w:rsidRPr="003B1703" w:rsidRDefault="00397E33">
+    <w:p w14:paraId="58E7969F" w14:textId="5CE97770" w:rsidR="00454A47" w:rsidRPr="00C01368" w:rsidRDefault="00454A47" w:rsidP="00454A47">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6060"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="9781" w:right="-32"/>
+        <w:ind w:left="10632" w:right="-32"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B1703">
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>бекітілген</w:t>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r w:rsidR="00C302F2" w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">28 февраля </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2020 года</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001534D9" w:rsidRPr="003B1703" w:rsidRDefault="001534D9">
+    <w:p w14:paraId="478A34BE" w14:textId="1CDDC3A8" w:rsidR="00454A47" w:rsidRPr="00C01368" w:rsidRDefault="00454A47" w:rsidP="00454A47">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6060"/>
+          <w:tab w:val="left" w:pos="10348"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="10632" w:right="-32"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidR="00297313" w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 86</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C1634D8" w14:textId="77777777" w:rsidR="001534D9" w:rsidRPr="00C01368" w:rsidRDefault="001534D9" w:rsidP="00BB36E2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6060"/>
           <w:tab w:val="left" w:pos="10348"/>
           <w:tab w:val="right" w:pos="13041"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="9781" w:right="1529"/>
+        <w:ind w:right="1529"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0022327B" w:rsidRPr="003B1703" w:rsidRDefault="0022327B" w:rsidP="00224B80">
+    <w:p w14:paraId="1AF5F174" w14:textId="77777777" w:rsidR="001534D9" w:rsidRPr="00C01368" w:rsidRDefault="001534D9" w:rsidP="00BB36E2">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6060"/>
+          <w:tab w:val="left" w:pos="10348"/>
+          <w:tab w:val="right" w:pos="13041"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="170"/>
-        <w:jc w:val="center"/>
+        <w:ind w:right="1529"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:strike/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B1703">
-[...20 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="0022327B" w:rsidRPr="003B1703" w:rsidRDefault="0022327B" w:rsidP="00224B80">
+    <w:p w14:paraId="683C9E58" w14:textId="77777777" w:rsidR="00402F74" w:rsidRPr="00C01368" w:rsidRDefault="00402F74" w:rsidP="00F90638">
       <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="170"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B1703">
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ІС-ШАРАЛАР ЖОСПАРЫ</w:t>
+        <w:t>ПЛАН МЕРОПРИЯТИЙ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00777ABA" w:rsidRPr="00224B80" w:rsidRDefault="00777ABA" w:rsidP="00224B80">
+    <w:p w14:paraId="78938070" w14:textId="77777777" w:rsidR="00402F74" w:rsidRPr="00C01368" w:rsidRDefault="00402F74" w:rsidP="00F90638">
       <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="170"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>по празднованию 30-летия Независимости Республики Казахстан</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B260C9" w:rsidRPr="00224B80" w:rsidRDefault="00B260C9" w:rsidP="00224B80">
+    <w:p w14:paraId="4DB34D29" w14:textId="77777777" w:rsidR="00777ABA" w:rsidRPr="00C01368" w:rsidRDefault="00777ABA" w:rsidP="00F90638">
       <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72A3FD20" w14:textId="77777777" w:rsidR="00B260C9" w:rsidRPr="00C01368" w:rsidRDefault="00B260C9" w:rsidP="00F90638">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
-        <w:tblW w:w="15990" w:type="dxa"/>
-        <w:tblInd w:w="-998" w:type="dxa"/>
+        <w:tblW w:w="15735" w:type="dxa"/>
+        <w:tblInd w:w="-856" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="680"/>
-        <w:gridCol w:w="3970"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2664"/>
+        <w:gridCol w:w="4140"/>
         <w:gridCol w:w="1985"/>
-        <w:gridCol w:w="2155"/>
-        <w:gridCol w:w="2239"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="2410"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001D5E9E" w:rsidRPr="003B1703" w:rsidTr="0084398E">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="001D5E9E" w:rsidRPr="00C01368" w14:paraId="22180227" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001D5E9E" w:rsidRPr="003B1703" w:rsidRDefault="0057459A" w:rsidP="00224B80">
+          <w:p w14:paraId="1832AFA9" w14:textId="77777777" w:rsidR="001D5E9E" w:rsidRPr="00C01368" w:rsidRDefault="001D5E9E" w:rsidP="004D5F05">
             <w:pPr>
               <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="003B1703">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="001D5E9E" w:rsidRPr="003B1703" w:rsidRDefault="0029276D" w:rsidP="00224B80">
+              </w:rPr>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B89A3C2" w14:textId="77777777" w:rsidR="001D5E9E" w:rsidRPr="00C01368" w:rsidRDefault="001D5E9E" w:rsidP="004D5F05">
             <w:pPr>
               <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="003B1703">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="003A4A53" w:rsidRPr="003B1703">
+              </w:rPr>
+              <w:t>Наименование мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A5C409D" w14:textId="77777777" w:rsidR="001D5E9E" w:rsidRPr="00C01368" w:rsidRDefault="001D5E9E" w:rsidP="004D5F05">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="003B1703">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="001D5E9E" w:rsidRPr="003B1703" w:rsidRDefault="0029276D" w:rsidP="00224B80">
+              </w:rPr>
+              <w:t>Форма завершения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="602799AE" w14:textId="77777777" w:rsidR="001D5E9E" w:rsidRPr="00C01368" w:rsidRDefault="001D5E9E" w:rsidP="0053407D">
             <w:pPr>
               <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="003B1703">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="001D5E9E" w:rsidRPr="003B1703" w:rsidRDefault="003A4A53" w:rsidP="00224B80">
+              </w:rPr>
+              <w:t>Ответственные за исполнени</w:t>
+            </w:r>
+            <w:r w:rsidR="0053407D" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A3F8F76" w14:textId="77777777" w:rsidR="001D5E9E" w:rsidRPr="00C01368" w:rsidRDefault="001D5E9E" w:rsidP="004D5F05">
             <w:pPr>
               <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:ind w:left="-137" w:right="-79"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="003B1703">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="0029276D" w:rsidRPr="003B1703">
+              </w:rPr>
+              <w:t>Срок исполнения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="236F873F" w14:textId="77777777" w:rsidR="001D5E9E" w:rsidRPr="00C01368" w:rsidRDefault="001D5E9E" w:rsidP="004D5F05">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="003B1703">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="001D5E9E" w:rsidRPr="003B1703" w:rsidRDefault="0029276D" w:rsidP="00224B80">
+              </w:rPr>
+              <w:t>Объем финансирования (тыс. тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08A44C83" w14:textId="77777777" w:rsidR="001D5E9E" w:rsidRPr="00C01368" w:rsidRDefault="001D5E9E" w:rsidP="004D5F05">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:ind w:left="-137" w:right="-79"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:ind w:left="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="003B1703">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...121 lines deleted...]
-              <w:t>Қаржыландыру көздері</w:t>
+              </w:rPr>
+              <w:t>Источники финансирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001D5E9E" w:rsidRPr="00224B80" w:rsidRDefault="001D5E9E" w:rsidP="00224B80">
+    <w:p w14:paraId="0E174D5D" w14:textId="77777777" w:rsidR="001D5E9E" w:rsidRPr="00C01368" w:rsidRDefault="001D5E9E" w:rsidP="001D5E9E">
       <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
-        <w:tblW w:w="15990" w:type="dxa"/>
-        <w:tblInd w:w="-998" w:type="dxa"/>
+        <w:tblW w:w="15735" w:type="dxa"/>
+        <w:tblInd w:w="-856" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="680"/>
-        <w:gridCol w:w="3970"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2664"/>
+        <w:gridCol w:w="4140"/>
         <w:gridCol w:w="1985"/>
-        <w:gridCol w:w="2155"/>
-        <w:gridCol w:w="2239"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="2410"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="6C2E3E5E" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001D5E9E" w:rsidRPr="00224B80" w:rsidRDefault="001D5E9E" w:rsidP="00224B80">
+          <w:p w14:paraId="2EFFAF4B" w14:textId="77777777" w:rsidR="001D5E9E" w:rsidRPr="00C01368" w:rsidRDefault="001D5E9E" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:jc w:val="center"/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="001D5E9E" w:rsidRPr="00224B80" w:rsidRDefault="001D5E9E" w:rsidP="00224B80">
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21F4A72A" w14:textId="77777777" w:rsidR="001D5E9E" w:rsidRPr="00C01368" w:rsidRDefault="001D5E9E" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:jc w:val="center"/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2297" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="001D5E9E" w:rsidRPr="00224B80" w:rsidRDefault="001D5E9E" w:rsidP="00224B80">
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41BDC4B5" w14:textId="77777777" w:rsidR="001D5E9E" w:rsidRPr="00C01368" w:rsidRDefault="001D5E9E" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:jc w:val="center"/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2664" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="001D5E9E" w:rsidRPr="00224B80" w:rsidRDefault="001D5E9E" w:rsidP="00224B80">
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2830346A" w14:textId="77777777" w:rsidR="001D5E9E" w:rsidRPr="00C01368" w:rsidRDefault="001D5E9E" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:jc w:val="center"/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="001D5E9E" w:rsidRPr="00224B80" w:rsidRDefault="001D5E9E" w:rsidP="00224B80">
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C57861F" w14:textId="77777777" w:rsidR="001D5E9E" w:rsidRPr="00C01368" w:rsidRDefault="001D5E9E" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:jc w:val="center"/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2155" w:type="dxa"/>
-[...17 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24C13545" w14:textId="77777777" w:rsidR="001D5E9E" w:rsidRPr="00C01368" w:rsidRDefault="001D5E9E" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2239" w:type="dxa"/>
-[...17 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23256206" w14:textId="77777777" w:rsidR="001D5E9E" w:rsidRPr="00C01368" w:rsidRDefault="001D5E9E" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="00F50A87">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="4DEB4A38" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="15990" w:type="dxa"/>
+            <w:tcW w:w="15735" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidR="00B148AB" w:rsidRPr="00224B80" w:rsidRDefault="006A46BD">
+          <w:p w14:paraId="451B9336" w14:textId="77777777" w:rsidR="00B148AB" w:rsidRPr="00C01368" w:rsidRDefault="007775D8" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>Ұйымдастыру-дайындық іс-шаралары</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Организационно-подготовительные мероприятия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="4AC9E2DC" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
-          <w:trHeight w:val="2984"/>
+          <w:trHeight w:val="642"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00687256" w:rsidRPr="00224B80" w:rsidRDefault="00687256">
+          <w:p w14:paraId="568B2ABF" w14:textId="77777777" w:rsidR="00687256" w:rsidRPr="00C01368" w:rsidRDefault="00687256" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00687256" w:rsidRPr="00224B80" w:rsidRDefault="006A46BD">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33F3CA83" w14:textId="568EC24A" w:rsidR="00687256" w:rsidRPr="00C01368" w:rsidRDefault="00E67214" w:rsidP="00E55D2F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...64 lines deleted...]
-                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Организация работы</w:t>
+            </w:r>
+            <w:r w:rsidR="00687256" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республиканского</w:t>
+            </w:r>
+            <w:r w:rsidR="00D24591" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...77 lines deleted...]
-              <w:t>і</w:t>
+            <w:r w:rsidR="00687256" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>штаба по проведению празднования 30-летия Независимости Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004B48D5" w:rsidRDefault="006A46BD">
-[...144 lines deleted...]
-          <w:p w:rsidR="00687256" w:rsidRPr="00224B80" w:rsidRDefault="006A46BD">
+          <w:p w14:paraId="2AACD75C" w14:textId="77777777" w:rsidR="00687256" w:rsidRPr="00C01368" w:rsidRDefault="00804AB8" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidR="00687256" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>нформация в</w:t>
+            </w:r>
+            <w:r w:rsidR="00454A47" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00687256" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">АП </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43CEC11C" w14:textId="77777777" w:rsidR="00687256" w:rsidRPr="00C01368" w:rsidRDefault="00687256" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МИОР, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DD31D18" w14:textId="77777777" w:rsidR="00687256" w:rsidRPr="00C01368" w:rsidRDefault="00687256" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заинтересованные центральные государственные органы, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57101E53" w14:textId="77777777" w:rsidR="00687256" w:rsidRPr="00C01368" w:rsidRDefault="00687256" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">IV квартал </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="206832B1" w14:textId="053AEF7C" w:rsidR="00687256" w:rsidRPr="00C01368" w:rsidRDefault="00687256" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2020 года</w:t>
+            </w:r>
+            <w:r w:rsidR="00E67214" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, далее в течение</w:t>
+            </w:r>
+            <w:r w:rsidR="00E74CBF" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2021</w:t>
+            </w:r>
+            <w:r w:rsidR="00E67214" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="586D704A" w14:textId="77777777" w:rsidR="00687256" w:rsidRPr="00C01368" w:rsidRDefault="00AD6A36" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">не требуется </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7979A55D" w14:textId="77777777" w:rsidR="00687256" w:rsidRPr="00C01368" w:rsidRDefault="00E97506" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00AD6A36" w:rsidRPr="00224B80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00AD6A36" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="4E5D6018" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
-          <w:trHeight w:val="311"/>
+          <w:trHeight w:val="1329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C4C2E" w:rsidRPr="00224B80" w:rsidRDefault="009C4C2E">
+          <w:p w14:paraId="3E10F859" w14:textId="77777777" w:rsidR="009C4C2E" w:rsidRPr="00C01368" w:rsidRDefault="009C4C2E" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="009C4C2E" w:rsidRPr="00224B80" w:rsidRDefault="006A46BD">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C1453C9" w14:textId="10DDEB3D" w:rsidR="009C4C2E" w:rsidRPr="00C01368" w:rsidRDefault="009C4C2E" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...76 lines deleted...]
-              <w:t>АҚДМ</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Разработка и утверждение эскиза юбилейной медали </w:t>
+            </w:r>
+            <w:r w:rsidR="00E55D2F" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>30-летия Независимости Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003A4A53" w:rsidRPr="00224B80" w:rsidRDefault="003A4A53">
-[...14 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="22DF1D9D" w14:textId="735F99A5" w:rsidR="009C4C2E" w:rsidRPr="00C01368" w:rsidRDefault="00955DCD" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidR="009C4C2E" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>каз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="647FD079" w14:textId="77777777" w:rsidR="009C4C2E" w:rsidRPr="00C01368" w:rsidRDefault="009C4C2E" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="166D93E4" w14:textId="77777777" w:rsidR="009C4C2E" w:rsidRPr="00C01368" w:rsidRDefault="00271830" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>II</w:t>
+            </w:r>
+            <w:r w:rsidR="009C4C2E" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> квартал</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04CF54D1" w14:textId="77777777" w:rsidR="009C4C2E" w:rsidRPr="00C01368" w:rsidRDefault="00F63045" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2021</w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
-[...55 lines deleted...]
-          <w:p w:rsidR="009C4C2E" w:rsidRPr="00224B80" w:rsidRDefault="006A46BD">
+            <w:r w:rsidR="009C4C2E" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20F5983D" w14:textId="77777777" w:rsidR="009C4C2E" w:rsidRPr="00C01368" w:rsidRDefault="009C4C2E" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">не требуется </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08DE2C7D" w14:textId="77777777" w:rsidR="009C4C2E" w:rsidRPr="00C01368" w:rsidRDefault="00E97506" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="60E4F391" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00687256" w:rsidRPr="00224B80" w:rsidRDefault="00687256">
+          <w:p w14:paraId="6F3C6AC2" w14:textId="77777777" w:rsidR="00687256" w:rsidRPr="00C01368" w:rsidRDefault="00687256" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00DC1195" w:rsidRPr="00224B80" w:rsidRDefault="00DC1195">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BD87FD8" w14:textId="77777777" w:rsidR="00687256" w:rsidRPr="00C01368" w:rsidRDefault="00687256" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...63 lines deleted...]
-                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Изготовление юбилейной медали 30-летия Независимости Республики Казахстан, удостоверений и футляров к медалям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BAD8CE9" w14:textId="1439BEAE" w:rsidR="00687256" w:rsidRPr="00C01368" w:rsidRDefault="00955DCD" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r w:rsidR="00687256" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>едаль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C03A1D6" w14:textId="77777777" w:rsidR="00AE2375" w:rsidRPr="00C01368" w:rsidRDefault="00687256" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>УДП, МФ, НБ</w:t>
+            </w:r>
+            <w:r w:rsidR="00454A47" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="003A4A53" w:rsidRPr="00224B80">
-[...144 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          </w:p>
+          <w:p w14:paraId="02644465" w14:textId="77777777" w:rsidR="00687256" w:rsidRPr="00C01368" w:rsidRDefault="00454A47" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BA08C44" w14:textId="182D6235" w:rsidR="00687256" w:rsidRPr="00C01368" w:rsidRDefault="00687256" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>II - III квартал</w:t>
+            </w:r>
+            <w:r w:rsidR="00780E63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ы</w:t>
             </w:r>
-            <w:r w:rsidR="003A4A53" w:rsidRPr="00224B80">
-[...173 lines deleted...]
-          <w:p w:rsidR="00687256" w:rsidRPr="00224B80" w:rsidRDefault="006A46BD">
+          </w:p>
+          <w:p w14:paraId="3931E1AD" w14:textId="77777777" w:rsidR="00687256" w:rsidRPr="00C01368" w:rsidRDefault="00687256" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49AB7394" w14:textId="77777777" w:rsidR="00687256" w:rsidRPr="00C01368" w:rsidRDefault="00AD6A36" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в рамках выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="517DC46A" w14:textId="77777777" w:rsidR="00687256" w:rsidRPr="00C01368" w:rsidRDefault="00AD6A36" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="00F50A87">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="0441C10E" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="15990" w:type="dxa"/>
+            <w:tcW w:w="15735" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidR="00B148AB" w:rsidRPr="00224B80" w:rsidRDefault="006A46BD">
+          <w:p w14:paraId="4A60F271" w14:textId="77777777" w:rsidR="00B148AB" w:rsidRPr="00C01368" w:rsidRDefault="003B40E0" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="003A4A53" w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Информационно-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>имиджевая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>ждік жұмыстар</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> работа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="118BD6D0" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D7555C" w:rsidRPr="00224B80" w:rsidRDefault="00D7555C">
+          <w:p w14:paraId="6997EE0E" w14:textId="77777777" w:rsidR="00D7555C" w:rsidRPr="00C01368" w:rsidRDefault="00D7555C" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00DC1195" w:rsidRPr="00224B80" w:rsidRDefault="00DC1195">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0494833B" w14:textId="62F41A46" w:rsidR="00D7555C" w:rsidRPr="00C01368" w:rsidRDefault="00D7555C" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-              <w:rPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы Тәуелсіздігінің 30 жылдығын мерекелеудің ай сайынғы тақырыптық бағыттары бойынша бағдарламалар, хабарлар, сюжеттер, айдарлар, сұхбаттар циклін дайындау және шығаруды ұйымдастыру</w:t>
-[...32 lines deleted...]
-          <w:p w:rsidR="00D7555C" w:rsidRPr="00224B80" w:rsidRDefault="006A46BD">
+              <w:t>Подготовка и организация выхода цикла программ, передач, сюжетов, рубрик, интервью по ежемесячным тематическим</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC4F73" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>направлениям празднования 30-летия Независимости Республики</w:t>
+            </w:r>
+            <w:r w:rsidR="001C18D4" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="507B1060" w14:textId="77777777" w:rsidR="00D7555C" w:rsidRPr="00C01368" w:rsidRDefault="00804AB8" w:rsidP="00E55D2F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-108" w:right="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidR="00454A47" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">нформация </w:t>
+            </w:r>
+            <w:r w:rsidR="00D22FF0" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в Правительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C301795" w14:textId="77777777" w:rsidR="00D7555C" w:rsidRPr="00C01368" w:rsidRDefault="00D7555C" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00454A47" w:rsidRPr="00224B80" w:rsidRDefault="00E70717">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МИОР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C056766" w14:textId="77777777" w:rsidR="00D7555C" w:rsidRPr="00C01368" w:rsidRDefault="00D7555C" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...20 lines deleted...]
-          <w:p w:rsidR="00D7555C" w:rsidRPr="00224B80" w:rsidRDefault="006A46BD">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A1AE0B9" w14:textId="569CDFA6" w:rsidR="00454A47" w:rsidRPr="00C01368" w:rsidRDefault="00DB4AA4" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течение 2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="542C0D6B" w14:textId="77777777" w:rsidR="00D7555C" w:rsidRPr="00C01368" w:rsidRDefault="00D7555C" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в рамках выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="390BB782" w14:textId="77777777" w:rsidR="00D7555C" w:rsidRPr="00C01368" w:rsidRDefault="00D7555C" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="4A7806BB" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC1195" w:rsidRPr="00224B80" w:rsidRDefault="00DC1195">
+          <w:p w14:paraId="3CBCA235" w14:textId="77777777" w:rsidR="00D7555C" w:rsidRPr="00C01368" w:rsidRDefault="00D7555C" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00DC1195" w:rsidRPr="00224B80" w:rsidRDefault="00DC1195" w:rsidP="004B48D5">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA7B162" w14:textId="77777777" w:rsidR="00D7555C" w:rsidRPr="00C01368" w:rsidRDefault="00D7555C" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-              <w:rPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақст</w:t>
-[...41 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:t xml:space="preserve">Производство и ротация документальных фильмов, телесериала, посвященных 30-летию Независимости Республики Казахстан </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B5BBACA" w14:textId="05263199" w:rsidR="00D7555C" w:rsidRPr="00C01368" w:rsidRDefault="00804AB8" w:rsidP="00904F8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00DC1195" w:rsidRPr="00224B80" w:rsidRDefault="00DC1195">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">информация </w:t>
+            </w:r>
+            <w:r w:rsidR="00D22FF0" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в Правительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79199652" w14:textId="77777777" w:rsidR="00D7555C" w:rsidRPr="00C01368" w:rsidRDefault="00D7555C" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00DC1195" w:rsidRPr="00224B80" w:rsidRDefault="00DC1195">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МИОР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65A8B7CE" w14:textId="77777777" w:rsidR="00D7555C" w:rsidRPr="00C01368" w:rsidRDefault="00D7555C" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...20 lines deleted...]
-          <w:p w:rsidR="00DC1195" w:rsidRPr="00224B80" w:rsidRDefault="00DC1195">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14A048F5" w14:textId="77777777" w:rsidR="00804AB8" w:rsidRPr="00C01368" w:rsidRDefault="00141A88" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>д</w:t>
+            </w:r>
+            <w:r w:rsidR="00804AB8" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>екабрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="641BA0CA" w14:textId="77777777" w:rsidR="00454A47" w:rsidRPr="00C01368" w:rsidRDefault="00804AB8" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12F451A8" w14:textId="77777777" w:rsidR="00D7555C" w:rsidRPr="00C01368" w:rsidRDefault="00D7555C" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в рамках выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41ED5F91" w14:textId="5AF4B066" w:rsidR="00D7555C" w:rsidRPr="00C01368" w:rsidRDefault="00D7555C" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ</w:t>
             </w:r>
-            <w:r w:rsidR="000E2C6E" w:rsidRPr="00224B80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="007D00E6" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="7362844E" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DC1195" w:rsidRPr="00224B80" w:rsidRDefault="00DC1195">
+          <w:p w14:paraId="79A71197" w14:textId="77777777" w:rsidR="00D7555C" w:rsidRPr="00C01368" w:rsidRDefault="00D7555C" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00DC1195" w:rsidRPr="00224B80" w:rsidRDefault="00DC1195" w:rsidP="0084398E">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="195AD002" w14:textId="50A57848" w:rsidR="00D7555C" w:rsidRPr="00C01368" w:rsidRDefault="00A87476" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-              <w:rPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы Тәуелсіздігінің 30 жылдығы тақырыбы </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">Запуск специального проекта по подготовке серии развернутых фундаментальных статей (интервью) в республиканских и региональных печатных и электронных СМИ, по тематике 30-летия Независимости Республики Казахстан, а также по разъяснению роли Первого Президента Республики Казахстан </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB4AA4" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">бойынша, </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>сондай-ақ Қазақстан</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>Елбасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...75 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:t xml:space="preserve"> в становлении и укреплении Независимости</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="039C0AAF" w14:textId="409E78A9" w:rsidR="00454A47" w:rsidRPr="00C01368" w:rsidRDefault="00804AB8" w:rsidP="0063611A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в Правительство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1452890F" w14:textId="77777777" w:rsidR="00454A47" w:rsidRPr="00C01368" w:rsidRDefault="00454A47" w:rsidP="0063611A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D60C1BE" w14:textId="77777777" w:rsidR="00D7555C" w:rsidRPr="00C01368" w:rsidRDefault="00D7555C" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...13 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МИОР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43F55FD4" w14:textId="77777777" w:rsidR="00D7555C" w:rsidRPr="00C01368" w:rsidRDefault="00D7555C" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00DC1195" w:rsidRPr="00224B80" w:rsidRDefault="00DC1195" w:rsidP="007F5632">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="376A1EA2" w14:textId="4031DE3A" w:rsidR="00D7555C" w:rsidRPr="00C01368" w:rsidRDefault="00DB4AA4" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...30 lines deleted...]
-          <w:p w:rsidR="00DC1195" w:rsidRPr="00224B80" w:rsidRDefault="00DC1195">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течение 2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D2605CA" w14:textId="77777777" w:rsidR="00D7555C" w:rsidRPr="00C01368" w:rsidRDefault="00D7555C" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в рамках выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36B90787" w14:textId="77777777" w:rsidR="00D7555C" w:rsidRPr="00C01368" w:rsidRDefault="00D7555C" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="7BE228DE" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00186CA8" w:rsidRPr="00224B80" w:rsidRDefault="00186CA8">
+          <w:p w14:paraId="257AA25E" w14:textId="77777777" w:rsidR="00186CA8" w:rsidRPr="00C01368" w:rsidRDefault="00186CA8" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00DC1195" w:rsidRPr="00224B80" w:rsidRDefault="00DC1195" w:rsidP="0084398E">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CB3B7B4" w14:textId="77777777" w:rsidR="00186CA8" w:rsidRPr="00C01368" w:rsidRDefault="00186CA8" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...60 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Организация выпуска художественной почтовой марки «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Казақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тәуелсіздігіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="003A4A53" w:rsidRPr="00224B80">
-[...47 lines deleted...]
-          <w:p w:rsidR="00186CA8" w:rsidRPr="00224B80" w:rsidRDefault="007F5632" w:rsidP="00224B80">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="459B6023" w14:textId="117E6E1B" w:rsidR="00186CA8" w:rsidRPr="00C01368" w:rsidRDefault="00186CA8" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:jc w:val="center"/>
-[...31 lines deleted...]
-          <w:p w:rsidR="003B393C" w:rsidRPr="00224B80" w:rsidRDefault="002C4C40" w:rsidP="00224B80">
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>почтов</w:t>
+            </w:r>
+            <w:r w:rsidR="00804AB8" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> марк</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA76DB" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74C40058" w14:textId="77777777" w:rsidR="00186CA8" w:rsidRPr="00C01368" w:rsidRDefault="00186CA8" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:jc w:val="center"/>
-[...35 lines deleted...]
-          <w:p w:rsidR="00186CA8" w:rsidRPr="00224B80" w:rsidRDefault="003F6519" w:rsidP="0084398E">
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЦРИАП, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E4E23CF" w14:textId="77777777" w:rsidR="00186CA8" w:rsidRPr="00C01368" w:rsidRDefault="00186CA8" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:jc w:val="center"/>
-[...139 lines deleted...]
-          <w:p w:rsidR="003B393C" w:rsidRPr="00224B80" w:rsidRDefault="003B393C" w:rsidP="00224B80">
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>АО «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Казпочта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36C08F25" w14:textId="77777777" w:rsidR="00186CA8" w:rsidRPr="00C01368" w:rsidRDefault="00186CA8" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:jc w:val="center"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="003B393C" w:rsidRPr="00224B80" w:rsidRDefault="003B393C" w:rsidP="00224B80">
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14405B35" w14:textId="77777777" w:rsidR="00186CA8" w:rsidRPr="00C01368" w:rsidRDefault="00310D26" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>I квартал</w:t>
+            </w:r>
+            <w:r w:rsidR="00186CA8" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03F7AECA" w14:textId="77777777" w:rsidR="00186CA8" w:rsidRPr="00C01368" w:rsidRDefault="00186CA8" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:jc w:val="center"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="003B393C" w:rsidRPr="00224B80" w:rsidRDefault="003B393C" w:rsidP="00224B80">
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FF92724" w14:textId="77777777" w:rsidR="00186CA8" w:rsidRPr="00C01368" w:rsidRDefault="00186CA8" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:jc w:val="center"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="00186CA8" w:rsidRPr="00224B80" w:rsidRDefault="003B393C" w:rsidP="00224B80">
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>за счет собственных средств АО «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Казпочта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="245F6CEB" w14:textId="77777777" w:rsidR="00186CA8" w:rsidRPr="00C01368" w:rsidRDefault="00804AB8" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:jc w:val="center"/>
-[...33 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="69FF3631" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A4540E" w:rsidRPr="00224B80" w:rsidRDefault="00A4540E">
+          <w:p w14:paraId="2E46C103" w14:textId="77777777" w:rsidR="00A4540E" w:rsidRPr="00C01368" w:rsidRDefault="00A4540E" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="003F6519" w:rsidRPr="00224B80" w:rsidRDefault="003F6519" w:rsidP="0084398E">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B676D60" w14:textId="77777777" w:rsidR="00E67214" w:rsidRPr="00C01368" w:rsidRDefault="00A4540E" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...51 lines deleted...]
-          <w:p w:rsidR="00A4540E" w:rsidRPr="00224B80" w:rsidRDefault="00FB0D47" w:rsidP="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Организация выпуска коллекционной монеты национальной валюты Республики Казахстан, посвященной 30-летию Независимости Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79DBDB2E" w14:textId="77777777" w:rsidR="00A4540E" w:rsidRPr="00C01368" w:rsidRDefault="00A4540E" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:jc w:val="center"/>
-[...24 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>монет</w:t>
+            </w:r>
+            <w:r w:rsidR="00804AB8" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>а</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D93C52" w:rsidRPr="00224B80" w:rsidRDefault="00D93C52" w:rsidP="00224B80">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="027475B7" w14:textId="77777777" w:rsidR="00A4540E" w:rsidRPr="00C01368" w:rsidRDefault="00A4540E" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:jc w:val="center"/>
-[...43 lines deleted...]
-          <w:p w:rsidR="00A4540E" w:rsidRPr="00224B80" w:rsidRDefault="003F6519">
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">НБ </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48D4A6A7" w14:textId="77777777" w:rsidR="00A4540E" w:rsidRPr="00C01368" w:rsidRDefault="00A4540E" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...57 lines deleted...]
-          <w:p w:rsidR="00A4540E" w:rsidRDefault="003F6519" w:rsidP="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="210A1EDA" w14:textId="77777777" w:rsidR="00A4540E" w:rsidRPr="00C01368" w:rsidRDefault="00A4540E" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:jc w:val="center"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="007F5632" w:rsidRPr="00224B80" w:rsidRDefault="007F5632" w:rsidP="00224B80">
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течение 2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C4E54EF" w14:textId="77777777" w:rsidR="00A4540E" w:rsidRPr="00C01368" w:rsidRDefault="00A4540E" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:jc w:val="center"/>
-[...22 lines deleted...]
-          <w:p w:rsidR="00A4540E" w:rsidRPr="00224B80" w:rsidRDefault="003F6519" w:rsidP="00224B80">
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>за счет средств НБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="041D1019" w14:textId="77777777" w:rsidR="00A4540E" w:rsidRPr="00C01368" w:rsidRDefault="00804AB8" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="0100F210" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F6519" w:rsidRPr="00224B80" w:rsidRDefault="003F6519">
+          <w:p w14:paraId="7ECEEEF5" w14:textId="77777777" w:rsidR="00BD03AD" w:rsidRPr="00C01368" w:rsidRDefault="00BD03AD" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="003F6519" w:rsidRPr="00224B80" w:rsidRDefault="003F6519" w:rsidP="007F5632">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63B22231" w14:textId="77777777" w:rsidR="00BD03AD" w:rsidRPr="00C01368" w:rsidRDefault="00BD03AD" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...67 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпуск </w:t>
+            </w:r>
+            <w:r w:rsidR="00527984" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информационных материалов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00527984" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>СМИ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по каждому тематическому направлению </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">празднования 30-летия Независимости Республики Казахстан, ориентированных на все целевые группы населения </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43D68EF0" w14:textId="77777777" w:rsidR="00BD03AD" w:rsidRPr="00C01368" w:rsidRDefault="00804AB8" w:rsidP="00904F8F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="003F6519" w:rsidRPr="00224B80" w:rsidRDefault="003F6519">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>информация</w:t>
+            </w:r>
+            <w:r w:rsidR="00D22FF0" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в Правительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19365E90" w14:textId="77777777" w:rsidR="00BD03AD" w:rsidRPr="00C01368" w:rsidRDefault="00BD03AD" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="003F6519" w:rsidRPr="00224B80" w:rsidRDefault="003F6519" w:rsidP="007F5632">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55D677D4" w14:textId="022D4948" w:rsidR="00BD03AD" w:rsidRPr="00C01368" w:rsidRDefault="00DB4AA4" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...29 lines deleted...]
-          <w:p w:rsidR="003F6519" w:rsidRPr="00224B80" w:rsidRDefault="003F6519">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течение 2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FBFDEBA" w14:textId="77777777" w:rsidR="00BD03AD" w:rsidRPr="00C01368" w:rsidRDefault="00BD03AD" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...32 lines deleted...]
-              </w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в рамках выделенных средств</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1ED04FD4" w14:textId="77777777" w:rsidR="00E07F6B" w:rsidRPr="00C01368" w:rsidRDefault="00E07F6B" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38932BB8" w14:textId="77777777" w:rsidR="00BD03AD" w:rsidRPr="00C01368" w:rsidRDefault="00BD03AD" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>РБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="72D31A21" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
-          <w:trHeight w:val="358"/>
+          <w:trHeight w:val="1223"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00506E6F" w:rsidRPr="00224B80" w:rsidRDefault="00506E6F">
+          <w:p w14:paraId="1C52F67A" w14:textId="77777777" w:rsidR="00780F7E" w:rsidRPr="00C01368" w:rsidRDefault="00780F7E" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00506E6F" w:rsidRPr="00224B80" w:rsidRDefault="00506E6F" w:rsidP="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35C675AC" w14:textId="77777777" w:rsidR="00780F7E" w:rsidRPr="00C01368" w:rsidRDefault="00780F7E" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...25 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Издание библиографического указателя «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Тұғыры</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>биік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тәуелсіздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
-[...30 lines deleted...]
-          <w:p w:rsidR="00506E6F" w:rsidRPr="00224B80" w:rsidRDefault="006673A4" w:rsidP="006673A4">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="199D142D" w14:textId="085917BE" w:rsidR="00780F7E" w:rsidRPr="00C01368" w:rsidRDefault="00EA76DB" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:jc w:val="center"/>
-[...32 lines deleted...]
-          <w:p w:rsidR="00506E6F" w:rsidRPr="00224B80" w:rsidRDefault="00506E6F" w:rsidP="00224B80">
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A1BC57C" w14:textId="77777777" w:rsidR="00780F7E" w:rsidRPr="00C01368" w:rsidRDefault="00780F7E" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:jc w:val="center"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="00506E6F" w:rsidRPr="00224B80" w:rsidRDefault="00506E6F" w:rsidP="00224B80">
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МКС,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5673F64B" w14:textId="77777777" w:rsidR="00780F7E" w:rsidRPr="00C01368" w:rsidRDefault="00780F7E" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:jc w:val="center"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="00506E6F" w:rsidRPr="00224B80" w:rsidRDefault="00506E6F" w:rsidP="00224B80">
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Национальная библиотека </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39BC89B1" w14:textId="77777777" w:rsidR="00780F7E" w:rsidRPr="00C01368" w:rsidRDefault="00780F7E" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:jc w:val="center"/>
-[...69 lines deleted...]
-          <w:p w:rsidR="00506E6F" w:rsidRPr="00224B80" w:rsidRDefault="00506E6F">
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10FB1B1A" w14:textId="77777777" w:rsidR="00780F7E" w:rsidRPr="00C01368" w:rsidRDefault="00780F7E" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течение 2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C4B7915" w14:textId="77777777" w:rsidR="00780F7E" w:rsidRPr="00C01368" w:rsidRDefault="00780F7E" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в пределах выделенных средств </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4670DCCA" w14:textId="77777777" w:rsidR="00780F7E" w:rsidRPr="00C01368" w:rsidRDefault="00780F7E" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="062BC7EC" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B78" w:rsidRPr="00224B80" w:rsidRDefault="00B82B78">
+          <w:p w14:paraId="279E61A5" w14:textId="77777777" w:rsidR="00B82B78" w:rsidRPr="00C01368" w:rsidRDefault="00B82B78" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="003F6519" w:rsidRPr="00224B80" w:rsidRDefault="009D6CFD">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0214C1F3" w14:textId="77777777" w:rsidR="00B82B78" w:rsidRPr="00C01368" w:rsidRDefault="00B82B78" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve">БАҚ пен әлеуметтік желілерде </w:t>
-[...14 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve">Запуск онлайн-сет выступлений зарубежных экспертов в СМИ и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve">етелдік сарапшылардың </w:t>
-[...24 lines deleted...]
-                <w:bCs/>
+              <w:t>соцсетях</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t>Н.Ә.</w:t>
-[...208 lines deleted...]
-              <w:t>мүдделі орталық мемлекеттік органдар</w:t>
+              <w:t xml:space="preserve"> «Формула мира и согласия Н.А. Назарбаева»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B78" w:rsidRPr="00224B80" w:rsidRDefault="008A57E8">
-[...26 lines deleted...]
-          <w:p w:rsidR="00B82B78" w:rsidRPr="00224B80" w:rsidRDefault="008A57E8">
+          <w:p w14:paraId="716133EF" w14:textId="77777777" w:rsidR="00B82B78" w:rsidRPr="00C01368" w:rsidRDefault="00B82B78" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39123B8F" w14:textId="77777777" w:rsidR="00B82B78" w:rsidRPr="00C01368" w:rsidRDefault="00B82B78" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МИД,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B839E5D" w14:textId="77777777" w:rsidR="00B82B78" w:rsidRPr="00C01368" w:rsidRDefault="00B82B78" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>заинтересованные центральные государственные органы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="535F1F37" w14:textId="77777777" w:rsidR="00B82B78" w:rsidRPr="00C01368" w:rsidRDefault="00B82B78" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>август</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="033D5B20" w14:textId="77777777" w:rsidR="00B82B78" w:rsidRPr="00C01368" w:rsidRDefault="00B82B78" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63DD7B71" w14:textId="77777777" w:rsidR="00B82B78" w:rsidRPr="00C01368" w:rsidRDefault="00B82B78" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42D58D52" w14:textId="77777777" w:rsidR="00B82B78" w:rsidRPr="00C01368" w:rsidRDefault="00B82B78" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в пределах выделенных средств </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="159B6985" w14:textId="77777777" w:rsidR="00B82B78" w:rsidRPr="00C01368" w:rsidRDefault="00812EAB" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="22AD3922" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B78" w:rsidRPr="00224B80" w:rsidRDefault="00B82B78">
+          <w:p w14:paraId="58A1497A" w14:textId="77777777" w:rsidR="00B82B78" w:rsidRPr="00C01368" w:rsidRDefault="00B82B78" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-            <w:pPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E8CB59F" w14:textId="77777777" w:rsidR="00B82B78" w:rsidRPr="00C01368" w:rsidRDefault="00B82B78" w:rsidP="006912BE">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстанның шет елдегі барлық дипломатиялық өкілдіктерінде </w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t xml:space="preserve">Организация серии </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t>лемдік қоғамдастық таныған Қазақстан</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>фотоэкспозиций</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve"> фотоэкспозициялар сериясын ұйымдастыру</w:t>
-[...64 lines deleted...]
-              <w:t>СІМ, АҚДМ, МСМ</w:t>
+              <w:t xml:space="preserve"> «Признанный мировым сообществом Казахстан» во всех дипломатических представительствах Казахстана за рубежом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F5632" w:rsidRDefault="008A57E8">
-[...70 lines deleted...]
-          <w:p w:rsidR="00B82B78" w:rsidRPr="00224B80" w:rsidRDefault="008A57E8">
+          <w:p w14:paraId="3720689B" w14:textId="77777777" w:rsidR="00B82B78" w:rsidRPr="00C01368" w:rsidRDefault="00B82B78" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7159E5F6" w14:textId="77777777" w:rsidR="00B82B78" w:rsidRPr="00C01368" w:rsidRDefault="00B82B78" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МИД, МИОР, МКС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20D7FE89" w14:textId="77777777" w:rsidR="00B82B78" w:rsidRPr="00C01368" w:rsidRDefault="00B82B78" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>II декада августа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="194CA477" w14:textId="77777777" w:rsidR="00B82B78" w:rsidRPr="00C01368" w:rsidRDefault="00B82B78" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C4E22C7" w14:textId="77777777" w:rsidR="00B82B78" w:rsidRPr="00C01368" w:rsidRDefault="00B82B78" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в пределах выделенных средств </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C98F2F3" w14:textId="77777777" w:rsidR="00B82B78" w:rsidRPr="00C01368" w:rsidRDefault="00812EAB" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="62234953" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005B65DB" w:rsidRPr="00224B80" w:rsidRDefault="005B65DB">
+          <w:p w14:paraId="6A75938F" w14:textId="77777777" w:rsidR="005B65DB" w:rsidRPr="00C01368" w:rsidRDefault="005B65DB" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="008A57E8" w:rsidRPr="00224B80" w:rsidRDefault="008A57E8">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BAAB65B" w14:textId="77777777" w:rsidR="005B65DB" w:rsidRPr="00C01368" w:rsidRDefault="005B65DB" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...18 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Празднование 100-летия «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>радиосы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
-[...152 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005B65DB" w:rsidRPr="00224B80" w:rsidRDefault="008A57E8">
-[...26 lines deleted...]
-          <w:p w:rsidR="005B65DB" w:rsidRPr="00224B80" w:rsidRDefault="008A57E8">
+          <w:p w14:paraId="1F229FFF" w14:textId="77777777" w:rsidR="005B65DB" w:rsidRPr="00C01368" w:rsidRDefault="00454A47" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">информация </w:t>
+            </w:r>
+            <w:r w:rsidR="00D22FF0" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в </w:t>
+            </w:r>
+            <w:r w:rsidR="007016E6" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E60B270" w14:textId="65F2FEA2" w:rsidR="007016E6" w:rsidRPr="00C01368" w:rsidRDefault="00CA538B" w:rsidP="00575739">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">АО «РТРК </w:t>
+            </w:r>
+            <w:r w:rsidR="007016E6" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Казахстан»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EB53FE1" w14:textId="2552CB73" w:rsidR="005B65DB" w:rsidRPr="00C01368" w:rsidRDefault="007016E6" w:rsidP="00575739">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A608391" w14:textId="77777777" w:rsidR="005B65DB" w:rsidRPr="00C01368" w:rsidRDefault="00075972" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidR="005B65DB" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ктябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03A40994" w14:textId="77777777" w:rsidR="005B65DB" w:rsidRPr="00C01368" w:rsidRDefault="005B65DB" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47101336" w14:textId="77777777" w:rsidR="005B65DB" w:rsidRPr="00C01368" w:rsidRDefault="005B65DB" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-[...1 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>талап етілмейді</w:t>
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>не требуется</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EBDCB0B" w14:textId="77777777" w:rsidR="005B65DB" w:rsidRPr="00C01368" w:rsidRDefault="00E97506" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="1C4F86C2" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B82B78" w:rsidRPr="00224B80" w:rsidRDefault="00B82B78">
+          <w:p w14:paraId="7EC0D74E" w14:textId="77777777" w:rsidR="00B82B78" w:rsidRPr="00C01368" w:rsidRDefault="00B82B78" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="008A57E8" w:rsidRPr="00224B80" w:rsidRDefault="008A57E8" w:rsidP="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4710C997" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00B82B78" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...73 lines deleted...]
-          <w:p w:rsidR="00B82B78" w:rsidRPr="00224B80" w:rsidRDefault="008A57E8">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организация и проведение </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">открытого международного конкурса средств массовой </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">информации «Независимость Казахстана и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Елбасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A12823D" w14:textId="77777777" w:rsidR="00B82B78" w:rsidRPr="00C01368" w:rsidRDefault="00B82B78" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...26 lines deleted...]
-          <w:p w:rsidR="00B82B78" w:rsidRPr="00224B80" w:rsidRDefault="00B82B78">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">церемония награждения </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="631B5CF0" w14:textId="77777777" w:rsidR="00B82B78" w:rsidRPr="00C01368" w:rsidRDefault="00B82B78" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...83 lines deleted...]
-          <w:p w:rsidR="00B82B78" w:rsidRPr="00224B80" w:rsidRDefault="008A57E8">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Фонд Нурсултана Назарбаева</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="642570F8" w14:textId="2788251C" w:rsidR="00B82B78" w:rsidRPr="00C01368" w:rsidRDefault="00B82B78" w:rsidP="005279CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B6BC791" w14:textId="77777777" w:rsidR="00B82B78" w:rsidRPr="00C01368" w:rsidRDefault="00B82B78" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...57 lines deleted...]
-          <w:p w:rsidR="00B82B78" w:rsidRPr="00224B80" w:rsidRDefault="008A57E8">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40D3C79D" w14:textId="77777777" w:rsidR="008A7E86" w:rsidRPr="00C01368" w:rsidRDefault="00075972" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="00B82B78" w:rsidRPr="00224B80" w:rsidRDefault="008A57E8">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>д</w:t>
+            </w:r>
+            <w:r w:rsidR="008A7E86" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>екабрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="179DA5E2" w14:textId="77777777" w:rsidR="00B82B78" w:rsidRPr="00C01368" w:rsidRDefault="00B82B78" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00B82B78" w:rsidRPr="00224B80" w:rsidRDefault="00A53ADD">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15F18C65" w14:textId="77777777" w:rsidR="00B82B78" w:rsidRPr="00C01368" w:rsidRDefault="00B82B78" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-              </w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">из собственных средств </w:t>
+            </w:r>
+            <w:r w:rsidR="0082088C" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фонда </w:t>
+            </w:r>
+            <w:r w:rsidR="0082088C" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Нурсултана Назарбаева</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EA3C87E" w14:textId="77777777" w:rsidR="00B82B78" w:rsidRPr="00C01368" w:rsidRDefault="00A53ADD" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="4833CB4E" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008D12ED" w:rsidRPr="00224B80" w:rsidRDefault="008D12ED">
+          <w:p w14:paraId="31F1730E" w14:textId="77777777" w:rsidR="008D12ED" w:rsidRPr="00C01368" w:rsidRDefault="008D12ED" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="008A57E8" w:rsidRPr="00224B80" w:rsidRDefault="008A57E8">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16D7AADE" w14:textId="77777777" w:rsidR="00D01A61" w:rsidRPr="00C01368" w:rsidRDefault="00A53ADD" w:rsidP="006912BE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...36 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Проведение виртуальных выставок</w:t>
+            </w:r>
+            <w:r w:rsidR="00D01A61" w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...22 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> из</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-                <w:bCs/>
-[...13 lines deleted...]
-              <w:t>МСМ</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> фондов государственных музеев</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008D12ED" w:rsidRPr="00224B80" w:rsidRDefault="008A57E8">
-[...72 lines deleted...]
-          <w:p w:rsidR="008D12ED" w:rsidRPr="00224B80" w:rsidRDefault="00E97506">
+          <w:p w14:paraId="6AC2C4C3" w14:textId="77777777" w:rsidR="008D12ED" w:rsidRPr="00C01368" w:rsidRDefault="008D12ED" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D035CEF" w14:textId="77777777" w:rsidR="008D12ED" w:rsidRPr="00C01368" w:rsidRDefault="008D12ED" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МКС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15110C7A" w14:textId="77777777" w:rsidR="008D12ED" w:rsidRPr="00C01368" w:rsidRDefault="008D12ED" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>март</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A185B05" w14:textId="1BADA245" w:rsidR="008D12ED" w:rsidRPr="00C01368" w:rsidRDefault="008D12ED" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23689939" w14:textId="77777777" w:rsidR="008D12ED" w:rsidRPr="00C01368" w:rsidRDefault="0034254B" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>не требуется</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ECAE157" w14:textId="77777777" w:rsidR="008D12ED" w:rsidRPr="00C01368" w:rsidRDefault="00E97506" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="3ADDFEA5" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
-          <w:trHeight w:val="997"/>
+          <w:trHeight w:val="1239"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1AF2" w:rsidRPr="00224B80" w:rsidRDefault="00BA1AF2">
+          <w:p w14:paraId="060B3D31" w14:textId="77777777" w:rsidR="00BA1AF2" w:rsidRPr="00C01368" w:rsidRDefault="00BA1AF2" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00326982" w:rsidRPr="00224B80" w:rsidRDefault="008A57E8">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="783729B5" w14:textId="1F1E8509" w:rsidR="00BA1AF2" w:rsidRPr="00C01368" w:rsidRDefault="00A53ADD" w:rsidP="00780E63">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="009D6CFD" w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Проведение о</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA1AF2" w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00812E9E" w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>нлайн проект</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="009D6CFD" w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA1AF2" w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="009D6CFD" w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Лучшие </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA1AF2" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>30 лиц за 30</w:t>
+            </w:r>
+            <w:r w:rsidR="00780E63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA1AF2" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>лет Независимости</w:t>
+            </w:r>
+            <w:r w:rsidR="00D24591" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA1AF2" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="009D6CFD" w:rsidRPr="00224B80">
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2297" w:type="dxa"/>
-[...52 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA1AF2" w:rsidRPr="00224B80" w:rsidRDefault="008A57E8">
-[...61 lines deleted...]
-          <w:p w:rsidR="00BA1AF2" w:rsidRPr="00224B80" w:rsidRDefault="00BA1AF2">
+          <w:p w14:paraId="77480BB2" w14:textId="77777777" w:rsidR="00BA1AF2" w:rsidRPr="00C01368" w:rsidRDefault="004C7B85" w:rsidP="0063611A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация</w:t>
+            </w:r>
+            <w:r w:rsidR="00D22FF0" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в Правительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21F5B11D" w14:textId="77777777" w:rsidR="00BA1AF2" w:rsidRPr="00C01368" w:rsidRDefault="00BA1AF2" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МИОР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69986C57" w14:textId="77777777" w:rsidR="00BA1AF2" w:rsidRPr="00C01368" w:rsidRDefault="00BA1AF2" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="535D5F05" w14:textId="3462FA57" w:rsidR="00BA1AF2" w:rsidRPr="00C01368" w:rsidRDefault="00075972" w:rsidP="0085019B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA1AF2" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00955DCD" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>течение</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA1AF2" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="401324F9" w14:textId="2D045E97" w:rsidR="00BA1AF2" w:rsidRPr="00C01368" w:rsidRDefault="00BA1AF2" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах</w:t>
+            </w:r>
+            <w:r w:rsidR="0027749F" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="397E3C59" w14:textId="77777777" w:rsidR="00BA1AF2" w:rsidRPr="00C01368" w:rsidRDefault="00BA1AF2" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="236930A6" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0DF0" w:rsidRPr="00224B80" w:rsidRDefault="00DD0DF0">
+          <w:p w14:paraId="717ED163" w14:textId="77777777" w:rsidR="00886F2D" w:rsidRPr="00C01368" w:rsidRDefault="00886F2D" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00DD0DF0" w:rsidRPr="00224B80" w:rsidRDefault="00DD0DF0">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2933ADD0" w14:textId="77777777" w:rsidR="00886F2D" w:rsidRPr="00C01368" w:rsidRDefault="00112179" w:rsidP="006912BE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Запуск Национального телевизионного</w:t>
+            </w:r>
+            <w:r w:rsidR="007A00E5" w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
+            </w:r>
+            <w:r w:rsidR="00886F2D" w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>роект</w:t>
+            </w:r>
+            <w:r w:rsidR="00890630" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="00886F2D" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Достижения Республики</w:t>
+            </w:r>
+            <w:r w:rsidR="00075972" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidR="00886F2D" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E9FDF4D" w14:textId="77777777" w:rsidR="00886F2D" w:rsidRPr="00C01368" w:rsidRDefault="004C7B85" w:rsidP="0063611A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация</w:t>
+            </w:r>
+            <w:r w:rsidR="00D22FF0" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в Правительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25B22D6F" w14:textId="435AA42E" w:rsidR="00C83D9C" w:rsidRPr="00C01368" w:rsidRDefault="00886F2D" w:rsidP="00D34B6A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МИОР</w:t>
+            </w:r>
+            <w:r w:rsidR="007A00E5" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="0063611A" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C83D9C" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">АО «РТРК </w:t>
+            </w:r>
+            <w:r w:rsidR="00C83D9C" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Казахстан»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F85CE0C" w14:textId="77777777" w:rsidR="00886F2D" w:rsidRPr="00C01368" w:rsidRDefault="007A00E5" w:rsidP="00D34B6A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...109 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="747DA13C" w14:textId="5FC37224" w:rsidR="00886F2D" w:rsidRPr="00C01368" w:rsidRDefault="00075972" w:rsidP="0085019B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidR="00886F2D" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00DD0DF0" w:rsidRPr="00224B80">
-[...110 lines deleted...]
-          <w:p w:rsidR="00DD0DF0" w:rsidRPr="00224B80" w:rsidRDefault="00DD0DF0">
+            <w:r w:rsidR="00955DCD" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>течение</w:t>
+            </w:r>
+            <w:r w:rsidR="00886F2D" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="129F7229" w14:textId="77777777" w:rsidR="00886F2D" w:rsidRPr="00C01368" w:rsidRDefault="00886F2D" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09EB5003" w14:textId="77777777" w:rsidR="00886F2D" w:rsidRPr="00C01368" w:rsidRDefault="00886F2D" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="00F50A87">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="7AD2D469" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="15990" w:type="dxa"/>
+            <w:tcW w:w="15735" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidR="00142594" w:rsidRPr="00224B80" w:rsidRDefault="00DD0DF0">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="542DC45C" w14:textId="525A4227" w:rsidR="00142594" w:rsidRPr="00C01368" w:rsidRDefault="00886F2D" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:ind w:left="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...2 lines deleted...]
-              <w:t>III. Мерекелік іс-шаралардың оқиғалар қатары</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Событийный ряд праздничных мероприятий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="00F50A87">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="075CE035" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="15990" w:type="dxa"/>
+            <w:tcW w:w="15735" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF616C" w:rsidRPr="00224B80" w:rsidRDefault="00DD0DF0">
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w14:paraId="79D54FA2" w14:textId="17668A10" w:rsidR="00FF616C" w:rsidRPr="00C01368" w:rsidRDefault="00886F2D" w:rsidP="00C9185B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...23 lines deleted...]
-              <w:t>Қазақстанның жаһандық бастамалары. Халықаралық қауіпсіздікке қосқан үлесі»</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ЯНВАРЬ - «Глобальные инициативы Казахстана. Вклад в международную безопасность»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="7646A5E3" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="11120987" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00DD0DF0" w:rsidRPr="00224B80" w:rsidRDefault="00DD0DF0" w:rsidP="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C044353" w14:textId="75D00BB5" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Қазақстанның жаһандық сыртқы саяси жетістіктері мен бастамалары туралы шетелдік зерттеу орталықтарымен бірлесіп өткізілетін халықаралық ғылыми-практикалық конференциялар циклін іске қосу</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="009D5E12" w:rsidP="00224B80">
+              <w:t>Запуск цикла международных научно-практических конференций, проводимых совместно с зарубежными исследовательскими центрами</w:t>
+            </w:r>
+            <w:r w:rsidR="00955DCD" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о глобальных внешнеполитических достижениях и инициативах </w:t>
+            </w:r>
+            <w:r w:rsidR="006912BE" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Казахстана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A97CBB3" w14:textId="0006590D" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="00955DCD">
             <w:pPr>
               <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00DD0DF0" w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сборник конференци</w:t>
+            </w:r>
+            <w:r w:rsidR="00955DCD" w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00DD0DF0" w:rsidP="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>й</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C6E784E" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00DD0DF0" w:rsidP="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>МИД</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2074CE08" w14:textId="0AF6AF4C" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00DB4AA4" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течение 2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C10C8AC" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00E70717" w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...27 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AEF3810" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="2CCA896B" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="0F56DAD9" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00DD0DF0" w:rsidRPr="00224B80" w:rsidRDefault="009D6CFD" w:rsidP="007F5632">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1216612B" w14:textId="49516419" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстанның жаһандық және </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+              <w:t xml:space="preserve">Брифинг Архива Президента Республики </w:t>
+            </w:r>
+            <w:r w:rsidR="00955DCD" w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Казахстан </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>лттық маңызы</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007F5632">
+              <w:t xml:space="preserve">с участием его руководителей за </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>годы работы, видных ученых и политических деятелей с проведением экспозиции архивных документов и хроники по знаковым глобальным и национальным инициативам Каз</w:t>
+            </w:r>
+            <w:r w:rsidR="006912BE" w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> бастамалары бойынша архивтік құжаттар мен хроника экспозициясын өткіз</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+              <w:t xml:space="preserve">ахстана </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F9A7A25" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00D639B3" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>жұмыс істеген жылдардағы басшылар</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+              <w:lastRenderedPageBreak/>
+              <w:t>информация в АП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="644CE13D" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">, көрнекті ғалымдар мен саяси қайраткерлердің қатысуымен </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+              <w:t xml:space="preserve">Архив Президента Республики Казахстан (по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">согласованию), МИОР </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A231F0D" w14:textId="3B5D88BF" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="008B50B9" w:rsidP="00955DCD">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Республика Президенті </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>в течени</w:t>
+            </w:r>
+            <w:r w:rsidR="00955DCD" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+              <w:t xml:space="preserve"> 2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="506AEB98" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...14 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...204 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>не требуется</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30DD1710" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="539EF3EB" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="7106A815" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-            <w:pPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="276B2225" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...108 lines deleted...]
-              <w:t>облыстардың, Нұр-Сұлтан, Алматы, Шымкент қалаларының әкімдіктері</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Проведение общереспубликанских онлайн лекций, классных часов, студенческих дебатов на тему: «Глобальные инициативы Казахстана. Вклад в международную безопасность»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="004E4E52" w:rsidP="007F5632">
-[...54 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="004E4E52">
+          <w:p w14:paraId="5409AA4D" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11D7230B" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МОН, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05681306" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04AE7F3C" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2021 года </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3553E129" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DF1BCDB" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...34 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">не требуется </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DE70B07" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="10957CEF" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00073E01" w:rsidRPr="00224B80" w:rsidRDefault="00073E01">
+          <w:p w14:paraId="14005943" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-            <w:pPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C6D1F7A" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...104 lines deleted...]
-              <w:t>мемлекеттік органдар, облыстардың, Нұр-Сұлтан, Алматы, Шымкент қалаларының әкімдіктері</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Старт общенационального проекта «Марафон добрых дел»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00073E01" w:rsidRPr="00224B80" w:rsidRDefault="00073E01">
-[...73 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w14:paraId="315D77BE" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00D639B3" w:rsidP="0063611A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в Правительство</w:t>
+            </w:r>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69C78791" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МИОР,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26A8B3D2" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заинтересованные центральные государственные органы, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31075994" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="020457E3" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течение 2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BAC6020" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EF0A277" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00201868" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="7ED90077" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00073E01" w:rsidRPr="00224B80" w:rsidRDefault="00073E01">
+          <w:p w14:paraId="51E69E29" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-            <w:pPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="174E73B9" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...82 lines deleted...]
-              <w:t>мемлекеттік органдар, облыстардың, Нұр-Сұлтан, Алматы, Шымкент қалаларының әкімдіктері</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Реализация проекта «100 новых лиц Казахстана»</w:t>
+            </w:r>
+            <w:r w:rsidR="00E67214" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в режиме онлайн голосования </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00073E01" w:rsidRPr="00224B80" w:rsidRDefault="00073E01">
-[...77 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="37BA381B" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00D639B3" w:rsidP="00C01368">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">информация в Правительство </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E072A9D" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МИОР,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73FABBD3" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заинтересованные центральные государственные </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">органы, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="750471FA" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46958C6A" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>в течение 2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72389D70" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00FCD737" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00D14AB5" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="00F50A87">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="149D6D88" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="15990" w:type="dxa"/>
+            <w:tcW w:w="15735" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00073E01">
+          <w:p w14:paraId="54BA92C5" w14:textId="6255809A" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="00350DCE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...60 lines deleted...]
-              <w:t>спорттық ұлт»</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ФЕВРАЛЬ - «Казахстан – спортивная нация»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="006C2D33" w:rsidRPr="00C01368" w14:paraId="27417A9B" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000307EA" w:rsidRPr="00224B80" w:rsidRDefault="000307EA">
+          <w:p w14:paraId="767FA556" w14:textId="77777777" w:rsidR="006C2D33" w:rsidRPr="00C01368" w:rsidRDefault="006C2D33" w:rsidP="006C2D33">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="000307EA" w:rsidRPr="00224B80" w:rsidRDefault="000307EA" w:rsidP="0084398E">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19F6D785" w14:textId="77777777" w:rsidR="006C2D33" w:rsidRPr="00C01368" w:rsidRDefault="006C2D33" w:rsidP="006C2D33">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...109 lines deleted...]
-              <w:t>облыстардың, Нұр-Сұлтан, Алматы, Шымкент қалаларының әкімдіктері</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Проведение спортивно – массовых мероприятий, приуроченных к празднованию 30-летия Независимости Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000307EA" w:rsidRPr="00224B80" w:rsidRDefault="000307EA">
-[...83 lines deleted...]
-          <w:p w:rsidR="000307EA" w:rsidRPr="00224B80" w:rsidRDefault="000307EA">
+          <w:p w14:paraId="2DB6C5C9" w14:textId="77777777" w:rsidR="006C2D33" w:rsidRPr="00C01368" w:rsidRDefault="006C2D33" w:rsidP="006C2D33">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57CE79E6" w14:textId="77777777" w:rsidR="006C2D33" w:rsidRPr="00C01368" w:rsidRDefault="006C2D33" w:rsidP="006C2D33">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МКС, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27274A24" w14:textId="77777777" w:rsidR="006C2D33" w:rsidRPr="00C01368" w:rsidRDefault="006C2D33" w:rsidP="006C2D33">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">февраль </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29541BE6" w14:textId="77777777" w:rsidR="006C2D33" w:rsidRPr="00C01368" w:rsidRDefault="006C2D33" w:rsidP="006C2D33">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2021 года </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ABF11B6" w14:textId="6F349884" w:rsidR="006C2D33" w:rsidRPr="00C01368" w:rsidRDefault="006C2D33" w:rsidP="006C2D33">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>не требуется</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F172DB6" w14:textId="5E0F88CB" w:rsidR="006C2D33" w:rsidRPr="00C01368" w:rsidRDefault="006C2D33" w:rsidP="006C2D33">
             <w:pPr>
               <w:pStyle w:val="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00B72B6E" w:rsidRPr="00C01368" w14:paraId="2BFA5F81" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
-          <w:trHeight w:val="311"/>
+          <w:trHeight w:val="980"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003433B9" w:rsidRPr="00224B80" w:rsidRDefault="003433B9">
+          <w:p w14:paraId="16095DD5" w14:textId="77777777" w:rsidR="00B72B6E" w:rsidRPr="00C01368" w:rsidRDefault="00B72B6E" w:rsidP="00B72B6E">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="003433B9" w:rsidRPr="00224B80" w:rsidRDefault="003433B9">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00617FD6" w14:textId="77777777" w:rsidR="00B72B6E" w:rsidRPr="00C01368" w:rsidRDefault="00B72B6E" w:rsidP="00B72B6E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...182 lines deleted...]
-              <w:t xml:space="preserve"> бойынша)</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Проведение континентального Кубка Восточной Европы FIS по лыжным гонкам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003433B9" w:rsidRPr="00224B80" w:rsidRDefault="003433B9">
-[...70 lines deleted...]
-          <w:p w:rsidR="003433B9" w:rsidRPr="00224B80" w:rsidRDefault="003433B9">
+          <w:p w14:paraId="3771E4D9" w14:textId="77777777" w:rsidR="00B72B6E" w:rsidRPr="00C01368" w:rsidRDefault="00B72B6E" w:rsidP="00B72B6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="276523D7" w14:textId="2B82BFE6" w:rsidR="00B72B6E" w:rsidRPr="00C01368" w:rsidRDefault="00B72B6E" w:rsidP="00B72B6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МКС, </w:t>
+            </w:r>
+            <w:r w:rsidR="00955DCD" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ссоциация лыжных видов спорта</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E1CAA25" w14:textId="77777777" w:rsidR="00B72B6E" w:rsidRPr="00C01368" w:rsidRDefault="00B72B6E" w:rsidP="00B72B6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CB852BD" w14:textId="77777777" w:rsidR="00B72B6E" w:rsidRPr="00C01368" w:rsidRDefault="00B72B6E" w:rsidP="00B72B6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>февраль 2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="264AFBE5" w14:textId="4F55AA61" w:rsidR="00B72B6E" w:rsidRPr="00C01368" w:rsidRDefault="00B72B6E" w:rsidP="00B72B6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>не требуется</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25AE54DD" w14:textId="656D6B6F" w:rsidR="00B72B6E" w:rsidRPr="00C01368" w:rsidRDefault="00B72B6E" w:rsidP="00B72B6E">
             <w:pPr>
               <w:pStyle w:val="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="723062F3" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B76ED6" w:rsidRPr="00224B80" w:rsidRDefault="00B76ED6">
+          <w:p w14:paraId="3F2E9AB3" w14:textId="77777777" w:rsidR="002057A9" w:rsidRPr="00C01368" w:rsidRDefault="002057A9" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00B76ED6" w:rsidRPr="00224B80" w:rsidRDefault="00B76ED6">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79F19FC3" w14:textId="77777777" w:rsidR="002057A9" w:rsidRPr="00C01368" w:rsidRDefault="002057A9" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t>Қазақ күресі</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t xml:space="preserve">Организация и проведение республиканского турнира по </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жастар арасында республикалық турнир ұйымдастыру және өткізу</w:t>
-[...36 lines deleted...]
-          <w:p w:rsidR="00B76ED6" w:rsidRPr="00224B80" w:rsidRDefault="00B76ED6">
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t>күресі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> среди молодежи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="458AFAC5" w14:textId="77777777" w:rsidR="002057A9" w:rsidRPr="00C01368" w:rsidRDefault="002057A9" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FC32603" w14:textId="77777777" w:rsidR="002057A9" w:rsidRPr="00C01368" w:rsidRDefault="002057A9" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...67 lines deleted...]
-          <w:p w:rsidR="00B76ED6" w:rsidRPr="00224B80" w:rsidRDefault="00B76ED6">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МКС, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акимат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кызылординской</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C96481B" w14:textId="77777777" w:rsidR="002057A9" w:rsidRPr="00C01368" w:rsidRDefault="002057A9" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">февраль </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C59404D" w14:textId="77777777" w:rsidR="002057A9" w:rsidRPr="00C01368" w:rsidRDefault="002057A9" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="770493A0" w14:textId="77777777" w:rsidR="002057A9" w:rsidRPr="00C01368" w:rsidRDefault="002057A9" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05A0502C" w14:textId="77777777" w:rsidR="002057A9" w:rsidRPr="00C01368" w:rsidRDefault="002057A9" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="0A9646AF" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00073E01" w:rsidRPr="00224B80" w:rsidRDefault="00073E01">
+          <w:p w14:paraId="4551029B" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00003EC9" w:rsidRPr="00224B80" w:rsidRDefault="00003EC9" w:rsidP="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FDDD7BD" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t>Ұлттық спорт түрлері бойынша бұқаралық спорттық іс-шаралар өткізу</w:t>
-[...54 lines deleted...]
-              <w:t>МСМ, облыстардың, Нұр-Сұлтан, Алматы, Шымкент қалаларының әкімдіктері</w:t>
+              <w:t>Проведение массовых спортивных мероприятий по национальным видам спорта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00073E01" w:rsidRPr="00224B80" w:rsidRDefault="00073E01">
-[...51 lines deleted...]
-          <w:p w:rsidR="00073E01" w:rsidRPr="00224B80" w:rsidRDefault="00073E01">
+          <w:p w14:paraId="0CAA48ED" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BBC68B6" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МКС, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="060A0C4D" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A8694F4" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="280D2A36" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C191DBB" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="73AB74D2" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00073E01" w:rsidRPr="00224B80" w:rsidRDefault="00073E01">
+          <w:p w14:paraId="42226072" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="007A04BF" w:rsidRPr="00224B80" w:rsidRDefault="00003EC9" w:rsidP="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BDACA15" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t>Қазақстанның Тәуелсіздік жылдарындағы спорттық жетістіктер</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Запуск онлайн акции о спортивных достижениях за</w:t>
+            </w:r>
+            <w:r w:rsidR="00C0028D" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve"> т</w:t>
-[...85 lines deleted...]
-              <w:t>Нұр-Сұлтан, Алматы, Шымкент қалаларының әкімдіктері</w:t>
+              <w:t xml:space="preserve"> годы Независимости Казахстана </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00073E01" w:rsidRPr="00224B80" w:rsidRDefault="00073E01">
-[...24 lines deleted...]
-          <w:p w:rsidR="00073E01" w:rsidRPr="00224B80" w:rsidRDefault="00FA0D8F">
+          <w:p w14:paraId="53876B35" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D28B975" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МКС, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E5F71E0" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EA09D4D" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52BF87C9" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...41 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">не требуется </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18C90AAE" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="2A912E32" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A47F85" w:rsidRPr="00224B80" w:rsidRDefault="00A47F85">
+          <w:p w14:paraId="13ADA4A9" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00A47F85" w:rsidRPr="00224B80" w:rsidRDefault="00A47F85" w:rsidP="00ED6528">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0792B15A" w14:textId="18808EED" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="00955DCD">
             <w:pPr>
               <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение </w:t>
+            </w:r>
+            <w:r w:rsidR="00955DCD" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">акции </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidR="00ED6528">
+            <w:r w:rsidR="00F5198B" w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidR="00955DCD" w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> істер марафоны</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+              <w:t>араван</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> милосердия», направленно</w:t>
+            </w:r>
+            <w:r w:rsidR="00955DCD" w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жалпыұлттық жобасы шеңберінде халықтың </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+              <w:t>й</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+              <w:t xml:space="preserve"> на поддержку социально уязвимых слоев населения в рамках общенационального проекта «Марафон добрых дел» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21AA87E3" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00D639B3" w:rsidP="0063611A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в Правительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C4376C8" w14:textId="0759618A" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МИОР, РГУ «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қоғамдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>келісім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4330DA75" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(по согласованию),</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44398176" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заинтересованные центральные государственные органы, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D28663A" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Н</w:t>
+            </w:r>
+            <w:r w:rsidR="006912BE" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006912BE" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C9AEE4C" w14:textId="52089E70" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="00955DCD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течение 2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EB4B16C" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="009D6CFD" w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...331 lines deleted...]
-              <w:t>*</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="250777F1" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00AA4F77" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>РБ*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="00F50A87">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="613DC783" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="15990" w:type="dxa"/>
+            <w:tcW w:w="15735" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00A47F85">
+          <w:p w14:paraId="1EA5FF3F" w14:textId="2DB713E5" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="005C610F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МАРТ </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB4AA4" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-              <w:t>Қазақстанның ұлттық дәстүрлері мен мәдениеті»</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Национальные традиции и культура Казахстана»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="01CEB8CD" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="1A1BCC33" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00A47F85" w:rsidRPr="00224B80" w:rsidRDefault="00A47F85">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="377591AD" w14:textId="4B82497B" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...148 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Организация и проведение благотворительного марафона «30 добрых дел» в рамках празднования Дня благодарности совместно с этнокультурными</w:t>
+            </w:r>
+            <w:r w:rsidR="007B0294" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...80 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>объединениями</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="346268D3" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C1013" w:rsidRPr="00224B80" w:rsidRDefault="00A47F85">
-[...48 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00A47F85">
+          <w:p w14:paraId="3E5C2B5D" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="0063611A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в Правительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="025190A4" w14:textId="57BDE0E7" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МИОР, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>РГУ «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қоғамдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>келісім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E2694F6" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(по согласованию),</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="792D4961" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заинтересованные центральные государственные органы, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5964FEEE" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1294D17F" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1 марта 2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07366AA6" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="000A6F8C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DA615DB" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...49 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77A14B32" w14:textId="3E27BA1C" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">РБ, МБ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="4B4FD754" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004661DF" w:rsidRPr="00224B80" w:rsidRDefault="004661DF">
+          <w:p w14:paraId="729438DB" w14:textId="77777777" w:rsidR="00F30635" w:rsidRPr="00C01368" w:rsidRDefault="00F30635" w:rsidP="00F30635">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="004661DF" w:rsidRPr="00224B80" w:rsidRDefault="007F5632" w:rsidP="007F5632">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B562618" w14:textId="77777777" w:rsidR="00F30635" w:rsidRPr="00C01368" w:rsidRDefault="00F30635" w:rsidP="00F30635">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...220 lines deleted...]
-              <w:t>мүдделі орталық мемлекеттік органдар</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение Саммита </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Тюркоязычных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стран с участием глав государств с международной презентацией обновленного центра тюркской колыбели – города Туркестан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004661DF" w:rsidRPr="00224B80" w:rsidRDefault="004661DF">
-[...99 lines deleted...]
-              <w:t>ЖБ</w:t>
+          <w:p w14:paraId="73002CEC" w14:textId="77777777" w:rsidR="00F30635" w:rsidRPr="00C01368" w:rsidRDefault="00F30635" w:rsidP="00F30635">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68C86181" w14:textId="49C6250E" w:rsidR="00F30635" w:rsidRPr="00C01368" w:rsidRDefault="00DB4AA4" w:rsidP="00F30635">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="00F30635" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кимат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F30635" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Туркестанской области, </w:t>
+            </w:r>
+            <w:r w:rsidR="007D52D9" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МИД,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A5170CC" w14:textId="77777777" w:rsidR="00DB3709" w:rsidRPr="00C01368" w:rsidRDefault="00F30635" w:rsidP="00F30635">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заинтересованные </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51612144" w14:textId="77777777" w:rsidR="00F30635" w:rsidRPr="00C01368" w:rsidRDefault="00F30635" w:rsidP="00F30635">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>центральные государственные органы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="164621C5" w14:textId="6C0D452F" w:rsidR="00F30635" w:rsidRPr="00C01368" w:rsidRDefault="001476C5" w:rsidP="00F30635">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r w:rsidR="00F30635" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>арт</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B8A43E8" w14:textId="77777777" w:rsidR="00F30635" w:rsidRPr="00C01368" w:rsidRDefault="00F30635" w:rsidP="00F30635">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="225BDDBF" w14:textId="77777777" w:rsidR="00F30635" w:rsidRPr="00C01368" w:rsidRDefault="00F30635" w:rsidP="00F30635">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C9012DD" w14:textId="77777777" w:rsidR="00237CD4" w:rsidRPr="00C01368" w:rsidRDefault="00237CD4" w:rsidP="00F30635">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>РБ*</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3956A049" w14:textId="77777777" w:rsidR="00F30635" w:rsidRPr="00C01368" w:rsidRDefault="00F30635" w:rsidP="00F30635">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="69F3B1EA" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00330CC6" w:rsidRPr="00224B80" w:rsidRDefault="00330CC6">
+          <w:p w14:paraId="51047DF1" w14:textId="3E30A2DE" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00330CC6" w:rsidRPr="00224B80" w:rsidRDefault="002C1013">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34606AE1" w14:textId="13A52984" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="00955DCD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...186 lines deleted...]
-              <w:t>Алматы қаласының әкімдігі, МСМ, АҚДМ</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Проведение форума с участием научно-творческой интеллигенци</w:t>
+            </w:r>
+            <w:r w:rsidR="00955DCD" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Алматы </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB4AA4" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> колыбель Независимости Республики Казахстан» </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00330CC6" w:rsidRPr="00224B80" w:rsidRDefault="00330CC6">
-[...52 lines deleted...]
-          <w:p w:rsidR="00330CC6" w:rsidRPr="00224B80" w:rsidRDefault="00330CC6">
+          <w:p w14:paraId="71F11BE4" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00D639B3" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49C7F815" w14:textId="3AE13A39" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00955DCD" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кимат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Алматы, МКС, МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17851A05" w14:textId="07EAA6B7" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="001476C5" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>арт</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6843E3DE" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F89A261" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E2717D7" w14:textId="49A0DDCC" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="00FC4F73">
             <w:pPr>
               <w:pStyle w:val="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>ЖБ</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00330CC6" w:rsidRPr="00224B80" w:rsidRDefault="00330CC6">
+              <w:t>МБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CCA5A37" w14:textId="757599EA" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="77238124" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="44FD5837" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00044D8D" w:rsidRPr="00224B80" w:rsidRDefault="00044D8D">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="462E19A3" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...108 lines deleted...]
-              <w:t>ұлтан, Алматы, Шымкент қалаларының әкімдіктері</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Проведение мероприяти</w:t>
+            </w:r>
+            <w:r w:rsidR="00B67E3A" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>й</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в рамках празднования Международного женского дня </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00330CC6">
-[...52 lines deleted...]
-          <w:p w:rsidR="00701E76" w:rsidRPr="00224B80" w:rsidRDefault="00701E76">
+          <w:p w14:paraId="719A4C04" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00D639B3" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4763326F" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">центральные государственные органы, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4392A544" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BDAEC7B" w14:textId="3DD822C4" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="001476C5" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>арт</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48AF0F2A" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EE5880F" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="422DE8E7" w14:textId="77777777" w:rsidR="00617B8C" w:rsidRPr="00C01368" w:rsidRDefault="00617B8C" w:rsidP="00617B8C">
             <w:pPr>
               <w:pStyle w:val="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>ЖБ</w:t>
-            </w:r>
+              <w:t>МБ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="764CB0B2" w14:textId="77777777" w:rsidR="00617B8C" w:rsidRPr="00C01368" w:rsidRDefault="00617B8C" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="004E4FF7" w:rsidRPr="00C01368" w14:paraId="4C72BD57" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00701E76" w:rsidRPr="00224B80" w:rsidRDefault="00701E76">
+          <w:p w14:paraId="281E323F" w14:textId="77777777" w:rsidR="004E4FF7" w:rsidRPr="00C01368" w:rsidRDefault="004E4FF7" w:rsidP="004E4FF7">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00701E76" w:rsidRPr="00224B80" w:rsidRDefault="00701E76">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="297A7195" w14:textId="3B0CEE69" w:rsidR="004E4FF7" w:rsidRPr="00C01368" w:rsidRDefault="004E4FF7" w:rsidP="00955DCD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организация и проведение </w:t>
+            </w:r>
+            <w:r w:rsidR="00955DCD" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>еспубликанского каравана искусств «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сырлы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> саз – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Отанға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59641AAC" w14:textId="77777777" w:rsidR="004E4FF7" w:rsidRPr="00C01368" w:rsidRDefault="004E4FF7" w:rsidP="004E4FF7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10211B34" w14:textId="6A2B8DAD" w:rsidR="004E4FF7" w:rsidRPr="00C01368" w:rsidRDefault="004E4FF7" w:rsidP="00CC3592">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МКС,</w:t>
+            </w:r>
+            <w:r w:rsidR="0063611A" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>заинтересованные центральные государственные органы,</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC3592">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC3592">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+              <w:t xml:space="preserve">                        </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...161 lines deleted...]
-          <w:p w:rsidR="00701E76" w:rsidRPr="00224B80" w:rsidRDefault="00701E76">
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="611D62DE" w14:textId="7C8CE2EE" w:rsidR="004E4FF7" w:rsidRPr="00C01368" w:rsidRDefault="00A4556A" w:rsidP="004E4FF7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r w:rsidR="004E4FF7" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>арт</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F66DBB4" w14:textId="77777777" w:rsidR="004E4FF7" w:rsidRPr="00C01368" w:rsidRDefault="004E4FF7" w:rsidP="004E4FF7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6807684C" w14:textId="77777777" w:rsidR="004E4FF7" w:rsidRPr="00C01368" w:rsidRDefault="004E4FF7" w:rsidP="004E4FF7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F3918A0" w14:textId="77777777" w:rsidR="004E4FF7" w:rsidRPr="00C01368" w:rsidRDefault="004E4FF7" w:rsidP="004E4FF7">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="4F07E025" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="68D69F53" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00044D8D">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CAB2280" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="006673A4">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Организация и проведение фестиваля казахских национальных инструментов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C5738D5" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="000B1DCD" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:strike/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="592BFCEC" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МКС,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27458EF8" w14:textId="76102DDD" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="00CC3592">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>заинтересованные центральные государственные органы,</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC3592">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">АҚДМ-ға </w:t>
-[...15 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...42 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Шымкент қалаларының</w:t>
-[...32 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:t xml:space="preserve">областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="328A864D" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">2021 жыл </w:t>
-[...41 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+              <w:t>в течение 2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="074F1962" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="008D7D2D" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="004E4FF7" w:rsidRPr="00C01368" w14:paraId="041434C8" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00701E76" w:rsidRPr="00224B80" w:rsidRDefault="00701E76">
+          <w:p w14:paraId="7C2EB924" w14:textId="77777777" w:rsidR="004E4FF7" w:rsidRPr="00C01368" w:rsidRDefault="004E4FF7" w:rsidP="004E4FF7">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="11"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00701E76" w:rsidRPr="00224B80" w:rsidRDefault="00701E76">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27818D3F" w14:textId="0FE248BF" w:rsidR="004E4FF7" w:rsidRPr="00C01368" w:rsidRDefault="004E4FF7" w:rsidP="004E4FF7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...18 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Празднование «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наурыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00992281" w:rsidRPr="00224B80">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мейрамы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Әз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наурыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB4AA4" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidR="002C1013" w:rsidRPr="00224B80">
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ұлттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="008171D3" w:rsidRPr="00224B80">
-[...98 lines deleted...]
-              <w:t>ұлтан, Алматы, Шымкент қалаларының әкімдіктері</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сананың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ұлттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бірліктің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жарқын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>көрінісі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00701E76" w:rsidRPr="00224B80" w:rsidRDefault="00701E76">
-[...94 lines deleted...]
-              <w:t>ЖБ</w:t>
+          <w:p w14:paraId="30146468" w14:textId="77777777" w:rsidR="004E4FF7" w:rsidRPr="00C01368" w:rsidRDefault="004E4FF7" w:rsidP="004E4FF7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="195CBE4E" w14:textId="77777777" w:rsidR="004E4FF7" w:rsidRPr="00C01368" w:rsidRDefault="004E4FF7" w:rsidP="004E4FF7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МКС, МИОР,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15FD659E" w14:textId="77777777" w:rsidR="004E4FF7" w:rsidRPr="00C01368" w:rsidRDefault="004E4FF7" w:rsidP="004E4FF7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заинтересованные центральные государственные органы, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3530297A" w14:textId="77777777" w:rsidR="004E4FF7" w:rsidRPr="00C01368" w:rsidRDefault="004E4FF7" w:rsidP="004E4FF7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">21-22 марта </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13B40750" w14:textId="77777777" w:rsidR="004E4FF7" w:rsidRPr="00C01368" w:rsidRDefault="004E4FF7" w:rsidP="004E4FF7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C89414E" w14:textId="77777777" w:rsidR="004E4FF7" w:rsidRPr="00C01368" w:rsidRDefault="004E4FF7" w:rsidP="004E4FF7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="389B44D9" w14:textId="77777777" w:rsidR="004E4FF7" w:rsidRPr="00C01368" w:rsidRDefault="004E4FF7" w:rsidP="004E4FF7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>РБ*</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37AD07E2" w14:textId="77777777" w:rsidR="004E4FF7" w:rsidRPr="00C01368" w:rsidRDefault="004E4FF7" w:rsidP="004E4FF7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="00F50A87">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="482A9BFC" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="15990" w:type="dxa"/>
+            <w:tcW w:w="15735" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00044D8D">
+          <w:p w14:paraId="3BFBDBC3" w14:textId="796581A5" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="00A4556A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">АПРЕЛЬ </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB4AA4" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-              <w:t>Ғылым және технологиялар»</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Наука и технологии» </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="009969CA" w:rsidRPr="00C01368" w14:paraId="62560588" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000E2C6E" w:rsidRPr="00224B80" w:rsidRDefault="000E2C6E">
+          <w:p w14:paraId="25AEEBB7" w14:textId="77777777" w:rsidR="009969CA" w:rsidRPr="00C01368" w:rsidRDefault="009969CA" w:rsidP="009969CA">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="000E2C6E" w:rsidRPr="00224B80" w:rsidRDefault="000E2C6E" w:rsidP="0084398E">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="429584CD" w14:textId="2B732C89" w:rsidR="009969CA" w:rsidRPr="00C01368" w:rsidRDefault="009969CA" w:rsidP="00955DCD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri-Bold" w:hAnsi="Calibri-Bold" w:cs="Calibri-Bold"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri-Bold" w:hAnsi="Calibri-Bold" w:cs="Calibri-Bold"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Проведение торжественного собрания Национальной академии наук, посвященно</w:t>
+            </w:r>
+            <w:r w:rsidR="00955DCD" w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri-Bold" w:hAnsi="Calibri-Bold" w:cs="Calibri-Bold"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>го</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri-Bold" w:hAnsi="Calibri-Bold" w:cs="Calibri-Bold"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="000E2C6E" w:rsidRPr="00224B80" w:rsidRDefault="006673A4">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30-летию Независимости Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D148496" w14:textId="77777777" w:rsidR="009969CA" w:rsidRPr="00C01368" w:rsidRDefault="009969CA" w:rsidP="009969CA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-            <w:r w:rsidR="000E2C6E" w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri-Bold" w:hAnsi="Calibri-Bold" w:cs="Calibri-Bold"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...100 lines deleted...]
-          <w:p w:rsidR="000E2C6E" w:rsidRPr="00224B80" w:rsidRDefault="000E2C6E">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="172F5FB6" w14:textId="6D3A65A8" w:rsidR="009969CA" w:rsidRPr="00C01368" w:rsidRDefault="009969CA" w:rsidP="009969CA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МОН, МИОР</w:t>
+            </w:r>
+            <w:r w:rsidR="000258E7" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F778E47" w14:textId="6740474F" w:rsidR="009969CA" w:rsidRPr="00C01368" w:rsidRDefault="00F04C10" w:rsidP="009969CA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri-Bold" w:hAnsi="Calibri-Bold" w:cs="Calibri-Bold"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Национальная академия наук</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009969CA" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="789A065E" w14:textId="1CF5C9DC" w:rsidR="009969CA" w:rsidRPr="00C01368" w:rsidRDefault="009969CA" w:rsidP="009969CA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47F3366A" w14:textId="77777777" w:rsidR="009969CA" w:rsidRPr="00C01368" w:rsidRDefault="009969CA" w:rsidP="009969CA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="587B5A7F" w14:textId="7F362055" w:rsidR="009969CA" w:rsidRPr="00C01368" w:rsidRDefault="009969CA" w:rsidP="009969CA">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...56 lines deleted...]
-            </w:pPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F4B99C0" w14:textId="7E516C75" w:rsidR="009969CA" w:rsidRPr="00C01368" w:rsidRDefault="009969CA" w:rsidP="009969CA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>РБ*</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="002E7331" w:rsidRPr="00C01368" w14:paraId="298A645A" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004E6408" w:rsidRPr="00224B80" w:rsidRDefault="004E6408">
+          <w:p w14:paraId="191F27BF" w14:textId="77777777" w:rsidR="002E7331" w:rsidRPr="00C01368" w:rsidRDefault="002E7331" w:rsidP="002E7331">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...11 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70327B36" w14:textId="7E385974" w:rsidR="002E7331" w:rsidRPr="00C01368" w:rsidRDefault="002E7331" w:rsidP="00C01368">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...143 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Проведение форума молодых ученых «Умное поколение»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BADAB3F" w14:textId="77777777" w:rsidR="002E7331" w:rsidRPr="00C01368" w:rsidRDefault="002E7331" w:rsidP="002E7331">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="308F67A1" w14:textId="77777777" w:rsidR="002E7331" w:rsidRPr="00C01368" w:rsidRDefault="002E7331" w:rsidP="0063611A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в Правительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="088759DE" w14:textId="5EE83124" w:rsidR="002E7331" w:rsidRPr="00C01368" w:rsidRDefault="002E7331" w:rsidP="002E7331">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МИОР, </w:t>
+            </w:r>
+            <w:r w:rsidR="00E05073" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>НАО «Казахстанский институт общественного развития «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E05073" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Рухани</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E05073" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00955DCD" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidR="00E05073" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>аңғыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E05073" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» (по согласованию), </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МОН,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B8F4CF9" w14:textId="77777777" w:rsidR="002E7331" w:rsidRPr="00C01368" w:rsidRDefault="002E7331" w:rsidP="002E7331">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заинтересованные центральные </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">облыстардың, </w:t>
-[...57 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:t xml:space="preserve">государственные органы, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5388D68E" w14:textId="6D4F5563" w:rsidR="002E7331" w:rsidRPr="00C01368" w:rsidRDefault="002E7331" w:rsidP="002E7331">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>2021 жылғы сәуір</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="004E6408" w:rsidRPr="00224B80" w:rsidRDefault="004E6408">
+              <w:t>апрель</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="439BE738" w14:textId="77777777" w:rsidR="002E7331" w:rsidRPr="00C01368" w:rsidRDefault="002E7331" w:rsidP="002E7331">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F021CD2" w14:textId="77777777" w:rsidR="002E7331" w:rsidRPr="00C01368" w:rsidRDefault="002E7331" w:rsidP="002E7331">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F5F072F" w14:textId="65FD475B" w:rsidR="002E7331" w:rsidRPr="00C01368" w:rsidRDefault="002E7331" w:rsidP="002E7331">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...56 lines deleted...]
-            </w:pPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BA379F4" w14:textId="1525601E" w:rsidR="002E7331" w:rsidRPr="00C01368" w:rsidRDefault="002E7331" w:rsidP="002E7331">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>РБ*</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="14FFB162" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="3D389AF3" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="006B0653" w:rsidRPr="00224B80" w:rsidRDefault="006B0653" w:rsidP="007F5632">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F9D3657" w14:textId="29685B0A" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="00955DCD">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">30 мың адамның қатысуымен «Бірге </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007F5632">
+              <w:t>Организация и проведение общереспубликанского субботника «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
+              <w:t>Бірге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00955DCD" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:t>т</w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>аза Қазақстан» жалпыреспубликалық сенбілігін ұйымдастыру және өткізу</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="006673A4">
+              <w:t xml:space="preserve">аза </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>» с участием 30 тысяч человек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D3A8E30" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00D639B3" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:strike/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-            <w:r w:rsidR="00330CC6" w:rsidRPr="00224B80">
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>ақпарат</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="007F5632" w:rsidRDefault="006B0653" w:rsidP="007F5632">
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A6D6E1A" w14:textId="65BC8041" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">ЭГТРМ, облыстардың, </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="006B0653" w:rsidP="007F5632">
+              <w:t xml:space="preserve">МЭГПР, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Алматы, </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC3592">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00CC3592">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-Султана и Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7325AACB" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Нұр-Сұлтан</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007F5632">
+              <w:t>в течение 2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0716154D" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>,</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...116 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>за счет спонсорских средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="753BDFA5" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="0AEC58B8" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006B0653" w:rsidRPr="00224B80" w:rsidRDefault="006B0653">
+          <w:p w14:paraId="3044BA92" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="006B0653" w:rsidRPr="00224B80" w:rsidRDefault="006B0653">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57B62ED5" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Проведение общенационального дня посадки деревьев «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Мекенім</w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жасыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00992281" w:rsidRPr="00224B80">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="009D5E12" w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>орманым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...18 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
-[...13 lines deleted...]
-          <w:p w:rsidR="006B0653" w:rsidRPr="00224B80" w:rsidRDefault="006673A4">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="032F7946" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-            <w:r w:rsidR="006B0653" w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="007F5632" w:rsidRDefault="006B0653" w:rsidP="007F5632">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F4C2861" w14:textId="0B9118F4" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЭГПР, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Алматы, </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC3592">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00CC3592">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                     </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-Султана и Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37B5E2B0" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в течение 2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57C6556C" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">ЭГТРМ, облыстардың, </w:t>
-[...155 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>за счет спонсорских средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EC8081E" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="7C727AAB" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006B0653" w:rsidRPr="00224B80" w:rsidRDefault="006B0653">
+          <w:p w14:paraId="28143B06" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="006B0653" w:rsidRPr="00224B80" w:rsidRDefault="006B0653" w:rsidP="007F5632">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B292727" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...164 lines deleted...]
-          <w:p w:rsidR="007F5632" w:rsidRDefault="006B0653" w:rsidP="007F5632">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Презентация «30 лучших экологических инициатив» и «30 кейсов» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>эковолонтеров</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64CFD211" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13BABA48" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МЭГПР,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D892967" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заинтересованные центральные государственные органы, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12065F0A" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течение 2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1978B79C" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">ЭГТРМ, </w:t>
-[...165 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>за счет спонсорских средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47289F42" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="0202B264" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="4ED8EE34" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="006B0653" w:rsidRPr="00224B80" w:rsidRDefault="006B0653">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="733712EF" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...65 lines deleted...]
-                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организация серии мероприятий ко Дню космонавтики с чествованием казахстанских космонавтов и героев </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>космической отрасли, внесших вклад в развитие космической науки за годы Независимости Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22DE570F" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2664" w:type="dxa"/>
-[...104 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00330CC6">
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46BE9438" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЦРИАП, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="184903E9" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заинтересованные центральные государственные </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">органы, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4427B3C6" w14:textId="32111070" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00182F57" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>прель</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42287A43" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25E7332F" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31A3598F" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...35 lines deleted...]
-              <w:t>ЖБ</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62AF815D" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="52997D52" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="3C82657E" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="006B0653">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="717C7155" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...147 lines deleted...]
-            </w:r>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Запуск интернет проекта «GYLYM TALKS» по популяризации достижений казахстанских ученых в различных отраслях науки и новых технологий</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3215BBE0" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri-Bold" w:hAnsi="Calibri-Bold" w:cs="Calibri-Bold"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="006B0653">
-[...27 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00FA0D8F">
+          <w:p w14:paraId="06D55460" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41128BBD" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МОН,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F87B995" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заинтересованные центральные государственные органы, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14E786DD" w14:textId="3296BD2F" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00182F57" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>прель</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="112D77F9" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18603AF7" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">не требуется </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EC2CF5A" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="00F50A87">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="14F3E23A" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="15990" w:type="dxa"/>
+            <w:tcW w:w="15735" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidR="00026429" w:rsidRPr="00224B80" w:rsidRDefault="006B0653">
+          <w:p w14:paraId="1E4D4244" w14:textId="15BB37F4" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="00BB0F48">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МАЙ </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB4AA4" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-              <w:t>лттық бірлік, бейбітшілік және тұрақтылық»</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Национальное единство, мир и стабильность»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="29D049D6" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="6B3A9566" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="009071B2" w:rsidRPr="00224B80" w:rsidRDefault="009071B2" w:rsidP="0084398E">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41824B16" w14:textId="4A5E5179" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...87 lines deleted...]
-                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение </w:t>
+            </w:r>
+            <w:r w:rsidR="006B410F" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXIX </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006B410F" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ессии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ассамблеи народа Казахстана</w:t>
+            </w:r>
+            <w:r w:rsidR="006B410F" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, приуроченной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...57 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidR="006B410F" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к празднованию </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidR="006B410F" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:r w:rsidR="006B410F" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ия</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006B410F" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Независимости Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="001E7DE3">
-[...26 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00330CC6">
+          <w:p w14:paraId="3E876D86" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00D639B3" w:rsidP="0063611A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в Правительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F66F46E" w14:textId="7D3FA8E7" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МИОР, РГУ «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қоғамдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>келісім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BBBF35B" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2473CA45" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>апрель-май</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0923753D" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3055532B" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54646054" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="1404FB9F" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="36AD6FFC" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-            <w:pPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36ADD6D6" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...74 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t>Празднование Дня единства народа Казахстана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4617A3BD" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13F154E4" w14:textId="58770C3A" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00955DCD" w:rsidP="00955DCD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>киматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC3592">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...155 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00330CC6">
+              <w:t xml:space="preserve">                       </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C527064" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1 мая</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71AE83B1" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EFF158F" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...44 lines deleted...]
-              <w:t>ЖБ</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AEAFD52" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="2008C95F" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="1E35CB85" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="001E7DE3" w:rsidRPr="00224B80" w:rsidRDefault="007F5632" w:rsidP="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10CD6F1B" w14:textId="053298A5" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:rPr>
-[...48 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="001E7DE3">
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организация и проведение </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>международной конференции «Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB4AA4" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ООН: партнерство во имя мира»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="342C24B8" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00D639B3" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:strike/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>ПӘ</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>информация в АП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C896C61" w14:textId="4EDC9958" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ГУ «Библиотека Первого Президента Республики Казахстан </w:t>
+            </w:r>
+            <w:r w:rsidR="00316E3A" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ақпарат</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="001E7DE3" w:rsidRPr="00224B80" w:rsidRDefault="001E7DE3">
+              <w:t>–</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Елбасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F0F8E4B" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...55 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="001E7DE3">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72D2B0E7" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...35 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="001E7DE3">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>май</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17D99012" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...55 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1078C9A6" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04DCA73F" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="1667C38C" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="0C21FECE" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="001E7DE3" w:rsidRPr="00224B80" w:rsidRDefault="001E7DE3" w:rsidP="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F38EEA5" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...33 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="006673A4">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организация и проведение </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>международной конференции, посвященной становлению и развитию казахстанского парламентаризма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1627E033" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00D639B3" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:strike/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-            <w:r w:rsidR="00330CC6" w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>ақпарат</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="001E7DE3" w:rsidRPr="00224B80" w:rsidRDefault="001E7DE3">
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12D0B71B" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ГУ «Управление материально-технического обеспечения»</w:t>
+            </w:r>
+            <w:r w:rsidR="009B6AB0" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009B6AB0" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C0D5196" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Парламент Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55FFCBF8" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...133 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="001E7DE3" w:rsidP="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(по согласованию) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5140D943" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:jc w:val="center"/>
-[...21 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00330CC6">
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">май </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FDBB5F5" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AE050F1" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A8E1EB1" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="793C50ED" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19F99221" w14:textId="770D77CA" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ</w:t>
             </w:r>
-            <w:r w:rsidR="009D5E12" w:rsidRPr="00224B80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00DB4AA4" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="358103FE" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00004013" w:rsidRPr="00224B80" w:rsidRDefault="00004013">
+          <w:p w14:paraId="25C5973F" w14:textId="77777777" w:rsidR="00D817B9" w:rsidRPr="00C01368" w:rsidRDefault="00D817B9" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00004013" w:rsidRPr="00224B80" w:rsidRDefault="00004013" w:rsidP="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28480702" w14:textId="77777777" w:rsidR="00D817B9" w:rsidRPr="00C01368" w:rsidRDefault="00D817B9" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="510"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00004013" w:rsidRPr="00224B80" w:rsidRDefault="006673A4" w:rsidP="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Организация выпуска книги «Парламент Республики Казахстан. 25 лет истории» на казахском, русском и английском языках</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E419743" w14:textId="77777777" w:rsidR="00D817B9" w:rsidRPr="00C01368" w:rsidRDefault="00D817B9" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:jc w:val="center"/>
-[...29 lines deleted...]
-          <w:p w:rsidR="00004013" w:rsidRPr="00224B80" w:rsidRDefault="00004013">
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6554E6BD" w14:textId="77777777" w:rsidR="00D817B9" w:rsidRPr="00C01368" w:rsidRDefault="00D817B9" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ГУ «Управление материально-технического обеспечения» (по согласованию),</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0524D52D" w14:textId="77777777" w:rsidR="00D817B9" w:rsidRPr="00C01368" w:rsidRDefault="00D817B9" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Парламент Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7112E421" w14:textId="77777777" w:rsidR="00D817B9" w:rsidRPr="00C01368" w:rsidRDefault="00D817B9" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00004013" w:rsidRPr="00224B80" w:rsidRDefault="00004013" w:rsidP="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CC6BC72" w14:textId="77777777" w:rsidR="00D817B9" w:rsidRPr="00C01368" w:rsidRDefault="00D817B9" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:jc w:val="center"/>
-[...72 lines deleted...]
-          <w:p w:rsidR="00004013" w:rsidRPr="00224B80" w:rsidRDefault="00004013" w:rsidP="00224B80">
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>май</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F38685B" w14:textId="77777777" w:rsidR="00D817B9" w:rsidRPr="00C01368" w:rsidRDefault="00D817B9" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:jc w:val="center"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="00004013" w:rsidRPr="00224B80" w:rsidRDefault="00004013" w:rsidP="00224B80">
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62087081" w14:textId="77777777" w:rsidR="00D817B9" w:rsidRPr="00C01368" w:rsidRDefault="00D817B9" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:jc w:val="center"/>
-[...48 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78D0F208" w14:textId="77777777" w:rsidR="00D817B9" w:rsidRPr="00C01368" w:rsidRDefault="00D817B9" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02E20FB3" w14:textId="77777777" w:rsidR="00D817B9" w:rsidRPr="00C01368" w:rsidRDefault="00D817B9" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="7342BF8B" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="3183096F" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-            <w:pPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B0DAFDC" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t>Саяси қуғын-сүргін және ашаршылық құрбандарын еске алу күніне арналған іс-шаралар өткізу</w:t>
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>Проведение мероприятий, посвященных Дню памяти жертв политических репрессий и голода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="272037CE" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A09AC1C" w14:textId="6A1CE0C3" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00955DCD" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>киматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC3592">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">АҚДМ-ға </w:t>
-[...127 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00FA0D8F">
+              <w:t xml:space="preserve">                         </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="001C7296" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>май</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E6491BF" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53384180" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3035B00E" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">не требуется </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16AFD9C9" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="637D9737" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="62BB3B4B" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00D75023" w:rsidP="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43DE9991" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Қазақтардың кіші құрылтайын ұйымдастыру және өткізу</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00330CC6" w:rsidP="00224B80">
+              <w:t>Организация и проведение малого курултая казахов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DB62A0A" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00D639B3" w:rsidP="0063611A">
             <w:pPr>
               <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:ind w:left="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:strike/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Үкіметке ақпарат</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00D75023" w:rsidP="00224B80">
+              <w:t>информация в Правительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60779DB8" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">АҚДМ, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+              <w:t xml:space="preserve">МИОР, НАО «Фонд </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Отандастар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Отандастар қоры</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67EA7EBF" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> К</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="000D6BBB" w:rsidRPr="00224B80">
+              <w:t>(по согласованию), ВАК (по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A0D5C99" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течение 2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DA6330C" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>АҚ</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C01288D" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...131 lines deleted...]
-                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="00F50A87">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="16108907" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="15990" w:type="dxa"/>
+            <w:tcW w:w="15735" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidR="00D75023" w:rsidRPr="00224B80" w:rsidRDefault="00D75023">
+          <w:p w14:paraId="641F0BB2" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="00AD25C4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...40 lines deleted...]
-              <w:t>Патриотизм</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ИЮНЬ – Патриотизм</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="7E2A0337" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="13659176" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00D75023" w:rsidRPr="00224B80" w:rsidRDefault="00D75023">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A8A0D05" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...16 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t>Организация м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">еждународного молодежного форума </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
-[...29 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – патриоты страны»,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> посвященного 30-летию Независимости Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D2258A6" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00D639B3" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в АП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09AFBE5C" w14:textId="3E824F7F" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ГУ «Библиотека Первого Президента Республики Казахстан </w:t>
+            </w:r>
+            <w:r w:rsidR="00316E3A" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Елбасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
-[...13 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="001E7DE3">
+          </w:p>
+          <w:p w14:paraId="36269209" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...162 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00330CC6">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00BD291B" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>июнь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73DEAF5F" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40FAC30D" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F19B28B" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47E3831E" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="61CB87C0" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="2CCA55B5" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-            <w:pPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6946DCFD" w14:textId="5D590598" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...7 lines deleted...]
-                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мемлекеттік рәміздер күніне және мерекелік шеруге арналған </w:t>
-[...14 lines deleted...]
-                <w:bCs/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t>Мен</w:t>
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ" w:bidi="mn-Mong-CN"/>
+              <w:t xml:space="preserve">Проведение мероприятий, посвященных Дню государственных символов и праздничного шествия «Я </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB4AA4" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t>Қазақстанның патриотымын!»</w:t>
-[...51 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve"> патриот Казахстана!»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E98C6C0" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t>Үкіметке ақпарат</w:t>
-[...64 lines deleted...]
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00D75023">
-[...25 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00FA0D8F">
+          <w:p w14:paraId="260DA2B9" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="000B1DCD" w:rsidP="0063611A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t>информация в Правительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7428470E" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МИОР, заинтересованные центральные государственные органы, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="483AD899" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">июнь </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="149450CF" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18ECC5E8" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">не требуется </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E710B4E" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="5C544A33" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="5823B77A" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-            <w:pPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D429E48" w14:textId="79C0FA12" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="00955DCD">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve">Түркітілдес елдердің жастар көшбасшылары мен </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+              <w:t xml:space="preserve">Проведение международного молодёжного саммита молодёжных лидеров и активистов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00955DCD" w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t>юркоязычных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t>Түркістан – түркі әлемінің бесігі</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+              <w:t xml:space="preserve"> стран «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ" w:bidi="mn-Mong-CN"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t>Түркістан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t>түркі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t>әлемінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t>бесігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FBF1DA1" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="000B1DCD" w:rsidP="0063611A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:strike/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve"> халықаралық жастар саммитін өткізу</w:t>
-[...139 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00330CC6">
+              <w:t>информация в Правительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51E06B80" w14:textId="57854B0E" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00955DCD" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МИОР, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кимат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Туркестанской области, заинтересованные центральные государственные органы, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2988E851" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>июнь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0445249A" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B99CBC2" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="062ACAF0" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...42 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32B81D99" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>РБ*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="07B86060" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="28AF7BA4" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00D75023" w:rsidRPr="00224B80" w:rsidRDefault="00D75023" w:rsidP="0084398E">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F2718BE" w14:textId="2B5FD256" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="005279CB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-              <w:rPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы Тәуелсіздігінің 30 жылдығына арналған Қазақстан жастарының патриоттық актісін қабылдау</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="009D5E12">
+              <w:t xml:space="preserve">Принятие патриотического </w:t>
+            </w:r>
+            <w:r w:rsidR="005279CB" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кта молодежи Казахстана, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>посвященн</w:t>
+            </w:r>
+            <w:r w:rsidR="00955DCD" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ого</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30-летию Независимости Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49ED2CE1" w14:textId="04FCFC2F" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="00DB4AA4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1380"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00D75023" w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">патриотический </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB4AA4" w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00401C31" w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2664" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00D75023" w:rsidRPr="00224B80" w:rsidRDefault="00D75023">
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="100EBFDE" w14:textId="75BA2D2E" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">АҚДМ, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+              <w:t>МИОР, МК «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Jas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Otan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» (по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>согласованию),</w:t>
+            </w:r>
+            <w:r w:rsidR="0063611A" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ОЮЛ «Конгресс молодежи Казахстана» (по согласованию),</w:t>
+            </w:r>
+            <w:r w:rsidR="0063611A" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00955DCD" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB7F7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ссоциация </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Jas Otan</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+              <w:t>Болашак</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20E359DA" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ЖҚ (келіс</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="000D6BBB" w:rsidRPr="00224B80">
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CFACE7F" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> бойынша),</w:t>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00224B80">
+              <w:lastRenderedPageBreak/>
+              <w:t>июнь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CD0B0DB" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан жастарының </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="000D6BBB" w:rsidRPr="00224B80">
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D1DAFC6" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">не требуется </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76ED468C" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>онгресі</w:t>
-[...187 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="1931E3DD" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
-          <w:trHeight w:val="724"/>
+          <w:trHeight w:val="1056"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="4755EB90" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00D75023" w:rsidRPr="00224B80" w:rsidRDefault="00D75023" w:rsidP="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="463ABEFD" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Открытие историко-культурного центра «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Жошыхан</w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56BDDB48" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="000B1DCD" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> тарихи-мәдени орталығының ашылуы</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="006673A4" w:rsidP="00224B80">
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C923E29" w14:textId="15D661E3" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00DB4AA4" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...25 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...37 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00330CC6">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>кимат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Карагандинской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21677F0B" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>июнь             2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A817BCD" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...26 lines deleted...]
-              <w:t>ЖБ</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="747720CA" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="0959E285" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="1056"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="29FF6024" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-            <w:pPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45180A29" w14:textId="321D9796" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="00256D63">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Организация церемонии награждения «Наш милый доктор»</w:t>
+            </w:r>
+            <w:r w:rsidR="00256D63" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> приуроченн</w:t>
+            </w:r>
+            <w:r w:rsidR="00256D63" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ой</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к празднованию Дня медицинского работника</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t>Медицина қызметкерлері күнін</w:t>
-[...20 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
-[...71 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="006673A4">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="464AB2DE" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="000B1DCD" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:strike/>
-                <w:sz w:val="28"/>
-[...138 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00FA0D8F">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75EBA605" w14:textId="44A819C0" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="0063611A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЗ, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C4D1057" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>июнь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6378C3A1" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AF5D23A" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-[...13 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">не требуется </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="338ED3A3" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="00F50A87">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="1E4718B5" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="15990" w:type="dxa"/>
+            <w:tcW w:w="15735" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidR="00565218" w:rsidRPr="00224B80" w:rsidRDefault="00565218" w:rsidP="007F5632">
+          <w:p w14:paraId="5853B4AC" w14:textId="7FC1837A" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="00AD25C4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ИЮЛЬ </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB4AA4" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «День столицы. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...49 lines deleted...]
-              <w:t>табыс пен өркендеу символы»</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султан – символ успеха и процветания»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="3C8CB441" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="288B92A6" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-            <w:pPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D85BB4E" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Астана күніне арналған салтанатты іс-шараны ұйымдастыру және өткізу</w:t>
-[...112 lines deleted...]
-              <w:t>ұлтан, Алматы, Шымкент қалаларының әкімдіктері</w:t>
+              <w:t>Организация и проведение торжественного мероприятия ко Дню столицы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00565218">
-[...26 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00330CC6">
+          <w:p w14:paraId="5E6F605F" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71D10FD3" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">центральные государственные органы, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C590065" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>июль</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D710E83" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7546A01D" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3179615C" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...33 lines deleted...]
-              <w:t>ЖБ</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1898E4C2" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="2BAC83DE" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="7CEBE9EA" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-            <w:pPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0179C114" w14:textId="0EB371D9" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="00256D63">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасының Мемлекеттік </w:t>
-[...14 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve">Организация торжественной церемонии поднятия Государственного </w:t>
+            </w:r>
+            <w:r w:rsidR="00256D63" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t>уын көтеру салтанатты рәсімін ұйымдастыру</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="006673A4">
+              <w:t>Ф</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t>лага Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36F0D48A" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="000B1DCD" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:strike/>
-                <w:sz w:val="28"/>
-[...91 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00330CC6">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5016756B" w14:textId="3567C608" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00DB4AA4" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кимат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08A37386" w14:textId="15235964" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султан</w:t>
+            </w:r>
+            <w:r w:rsidR="00256D63" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01939381" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ию</w:t>
+            </w:r>
+            <w:r w:rsidR="004F0DC3" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="158E7BB5" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="162C78F1" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43287EA5" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...33 lines deleted...]
-              <w:t>ЖБ</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="038F4DE9" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="6F8B8D2B" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="144B932C" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="002336B4" w:rsidRPr="00224B80" w:rsidRDefault="002336B4" w:rsidP="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="398CE318" w14:textId="1083353C" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="00C01368">
             <w:pPr>
               <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t>Көмек керуені</w:t>
-[...20 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31" w:rsidP="00224B80">
+              <w:t xml:space="preserve">Проведение масштабного волонтерского социального проекта «Караван помощи» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CF0F22C" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="0063611A">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:jc w:val="both"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00330CC6" w:rsidP="00224B80">
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:ind w:left="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в Правительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="728775BF" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:jc w:val="center"/>
-[...20 lines deleted...]
-          <w:p w:rsidR="002336B4" w:rsidRPr="00224B80" w:rsidRDefault="002336B4" w:rsidP="00224B80">
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МИОР, ОЮЛ «Национальная волонтерская сеть» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51BD12A7" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:jc w:val="center"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(по согласованию),</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D816AA8" w14:textId="5A9E21C5" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC3592">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>АҚДМ</w:t>
-[...103 lines deleted...]
-          <w:p w:rsidR="002336B4" w:rsidRPr="00224B80" w:rsidRDefault="002336B4" w:rsidP="00224B80">
+              <w:t xml:space="preserve">                       </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48E58EA4" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течение</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="299DFABA" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CA8808C" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:jc w:val="center"/>
-[...122 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57583F91" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ</w:t>
             </w:r>
-            <w:r w:rsidR="00F11126" w:rsidRPr="00224B80">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00AD25C4" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="2B00DC6C" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="57B38F40" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="002336B4" w:rsidRPr="00224B80" w:rsidRDefault="002336B4">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E8B61FE" w14:textId="2B59259A" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="00256D63">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...25 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение национального </w:t>
+            </w:r>
+            <w:r w:rsidR="00256D63" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ня домбры «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нағыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00DA47D3" w:rsidRPr="00224B80">
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
-[...29 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>емес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>нағыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>домбыра</w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
-[...157 lines deleted...]
-              <w:t>Алматы, Шымкент қалаларының әкімдіктері</w:t>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00725184">
-[...62 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w14:paraId="643B1BA6" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AA088FE" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МКС,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BB46260" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заинтересованные центральные государственные органы, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="222EB825" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">июль </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="755B30EA" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46707A2B" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="640B9285" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="0FF680FA" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="5B14E87C" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-            <w:pPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C27C14D" w14:textId="3CC42416" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00256D63" w:rsidP="006912BE">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-[...15 lines deleted...]
-                <w:lang w:bidi="mn-Mong-CN"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организация </w:t>
+            </w:r>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>образовательного молодёжного лагеря «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Zeren</w:t>
             </w:r>
-            <w:r w:rsidR="00DA47D3" w:rsidRPr="00224B80">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DB4AA4" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
-[...156 lines deleted...]
-              <w:t>ұлтан, Алматы, Шымкент қалаларының әкімдіктері</w:t>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2021. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Тәуелсіздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ұрпақтары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00725184">
-[...27 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00330CC6">
+          <w:p w14:paraId="2C2F8229" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="000B1DCD" w:rsidP="0063611A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в Правительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35A13AE8" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МИОР, заинтересованные центральные государственные органы, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="055DB239" w14:textId="1BDA3E23" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00415344" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>юль</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="768AE34F" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="493F4D27" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C7FA9F6" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...43 lines deleted...]
-              <w:t>*</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68A7FF35" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>РБ*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="00F50A87">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="48E7153E" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="15990" w:type="dxa"/>
+            <w:tcW w:w="15735" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidR="00725184" w:rsidRPr="00224B80" w:rsidRDefault="00725184">
+          <w:p w14:paraId="76D0F229" w14:textId="1BFD5C94" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="00BB0F48">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="001705F8">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">АВГУСТ </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB4AA4" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...29 lines deleted...]
-              <w:t>Тәуелсіздіктің құқықтық негіздері. Құқық үстемдігі және азаматтық қоғам</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правовые основы Независимости. Верховенство права и гражданское общество</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="1CE78231" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="6426B939" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-            <w:pPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C9CA769" w14:textId="0E272DC8" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="0063611A">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...31 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Прове</w:t>
+            </w:r>
+            <w:r w:rsidR="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дение торжественного собрания</w:t>
+            </w:r>
+            <w:r w:rsidR="00256D63" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дню Конституции Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60CF299B" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DBB90D8" w14:textId="7F48F3C7" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00DB4AA4" w:rsidP="00CC3592">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ц</w:t>
+            </w:r>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ентральные государственные органы,</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC3592">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">АҚДМ-ға </w:t>
-[...29 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:r w:rsidR="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>о</w:t>
-[...82 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00330CC6">
+              <w:t xml:space="preserve">                       </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FB0A141" w14:textId="5B6378F0" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00415344" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>вгуст</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3627454E" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B9AA392" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...41 lines deleted...]
-              <w:t>ЖБ</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1681D08A" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в пределах выделенных средств </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D29EFF7" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="3CEC097A" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="787A52C3" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00725184" w:rsidRPr="00224B80" w:rsidRDefault="00725184">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07C5EF31" w14:textId="6B189AE4" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...48 lines deleted...]
-                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Прове</w:t>
+            </w:r>
+            <w:r w:rsidR="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дение Международного симпозиума</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>с участием руководителей государственных органов страны, представителей авторитетных международных организаций, органов конституционной юстиции других стран и научной общественности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F75D117" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="000B1DCD" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в АП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BBCD4E8" w14:textId="2C3D1294" w:rsidR="0063611A" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="0063611A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>КС</w:t>
+            </w:r>
+            <w:r w:rsidR="00235655" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по согласованию)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC3592">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МИД, ГП</w:t>
+            </w:r>
+            <w:r w:rsidR="00235655" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по согласованию)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC3592">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-ге</w:t>
-[...54 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007A04BF" w:rsidRPr="00224B80">
-[...75 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акимат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г</w:t>
+            </w:r>
+            <w:r w:rsidR="006D4852" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>орода</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007A04BF" w:rsidRPr="00224B80">
-[...101 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00330CC6">
+          </w:p>
+          <w:p w14:paraId="71CC2696" w14:textId="1640B84D" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="0063611A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FF14B18" w14:textId="7B1694E4" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="002B1763" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>вгуст</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26DAA246" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C902701" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31352775" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
-                <w:sz w:val="28"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F378207" w14:textId="189A1F7C" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3310"/>
                 <w:tab w:val="left" w:pos="3980"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ</w:t>
             </w:r>
-            <w:r w:rsidR="000F2A89" w:rsidRPr="00224B80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="006D6B10" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="6F842E2B" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="38ACBA3D" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="46346FDA" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00725184" w:rsidRPr="00224B80" w:rsidRDefault="00725184" w:rsidP="001705F8">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64B3D290" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve">Семей ядролық сынақ полигонының жабылуының </w:t>
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ" w:bidi="mn-Mong-CN"/>
+              <w:t xml:space="preserve">Проведение выставки, посвященной 30-летию закрытия Семипалатинского испытательного ядерного полигона </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61A1CC61" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">информация в </w:t>
+            </w:r>
+            <w:r w:rsidR="000B1DCD" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>АП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="172A9EED" w14:textId="7D1F8A07" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ГУ «Библиотека Первого Президента Республики Казахстан </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB4AA4" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidR="00316E3A" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
-[...32 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="001E7DE3">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Елбасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="591F9CF9" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...35 lines deleted...]
-          <w:p w:rsidR="00725184" w:rsidRPr="00224B80" w:rsidRDefault="00725184">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(по согласованию) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CD5E31C" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...54 lines deleted...]
-          <w:p w:rsidR="00725184" w:rsidRPr="00224B80" w:rsidRDefault="00725184">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">август </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24767D2B" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...34 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00725184">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70ACA5D9" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00330CC6">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A635DC2" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в пределах выделенных средств </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4110B2EB" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="009FA754" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="557179F8" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00725184" w:rsidRPr="00224B80" w:rsidRDefault="00725184">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D6107B1" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t>Ядролық қарусыз әлем және жаһандық қауіпсіздік үшін Назарбаев сыйлығын беру рәсімін өткізу</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="001E7DE3">
+              <w:t xml:space="preserve">Проведение церемонии присуждения </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t>Назарбаевской</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> премии за мир без ядерного оружия и глобальную безопасность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E710106" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...35 lines deleted...]
-          <w:p w:rsidR="00725184" w:rsidRPr="00224B80" w:rsidRDefault="00725184">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">информация в </w:t>
+            </w:r>
+            <w:r w:rsidR="000B1DCD" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>АП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2040F010" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00725184" w:rsidRPr="00224B80" w:rsidRDefault="00725184">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фонд Нурсултана Назарбаева </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76466815" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...37 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00725184">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0613D868" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00725184" w:rsidRPr="00224B80" w:rsidRDefault="00725184">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">август </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4261BB1D" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A541D41" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47F318A9" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>из собственных средств Фонда Нурсултана Назарбаева</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5405E143" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="4B69EB01" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="07E2E8C8" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-            <w:pPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2708FB07" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve">Педагог </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A43053" w:rsidRPr="00224B80">
+              <w:t xml:space="preserve">Организация республиканской августовской конференции педагогических работников </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E930DA1" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="000B1DCD" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve">керлердің </w:t>
-[...168 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00330CC6">
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36BFE123" w14:textId="17D309B9" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="0063611A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МОН,</w:t>
+            </w:r>
+            <w:r w:rsidR="0063611A" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A2CC986" w14:textId="21B05D46" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="007A3CB4" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>вгуст</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="233C1F0E" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54801BD9" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в пределах выделенных средств </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51B943C6" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="00F50A87">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="1C2DEBC7" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="15990" w:type="dxa"/>
+            <w:tcW w:w="15735" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00662442">
+          <w:p w14:paraId="39696AAB" w14:textId="143FF38C" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="00DB4AA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00401C31" w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">СЕНТЯБРЬ </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB4AA4" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...47 lines deleted...]
-              <w:t xml:space="preserve">» </w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Образование» </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="0EC9E51C" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C78C2" w:rsidRPr="00224B80" w:rsidRDefault="002C78C2">
+          <w:p w14:paraId="28BAF9FA" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-            <w:pPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2814A6A4" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...48 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Проведение республиканского классного часа и открытых уроков на тему «Достижения Независимости»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B49AB9C" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="144944D5" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МОН, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59E26BF4" w14:textId="20E6359E" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00C01368" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...106 lines deleted...]
-          <w:p w:rsidR="002C78C2" w:rsidRPr="00224B80" w:rsidRDefault="002C78C2">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сентябрь </w:t>
+            </w:r>
+            <w:r w:rsidR="00401C31" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E5461E8" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="663CDB31" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>не требуется</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47B1E5CE" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="57A9B00E" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="72670B68" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-            <w:pPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="762D835F" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:bCs/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасының Тәуелсіздік жылдарында табысқа қол жеткізген жас қазақстандықтардың жетістіктерін танымал ету </w:t>
-[...25 lines deleted...]
-                <w:bCs/>
+              <w:t>Запуск проекта «Поколение Независимости» по популяризации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t>Тәуелсіздік ұрпағы</w:t>
-[...14 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жобасын іске қос</w:t>
-[...100 lines deleted...]
-              <w:t>ұлтан, Алматы, Шымкент қалаларының әкімдіктері</w:t>
+              <w:t xml:space="preserve">успеха молодых </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t>казахстанцев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, добившихся успехов за годы Независимости Республики Казахстан </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="007A113C">
-[...38 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00330CC6">
+          <w:p w14:paraId="4B15D79C" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="0063611A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в Правительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FFD5E81" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МИОР, заинтересованные центральные государственные органы, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="561F44BE" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течение 2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="089D0A9D" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BACD77F" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00D3C7EE" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="56ABA3CB" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C78C2" w:rsidRPr="00224B80" w:rsidRDefault="002C78C2">
+          <w:p w14:paraId="23D3E494" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-            <w:pPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12F4B864" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t>Проведение слета стипендиатов и выпускников программы «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t>Болашақ</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+              <w:t>Болашак</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t>» и презентация книги-альбома о выпускниках Международной стипендии «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve"> бағдарламасының стипендиаттары мен түлектерінің слетін өткізу және </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+              <w:t>Болашак</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="515297C3" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="000B1DCD" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t>Болашақ</w:t>
-[...63 lines deleted...]
-                <w:lang w:bidi="mn-Mong-CN"/>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6894FFF6" w14:textId="4FE56BE3" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МОН, МИОР</w:t>
+            </w:r>
+            <w:r w:rsidR="00137876" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
-[...128 lines deleted...]
-          <w:p w:rsidR="002C78C2" w:rsidRPr="00224B80" w:rsidRDefault="00E4506C">
+          </w:p>
+          <w:p w14:paraId="372C5E54" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C2B8DD0" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DEC4179" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B98A1CA" w14:textId="22EBFA51" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="007F64A1" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>бюджеттен тыс қаражат есебінен</w:t>
-[...20 lines deleted...]
-                <w:bCs/>
+              <w:t>за счет внебюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49838C56" w14:textId="45D6939B" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00CB3F1B" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00FD748D" w:rsidRPr="00C01368" w14:paraId="7B3AC3E9" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
-          <w:trHeight w:val="311"/>
+          <w:trHeight w:val="1364"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00401C31">
+          <w:p w14:paraId="11B799CF" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-            <w:pPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="502B4B88" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t>Проведение слета победителей Национального конкурса «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t>Отбасы күнін</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+              <w:t>Мерейлі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t xml:space="preserve">мерекелеу шеңберінде </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+              <w:t>отбасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t>» в рамках празднования «Дня семьи»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B9465BA" w14:textId="77777777" w:rsidR="00F762C0" w:rsidRPr="00C01368" w:rsidRDefault="00F762C0" w:rsidP="006912BE">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t>Мерейлі отбасы</w:t>
-[...114 lines deleted...]
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00F56CDC">
-[...25 lines deleted...]
-          <w:p w:rsidR="00401C31" w:rsidRPr="00224B80" w:rsidRDefault="00330CC6">
+          <w:p w14:paraId="170F6E02" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45FC099C" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МКС, МИОР, МТСЗН, заинтересованные центральные </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">государственные органы, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71097910" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13766163" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F82CF22" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в пределах выделенных средств </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18511FB9" w14:textId="77777777" w:rsidR="00401C31" w:rsidRPr="00C01368" w:rsidRDefault="00401C31" w:rsidP="006912BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00D15AAF" w:rsidRPr="00C01368" w14:paraId="6EFD934C" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+          <w:p w14:paraId="17295BBD" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-            <w:pPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28B10F25" w14:textId="7183B226" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00B06279">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
-                <w:sz w:val="28"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Про</w:t>
+            </w:r>
+            <w:r w:rsidR="00B06279">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+              <w:t>работка вопроса по про</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ведени</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00B06279">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>»</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+              <w:t>ю</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> международной литературной премии «Азия </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Алыбы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B9EBBBC" w14:textId="5B6BA011" w:rsidR="00D15AAF" w:rsidRPr="00B06279" w:rsidRDefault="00D15AAF" w:rsidP="00B06279">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> мәселе</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">информация в </w:t>
+            </w:r>
+            <w:r w:rsidR="00B06279">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>с</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+              <w:t>Правительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="241346C7" w14:textId="7DABE63E" w:rsidR="00D15AAF" w:rsidRPr="00B06279" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МКС,</w:t>
+            </w:r>
+            <w:r w:rsidR="00B06279">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>і</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+              <w:t xml:space="preserve"> МИД, РОО </w:t>
+            </w:r>
+            <w:r w:rsidR="00B06279">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Союз писателей Казахстана» (по согласованию),</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0394E51B" w14:textId="128EFB90" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заинтересованные центральные государственные органы, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="125590CB" w14:textId="6001047B" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00B06279" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>н</w:t>
-[...144 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:t>март</w:t>
+            </w:r>
+            <w:r w:rsidR="00D15AAF" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00D52B4F">
-[...161 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00CF6462" w:rsidRDefault="00992281">
+          </w:p>
+          <w:p w14:paraId="0225ED11" w14:textId="77A0682D" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="040457C2" w14:textId="5FC97B89" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>не требуется</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35A751E5" w14:textId="4F9513E8" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00D15AAF" w:rsidRPr="00C01368" w14:paraId="5D341E78" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+          <w:p w14:paraId="58FB28B6" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...29 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3655AEDA" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Форум машиностроителей Казахстана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1021A7C8" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="762E5B2D" w14:textId="39E67430" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МИИР, ОЮЛ «Союз машиностроителей Казахстана» (по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B6CBE0A" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан машина </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45C366AA" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>асаушылар форумы</w:t>
-[...122 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+              <w:t xml:space="preserve"> 2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74466A49" w14:textId="77DDDD4E" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...32 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C686D40" w14:textId="6AEDE55C" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="00F50A87">
+      <w:tr w:rsidR="00D15AAF" w:rsidRPr="00C01368" w14:paraId="361D9D34" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="15990" w:type="dxa"/>
+            <w:tcW w:w="15735" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+          <w:p w14:paraId="141CF632" w14:textId="700EE6E5" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...21 lines deleted...]
-              <w:t>уылды қайта түлету»</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ОКТЯБРЬ – «Возрождение аула»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00D15AAF" w:rsidRPr="00C01368" w14:paraId="55DE8F5E" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+          <w:p w14:paraId="2924A0D8" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...13 lines deleted...]
-              </w:tabs>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D3B46D9" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...49 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Проведение марафона «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ауылдын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
-[...75 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>гулденуі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қазақстанның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
-[...39 lines deleted...]
-              <w:t>ұлтан, Алматы, Шымкент қалаларының әкімдіктері</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>гүлденуі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» по демонстрации достижений </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ауылов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и проведение </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сельско-хозяйственных</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ярмарок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
-[...27 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+          <w:p w14:paraId="6619DE81" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0979D575" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МСХ, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21FE8DC5" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заинтересованные центральные государственные органы, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D91951C" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>октябрь 2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15122525" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7427CB57" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a7"/>
-              <w:tabs>
-[...43 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>не требуется</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35B0ACB6" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00D15AAF" w:rsidRPr="00C01368" w14:paraId="7872C36F" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+          <w:p w14:paraId="562EED67" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...13 lines deleted...]
-              </w:tabs>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6156639B" w14:textId="4157ED1F" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00256D63">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...25 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение республиканского форума «К </w:t>
+            </w:r>
+            <w:r w:rsidR="00256D63" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
-[...169 lines deleted...]
-              <w:t>әкімдіктері</w:t>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бществу </w:t>
+            </w:r>
+            <w:r w:rsidR="00256D63" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сеобщего </w:t>
+            </w:r>
+            <w:r w:rsidR="00256D63" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">руда» </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
-[...73 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w14:paraId="4A380D52" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6363DEB9" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МТСЗН, заинтересованные центральные государственные органы, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09645A8B" w14:textId="06BD768E" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C6AC041" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69F23938" w14:textId="1E0978C4" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C8A186D" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28D7C379" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00D15AAF" w:rsidRPr="00C01368" w14:paraId="532951C0" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+          <w:p w14:paraId="65C0684B" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281" w:rsidP="001705F8">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="216DDF89" w14:textId="616A6308" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-              <w:rPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Қоршаған ортаны және жануарлар дүниесін қорғау саласындағы «Елім</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>Организация премии «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> - </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>Елім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DB4AA4" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>ай» сыйлығын ұйымдастыру</w:t>
-[...30 lines deleted...]
-            <w:r w:rsidR="00992281" w:rsidRPr="00224B80">
+              <w:t xml:space="preserve">ай» в области охраны окружающей среды и животного мира </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F255FE4" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...89 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27DC6E7E" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МЭГПР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E87A83F" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в течение </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="454E55DF" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="694135CF" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>демеушілік қаражат есебінен</w:t>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t>за счет спонсорских средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05BA3253" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00D15AAF" w:rsidRPr="00C01368" w14:paraId="2766A166" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+          <w:p w14:paraId="7332040B" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...13 lines deleted...]
-              </w:tabs>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60D21D45" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Организация республиканского детского читательского конкурса «Знаешь ли ты свой родной Казахстан?»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77B9C2E5" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="0063611A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в Правительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C76BB6F" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МИОР,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62016F0F" w14:textId="3DFE8923" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC3592">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...250 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+              <w:t xml:space="preserve">                        </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C0E7534" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течение 2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01B3352B" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="530B6E0A" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a7"/>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7889510B" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w14:paraId="46F71AEA" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w14:paraId="10D07008" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00D15AAF" w:rsidRPr="00C01368" w14:paraId="1F8593D2" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+          <w:p w14:paraId="274A8C44" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281" w:rsidP="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71F3C7BE" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...71 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00C12874" w:rsidP="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организация и проведение </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>республиканской акции «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Менің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ауылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>менің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>отаным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>!»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3042C952" w14:textId="15EB9C3D" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00256D63" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:tabs>
-[...14 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>а</w:t>
             </w:r>
-            <w:r w:rsidR="00992281" w:rsidRPr="00224B80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00D15AAF" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>кция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2664" w:type="dxa"/>
-[...36 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D322E07" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МИОР,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="591C70D9" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МК «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Jas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
-[...182 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Otan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» при партии «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Nur</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Otan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3322186A" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E0F5D58" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">октябрь </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E7CD3B4" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45D29F52" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>не требуется</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C36DB3D" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="00F50A87">
+      <w:tr w:rsidR="00D15AAF" w:rsidRPr="00C01368" w14:paraId="2D117F0E" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="15990" w:type="dxa"/>
+            <w:tcW w:w="15735" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
-[...3 lines deleted...]
-              </w:tabs>
+          <w:p w14:paraId="14D0E5ED" w14:textId="6B6AF3E2" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">НОЯБРЬ </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB4AA4" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-              <w:t>ндустриялық-инновациялық даму. Цифрлық экономика»</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Индустриально-инновационное развитие. Цифровая экономика»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00D15AAF" w:rsidRPr="00C01368" w14:paraId="65FF4F88" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+          <w:p w14:paraId="1343FA48" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281" w:rsidP="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31E5467E" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Сапа саласындағы </w:t>
-[...24 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              <w:t>Проведение церемонии награждения лауреатов и дипломантов конкурса в области качества «Алтын сапа»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43CE1B4D" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54FA3668" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МТИ, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E062107" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>НПП «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Атамекен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
-[...18 lines deleted...]
-              </w:tabs>
+          </w:p>
+          <w:p w14:paraId="6C2DDCF0" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-            <w:r w:rsidR="00992281" w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...14 lines deleted...]
-              </w:tabs>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(по согласованию),</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3681C365" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">заинтересованные центральные государственные органы, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...11 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B31DC39" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-              </w:tabs>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32DA4B14" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B7F05F8" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5314F4C7" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...142 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00D15AAF" w:rsidRPr="00C01368" w14:paraId="180943BB" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+          <w:p w14:paraId="0E9AFB10" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...13 lines deleted...]
-              </w:tabs>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A9E4271" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...117 lines deleted...]
-              <w:t>ұлтан, Алматы, Шымкент қалаларының әкімдіктері</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Запуск и открытие в регионах индустриально-инновационных и социальных объектов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
-[...3 lines deleted...]
-              </w:tabs>
+          <w:p w14:paraId="5467DAA4" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73E17A54" w14:textId="0506660B" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00DB4AA4" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>з</w:t>
+            </w:r>
+            <w:r w:rsidR="00D15AAF" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">аинтересованные центральные государственные органы, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00D15AAF" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00D15AAF" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00D15AAF" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00D15AAF" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C1ED6D0" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3623AB6D" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1174417A" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a7"/>
-              <w:tabs>
-[...43 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>за счет спонсорских средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3400A6BC" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00D15AAF" w:rsidRPr="00C01368" w14:paraId="042EE1DA" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+          <w:p w14:paraId="367810B6" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281" w:rsidP="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3725DD4D" w14:textId="3DE841B6" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00256D63">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Алматы қаласында Қазақстанның Х Азаматтық форумын өткізу</w:t>
-[...12 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:t xml:space="preserve">Проведение Х Гражданского </w:t>
+            </w:r>
+            <w:r w:rsidR="00256D63" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ф</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">орума Казахстана в городе Алматы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42A79BE1" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="000A6F8C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...22 lines deleted...]
-              </w:tabs>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в Правительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3313D677" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="0084398E">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МИОР,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B1750E6" w14:textId="7F19C234" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заинтересованные центральные государственные органы, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...17 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68874DD6" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a7"/>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...14 lines deleted...]
-              </w:tabs>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ноябрь </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29C1F31E" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1098A0B7" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A5A45A7" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00D15AAF" w:rsidRPr="00C01368" w14:paraId="4B3863B4" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+          <w:p w14:paraId="159B14EE" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281" w:rsidP="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="797EB2CB" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="mn-Mong-CN"/>
               </w:rPr>
-              <w:t>Astana club отырысын ұйымдастыру және өткізу</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+              <w:t xml:space="preserve">Организация и проведение заседания </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t>Astana</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t>club</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C9E08C4" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a7"/>
-              <w:tabs>
-[...25 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в АП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25C2F3CA" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a7"/>
-              <w:tabs>
-[...20 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фонд Нурсултана Назарбаева </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="430F42C8" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a7"/>
-              <w:tabs>
-[...20 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(по согласованию), </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B81C78D" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a7"/>
-              <w:tabs>
-[...20 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ИМЭП </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="025192CF" w14:textId="70C490ED" w:rsidR="00256D63" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00CC3592">
             <w:pPr>
               <w:pStyle w:val="a7"/>
-              <w:tabs>
-[...25 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(по согласованию) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E79C4C7" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a7"/>
-              <w:tabs>
-[...25 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ноябрь </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="707EB4E6" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a7"/>
-              <w:tabs>
-[...40 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47EECBA6" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>из собственных средств Фонда Нурсултана Назарбаева</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F076EF4" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="00F50A87">
+      <w:tr w:rsidR="00D15AAF" w:rsidRPr="00C01368" w14:paraId="30D9AEB9" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="15990" w:type="dxa"/>
+            <w:tcW w:w="15735" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
-[...3 lines deleted...]
-              </w:tabs>
+          <w:p w14:paraId="6CEBE5BF" w14:textId="30840E7B" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...40 lines deleted...]
-              <w:t>орындалған арман. Қазақстан жолы»</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ДЕКАБРЬ - «Независимость – воплощенная мечта. Казахстанский путь»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00D15AAF" w:rsidRPr="00C01368" w14:paraId="498572C4" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+          <w:p w14:paraId="2A10BD0F" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F31B7B9" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-[...18 lines deleted...]
-              </w:tabs>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Празднование Дня Первого Президента Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="116214CB" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...129 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...66 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AC46863" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МКС, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BE5AA74" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заинтересованные центральные государственные органы, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14C91429" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01173194" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71D5B595" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a7"/>
-              <w:tabs>
-[...74 lines deleted...]
-              <w:t>ЖБ</w:t>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в пределах выделенных средств </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EA40586" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>РБ*</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6574B660" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00D15AAF" w:rsidRPr="00C01368" w14:paraId="51A97B04" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+          <w:p w14:paraId="1F90A6A4" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...13 lines deleted...]
-              </w:tabs>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B55A877" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:bCs/>
-[...35 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="mn-Mong-CN"/>
+              </w:rPr>
+              <w:t>Организация и проведение выставки, посвященной празднованию 30-летия Независимости Республики Казахстан «Эра Независимости»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="702C8A42" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в АП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77C10C8B" w14:textId="52F6EB9F" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ГУ «Библиотека Первого Президента Республики Казахстан </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB4AA4" w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Елбасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» (по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="440B3964" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a7"/>
-              <w:tabs>
-[...143 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DA585C5" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a7"/>
-              <w:tabs>
-[...23 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5209CB9B" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CD4C8A8" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в пределах выделенных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A22BC94" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:tabs>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00D15AAF" w:rsidRPr="00C01368" w14:paraId="5B927D04" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+          <w:p w14:paraId="6DE12EF4" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281" w:rsidP="0084398E">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72D3330F" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-[...1 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақстан</w:t>
-[...29 lines deleted...]
-              </w:tabs>
+              <w:t>Торжественный концерт, посвященный 30-летию Независимости Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B5AC05C" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...144 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53925147" w14:textId="4E021267" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">МКС, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заинтересованные центральные государственные органы, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F44F20D" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>14-15 декабря</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0306ADB9" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3243533F" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BDD64D7" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a7"/>
-              <w:tabs>
-[...81 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в пределах выделенных средств </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57726B7D" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00D15AAF" w:rsidRPr="00C01368" w14:paraId="1213A5B2" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+          <w:p w14:paraId="1DD2DDCB" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...14 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D937855" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...76 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение церемонии награждения спортсменов премией «Алтын </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Тұғыр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D7C2893" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>церемония награждения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F2D651E" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Партия «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Nur</w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Otan</w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
-[...39 lines deleted...]
-              </w:tabs>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B8D2850" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="415034A4" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D005E88" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="523750E9" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F27DBC1" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27263E2D" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a7"/>
-              <w:tabs>
-[...38 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">не требуется </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="012C0DA2" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00D15AAF" w:rsidRPr="00C01368" w14:paraId="733AA5F4" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+          <w:p w14:paraId="16C846BB" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...13 lines deleted...]
-              </w:tabs>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C4E213B" w14:textId="2E48E61E" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-            <w:r w:rsidR="00A828CD" w:rsidRPr="003B1703">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение массового </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>челленджа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Мой флаг </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB4AA4" w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...52 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>моя Родина!»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C5D937B" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>челлендж</w:t>
             </w:r>
-          </w:p>
-[...120 lines deleted...]
-              </w:tabs>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CEFE356" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МИОР,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09F1300A" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заинтересованные центральные государственные органы, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04CCA24A" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="397A9C44" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FC9BD10" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6966D8EA" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a7"/>
-              <w:tabs>
-[...38 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">не требуется </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="299C7B80" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00D15AAF" w:rsidRPr="00C01368" w14:paraId="129934B2" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+          <w:p w14:paraId="2BFD7448" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...13 lines deleted...]
-              </w:tabs>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3562C4B3" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...6 lines deleted...]
-                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Проведение онлайн марафона «Мой родной край. Динамика роста и успеха» по презентации развития регионов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2920D900" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>видеоролики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C31A3E6" w14:textId="12947F5F" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:r w:rsidR="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Өңірлердің дамуын таныстыру бойынша </w:t>
-[...222 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+              <w:t xml:space="preserve">                        </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Султана, Алматы, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="476992A9" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="382C2AA5" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="116CE033" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18E1B95B" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a7"/>
-              <w:tabs>
-[...38 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">не требуется </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26908DB6" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00D15AAF" w:rsidRPr="00C01368" w14:paraId="09CF101A" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+          <w:p w14:paraId="1A873F46" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281" w:rsidP="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51931328" w14:textId="17FF22D3" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00DB4AA4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-              <w:rPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>«Тәуелсіздіктің ұлы рухы – Желтоқсан» атты тақырыптық кездесулер өткізу</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+              <w:t>Проведение тематических встреч «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Тәуелсіздіктің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ұлы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>рухы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DB4AA4" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Желто</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB4AA4" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1252BE40" w14:textId="17A43233" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="0063611A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-[...13 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>информация в Правительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B595321" w14:textId="44B29896" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:rPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-[...1 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>АҚДМ, облыстардың және Нұр-Сұлтан, Алматы, Шымкент қалаларының  әкімдіктері</w:t>
-[...63 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+              <w:t xml:space="preserve">МИОР, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>акиматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Алматы,</w:t>
+            </w:r>
+            <w:r w:rsidR="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-Султана и Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CD6BD1A" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55217D6A" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:rPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...32 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00D525CD" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>не требуется</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C17D83B" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="11"/>
-              <w:tabs>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00D15AAF" w:rsidRPr="00C01368" w14:paraId="18ABAD89" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+          <w:p w14:paraId="67A96B0E" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281" w:rsidP="0084398E">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="697CE3B8" w14:textId="4CDB52DD" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00256D63">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-              <w:rPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>«Тәуелсіздік толғауы»</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">Проведение финала </w:t>
+            </w:r>
+            <w:r w:rsidR="00256D63" w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>еспубликанского конкурса «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Тәуелсіздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
-              <w:rPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>республикалық конкурсының финалын өткізу</w:t>
-[...11 lines deleted...]
-              </w:tabs>
+              <w:t>толғауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7738F417" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-            <w:r w:rsidR="00992281" w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...14 lines deleted...]
-              </w:tabs>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация в МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EF905EC" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...24 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МКС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12651A69" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">декабрь </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BB2E24B" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...57 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28A04145" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a7"/>
-              <w:tabs>
-[...38 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в пределах выделенных средств </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26F4CEBB" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00D15AAF" w:rsidRPr="00C01368" w14:paraId="7F7989CC" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+          <w:p w14:paraId="0D2D0CD5" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1451F35D" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00224B80">
-              <w:rPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>«Дарын» мемлекеттік жастар сыйлығын өткізу</w:t>
-[...66 lines deleted...]
-              <w:t>АҚДМ</w:t>
+              <w:t>Проведение государственной молодежной премии «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Дарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="26F2022A" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="0063611A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...52 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в Правительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D49D4C2" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МИОР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0473E59B" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D3C1797" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3561E31C" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a7"/>
-              <w:tabs>
-[...38 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в пределах выделенных средств </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07526857" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>РБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B1703" w:rsidRPr="003B1703" w:rsidTr="0084398E">
+      <w:tr w:rsidR="00D15AAF" w:rsidRPr="00C01368" w14:paraId="115960A5" w14:textId="77777777" w:rsidTr="00CC3592">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+          <w:p w14:paraId="74A86026" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:ind w:left="0" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="001825ED" w:rsidRDefault="00992281" w:rsidP="0084398E">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F9ED9BB" w14:textId="33848151" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="0063611A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001705F8">
-              <w:rPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
+              <w:t xml:space="preserve">Организация конкурса на соискание литературной премии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00224B80">
-              <w:rPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Алтын тобылғы» әдеби сыйлығын алуға арналған конкурсты ұйымдастыру</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+              <w:t xml:space="preserve">Алтын </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>тобылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C13B1ED" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1365"/>
-                <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...15 lines deleted...]
-              </w:tabs>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информация</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в АП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A9DA684" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-              </w:tabs>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фонд Нурсултана Назарбаева </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01A88BC4" w14:textId="7D61E128" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="0063611A">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00224B80">
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...71 lines deleted...]
-              </w:tabs>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A06967A" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">декабрь </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29C7899C" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-          <w:p w:rsidR="00992281" w:rsidRPr="00224B80" w:rsidRDefault="00992281">
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66F6E8F5" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
             <w:pPr>
               <w:pStyle w:val="a7"/>
-              <w:tabs>
-[...27 lines deleted...]
-              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">из собственных средств Фонда </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Нурсултана Назарбаева</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2953DD31" w14:textId="77777777" w:rsidR="00D15AAF" w:rsidRPr="00C01368" w:rsidRDefault="00D15AAF" w:rsidP="00D15AAF">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-              </w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01368">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00254262" w:rsidRPr="003B1703" w:rsidRDefault="00047848">
+    <w:p w14:paraId="2CDD4421" w14:textId="41A7FC66" w:rsidR="00381F69" w:rsidRPr="00C01368" w:rsidRDefault="00381F69" w:rsidP="008921DC">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B1703">
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ескертпе: </w:t>
+        <w:t xml:space="preserve">Примечание: </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B1703">
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">* </w:t>
+        <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidR="001705F8">
+      <w:r w:rsidR="005255DB" w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ш</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009169D7" w:rsidRPr="003B1703">
+      <w:r w:rsidR="00256D63" w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">ығыстар заңнамада белгіленген тәртіппен </w:t>
+        <w:t>р</w:t>
       </w:r>
-      <w:r w:rsidR="009169D7" w:rsidRPr="00224B80">
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2021</w:t>
-[...49 lines deleted...]
-        <w:t xml:space="preserve"> жылдарға арналған республикалық бюджетті нақтылау кезінде қаралатын болады.</w:t>
+        <w:t>асходы будут рассмотрены в установленном законодательством порядке при уточнении республиканского бюджета на 2021-2023 годы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00047848" w:rsidRPr="003B1703" w:rsidRDefault="00047848">
+    <w:p w14:paraId="3F8B6394" w14:textId="77777777" w:rsidR="00381F69" w:rsidRPr="00C01368" w:rsidRDefault="00381F69" w:rsidP="00381F69">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3840"/>
-          <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00047848" w:rsidRPr="003B1703" w:rsidRDefault="00047848">
-[...32 lines deleted...]
-    <w:p w:rsidR="00047848" w:rsidRPr="003B1703" w:rsidRDefault="00047848">
+    <w:p w14:paraId="61780A71" w14:textId="77777777" w:rsidR="00381F69" w:rsidRPr="00C01368" w:rsidRDefault="00381F69" w:rsidP="00C94E80">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="6804"/>
+          <w:tab w:val="left" w:pos="3840"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B1703">
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>АҚДМ – Қазақстан Республикасының Ақпарат және қоғамдық даму министрлігі</w:t>
+        <w:t>асшифровка аббревиатур:</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...61 lines deleted...]
-        <w:t>лттық кәсіпкерлер палатасы</w:t>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00047848" w:rsidRPr="003B1703" w:rsidRDefault="00047848">
+    <w:p w14:paraId="55357D8C" w14:textId="2127AFA0" w:rsidR="00381F69" w:rsidRPr="00C01368" w:rsidRDefault="00381F69" w:rsidP="00C94E80">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B1703">
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ӘЭСИ – Қазақстан Республикасының Тұңғыш Президенті – Елбасы қоры жанындағы Әлемдік экономика және саясат институты</w:t>
+        <w:t xml:space="preserve">МИОР </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4AA4" w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерство информации и общественного развития Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00047848" w:rsidRPr="003B1703" w:rsidRDefault="00047848">
+    <w:p w14:paraId="001E3E4D" w14:textId="77777777" w:rsidR="00FA367C" w:rsidRPr="00C01368" w:rsidRDefault="00FA367C" w:rsidP="00C94E80">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B1703">
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">БҒМ – Қазақстан Республикасының Білім және ғылым министрлігі </w:t>
+        <w:t>НПП «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Атамекен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» – Национальная палата предпринимателей Республики Казахстан «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Атамекен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00047848" w:rsidRPr="003B1703" w:rsidRDefault="00047848">
+    <w:p w14:paraId="2348CCAB" w14:textId="67B6B02F" w:rsidR="00381F69" w:rsidRPr="00C01368" w:rsidRDefault="00381F69" w:rsidP="00C94E80">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ИМЭП </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– Институт мировой экономики и политики при Фонде Первого Президента Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidR="00316E3A" w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Елбасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="3AE0748B" w14:textId="54A74CB2" w:rsidR="00381F69" w:rsidRPr="00C01368" w:rsidRDefault="00381F69" w:rsidP="00C94E80">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B1703">
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>БҰҰ – Біріккен Ұлттар Ұйымы</w:t>
+        <w:t>МОН – Министерство образования и науки Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00047848" w:rsidRPr="003B1703" w:rsidRDefault="00047848">
+    <w:p w14:paraId="4FE3D81B" w14:textId="77777777" w:rsidR="00381F69" w:rsidRPr="00C01368" w:rsidRDefault="00381F69" w:rsidP="00C94E80">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B1703">
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>БП – Қазақстан Республикасының Бас прокуратурасы</w:t>
+        <w:t>ООН – Организация Объединенных Наций</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00047848" w:rsidRPr="00224B80" w:rsidRDefault="00047848">
+    <w:p w14:paraId="72E654F4" w14:textId="77777777" w:rsidR="00381F69" w:rsidRPr="00C01368" w:rsidRDefault="00381F69" w:rsidP="00C94E80">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ГП – Генеральная прокуратура Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="095609FB" w14:textId="77777777" w:rsidR="00125F35" w:rsidRPr="00C01368" w:rsidRDefault="00125F35" w:rsidP="00C94E80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ВАК – </w:t>
+      </w:r>
+      <w:r w:rsidR="002C2F00" w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Всемирная ассоциация казахов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44C9A70B" w14:textId="77777777" w:rsidR="00F9061A" w:rsidRPr="00C01368" w:rsidRDefault="00F9061A" w:rsidP="00C94E80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>МЗ – Министерство здравоохранения Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="071A2811" w14:textId="77777777" w:rsidR="00381F69" w:rsidRPr="00C01368" w:rsidRDefault="00381F69" w:rsidP="00C94E80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">МИО </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>– местные исполнительные органы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="117FCA34" w14:textId="77777777" w:rsidR="00381F69" w:rsidRPr="00C01368" w:rsidRDefault="00381F69" w:rsidP="00C94E80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>МБ – местный бюджет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E7CDEF1" w14:textId="77777777" w:rsidR="00381F69" w:rsidRPr="00C01368" w:rsidRDefault="00381F69" w:rsidP="00C94E80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>КС – Конституционный Совет Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4781AA47" w14:textId="37B8C42B" w:rsidR="00C94E80" w:rsidRPr="00C01368" w:rsidRDefault="00C94E80" w:rsidP="00C94E80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОЮЛ «Конгресс Молодежи Казахстана» – </w:t>
+      </w:r>
+      <w:r w:rsidR="00256D63" w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бъединение юридических лиц в форме ассоциации «Конгресс Молодежи Казахстана»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22CBC625" w14:textId="35593067" w:rsidR="00090783" w:rsidRPr="00C01368" w:rsidRDefault="00090783" w:rsidP="00C94E80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОЮЛ «Союз машиностроителей Казахстана» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00256D63" w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бъединение юридических лиц </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Союз машиностроителей Казахстана»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="546E40D4" w14:textId="77777777" w:rsidR="00381F69" w:rsidRPr="00C01368" w:rsidRDefault="00381F69" w:rsidP="00C94E80">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B1703">
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>АО «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казпочта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">ДҚҚ – </w:t>
+        <w:t xml:space="preserve">– акционерное общество </w:t>
       </w:r>
-      <w:r w:rsidRPr="00224B80">
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Дүниежүзі қазақтары қауымдастығы </w:t>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казпочта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00047848" w:rsidRPr="003B1703" w:rsidRDefault="00047848">
+    <w:p w14:paraId="24B9F975" w14:textId="77777777" w:rsidR="00E84B07" w:rsidRDefault="00E84B07" w:rsidP="00C94E80">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«РТРК «Казахстан» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...16 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidRPr="00224B80">
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан</w:t>
+        <w:t xml:space="preserve"> акционерное общество «Республиканская </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B1703">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республикасы</w:t>
+        <w:t>телерадиокорпорация</w:t>
       </w:r>
-      <w:r w:rsidR="001705F8">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ның</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Денсаулық сақтау министрлігі</w:t>
+        <w:t xml:space="preserve"> «Казахстан»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00047848" w:rsidRPr="003B1703" w:rsidRDefault="00047848">
-[...289 lines deleted...]
-    <w:p w:rsidR="001825ED" w:rsidRPr="001825ED" w:rsidRDefault="001825ED" w:rsidP="001825ED">
+    <w:p w14:paraId="48233855" w14:textId="3481F7A9" w:rsidR="00A1691C" w:rsidRPr="00A1691C" w:rsidRDefault="00A1691C" w:rsidP="00A1691C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="001825ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«Қазақстан жазушылар одағы»</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FB3916">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> р</w:t>
+        <w:t xml:space="preserve">РОО </w:t>
       </w:r>
-      <w:r w:rsidRPr="001825ED">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">еспубликалық қоғамдық бірлестігі </w:t>
+        <w:t xml:space="preserve">«Союз писателей Казахстана» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> республиканксое общественное объединение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Союз писателей Казахстана»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A7A" w:rsidRPr="003B1703" w:rsidRDefault="00882A7A">
+    <w:p w14:paraId="0DA3BB53" w14:textId="77777777" w:rsidR="009E783F" w:rsidRPr="00C01368" w:rsidRDefault="009E783F" w:rsidP="00C94E80">
       <w:pPr>
-        <w:pStyle w:val="11"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">МФ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>– Министерство финансов Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="493DE5DC" w14:textId="48EA0559" w:rsidR="00381F69" w:rsidRPr="00C01368" w:rsidRDefault="00381F69" w:rsidP="00C94E80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>РГУ «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қоғамдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келісім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– республиканское государственное учреждение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қоғамдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келісім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="001A182B" w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Министерства информации и общественного развития</w:t>
+      </w:r>
+      <w:r w:rsidR="006B6218" w:rsidRPr="006B6218">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006B6218" w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="66A8047B" w14:textId="6D695645" w:rsidR="00381F69" w:rsidRPr="00C01368" w:rsidRDefault="00381F69" w:rsidP="00F57E8A">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B1703">
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">ГУ «Библиотека Первого Президента Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidR="00316E3A" w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Елбасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– государственное учреждение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Библиотека Первого Президента Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidR="00316E3A" w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Елбасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56C0E189" w14:textId="77777777" w:rsidR="003D3E3F" w:rsidRPr="00C01368" w:rsidRDefault="00381F69" w:rsidP="00C94E80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ГУ Управление материально-технического обеспечения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>– государственное учреждение «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Управление материально-технического обеспечения» Управления Делами </w:t>
+      </w:r>
+      <w:r w:rsidR="00380A6E" w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Президента Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40993277" w14:textId="77777777" w:rsidR="00381F69" w:rsidRPr="00C01368" w:rsidRDefault="00381F69" w:rsidP="00C94E80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>МКС – Министерство культуры и спорта Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5031D612" w14:textId="6AB728E9" w:rsidR="00381F69" w:rsidRPr="00C01368" w:rsidRDefault="00381F69" w:rsidP="00C94E80">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">НАО «Фонд </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отандастар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– некоммерческое акционерное общество </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Фонд </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отандастар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FA95F4B" w14:textId="28EC5310" w:rsidR="00E05073" w:rsidRPr="00C01368" w:rsidRDefault="00E05073" w:rsidP="00C94E80">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">НАО «Казахстанский институт </w:t>
+      </w:r>
+      <w:r w:rsidR="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>общественного развития «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аңғыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– некоммерческое акционерное общество </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Казахстанский институт обществ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>енного развития «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аңғыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22EE5E63" w14:textId="77777777" w:rsidR="00845E2F" w:rsidRPr="00C01368" w:rsidRDefault="00845E2F" w:rsidP="00C94E80">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">АП </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– Администрация Президента Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DA7BA62" w14:textId="77777777" w:rsidR="001713B4" w:rsidRPr="00C01368" w:rsidRDefault="001713B4" w:rsidP="00C94E80">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қаржы</w:t>
+        <w:t xml:space="preserve">УДП </w:t>
       </w:r>
-      <w:r w:rsidR="00E1610B" w:rsidRPr="003B1703">
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>м</w:t>
-[...44 lines deleted...]
-        <w:t xml:space="preserve"> Қаржы министрлігі</w:t>
+        <w:t>Управление Делами Президента Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00047848" w:rsidRPr="003B1703" w:rsidRDefault="00047848">
+    <w:p w14:paraId="16A600D8" w14:textId="77777777" w:rsidR="00381F69" w:rsidRPr="00C01368" w:rsidRDefault="00381F69" w:rsidP="00C94E80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00224B80">
-[...17 lines deleted...]
-      <w:r w:rsidR="00436094" w:rsidRPr="003B1703">
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасының Ақпарат және қоғамдық даму министрлігі</w:t>
-[...26 lines deleted...]
-        <w:t>республикалық мемлекеттік мекемесі</w:t>
+        <w:t>РБ – республиканский бюджет</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00047848" w:rsidRPr="003B1703" w:rsidRDefault="00047848">
+    <w:p w14:paraId="797B1DA1" w14:textId="77777777" w:rsidR="00E1404D" w:rsidRPr="00C01368" w:rsidRDefault="00E1404D" w:rsidP="00C94E80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00224B80">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="003B1703">
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>–</w:t>
-[...125 lines deleted...]
-        <w:t>мемлекеттік мекемесі</w:t>
+        <w:t>МТИ – Министерство торговли и интеграции Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D00DC" w:rsidRPr="003B1703" w:rsidRDefault="00047848">
+    <w:p w14:paraId="032CAE6A" w14:textId="258ADF18" w:rsidR="00381F69" w:rsidRPr="00C01368" w:rsidRDefault="00381F69" w:rsidP="00C94E80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00224B80">
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">«Материалдық-техникалық қамтамасыз ету басқармасы» ММ </w:t>
+        <w:t xml:space="preserve">МИД </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B1703">
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>– Қазақстан Республикасы Президенті Іс Басқармасының «Материалдық-техникалық қамтамасыз ету басқармасы» мемлекеттік мекемесі</w:t>
+        <w:t>– Министерство иностранных дел Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00047848" w:rsidRPr="003B1703" w:rsidRDefault="00047848">
+    <w:p w14:paraId="3C9CC88A" w14:textId="7E2E4082" w:rsidR="007E71A8" w:rsidRPr="00C01368" w:rsidRDefault="007E71A8" w:rsidP="00C94E80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B1703">
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>МСМ – Қазақстан Республикасының Мәдениет және спорт министрлігі</w:t>
+        <w:t>НБ – Национальный Банк Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00047848" w:rsidRPr="003B1703" w:rsidRDefault="00047848">
-[...147 lines deleted...]
-    <w:p w:rsidR="00047848" w:rsidRPr="003B1703" w:rsidRDefault="00047848">
+    <w:p w14:paraId="642BD4F9" w14:textId="56227A09" w:rsidR="00190C6B" w:rsidRPr="00C01368" w:rsidRDefault="00190C6B" w:rsidP="00C94E80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B1703">
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>РБ – республикалық бюджет</w:t>
+        <w:t xml:space="preserve">ОЮЛ «Национальная волонтерская сеть» – </w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidR="00256D63" w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="003B1703">
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>СИМ – Қазақстан Республикасы</w:t>
-[...35 lines deleted...]
-        <w:t>нтеграция министрлігі</w:t>
+        <w:t>бъединение юридических лиц «Национальная волонтерская сеть»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00047848" w:rsidRPr="003B1703" w:rsidRDefault="00047848">
+    <w:p w14:paraId="1FD67B9E" w14:textId="77777777" w:rsidR="00381F69" w:rsidRPr="00C01368" w:rsidRDefault="00381F69" w:rsidP="00C94E80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B1703">
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>СІМ – Қазақстан Республикасының Сыртқы істер министрлігі</w:t>
+        <w:t>Национальная библиотека – Национальная библиотека Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD2FF5" w:rsidRPr="003B1703" w:rsidRDefault="00AD2FF5">
+    <w:p w14:paraId="02512828" w14:textId="1E7FBAC6" w:rsidR="00381F69" w:rsidRPr="00C01368" w:rsidRDefault="00381F69" w:rsidP="00C94E80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B1703">
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">ҰБ – </w:t>
+        <w:t xml:space="preserve">МЦРИАП </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B1703">
+      <w:r w:rsidR="00DB4AA4" w:rsidRPr="00C01368">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қазақстан Республикасының </w:t>
+        <w:t xml:space="preserve">– </w:t>
       </w:r>
-      <w:r w:rsidRPr="00224B80">
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ұлттық Банкі</w:t>
+        <w:t>Министерство цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D0879" w:rsidRPr="003B1703" w:rsidRDefault="005D0879">
+    <w:p w14:paraId="7E7E37A5" w14:textId="77777777" w:rsidR="00381F69" w:rsidRPr="00C01368" w:rsidRDefault="00381F69" w:rsidP="00C94E80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B1703">
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">«Ұлттық </w:t>
-[...35 lines deleted...]
-        <w:t>желісі» заңды тұлғалар бірлестігі</w:t>
+        <w:t>МЭГПР – Министерство экологии, геологии и природных ресурсов Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00047848" w:rsidRPr="00224B80" w:rsidRDefault="00047848" w:rsidP="00224B80">
-[...334 lines deleted...]
-    <w:p w:rsidR="009D3BC2" w:rsidRDefault="009D6CFD">
+    <w:p w14:paraId="4B29A479" w14:textId="2D02E86F" w:rsidR="005D2077" w:rsidRPr="00C01368" w:rsidRDefault="00381F69" w:rsidP="00C94E80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B1703">
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">FIS </w:t>
+        <w:t>МК «</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B1703">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Jas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Otan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» при партии «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Nur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Otan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– молодежное крыло </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ja</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2077" w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005D2077" w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005D2077" w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Otan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005D2077" w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» при партии «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005D2077" w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Nur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005D2077" w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005D2077" w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Otan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005D2077" w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="639BC36A" w14:textId="39AD340D" w:rsidR="00731C71" w:rsidRPr="00C01368" w:rsidRDefault="00256D63" w:rsidP="00731C71">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00731C71" w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ссоциация «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731C71" w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Болашак</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731C71" w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="00731C71" w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>–</w:t>
+        <w:t xml:space="preserve">– </w:t>
       </w:r>
-      <w:r w:rsidR="009D3BC2" w:rsidRPr="003B1703">
+      <w:r w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>а</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B1703">
+      <w:r w:rsidR="00731C71" w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Халықаралық</w:t>
+        <w:t xml:space="preserve">ссоциация стипендиатов </w:t>
       </w:r>
-      <w:r w:rsidR="00EB5CBD" w:rsidRPr="003B1703">
+      <w:r w:rsidR="00C01368" w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> шаңғы спорты </w:t>
+        <w:t>международной</w:t>
       </w:r>
-      <w:r w:rsidR="00A828CD" w:rsidRPr="00224B80">
+      <w:r w:rsidR="00731C71" w:rsidRPr="00C01368">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>федерациясы</w:t>
+        <w:t xml:space="preserve"> стипендии Президента Республики Казахстан «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731C71" w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Болашак</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731C71" w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001825ED" w:rsidRPr="003B1703" w:rsidRDefault="001825ED">
+    <w:p w14:paraId="1797A1EE" w14:textId="77777777" w:rsidR="000C57AC" w:rsidRPr="00C01368" w:rsidRDefault="000C57AC" w:rsidP="00C94E80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">FIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Международная федерация лыжного спорта</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB7BA8" w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A24A0E" w:rsidRPr="003B1703" w:rsidRDefault="00106481">
+    <w:p w14:paraId="2F2BF77C" w14:textId="77777777" w:rsidR="003719E8" w:rsidRPr="00C01368" w:rsidRDefault="003719E8" w:rsidP="00C94E80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B1703">
+    </w:p>
+    <w:p w14:paraId="44C22996" w14:textId="77777777" w:rsidR="00A24A0E" w:rsidRPr="00C01368" w:rsidRDefault="00A24A0E" w:rsidP="00C94E80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>____________________________</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00C01368">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00A24A0E" w:rsidRPr="003B1703" w:rsidSect="004B48D5">
+    <w:p w14:paraId="38B8F509" w14:textId="77777777" w:rsidR="007B0294" w:rsidRPr="00C01368" w:rsidRDefault="007B0294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="007B0294" w:rsidRPr="00C01368" w:rsidSect="0063611A">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
-      <w:pgMar w:top="1135" w:right="851" w:bottom="851" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="851" w:bottom="993" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D054E0" w:rsidRDefault="00D054E0" w:rsidP="00FA0993">
+    <w:p w14:paraId="5DC67D85" w14:textId="77777777" w:rsidR="00DC452F" w:rsidRDefault="00DC452F" w:rsidP="00FA0993">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D054E0" w:rsidRDefault="00D054E0" w:rsidP="00FA0993">
+    <w:p w14:paraId="463C0A1F" w14:textId="77777777" w:rsidR="00DC452F" w:rsidRDefault="00DC452F" w:rsidP="00FA0993">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="modern"/>
-    <w:pitch w:val="fixed"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...7 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri-Bold">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="CC"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000203" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000005" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="007F5632" w:rsidRPr="00A60707" w:rsidRDefault="007F5632" w:rsidP="00A60707">
+  <w:p w14:paraId="0A376166" w14:textId="77777777" w:rsidR="00B06279" w:rsidRPr="00A60707" w:rsidRDefault="00B06279" w:rsidP="00A60707">
     <w:pPr>
       <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="007F5632" w:rsidRDefault="007F5632" w:rsidP="00262477">
+  <w:p w14:paraId="62646CBB" w14:textId="77777777" w:rsidR="00B06279" w:rsidRPr="00E87F51" w:rsidRDefault="00B06279" w:rsidP="00262477">
     <w:pPr>
       <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-        <w:szCs w:val="28"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D054E0" w:rsidRDefault="00D054E0" w:rsidP="00FA0993">
+    <w:p w14:paraId="721D393C" w14:textId="77777777" w:rsidR="00DC452F" w:rsidRDefault="00DC452F" w:rsidP="00FA0993">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D054E0" w:rsidRDefault="00D054E0" w:rsidP="00FA0993">
+    <w:p w14:paraId="64D6C602" w14:textId="77777777" w:rsidR="00DC452F" w:rsidRDefault="00DC452F" w:rsidP="00FA0993">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="-846706842"/>
+      <w:id w:val="-597939115"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="007F5632" w:rsidRDefault="007F5632">
+      <w:p w14:paraId="42FE35FC" w14:textId="77777777" w:rsidR="00B06279" w:rsidRDefault="00B06279">
         <w:pPr>
           <w:pStyle w:val="ab"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00ED6528">
+        <w:r w:rsidR="006B6218">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>7</w:t>
+          <w:t>23</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="007F5632" w:rsidRDefault="007F5632">
+  <w:p w14:paraId="2D69D0D3" w14:textId="77777777" w:rsidR="00B06279" w:rsidRDefault="00B06279">
     <w:pPr>
       <w:pStyle w:val="ab"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C5A07BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8B1E84C0"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -31734,51 +31827,51 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75A57D82"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3A042506"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="785" w:hanging="360"/>
+        <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -31837,2075 +31930,2076 @@
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
-  <w:defaultTabStop w:val="709"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009301F4"/>
-    <w:rsid w:val="000003A3"/>
     <w:rsid w:val="0000181C"/>
     <w:rsid w:val="00001882"/>
     <w:rsid w:val="0000272B"/>
     <w:rsid w:val="000029F3"/>
     <w:rsid w:val="000034CF"/>
     <w:rsid w:val="000037BD"/>
     <w:rsid w:val="00003E2B"/>
-    <w:rsid w:val="00003EC9"/>
-    <w:rsid w:val="00004013"/>
     <w:rsid w:val="00004853"/>
     <w:rsid w:val="000057A5"/>
     <w:rsid w:val="000057D3"/>
     <w:rsid w:val="00007FAB"/>
     <w:rsid w:val="000102E7"/>
+    <w:rsid w:val="00013287"/>
     <w:rsid w:val="00013BC8"/>
     <w:rsid w:val="00015B4A"/>
     <w:rsid w:val="00015CC8"/>
     <w:rsid w:val="00016BAE"/>
     <w:rsid w:val="00017010"/>
     <w:rsid w:val="000175F2"/>
     <w:rsid w:val="0001772F"/>
     <w:rsid w:val="00021704"/>
     <w:rsid w:val="000246B9"/>
     <w:rsid w:val="000253B2"/>
-    <w:rsid w:val="00026429"/>
-    <w:rsid w:val="000307EA"/>
+    <w:rsid w:val="000258E7"/>
     <w:rsid w:val="00031ABA"/>
     <w:rsid w:val="00032722"/>
     <w:rsid w:val="00032F64"/>
     <w:rsid w:val="00036271"/>
     <w:rsid w:val="000366B1"/>
     <w:rsid w:val="00037644"/>
     <w:rsid w:val="00037E93"/>
     <w:rsid w:val="000406BF"/>
     <w:rsid w:val="0004118B"/>
     <w:rsid w:val="00041307"/>
     <w:rsid w:val="0004414C"/>
+    <w:rsid w:val="000441B7"/>
     <w:rsid w:val="00044973"/>
     <w:rsid w:val="00044A2D"/>
-    <w:rsid w:val="00044D8D"/>
     <w:rsid w:val="00045D75"/>
-    <w:rsid w:val="00047848"/>
     <w:rsid w:val="000514D4"/>
     <w:rsid w:val="00052C0C"/>
     <w:rsid w:val="00054889"/>
     <w:rsid w:val="00054BE7"/>
+    <w:rsid w:val="00057F4E"/>
     <w:rsid w:val="00062271"/>
     <w:rsid w:val="00062DF7"/>
     <w:rsid w:val="00064816"/>
     <w:rsid w:val="00065F1B"/>
     <w:rsid w:val="0006674E"/>
     <w:rsid w:val="00066C46"/>
     <w:rsid w:val="000706B0"/>
-    <w:rsid w:val="0007269C"/>
     <w:rsid w:val="000727E3"/>
-    <w:rsid w:val="00073E01"/>
     <w:rsid w:val="00074CFE"/>
+    <w:rsid w:val="00074FAC"/>
     <w:rsid w:val="00075972"/>
     <w:rsid w:val="000763D8"/>
     <w:rsid w:val="00077E62"/>
     <w:rsid w:val="0008151D"/>
     <w:rsid w:val="00083BBE"/>
     <w:rsid w:val="00083C40"/>
     <w:rsid w:val="00085247"/>
     <w:rsid w:val="00085447"/>
     <w:rsid w:val="0008786E"/>
     <w:rsid w:val="0009020E"/>
+    <w:rsid w:val="00090783"/>
     <w:rsid w:val="00091D0B"/>
     <w:rsid w:val="0009213A"/>
     <w:rsid w:val="00092838"/>
     <w:rsid w:val="000937A8"/>
     <w:rsid w:val="0009403E"/>
     <w:rsid w:val="000948BC"/>
     <w:rsid w:val="000960BD"/>
     <w:rsid w:val="00097463"/>
     <w:rsid w:val="000A224B"/>
     <w:rsid w:val="000A25FE"/>
     <w:rsid w:val="000A3FAA"/>
     <w:rsid w:val="000A4B71"/>
     <w:rsid w:val="000A65CF"/>
+    <w:rsid w:val="000A6F8C"/>
     <w:rsid w:val="000B02D0"/>
     <w:rsid w:val="000B0C87"/>
     <w:rsid w:val="000B1827"/>
     <w:rsid w:val="000B1DCD"/>
     <w:rsid w:val="000B20CE"/>
-    <w:rsid w:val="000B3DBE"/>
     <w:rsid w:val="000B3E52"/>
     <w:rsid w:val="000B6C44"/>
+    <w:rsid w:val="000C14FA"/>
     <w:rsid w:val="000C2139"/>
     <w:rsid w:val="000C2B28"/>
     <w:rsid w:val="000C2FD4"/>
-    <w:rsid w:val="000D00DC"/>
+    <w:rsid w:val="000C36FD"/>
+    <w:rsid w:val="000C57AC"/>
     <w:rsid w:val="000D1F15"/>
     <w:rsid w:val="000D2467"/>
     <w:rsid w:val="000D2601"/>
     <w:rsid w:val="000D2672"/>
     <w:rsid w:val="000D3D44"/>
     <w:rsid w:val="000D42C3"/>
-    <w:rsid w:val="000D4F6A"/>
+    <w:rsid w:val="000D460E"/>
     <w:rsid w:val="000D5DC5"/>
     <w:rsid w:val="000D6574"/>
-    <w:rsid w:val="000D6BBB"/>
     <w:rsid w:val="000E06EB"/>
     <w:rsid w:val="000E1CDB"/>
     <w:rsid w:val="000E1E9C"/>
     <w:rsid w:val="000E27F9"/>
-    <w:rsid w:val="000E2C6E"/>
     <w:rsid w:val="000E374A"/>
     <w:rsid w:val="000E4FFA"/>
     <w:rsid w:val="000E5306"/>
     <w:rsid w:val="000E56AD"/>
     <w:rsid w:val="000E731A"/>
     <w:rsid w:val="000F1F5D"/>
-    <w:rsid w:val="000F2A89"/>
     <w:rsid w:val="000F2E83"/>
     <w:rsid w:val="000F40E2"/>
     <w:rsid w:val="000F441B"/>
     <w:rsid w:val="000F4462"/>
-    <w:rsid w:val="000F570E"/>
     <w:rsid w:val="000F732C"/>
     <w:rsid w:val="00100CD0"/>
     <w:rsid w:val="00102B3F"/>
     <w:rsid w:val="00104E9F"/>
-    <w:rsid w:val="00106481"/>
+    <w:rsid w:val="001076D7"/>
     <w:rsid w:val="001077AF"/>
     <w:rsid w:val="001109D3"/>
     <w:rsid w:val="00112179"/>
     <w:rsid w:val="0011292D"/>
     <w:rsid w:val="00112C31"/>
-    <w:rsid w:val="0011499C"/>
     <w:rsid w:val="00114C3A"/>
     <w:rsid w:val="001150EF"/>
     <w:rsid w:val="00115484"/>
     <w:rsid w:val="00115F0C"/>
     <w:rsid w:val="001169B1"/>
     <w:rsid w:val="001213CE"/>
     <w:rsid w:val="00123353"/>
     <w:rsid w:val="00125013"/>
     <w:rsid w:val="0012515E"/>
     <w:rsid w:val="0012525F"/>
     <w:rsid w:val="00125A45"/>
+    <w:rsid w:val="00125A72"/>
     <w:rsid w:val="00125F35"/>
     <w:rsid w:val="00126971"/>
     <w:rsid w:val="001269B5"/>
     <w:rsid w:val="0012707C"/>
     <w:rsid w:val="0012753F"/>
     <w:rsid w:val="00130100"/>
-    <w:rsid w:val="001305A7"/>
     <w:rsid w:val="0013260A"/>
     <w:rsid w:val="00132902"/>
     <w:rsid w:val="0013305E"/>
-    <w:rsid w:val="00133D96"/>
     <w:rsid w:val="00134053"/>
     <w:rsid w:val="00135F25"/>
+    <w:rsid w:val="00137876"/>
     <w:rsid w:val="00137ACA"/>
     <w:rsid w:val="001419E8"/>
+    <w:rsid w:val="00141A88"/>
     <w:rsid w:val="00142594"/>
     <w:rsid w:val="0014347F"/>
     <w:rsid w:val="00145311"/>
     <w:rsid w:val="00146C40"/>
     <w:rsid w:val="00146EC9"/>
-    <w:rsid w:val="00147147"/>
     <w:rsid w:val="001472C3"/>
-    <w:rsid w:val="0015127C"/>
+    <w:rsid w:val="001476C5"/>
+    <w:rsid w:val="0014797C"/>
     <w:rsid w:val="00152785"/>
     <w:rsid w:val="001532B9"/>
-    <w:rsid w:val="001532F5"/>
     <w:rsid w:val="001534D9"/>
     <w:rsid w:val="00154514"/>
     <w:rsid w:val="00154A13"/>
     <w:rsid w:val="00155301"/>
     <w:rsid w:val="00155E3F"/>
-    <w:rsid w:val="00156FF5"/>
     <w:rsid w:val="001606FB"/>
     <w:rsid w:val="00161A59"/>
     <w:rsid w:val="00162FEA"/>
     <w:rsid w:val="00164808"/>
     <w:rsid w:val="00165419"/>
     <w:rsid w:val="00165A25"/>
     <w:rsid w:val="001664A1"/>
     <w:rsid w:val="00167A78"/>
-    <w:rsid w:val="001705F8"/>
     <w:rsid w:val="00170919"/>
     <w:rsid w:val="00171082"/>
+    <w:rsid w:val="001713B4"/>
     <w:rsid w:val="00171802"/>
     <w:rsid w:val="001719BB"/>
     <w:rsid w:val="001719FD"/>
     <w:rsid w:val="0017389E"/>
     <w:rsid w:val="00174B70"/>
     <w:rsid w:val="00174E94"/>
     <w:rsid w:val="00175176"/>
     <w:rsid w:val="001755E6"/>
     <w:rsid w:val="001777A0"/>
+    <w:rsid w:val="001807D1"/>
     <w:rsid w:val="00181867"/>
     <w:rsid w:val="0018222D"/>
     <w:rsid w:val="00182530"/>
-    <w:rsid w:val="001825ED"/>
+    <w:rsid w:val="00182F57"/>
     <w:rsid w:val="00183B94"/>
+    <w:rsid w:val="00183D14"/>
     <w:rsid w:val="00186CA8"/>
     <w:rsid w:val="00186DDB"/>
     <w:rsid w:val="0018759E"/>
+    <w:rsid w:val="00190270"/>
+    <w:rsid w:val="00190C6B"/>
     <w:rsid w:val="00192B54"/>
     <w:rsid w:val="001937A1"/>
     <w:rsid w:val="00193C42"/>
+    <w:rsid w:val="001940F0"/>
     <w:rsid w:val="00195CED"/>
     <w:rsid w:val="00196AF3"/>
     <w:rsid w:val="001A1318"/>
     <w:rsid w:val="001A142B"/>
+    <w:rsid w:val="001A182B"/>
     <w:rsid w:val="001A184D"/>
     <w:rsid w:val="001A189C"/>
+    <w:rsid w:val="001A28DF"/>
     <w:rsid w:val="001A2C55"/>
     <w:rsid w:val="001A3387"/>
-    <w:rsid w:val="001A3D0D"/>
     <w:rsid w:val="001A516C"/>
     <w:rsid w:val="001A53D8"/>
     <w:rsid w:val="001A5D07"/>
     <w:rsid w:val="001A5E9E"/>
     <w:rsid w:val="001A6FD8"/>
     <w:rsid w:val="001A746A"/>
     <w:rsid w:val="001B187C"/>
     <w:rsid w:val="001B4B15"/>
     <w:rsid w:val="001B7977"/>
     <w:rsid w:val="001B7A35"/>
-    <w:rsid w:val="001B7A5B"/>
     <w:rsid w:val="001C01D7"/>
     <w:rsid w:val="001C0D84"/>
     <w:rsid w:val="001C18D4"/>
     <w:rsid w:val="001C503C"/>
+    <w:rsid w:val="001C6A60"/>
     <w:rsid w:val="001C7C89"/>
     <w:rsid w:val="001D2021"/>
     <w:rsid w:val="001D2274"/>
     <w:rsid w:val="001D2437"/>
     <w:rsid w:val="001D2486"/>
-    <w:rsid w:val="001D2E61"/>
     <w:rsid w:val="001D3951"/>
     <w:rsid w:val="001D5008"/>
     <w:rsid w:val="001D5143"/>
     <w:rsid w:val="001D57BC"/>
     <w:rsid w:val="001D58BA"/>
     <w:rsid w:val="001D5E9E"/>
     <w:rsid w:val="001D6DCF"/>
     <w:rsid w:val="001D7AD5"/>
     <w:rsid w:val="001E03BC"/>
     <w:rsid w:val="001E297F"/>
+    <w:rsid w:val="001E3020"/>
     <w:rsid w:val="001E41B8"/>
+    <w:rsid w:val="001E46E7"/>
     <w:rsid w:val="001E493C"/>
     <w:rsid w:val="001E5006"/>
     <w:rsid w:val="001E5B45"/>
     <w:rsid w:val="001E65B8"/>
     <w:rsid w:val="001E67AA"/>
     <w:rsid w:val="001E7682"/>
-    <w:rsid w:val="001E7DE3"/>
+    <w:rsid w:val="001F043B"/>
     <w:rsid w:val="001F14BF"/>
     <w:rsid w:val="001F1B2E"/>
     <w:rsid w:val="001F493C"/>
     <w:rsid w:val="001F5096"/>
     <w:rsid w:val="00200BA8"/>
-    <w:rsid w:val="0020743B"/>
-    <w:rsid w:val="002106C0"/>
+    <w:rsid w:val="00201868"/>
+    <w:rsid w:val="002057A9"/>
+    <w:rsid w:val="00206BC0"/>
     <w:rsid w:val="00211E6D"/>
     <w:rsid w:val="002151CF"/>
     <w:rsid w:val="00217395"/>
     <w:rsid w:val="00217E9A"/>
     <w:rsid w:val="0022062F"/>
-    <w:rsid w:val="00220680"/>
     <w:rsid w:val="00221301"/>
-    <w:rsid w:val="0022327B"/>
-    <w:rsid w:val="00224B80"/>
     <w:rsid w:val="002252DF"/>
     <w:rsid w:val="00225366"/>
     <w:rsid w:val="00227840"/>
-    <w:rsid w:val="00230C5F"/>
     <w:rsid w:val="00230D91"/>
     <w:rsid w:val="00230EAB"/>
     <w:rsid w:val="00231115"/>
     <w:rsid w:val="002318D2"/>
     <w:rsid w:val="00231E9D"/>
     <w:rsid w:val="0023359B"/>
-    <w:rsid w:val="002336B4"/>
     <w:rsid w:val="002351DA"/>
+    <w:rsid w:val="00235655"/>
     <w:rsid w:val="00236520"/>
     <w:rsid w:val="00236E17"/>
     <w:rsid w:val="00237199"/>
+    <w:rsid w:val="00237CD4"/>
     <w:rsid w:val="00242129"/>
     <w:rsid w:val="0024215A"/>
     <w:rsid w:val="002429A9"/>
+    <w:rsid w:val="00243837"/>
+    <w:rsid w:val="002438DF"/>
     <w:rsid w:val="00244EA9"/>
     <w:rsid w:val="00246017"/>
-    <w:rsid w:val="0025116D"/>
     <w:rsid w:val="002517DB"/>
     <w:rsid w:val="0025208F"/>
-    <w:rsid w:val="00254262"/>
     <w:rsid w:val="00254C5B"/>
     <w:rsid w:val="00256C2B"/>
+    <w:rsid w:val="00256D63"/>
     <w:rsid w:val="00256ED8"/>
     <w:rsid w:val="00257C25"/>
     <w:rsid w:val="00257EF9"/>
     <w:rsid w:val="002608FE"/>
     <w:rsid w:val="00260AC4"/>
     <w:rsid w:val="00262477"/>
     <w:rsid w:val="00262733"/>
+    <w:rsid w:val="002634C5"/>
     <w:rsid w:val="00263A80"/>
     <w:rsid w:val="0026407D"/>
     <w:rsid w:val="0026453F"/>
     <w:rsid w:val="00264830"/>
     <w:rsid w:val="00264947"/>
     <w:rsid w:val="00267C33"/>
     <w:rsid w:val="00271017"/>
     <w:rsid w:val="00271830"/>
     <w:rsid w:val="00271DE8"/>
+    <w:rsid w:val="00272E53"/>
     <w:rsid w:val="00274539"/>
-    <w:rsid w:val="00274C2B"/>
     <w:rsid w:val="00275F8B"/>
-    <w:rsid w:val="002779C6"/>
+    <w:rsid w:val="0027749F"/>
     <w:rsid w:val="0028052B"/>
     <w:rsid w:val="00283DF1"/>
     <w:rsid w:val="00284252"/>
-    <w:rsid w:val="002867FC"/>
     <w:rsid w:val="002878C9"/>
     <w:rsid w:val="0029021A"/>
+    <w:rsid w:val="00290B7F"/>
     <w:rsid w:val="00291799"/>
     <w:rsid w:val="002924A4"/>
-    <w:rsid w:val="0029276D"/>
     <w:rsid w:val="00293E02"/>
     <w:rsid w:val="00294D9F"/>
     <w:rsid w:val="002958B2"/>
     <w:rsid w:val="0029663F"/>
     <w:rsid w:val="00296986"/>
     <w:rsid w:val="0029699E"/>
-    <w:rsid w:val="00296CFD"/>
+    <w:rsid w:val="00297313"/>
     <w:rsid w:val="00297F52"/>
-    <w:rsid w:val="002A1CD8"/>
     <w:rsid w:val="002A3A0B"/>
     <w:rsid w:val="002A56B1"/>
     <w:rsid w:val="002A5924"/>
     <w:rsid w:val="002A5D01"/>
     <w:rsid w:val="002A66FC"/>
+    <w:rsid w:val="002B00AE"/>
     <w:rsid w:val="002B0594"/>
-    <w:rsid w:val="002B5F2B"/>
-    <w:rsid w:val="002C1013"/>
+    <w:rsid w:val="002B1763"/>
+    <w:rsid w:val="002B45F7"/>
+    <w:rsid w:val="002B7303"/>
     <w:rsid w:val="002C1DD2"/>
     <w:rsid w:val="002C2F00"/>
     <w:rsid w:val="002C3035"/>
     <w:rsid w:val="002C3240"/>
-    <w:rsid w:val="002C4C40"/>
     <w:rsid w:val="002C71E6"/>
-    <w:rsid w:val="002C78C2"/>
-    <w:rsid w:val="002C7A38"/>
     <w:rsid w:val="002D0570"/>
     <w:rsid w:val="002D197C"/>
     <w:rsid w:val="002D3722"/>
     <w:rsid w:val="002D4EB0"/>
     <w:rsid w:val="002D6CD0"/>
     <w:rsid w:val="002E0135"/>
     <w:rsid w:val="002E033F"/>
     <w:rsid w:val="002E1593"/>
     <w:rsid w:val="002E1635"/>
-    <w:rsid w:val="002E3159"/>
     <w:rsid w:val="002E40DF"/>
     <w:rsid w:val="002E4400"/>
     <w:rsid w:val="002E4554"/>
     <w:rsid w:val="002E66E7"/>
+    <w:rsid w:val="002E7331"/>
     <w:rsid w:val="002E7B65"/>
     <w:rsid w:val="002E7B96"/>
     <w:rsid w:val="002F2F9C"/>
     <w:rsid w:val="002F457C"/>
     <w:rsid w:val="002F6E0A"/>
     <w:rsid w:val="00301087"/>
     <w:rsid w:val="00303740"/>
+    <w:rsid w:val="00303F59"/>
     <w:rsid w:val="00304678"/>
     <w:rsid w:val="0030576A"/>
-    <w:rsid w:val="0030607F"/>
     <w:rsid w:val="00307166"/>
     <w:rsid w:val="003074CE"/>
     <w:rsid w:val="00307DE4"/>
-    <w:rsid w:val="00307F66"/>
+    <w:rsid w:val="003106E0"/>
     <w:rsid w:val="00310D26"/>
     <w:rsid w:val="0031302D"/>
     <w:rsid w:val="00313907"/>
     <w:rsid w:val="00313967"/>
     <w:rsid w:val="00313F38"/>
     <w:rsid w:val="00314D9A"/>
     <w:rsid w:val="00315927"/>
     <w:rsid w:val="0031667D"/>
-    <w:rsid w:val="00316BDE"/>
+    <w:rsid w:val="00316E3A"/>
     <w:rsid w:val="00316F5E"/>
     <w:rsid w:val="003172F8"/>
     <w:rsid w:val="00321A1F"/>
     <w:rsid w:val="00324271"/>
     <w:rsid w:val="00325126"/>
-    <w:rsid w:val="00326982"/>
     <w:rsid w:val="00326C32"/>
     <w:rsid w:val="0032738C"/>
     <w:rsid w:val="00327FB8"/>
-    <w:rsid w:val="003301B0"/>
     <w:rsid w:val="0033023E"/>
-    <w:rsid w:val="003308CC"/>
-    <w:rsid w:val="00330CC6"/>
     <w:rsid w:val="00332927"/>
     <w:rsid w:val="00333E51"/>
     <w:rsid w:val="00333E8A"/>
     <w:rsid w:val="00335B08"/>
-    <w:rsid w:val="00336C94"/>
     <w:rsid w:val="00340398"/>
     <w:rsid w:val="00340ACF"/>
-    <w:rsid w:val="003410AC"/>
     <w:rsid w:val="0034254B"/>
-    <w:rsid w:val="003433B9"/>
     <w:rsid w:val="0034361E"/>
+    <w:rsid w:val="003448BF"/>
     <w:rsid w:val="00344FB7"/>
     <w:rsid w:val="00345FFF"/>
     <w:rsid w:val="00346642"/>
     <w:rsid w:val="00346B5B"/>
-    <w:rsid w:val="003514ED"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00352BBE"/>
+    <w:rsid w:val="00350DCE"/>
+    <w:rsid w:val="003517C0"/>
     <w:rsid w:val="00355965"/>
     <w:rsid w:val="00355E97"/>
     <w:rsid w:val="00356B6D"/>
-    <w:rsid w:val="00357769"/>
-    <w:rsid w:val="0036053A"/>
     <w:rsid w:val="00360960"/>
     <w:rsid w:val="003623A4"/>
     <w:rsid w:val="00362BD1"/>
     <w:rsid w:val="00363CBE"/>
     <w:rsid w:val="00364E0F"/>
     <w:rsid w:val="00365442"/>
     <w:rsid w:val="00367EA1"/>
     <w:rsid w:val="003709A2"/>
     <w:rsid w:val="003715CB"/>
     <w:rsid w:val="003715E7"/>
     <w:rsid w:val="00371671"/>
+    <w:rsid w:val="003719E8"/>
     <w:rsid w:val="00371AB0"/>
     <w:rsid w:val="00371E84"/>
     <w:rsid w:val="003724EF"/>
     <w:rsid w:val="003730B5"/>
+    <w:rsid w:val="00374F39"/>
     <w:rsid w:val="0037689D"/>
     <w:rsid w:val="00377D0C"/>
     <w:rsid w:val="003806D3"/>
     <w:rsid w:val="00380A6E"/>
+    <w:rsid w:val="00381B19"/>
     <w:rsid w:val="00381F69"/>
-    <w:rsid w:val="003845C4"/>
+    <w:rsid w:val="00384342"/>
     <w:rsid w:val="003848C1"/>
     <w:rsid w:val="0038759F"/>
     <w:rsid w:val="00387CF2"/>
-    <w:rsid w:val="00390197"/>
     <w:rsid w:val="003909FF"/>
     <w:rsid w:val="0039257D"/>
     <w:rsid w:val="003948DB"/>
-    <w:rsid w:val="00397E33"/>
     <w:rsid w:val="00397E4D"/>
     <w:rsid w:val="003A0307"/>
     <w:rsid w:val="003A09A6"/>
-    <w:rsid w:val="003A2631"/>
+    <w:rsid w:val="003A0D3A"/>
     <w:rsid w:val="003A363F"/>
     <w:rsid w:val="003A43DC"/>
     <w:rsid w:val="003A4773"/>
     <w:rsid w:val="003A4847"/>
-    <w:rsid w:val="003A4A53"/>
     <w:rsid w:val="003A5682"/>
     <w:rsid w:val="003B04F7"/>
-    <w:rsid w:val="003B1703"/>
     <w:rsid w:val="003B1AB2"/>
     <w:rsid w:val="003B2098"/>
     <w:rsid w:val="003B2987"/>
-    <w:rsid w:val="003B30C4"/>
-    <w:rsid w:val="003B393C"/>
     <w:rsid w:val="003B40E0"/>
     <w:rsid w:val="003B484A"/>
     <w:rsid w:val="003B4FF6"/>
     <w:rsid w:val="003B685A"/>
     <w:rsid w:val="003B6D20"/>
     <w:rsid w:val="003C0700"/>
     <w:rsid w:val="003C3AB7"/>
     <w:rsid w:val="003C6A74"/>
     <w:rsid w:val="003D00FA"/>
+    <w:rsid w:val="003D0A43"/>
+    <w:rsid w:val="003D1C13"/>
     <w:rsid w:val="003D3720"/>
     <w:rsid w:val="003D3B84"/>
     <w:rsid w:val="003D3E3F"/>
     <w:rsid w:val="003D45C0"/>
     <w:rsid w:val="003D5BB6"/>
     <w:rsid w:val="003D6902"/>
     <w:rsid w:val="003D744D"/>
     <w:rsid w:val="003D7C11"/>
     <w:rsid w:val="003D7F59"/>
     <w:rsid w:val="003E0E3F"/>
     <w:rsid w:val="003E2156"/>
     <w:rsid w:val="003E2EC7"/>
-    <w:rsid w:val="003E4F19"/>
     <w:rsid w:val="003E67E4"/>
     <w:rsid w:val="003E7431"/>
     <w:rsid w:val="003F1D10"/>
     <w:rsid w:val="003F26BF"/>
     <w:rsid w:val="003F37DD"/>
     <w:rsid w:val="003F5B4D"/>
-    <w:rsid w:val="003F6519"/>
     <w:rsid w:val="003F68D3"/>
     <w:rsid w:val="00400222"/>
     <w:rsid w:val="0040152E"/>
     <w:rsid w:val="00401C31"/>
     <w:rsid w:val="00402A50"/>
     <w:rsid w:val="00402F74"/>
     <w:rsid w:val="00403941"/>
     <w:rsid w:val="00403FC2"/>
     <w:rsid w:val="00404773"/>
     <w:rsid w:val="0040560F"/>
     <w:rsid w:val="00405FC9"/>
+    <w:rsid w:val="0040692F"/>
     <w:rsid w:val="004076B5"/>
     <w:rsid w:val="004077A1"/>
+    <w:rsid w:val="0040798E"/>
     <w:rsid w:val="00407A8C"/>
     <w:rsid w:val="004109B2"/>
     <w:rsid w:val="0041164F"/>
     <w:rsid w:val="00411929"/>
+    <w:rsid w:val="00415344"/>
     <w:rsid w:val="00416720"/>
     <w:rsid w:val="004210F5"/>
     <w:rsid w:val="00422DAF"/>
     <w:rsid w:val="00423039"/>
-    <w:rsid w:val="004234D0"/>
     <w:rsid w:val="004237FD"/>
-    <w:rsid w:val="00426260"/>
     <w:rsid w:val="004265BA"/>
     <w:rsid w:val="0043020D"/>
     <w:rsid w:val="00430605"/>
+    <w:rsid w:val="00433F3C"/>
     <w:rsid w:val="00435C89"/>
-    <w:rsid w:val="00436094"/>
     <w:rsid w:val="0043649B"/>
     <w:rsid w:val="00436518"/>
     <w:rsid w:val="00436BDB"/>
     <w:rsid w:val="00437F18"/>
     <w:rsid w:val="00441710"/>
     <w:rsid w:val="004424AA"/>
     <w:rsid w:val="00442D7E"/>
+    <w:rsid w:val="00444C53"/>
     <w:rsid w:val="004455B0"/>
     <w:rsid w:val="0044560D"/>
-    <w:rsid w:val="00450972"/>
     <w:rsid w:val="00451488"/>
     <w:rsid w:val="004525C9"/>
     <w:rsid w:val="00452F7E"/>
     <w:rsid w:val="004545F2"/>
     <w:rsid w:val="00454A47"/>
     <w:rsid w:val="00455036"/>
     <w:rsid w:val="0045538F"/>
     <w:rsid w:val="00457633"/>
     <w:rsid w:val="0046090F"/>
     <w:rsid w:val="00461361"/>
     <w:rsid w:val="004615F9"/>
     <w:rsid w:val="00461772"/>
     <w:rsid w:val="00461B68"/>
     <w:rsid w:val="00461E8E"/>
     <w:rsid w:val="004636C0"/>
     <w:rsid w:val="00464A2E"/>
     <w:rsid w:val="00465D15"/>
-    <w:rsid w:val="004661DF"/>
     <w:rsid w:val="0046739D"/>
     <w:rsid w:val="004679CF"/>
     <w:rsid w:val="00471CEE"/>
     <w:rsid w:val="00471ED4"/>
-    <w:rsid w:val="00471FAB"/>
     <w:rsid w:val="0047351D"/>
     <w:rsid w:val="0047354B"/>
     <w:rsid w:val="00473A0D"/>
-    <w:rsid w:val="00475587"/>
     <w:rsid w:val="004756E4"/>
     <w:rsid w:val="00476F15"/>
     <w:rsid w:val="004772A9"/>
     <w:rsid w:val="00477CED"/>
     <w:rsid w:val="00481670"/>
     <w:rsid w:val="00482B00"/>
     <w:rsid w:val="00484C6E"/>
     <w:rsid w:val="00484D33"/>
     <w:rsid w:val="00485348"/>
     <w:rsid w:val="00487401"/>
-    <w:rsid w:val="00493AA6"/>
-    <w:rsid w:val="00493C3E"/>
+    <w:rsid w:val="00487ECD"/>
     <w:rsid w:val="00494830"/>
     <w:rsid w:val="004959A1"/>
     <w:rsid w:val="00496158"/>
     <w:rsid w:val="004964B1"/>
     <w:rsid w:val="00496F18"/>
     <w:rsid w:val="004A143D"/>
     <w:rsid w:val="004A245A"/>
-    <w:rsid w:val="004A248C"/>
     <w:rsid w:val="004A3443"/>
     <w:rsid w:val="004A4E2D"/>
     <w:rsid w:val="004A6069"/>
     <w:rsid w:val="004A6804"/>
     <w:rsid w:val="004A6B15"/>
     <w:rsid w:val="004A7BA5"/>
-    <w:rsid w:val="004B0738"/>
     <w:rsid w:val="004B0BF6"/>
     <w:rsid w:val="004B2B76"/>
     <w:rsid w:val="004B2E57"/>
     <w:rsid w:val="004B2EAD"/>
-    <w:rsid w:val="004B36BE"/>
     <w:rsid w:val="004B4636"/>
-    <w:rsid w:val="004B48D5"/>
     <w:rsid w:val="004B4D11"/>
     <w:rsid w:val="004B5E25"/>
     <w:rsid w:val="004C048A"/>
     <w:rsid w:val="004C0EA4"/>
     <w:rsid w:val="004C16AF"/>
+    <w:rsid w:val="004C192C"/>
     <w:rsid w:val="004C3C25"/>
     <w:rsid w:val="004C3D4D"/>
     <w:rsid w:val="004C7B85"/>
-    <w:rsid w:val="004D11A1"/>
     <w:rsid w:val="004D2BCC"/>
     <w:rsid w:val="004D2E9A"/>
     <w:rsid w:val="004D3072"/>
     <w:rsid w:val="004D43DB"/>
     <w:rsid w:val="004D4963"/>
     <w:rsid w:val="004D4C11"/>
     <w:rsid w:val="004D5F05"/>
     <w:rsid w:val="004E00BA"/>
+    <w:rsid w:val="004E00BC"/>
     <w:rsid w:val="004E1989"/>
     <w:rsid w:val="004E2B45"/>
     <w:rsid w:val="004E33EB"/>
     <w:rsid w:val="004E346A"/>
-    <w:rsid w:val="004E3533"/>
     <w:rsid w:val="004E38EE"/>
     <w:rsid w:val="004E3EFC"/>
     <w:rsid w:val="004E4636"/>
-    <w:rsid w:val="004E4E52"/>
+    <w:rsid w:val="004E4FF7"/>
     <w:rsid w:val="004E63D7"/>
-    <w:rsid w:val="004E6408"/>
     <w:rsid w:val="004F08D0"/>
+    <w:rsid w:val="004F0DC3"/>
+    <w:rsid w:val="004F13E8"/>
     <w:rsid w:val="004F144C"/>
     <w:rsid w:val="004F2B84"/>
     <w:rsid w:val="004F66BB"/>
     <w:rsid w:val="004F6A7A"/>
     <w:rsid w:val="004F736C"/>
     <w:rsid w:val="004F7A6B"/>
     <w:rsid w:val="005004D6"/>
     <w:rsid w:val="00500D9C"/>
+    <w:rsid w:val="00501B54"/>
     <w:rsid w:val="00501C06"/>
-    <w:rsid w:val="0050388E"/>
     <w:rsid w:val="00503CAA"/>
     <w:rsid w:val="00504709"/>
     <w:rsid w:val="00505C90"/>
-    <w:rsid w:val="00506AF6"/>
-    <w:rsid w:val="00506E6F"/>
+    <w:rsid w:val="005079A9"/>
+    <w:rsid w:val="00510686"/>
     <w:rsid w:val="00512E14"/>
     <w:rsid w:val="005133DD"/>
     <w:rsid w:val="00515D51"/>
     <w:rsid w:val="00515F4F"/>
     <w:rsid w:val="00516652"/>
+    <w:rsid w:val="00516981"/>
     <w:rsid w:val="00520631"/>
     <w:rsid w:val="005225C7"/>
     <w:rsid w:val="00522FFC"/>
     <w:rsid w:val="005243E2"/>
     <w:rsid w:val="005244DF"/>
+    <w:rsid w:val="005255DB"/>
     <w:rsid w:val="00525D01"/>
     <w:rsid w:val="00525EAD"/>
     <w:rsid w:val="00526B4A"/>
     <w:rsid w:val="005275D7"/>
     <w:rsid w:val="00527984"/>
+    <w:rsid w:val="005279CB"/>
+    <w:rsid w:val="005307BE"/>
     <w:rsid w:val="00531A43"/>
     <w:rsid w:val="005335B5"/>
-    <w:rsid w:val="00533878"/>
     <w:rsid w:val="00533C77"/>
     <w:rsid w:val="0053407D"/>
     <w:rsid w:val="005341F6"/>
     <w:rsid w:val="005350C7"/>
     <w:rsid w:val="00536F50"/>
     <w:rsid w:val="00537D9F"/>
     <w:rsid w:val="00541481"/>
     <w:rsid w:val="00542A83"/>
     <w:rsid w:val="00542D04"/>
     <w:rsid w:val="00542E42"/>
     <w:rsid w:val="0054453C"/>
+    <w:rsid w:val="0054472E"/>
+    <w:rsid w:val="00546E27"/>
     <w:rsid w:val="005505C5"/>
     <w:rsid w:val="00550A01"/>
-    <w:rsid w:val="0055668E"/>
     <w:rsid w:val="00556740"/>
     <w:rsid w:val="0055770D"/>
-    <w:rsid w:val="005602D2"/>
+    <w:rsid w:val="00561BA7"/>
     <w:rsid w:val="00562160"/>
     <w:rsid w:val="0056270A"/>
-    <w:rsid w:val="00565218"/>
     <w:rsid w:val="005674B3"/>
     <w:rsid w:val="005675DE"/>
     <w:rsid w:val="005718C1"/>
     <w:rsid w:val="00571902"/>
     <w:rsid w:val="00571F24"/>
     <w:rsid w:val="005736E3"/>
     <w:rsid w:val="00573954"/>
     <w:rsid w:val="0057453D"/>
-    <w:rsid w:val="0057459A"/>
+    <w:rsid w:val="00575739"/>
     <w:rsid w:val="00575AFD"/>
     <w:rsid w:val="0057668A"/>
     <w:rsid w:val="00576B3E"/>
     <w:rsid w:val="00580FA0"/>
     <w:rsid w:val="005829CE"/>
     <w:rsid w:val="005845B8"/>
     <w:rsid w:val="005846B7"/>
     <w:rsid w:val="00584896"/>
     <w:rsid w:val="0058498C"/>
     <w:rsid w:val="0058602E"/>
     <w:rsid w:val="0058783C"/>
     <w:rsid w:val="005907D2"/>
     <w:rsid w:val="00590ABA"/>
     <w:rsid w:val="00592C02"/>
     <w:rsid w:val="00593A6F"/>
     <w:rsid w:val="0059524D"/>
     <w:rsid w:val="00596D1D"/>
-    <w:rsid w:val="005976E9"/>
     <w:rsid w:val="005A04C3"/>
     <w:rsid w:val="005A24AD"/>
     <w:rsid w:val="005A2E7C"/>
     <w:rsid w:val="005A6FD5"/>
+    <w:rsid w:val="005A72E3"/>
     <w:rsid w:val="005A7A77"/>
     <w:rsid w:val="005B05D9"/>
     <w:rsid w:val="005B12C8"/>
     <w:rsid w:val="005B2415"/>
     <w:rsid w:val="005B2D97"/>
     <w:rsid w:val="005B4878"/>
     <w:rsid w:val="005B5787"/>
     <w:rsid w:val="005B65DB"/>
     <w:rsid w:val="005B7598"/>
     <w:rsid w:val="005B7844"/>
     <w:rsid w:val="005B79A2"/>
     <w:rsid w:val="005C0403"/>
     <w:rsid w:val="005C0D6F"/>
+    <w:rsid w:val="005C13E1"/>
     <w:rsid w:val="005C4186"/>
     <w:rsid w:val="005C5340"/>
     <w:rsid w:val="005C55D9"/>
     <w:rsid w:val="005C5D82"/>
+    <w:rsid w:val="005C610F"/>
     <w:rsid w:val="005C6B4C"/>
-    <w:rsid w:val="005C78FA"/>
-    <w:rsid w:val="005D0879"/>
     <w:rsid w:val="005D0EDC"/>
-    <w:rsid w:val="005D1B51"/>
     <w:rsid w:val="005D2077"/>
     <w:rsid w:val="005D7934"/>
     <w:rsid w:val="005D7A77"/>
     <w:rsid w:val="005E076F"/>
-    <w:rsid w:val="005E2605"/>
+    <w:rsid w:val="005E367F"/>
     <w:rsid w:val="005E39FD"/>
-    <w:rsid w:val="005E55B4"/>
     <w:rsid w:val="005E5EA0"/>
     <w:rsid w:val="005F0C35"/>
     <w:rsid w:val="005F1582"/>
+    <w:rsid w:val="005F2BFF"/>
     <w:rsid w:val="005F4380"/>
     <w:rsid w:val="005F7960"/>
     <w:rsid w:val="00601F52"/>
     <w:rsid w:val="00603586"/>
     <w:rsid w:val="006055FC"/>
-    <w:rsid w:val="00605A53"/>
-    <w:rsid w:val="00605F32"/>
     <w:rsid w:val="0060622F"/>
     <w:rsid w:val="006069EA"/>
-    <w:rsid w:val="00606C67"/>
     <w:rsid w:val="0061002F"/>
     <w:rsid w:val="0061099E"/>
     <w:rsid w:val="00611ACA"/>
+    <w:rsid w:val="006138DA"/>
     <w:rsid w:val="006150CA"/>
     <w:rsid w:val="006168ED"/>
     <w:rsid w:val="00616AA7"/>
     <w:rsid w:val="006175E6"/>
+    <w:rsid w:val="00617B8C"/>
     <w:rsid w:val="00620D7D"/>
     <w:rsid w:val="00622393"/>
     <w:rsid w:val="0062260A"/>
     <w:rsid w:val="00623FDE"/>
     <w:rsid w:val="00624205"/>
+    <w:rsid w:val="006251A2"/>
     <w:rsid w:val="00625BC2"/>
+    <w:rsid w:val="00630AAE"/>
     <w:rsid w:val="00631039"/>
     <w:rsid w:val="006317FF"/>
     <w:rsid w:val="00632E4D"/>
     <w:rsid w:val="0063321D"/>
     <w:rsid w:val="00634EFA"/>
     <w:rsid w:val="00635F67"/>
+    <w:rsid w:val="0063611A"/>
     <w:rsid w:val="00641563"/>
     <w:rsid w:val="006421E2"/>
     <w:rsid w:val="00642D9B"/>
     <w:rsid w:val="006439F7"/>
     <w:rsid w:val="00644D43"/>
     <w:rsid w:val="00645923"/>
     <w:rsid w:val="00645D64"/>
     <w:rsid w:val="0064730F"/>
     <w:rsid w:val="00647D64"/>
     <w:rsid w:val="00647ECF"/>
     <w:rsid w:val="006524C0"/>
     <w:rsid w:val="00652A57"/>
     <w:rsid w:val="00653CC9"/>
     <w:rsid w:val="0065425F"/>
     <w:rsid w:val="00655EAD"/>
-    <w:rsid w:val="006568B0"/>
     <w:rsid w:val="00656F4F"/>
     <w:rsid w:val="00656F51"/>
     <w:rsid w:val="00657E87"/>
     <w:rsid w:val="0066107B"/>
     <w:rsid w:val="006618DC"/>
     <w:rsid w:val="00661B57"/>
     <w:rsid w:val="00661FA1"/>
-    <w:rsid w:val="00662442"/>
     <w:rsid w:val="006633BF"/>
     <w:rsid w:val="00663D67"/>
     <w:rsid w:val="006645F6"/>
-    <w:rsid w:val="00665215"/>
     <w:rsid w:val="00665FCD"/>
     <w:rsid w:val="00666EBE"/>
-    <w:rsid w:val="006673A4"/>
     <w:rsid w:val="00667409"/>
     <w:rsid w:val="0067038A"/>
     <w:rsid w:val="00670570"/>
     <w:rsid w:val="006705C1"/>
     <w:rsid w:val="00670950"/>
     <w:rsid w:val="0067119A"/>
     <w:rsid w:val="00671D56"/>
     <w:rsid w:val="0067206F"/>
+    <w:rsid w:val="00672216"/>
     <w:rsid w:val="00673F37"/>
     <w:rsid w:val="00676ECC"/>
     <w:rsid w:val="00680009"/>
     <w:rsid w:val="006804BC"/>
     <w:rsid w:val="0068082D"/>
     <w:rsid w:val="00681E4D"/>
     <w:rsid w:val="00682344"/>
-    <w:rsid w:val="00683968"/>
     <w:rsid w:val="00683EC7"/>
-    <w:rsid w:val="00684C35"/>
+    <w:rsid w:val="006842E7"/>
     <w:rsid w:val="00684D68"/>
     <w:rsid w:val="00686582"/>
     <w:rsid w:val="00686BAD"/>
     <w:rsid w:val="00687256"/>
     <w:rsid w:val="0068784F"/>
     <w:rsid w:val="006906D5"/>
+    <w:rsid w:val="006912BE"/>
     <w:rsid w:val="00692483"/>
-    <w:rsid w:val="00692D05"/>
     <w:rsid w:val="00693709"/>
-    <w:rsid w:val="00693E2D"/>
     <w:rsid w:val="006A0964"/>
     <w:rsid w:val="006A0BC8"/>
+    <w:rsid w:val="006A1390"/>
     <w:rsid w:val="006A2AF1"/>
-    <w:rsid w:val="006A46BD"/>
+    <w:rsid w:val="006A5716"/>
     <w:rsid w:val="006A6823"/>
-    <w:rsid w:val="006B0653"/>
     <w:rsid w:val="006B0983"/>
-    <w:rsid w:val="006B31AD"/>
     <w:rsid w:val="006B346F"/>
     <w:rsid w:val="006B3667"/>
     <w:rsid w:val="006B3B40"/>
     <w:rsid w:val="006B3FCA"/>
+    <w:rsid w:val="006B410F"/>
     <w:rsid w:val="006B4490"/>
+    <w:rsid w:val="006B6218"/>
     <w:rsid w:val="006C06C4"/>
     <w:rsid w:val="006C0F97"/>
     <w:rsid w:val="006C1646"/>
     <w:rsid w:val="006C255E"/>
+    <w:rsid w:val="006C2D33"/>
     <w:rsid w:val="006C3961"/>
-    <w:rsid w:val="006C675F"/>
-    <w:rsid w:val="006C6F6E"/>
     <w:rsid w:val="006C764A"/>
     <w:rsid w:val="006D0692"/>
     <w:rsid w:val="006D0FBF"/>
     <w:rsid w:val="006D1967"/>
     <w:rsid w:val="006D22E6"/>
     <w:rsid w:val="006D2BD7"/>
     <w:rsid w:val="006D4496"/>
+    <w:rsid w:val="006D4852"/>
     <w:rsid w:val="006D547E"/>
-    <w:rsid w:val="006D5564"/>
     <w:rsid w:val="006D6AEB"/>
+    <w:rsid w:val="006D6B10"/>
+    <w:rsid w:val="006D7527"/>
     <w:rsid w:val="006D7678"/>
     <w:rsid w:val="006E0487"/>
     <w:rsid w:val="006E1251"/>
     <w:rsid w:val="006E2377"/>
     <w:rsid w:val="006E4008"/>
     <w:rsid w:val="006E43F3"/>
+    <w:rsid w:val="006E5CF8"/>
     <w:rsid w:val="006E6478"/>
     <w:rsid w:val="006E68D9"/>
     <w:rsid w:val="006E6950"/>
     <w:rsid w:val="006F0A9E"/>
     <w:rsid w:val="006F20C6"/>
     <w:rsid w:val="006F3362"/>
     <w:rsid w:val="006F3B69"/>
     <w:rsid w:val="006F4166"/>
     <w:rsid w:val="006F439D"/>
     <w:rsid w:val="006F69B1"/>
     <w:rsid w:val="006F71FF"/>
     <w:rsid w:val="006F7A3F"/>
     <w:rsid w:val="007016E6"/>
     <w:rsid w:val="00701AB3"/>
     <w:rsid w:val="00701C5E"/>
-    <w:rsid w:val="00701E76"/>
     <w:rsid w:val="0070554F"/>
     <w:rsid w:val="00705A90"/>
     <w:rsid w:val="00707343"/>
     <w:rsid w:val="00710CA4"/>
     <w:rsid w:val="00711564"/>
     <w:rsid w:val="007173C5"/>
     <w:rsid w:val="00717E33"/>
     <w:rsid w:val="00720195"/>
     <w:rsid w:val="0072065E"/>
     <w:rsid w:val="00720DF5"/>
-    <w:rsid w:val="007222AF"/>
     <w:rsid w:val="007233CF"/>
     <w:rsid w:val="00724D73"/>
     <w:rsid w:val="00724E4E"/>
-    <w:rsid w:val="00725184"/>
     <w:rsid w:val="007256A9"/>
     <w:rsid w:val="00725785"/>
     <w:rsid w:val="0072585F"/>
     <w:rsid w:val="007300F4"/>
     <w:rsid w:val="0073078D"/>
     <w:rsid w:val="007309C2"/>
-    <w:rsid w:val="00736E92"/>
+    <w:rsid w:val="00731C71"/>
     <w:rsid w:val="0073754C"/>
     <w:rsid w:val="00737C52"/>
     <w:rsid w:val="007400F1"/>
     <w:rsid w:val="0074116B"/>
+    <w:rsid w:val="0074195C"/>
     <w:rsid w:val="00742EC5"/>
     <w:rsid w:val="0074383A"/>
     <w:rsid w:val="00743C05"/>
     <w:rsid w:val="007447ED"/>
     <w:rsid w:val="007455ED"/>
     <w:rsid w:val="00745838"/>
     <w:rsid w:val="00745D05"/>
     <w:rsid w:val="007476A7"/>
     <w:rsid w:val="00747F68"/>
     <w:rsid w:val="00752AB4"/>
     <w:rsid w:val="00755CEC"/>
     <w:rsid w:val="0075647A"/>
     <w:rsid w:val="00761851"/>
     <w:rsid w:val="00761D39"/>
     <w:rsid w:val="0076205F"/>
+    <w:rsid w:val="00762F1E"/>
     <w:rsid w:val="00763576"/>
     <w:rsid w:val="00763A70"/>
     <w:rsid w:val="00766B2B"/>
     <w:rsid w:val="00766CEE"/>
     <w:rsid w:val="00767F54"/>
     <w:rsid w:val="00770C48"/>
+    <w:rsid w:val="00771603"/>
+    <w:rsid w:val="00771A1A"/>
     <w:rsid w:val="007726BC"/>
     <w:rsid w:val="007735E7"/>
+    <w:rsid w:val="007738A9"/>
     <w:rsid w:val="00774CFA"/>
     <w:rsid w:val="00775295"/>
     <w:rsid w:val="00775EE6"/>
     <w:rsid w:val="00776871"/>
     <w:rsid w:val="007775D8"/>
     <w:rsid w:val="00777ABA"/>
     <w:rsid w:val="007804AB"/>
     <w:rsid w:val="00780D0C"/>
+    <w:rsid w:val="00780E63"/>
     <w:rsid w:val="00780F38"/>
+    <w:rsid w:val="00780F7E"/>
     <w:rsid w:val="00781209"/>
     <w:rsid w:val="00783545"/>
-    <w:rsid w:val="00783594"/>
     <w:rsid w:val="00784966"/>
+    <w:rsid w:val="007852B6"/>
     <w:rsid w:val="00790411"/>
     <w:rsid w:val="00791A68"/>
     <w:rsid w:val="00791BFE"/>
     <w:rsid w:val="007935C9"/>
     <w:rsid w:val="007939E1"/>
     <w:rsid w:val="007939E4"/>
     <w:rsid w:val="00797A70"/>
     <w:rsid w:val="007A00E5"/>
-    <w:rsid w:val="007A04BF"/>
     <w:rsid w:val="007A0877"/>
-    <w:rsid w:val="007A113C"/>
     <w:rsid w:val="007A24DF"/>
+    <w:rsid w:val="007A3CB4"/>
     <w:rsid w:val="007A568A"/>
     <w:rsid w:val="007A5E61"/>
     <w:rsid w:val="007A696E"/>
+    <w:rsid w:val="007B0294"/>
     <w:rsid w:val="007B0B7C"/>
     <w:rsid w:val="007B3AF5"/>
     <w:rsid w:val="007B3DAF"/>
     <w:rsid w:val="007B57AC"/>
     <w:rsid w:val="007B582D"/>
     <w:rsid w:val="007B5B87"/>
     <w:rsid w:val="007B79E4"/>
     <w:rsid w:val="007C169C"/>
     <w:rsid w:val="007C2F73"/>
+    <w:rsid w:val="007C3220"/>
     <w:rsid w:val="007C3617"/>
     <w:rsid w:val="007C4DD8"/>
     <w:rsid w:val="007C6D85"/>
+    <w:rsid w:val="007D00E6"/>
     <w:rsid w:val="007D0129"/>
     <w:rsid w:val="007D028C"/>
     <w:rsid w:val="007D0D48"/>
     <w:rsid w:val="007D5225"/>
+    <w:rsid w:val="007D52D9"/>
     <w:rsid w:val="007D5513"/>
     <w:rsid w:val="007E093D"/>
     <w:rsid w:val="007E1108"/>
     <w:rsid w:val="007E1216"/>
     <w:rsid w:val="007E267A"/>
     <w:rsid w:val="007E2902"/>
     <w:rsid w:val="007E340A"/>
     <w:rsid w:val="007E3F53"/>
     <w:rsid w:val="007E5559"/>
     <w:rsid w:val="007E5D48"/>
+    <w:rsid w:val="007E624F"/>
+    <w:rsid w:val="007E71A8"/>
     <w:rsid w:val="007F117C"/>
     <w:rsid w:val="007F1CB9"/>
     <w:rsid w:val="007F3230"/>
-    <w:rsid w:val="007F5632"/>
+    <w:rsid w:val="007F50CF"/>
+    <w:rsid w:val="007F64A1"/>
     <w:rsid w:val="00801E0E"/>
     <w:rsid w:val="008026CF"/>
     <w:rsid w:val="00802D29"/>
     <w:rsid w:val="00802FC2"/>
     <w:rsid w:val="00804AB8"/>
     <w:rsid w:val="00805907"/>
     <w:rsid w:val="008103C7"/>
-    <w:rsid w:val="00810492"/>
     <w:rsid w:val="00810FC9"/>
     <w:rsid w:val="00811548"/>
-    <w:rsid w:val="00812E9E"/>
     <w:rsid w:val="00812EAB"/>
     <w:rsid w:val="008137FF"/>
     <w:rsid w:val="00813F9C"/>
     <w:rsid w:val="00813FC7"/>
     <w:rsid w:val="00814B06"/>
     <w:rsid w:val="00814BD9"/>
     <w:rsid w:val="00816A4E"/>
     <w:rsid w:val="00816EB9"/>
-    <w:rsid w:val="008171D3"/>
+    <w:rsid w:val="008207FC"/>
     <w:rsid w:val="0082088C"/>
     <w:rsid w:val="00824B67"/>
     <w:rsid w:val="00824CD0"/>
     <w:rsid w:val="00824D78"/>
     <w:rsid w:val="0082619B"/>
     <w:rsid w:val="008269B1"/>
     <w:rsid w:val="00826D0F"/>
     <w:rsid w:val="0082750E"/>
     <w:rsid w:val="00830EEF"/>
     <w:rsid w:val="008318BD"/>
     <w:rsid w:val="00832A3C"/>
-    <w:rsid w:val="00834F08"/>
     <w:rsid w:val="00835B2D"/>
     <w:rsid w:val="00836019"/>
     <w:rsid w:val="0083759F"/>
     <w:rsid w:val="00840ACF"/>
     <w:rsid w:val="00840B28"/>
     <w:rsid w:val="00840CCE"/>
     <w:rsid w:val="00841899"/>
     <w:rsid w:val="00842632"/>
     <w:rsid w:val="008437DD"/>
-    <w:rsid w:val="0084398E"/>
     <w:rsid w:val="00844259"/>
     <w:rsid w:val="00845DE5"/>
+    <w:rsid w:val="00845E2F"/>
     <w:rsid w:val="00846E25"/>
     <w:rsid w:val="00847A4E"/>
+    <w:rsid w:val="0085019B"/>
     <w:rsid w:val="00850264"/>
     <w:rsid w:val="008502FC"/>
     <w:rsid w:val="00852CA3"/>
     <w:rsid w:val="00853260"/>
-    <w:rsid w:val="00855461"/>
     <w:rsid w:val="00856352"/>
     <w:rsid w:val="00856871"/>
     <w:rsid w:val="008569C3"/>
     <w:rsid w:val="00856ECA"/>
+    <w:rsid w:val="008571BF"/>
     <w:rsid w:val="0086086B"/>
     <w:rsid w:val="00861724"/>
     <w:rsid w:val="00861ACB"/>
     <w:rsid w:val="00862F0E"/>
     <w:rsid w:val="0086391C"/>
     <w:rsid w:val="008639BA"/>
     <w:rsid w:val="00865C21"/>
     <w:rsid w:val="0086640C"/>
     <w:rsid w:val="00866FD3"/>
     <w:rsid w:val="00870CA2"/>
     <w:rsid w:val="00874F9F"/>
     <w:rsid w:val="00875642"/>
     <w:rsid w:val="008757BC"/>
     <w:rsid w:val="0087690F"/>
     <w:rsid w:val="00876E95"/>
     <w:rsid w:val="00877EA1"/>
     <w:rsid w:val="00880825"/>
     <w:rsid w:val="008811EA"/>
     <w:rsid w:val="008811F5"/>
     <w:rsid w:val="0088139A"/>
-    <w:rsid w:val="00881A79"/>
     <w:rsid w:val="00882578"/>
-    <w:rsid w:val="00882A7A"/>
     <w:rsid w:val="00882DF7"/>
     <w:rsid w:val="008842A1"/>
     <w:rsid w:val="00884784"/>
     <w:rsid w:val="00885353"/>
     <w:rsid w:val="008855C9"/>
     <w:rsid w:val="0088615E"/>
     <w:rsid w:val="008865E7"/>
     <w:rsid w:val="00886997"/>
     <w:rsid w:val="00886F2D"/>
     <w:rsid w:val="00887D5F"/>
+    <w:rsid w:val="00890630"/>
     <w:rsid w:val="00892030"/>
+    <w:rsid w:val="008921DC"/>
     <w:rsid w:val="00892C99"/>
+    <w:rsid w:val="00892CA9"/>
     <w:rsid w:val="008A00CA"/>
     <w:rsid w:val="008A202D"/>
+    <w:rsid w:val="008A36F1"/>
     <w:rsid w:val="008A52CB"/>
-    <w:rsid w:val="008A57E8"/>
+    <w:rsid w:val="008A6ED8"/>
+    <w:rsid w:val="008A7027"/>
     <w:rsid w:val="008A7E86"/>
+    <w:rsid w:val="008B0F34"/>
     <w:rsid w:val="008B3156"/>
     <w:rsid w:val="008B4AAC"/>
+    <w:rsid w:val="008B50B9"/>
     <w:rsid w:val="008B61D7"/>
     <w:rsid w:val="008B63E6"/>
     <w:rsid w:val="008B6453"/>
     <w:rsid w:val="008C0107"/>
     <w:rsid w:val="008C12AA"/>
     <w:rsid w:val="008C1A08"/>
     <w:rsid w:val="008C227C"/>
     <w:rsid w:val="008C36FC"/>
     <w:rsid w:val="008C4AC1"/>
     <w:rsid w:val="008C5DD9"/>
     <w:rsid w:val="008C6FF1"/>
     <w:rsid w:val="008C7795"/>
     <w:rsid w:val="008C79CD"/>
     <w:rsid w:val="008D0B72"/>
     <w:rsid w:val="008D12ED"/>
     <w:rsid w:val="008D133C"/>
-    <w:rsid w:val="008D2572"/>
     <w:rsid w:val="008D2ED0"/>
     <w:rsid w:val="008D510A"/>
     <w:rsid w:val="008D532A"/>
     <w:rsid w:val="008D583B"/>
     <w:rsid w:val="008D6180"/>
+    <w:rsid w:val="008D6900"/>
     <w:rsid w:val="008D6F0C"/>
     <w:rsid w:val="008D7307"/>
     <w:rsid w:val="008E158D"/>
     <w:rsid w:val="008E1E8F"/>
     <w:rsid w:val="008E25B9"/>
     <w:rsid w:val="008E3BAE"/>
     <w:rsid w:val="008E420F"/>
-    <w:rsid w:val="008E4234"/>
     <w:rsid w:val="008E6F93"/>
     <w:rsid w:val="008E70E3"/>
     <w:rsid w:val="008F4AAB"/>
     <w:rsid w:val="008F4B60"/>
-    <w:rsid w:val="008F5CC3"/>
     <w:rsid w:val="008F6DCA"/>
     <w:rsid w:val="008F7466"/>
-    <w:rsid w:val="008F7BE5"/>
+    <w:rsid w:val="008F7AD4"/>
     <w:rsid w:val="009002E7"/>
     <w:rsid w:val="00900411"/>
     <w:rsid w:val="00901F50"/>
     <w:rsid w:val="00903D45"/>
-    <w:rsid w:val="009071B2"/>
+    <w:rsid w:val="00904F8F"/>
     <w:rsid w:val="00910D7A"/>
     <w:rsid w:val="00914ACF"/>
-    <w:rsid w:val="009169D7"/>
+    <w:rsid w:val="00916A4E"/>
+    <w:rsid w:val="00917DBE"/>
     <w:rsid w:val="00921429"/>
     <w:rsid w:val="00922896"/>
     <w:rsid w:val="009257DF"/>
     <w:rsid w:val="00925F2E"/>
     <w:rsid w:val="009301F4"/>
     <w:rsid w:val="00930403"/>
     <w:rsid w:val="00930448"/>
     <w:rsid w:val="00932FB7"/>
     <w:rsid w:val="0093332A"/>
-    <w:rsid w:val="00933ED5"/>
     <w:rsid w:val="009340E9"/>
     <w:rsid w:val="00934268"/>
     <w:rsid w:val="00936D98"/>
     <w:rsid w:val="00940C66"/>
     <w:rsid w:val="00944C82"/>
     <w:rsid w:val="00944F96"/>
     <w:rsid w:val="0094653D"/>
     <w:rsid w:val="00946740"/>
     <w:rsid w:val="00946CA8"/>
     <w:rsid w:val="00947147"/>
     <w:rsid w:val="00947DEB"/>
     <w:rsid w:val="009519BD"/>
     <w:rsid w:val="00951BFA"/>
-    <w:rsid w:val="00951C10"/>
     <w:rsid w:val="00952B85"/>
     <w:rsid w:val="00954D49"/>
+    <w:rsid w:val="00955DCD"/>
     <w:rsid w:val="00955F45"/>
     <w:rsid w:val="00961790"/>
     <w:rsid w:val="00963AF9"/>
     <w:rsid w:val="00963EFC"/>
     <w:rsid w:val="00964BE0"/>
     <w:rsid w:val="00964D69"/>
     <w:rsid w:val="0096553B"/>
     <w:rsid w:val="009655F3"/>
     <w:rsid w:val="00965662"/>
     <w:rsid w:val="00965B68"/>
     <w:rsid w:val="00966AC7"/>
     <w:rsid w:val="00966ED1"/>
     <w:rsid w:val="00967C79"/>
     <w:rsid w:val="00971139"/>
     <w:rsid w:val="00972FF7"/>
     <w:rsid w:val="009738A7"/>
     <w:rsid w:val="009741A2"/>
     <w:rsid w:val="00974958"/>
     <w:rsid w:val="0097564E"/>
     <w:rsid w:val="00975CBD"/>
     <w:rsid w:val="00977706"/>
     <w:rsid w:val="009803A5"/>
     <w:rsid w:val="00983125"/>
     <w:rsid w:val="00983820"/>
     <w:rsid w:val="009847B8"/>
     <w:rsid w:val="0098573F"/>
     <w:rsid w:val="00986B06"/>
     <w:rsid w:val="0098719C"/>
     <w:rsid w:val="00987C04"/>
-    <w:rsid w:val="00991F42"/>
-    <w:rsid w:val="00992281"/>
+    <w:rsid w:val="00990F62"/>
     <w:rsid w:val="009934C7"/>
     <w:rsid w:val="009942E8"/>
     <w:rsid w:val="00996918"/>
+    <w:rsid w:val="009969CA"/>
     <w:rsid w:val="009970D4"/>
-    <w:rsid w:val="009A003C"/>
-    <w:rsid w:val="009A0C1F"/>
     <w:rsid w:val="009A37D6"/>
     <w:rsid w:val="009A3D81"/>
     <w:rsid w:val="009A44C2"/>
     <w:rsid w:val="009A4B43"/>
     <w:rsid w:val="009A7F05"/>
     <w:rsid w:val="009B05D7"/>
     <w:rsid w:val="009B0944"/>
     <w:rsid w:val="009B0EFC"/>
     <w:rsid w:val="009B19D4"/>
     <w:rsid w:val="009B1D92"/>
     <w:rsid w:val="009B1E23"/>
     <w:rsid w:val="009B28D1"/>
-    <w:rsid w:val="009B2E30"/>
     <w:rsid w:val="009B33DC"/>
     <w:rsid w:val="009B4360"/>
     <w:rsid w:val="009B4B86"/>
     <w:rsid w:val="009B5116"/>
-    <w:rsid w:val="009B5DD0"/>
+    <w:rsid w:val="009B58F8"/>
+    <w:rsid w:val="009B6AB0"/>
     <w:rsid w:val="009B76EF"/>
-    <w:rsid w:val="009B7E8E"/>
+    <w:rsid w:val="009C0398"/>
     <w:rsid w:val="009C0C9F"/>
     <w:rsid w:val="009C1300"/>
     <w:rsid w:val="009C14C6"/>
     <w:rsid w:val="009C4C2E"/>
     <w:rsid w:val="009C5194"/>
     <w:rsid w:val="009C56F5"/>
     <w:rsid w:val="009C6701"/>
     <w:rsid w:val="009D17DC"/>
     <w:rsid w:val="009D1C6E"/>
     <w:rsid w:val="009D1E86"/>
     <w:rsid w:val="009D25DD"/>
     <w:rsid w:val="009D3A1F"/>
-    <w:rsid w:val="009D3BC2"/>
-[...2 lines deleted...]
-    <w:rsid w:val="009D71C7"/>
     <w:rsid w:val="009D7B18"/>
     <w:rsid w:val="009E03F6"/>
     <w:rsid w:val="009E116A"/>
     <w:rsid w:val="009E1BC9"/>
     <w:rsid w:val="009E30E3"/>
     <w:rsid w:val="009E3B09"/>
     <w:rsid w:val="009E4644"/>
     <w:rsid w:val="009E5D17"/>
+    <w:rsid w:val="009E783F"/>
     <w:rsid w:val="009F172E"/>
     <w:rsid w:val="009F1BDB"/>
     <w:rsid w:val="009F4F69"/>
     <w:rsid w:val="009F6294"/>
     <w:rsid w:val="009F6A7C"/>
     <w:rsid w:val="009F70DE"/>
     <w:rsid w:val="009F7897"/>
     <w:rsid w:val="00A01EAE"/>
     <w:rsid w:val="00A03CF5"/>
     <w:rsid w:val="00A05121"/>
     <w:rsid w:val="00A053A7"/>
     <w:rsid w:val="00A05436"/>
     <w:rsid w:val="00A066C8"/>
     <w:rsid w:val="00A11D57"/>
     <w:rsid w:val="00A1387D"/>
     <w:rsid w:val="00A13E3E"/>
+    <w:rsid w:val="00A1691C"/>
     <w:rsid w:val="00A16D99"/>
     <w:rsid w:val="00A2007A"/>
     <w:rsid w:val="00A20300"/>
     <w:rsid w:val="00A2040E"/>
     <w:rsid w:val="00A20D29"/>
     <w:rsid w:val="00A210AB"/>
     <w:rsid w:val="00A217B7"/>
     <w:rsid w:val="00A22B7C"/>
     <w:rsid w:val="00A23C5C"/>
     <w:rsid w:val="00A23CD1"/>
     <w:rsid w:val="00A24A0E"/>
     <w:rsid w:val="00A25144"/>
     <w:rsid w:val="00A2531D"/>
     <w:rsid w:val="00A26129"/>
     <w:rsid w:val="00A273EF"/>
     <w:rsid w:val="00A3028C"/>
     <w:rsid w:val="00A30EA8"/>
     <w:rsid w:val="00A31AC2"/>
     <w:rsid w:val="00A31B1D"/>
+    <w:rsid w:val="00A331C6"/>
     <w:rsid w:val="00A33282"/>
-    <w:rsid w:val="00A33B13"/>
     <w:rsid w:val="00A34544"/>
     <w:rsid w:val="00A3682C"/>
     <w:rsid w:val="00A37A82"/>
     <w:rsid w:val="00A4090F"/>
     <w:rsid w:val="00A41990"/>
     <w:rsid w:val="00A4247A"/>
+    <w:rsid w:val="00A428EE"/>
     <w:rsid w:val="00A42E43"/>
-    <w:rsid w:val="00A43053"/>
     <w:rsid w:val="00A452D5"/>
     <w:rsid w:val="00A4540E"/>
+    <w:rsid w:val="00A4556A"/>
     <w:rsid w:val="00A4655D"/>
     <w:rsid w:val="00A46FC7"/>
-    <w:rsid w:val="00A47F85"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A509F4"/>
     <w:rsid w:val="00A5197A"/>
     <w:rsid w:val="00A53ADD"/>
     <w:rsid w:val="00A53E49"/>
     <w:rsid w:val="00A54816"/>
     <w:rsid w:val="00A55D8D"/>
     <w:rsid w:val="00A562C3"/>
-    <w:rsid w:val="00A56D40"/>
     <w:rsid w:val="00A578B1"/>
+    <w:rsid w:val="00A6004A"/>
     <w:rsid w:val="00A60707"/>
     <w:rsid w:val="00A62192"/>
-    <w:rsid w:val="00A64447"/>
     <w:rsid w:val="00A66CCA"/>
     <w:rsid w:val="00A66CDB"/>
     <w:rsid w:val="00A67A8D"/>
     <w:rsid w:val="00A70436"/>
     <w:rsid w:val="00A71D7C"/>
+    <w:rsid w:val="00A726AA"/>
     <w:rsid w:val="00A7390F"/>
     <w:rsid w:val="00A73D2D"/>
     <w:rsid w:val="00A74049"/>
-    <w:rsid w:val="00A7618F"/>
+    <w:rsid w:val="00A74711"/>
     <w:rsid w:val="00A763C2"/>
+    <w:rsid w:val="00A77408"/>
     <w:rsid w:val="00A776B6"/>
-    <w:rsid w:val="00A8052B"/>
     <w:rsid w:val="00A8095D"/>
     <w:rsid w:val="00A80C63"/>
     <w:rsid w:val="00A8231E"/>
-    <w:rsid w:val="00A828CD"/>
     <w:rsid w:val="00A82D41"/>
     <w:rsid w:val="00A82F9D"/>
     <w:rsid w:val="00A84667"/>
-    <w:rsid w:val="00A84CEE"/>
     <w:rsid w:val="00A86162"/>
+    <w:rsid w:val="00A86F71"/>
     <w:rsid w:val="00A87476"/>
     <w:rsid w:val="00A87EB8"/>
+    <w:rsid w:val="00A90689"/>
     <w:rsid w:val="00A9117A"/>
     <w:rsid w:val="00A915AD"/>
     <w:rsid w:val="00A915E6"/>
     <w:rsid w:val="00A91990"/>
     <w:rsid w:val="00A92908"/>
     <w:rsid w:val="00A93002"/>
     <w:rsid w:val="00A9388C"/>
     <w:rsid w:val="00A93955"/>
     <w:rsid w:val="00A93BB9"/>
     <w:rsid w:val="00A95137"/>
     <w:rsid w:val="00A97848"/>
     <w:rsid w:val="00AA14F2"/>
+    <w:rsid w:val="00AA2965"/>
     <w:rsid w:val="00AA2DC3"/>
     <w:rsid w:val="00AA34E7"/>
     <w:rsid w:val="00AA48F3"/>
+    <w:rsid w:val="00AA4F77"/>
     <w:rsid w:val="00AA59F5"/>
     <w:rsid w:val="00AA5D7F"/>
+    <w:rsid w:val="00AA66A7"/>
     <w:rsid w:val="00AA66CD"/>
+    <w:rsid w:val="00AB0B7C"/>
     <w:rsid w:val="00AB2485"/>
     <w:rsid w:val="00AB2495"/>
-    <w:rsid w:val="00AB2BF6"/>
     <w:rsid w:val="00AB3955"/>
     <w:rsid w:val="00AB4739"/>
     <w:rsid w:val="00AB4D24"/>
     <w:rsid w:val="00AB5526"/>
     <w:rsid w:val="00AB5636"/>
     <w:rsid w:val="00AB5B17"/>
     <w:rsid w:val="00AC144D"/>
     <w:rsid w:val="00AC278E"/>
     <w:rsid w:val="00AC4657"/>
     <w:rsid w:val="00AC6189"/>
-    <w:rsid w:val="00AC7089"/>
     <w:rsid w:val="00AC7976"/>
     <w:rsid w:val="00AC7A96"/>
     <w:rsid w:val="00AD0D19"/>
     <w:rsid w:val="00AD1635"/>
     <w:rsid w:val="00AD1701"/>
-    <w:rsid w:val="00AD2FF5"/>
+    <w:rsid w:val="00AD25C4"/>
     <w:rsid w:val="00AD42BE"/>
     <w:rsid w:val="00AD6A36"/>
     <w:rsid w:val="00AD7136"/>
+    <w:rsid w:val="00AE1DC6"/>
     <w:rsid w:val="00AE2085"/>
     <w:rsid w:val="00AE2375"/>
     <w:rsid w:val="00AE411B"/>
     <w:rsid w:val="00AE4DAF"/>
     <w:rsid w:val="00AE5318"/>
     <w:rsid w:val="00AE5651"/>
     <w:rsid w:val="00AE7833"/>
-    <w:rsid w:val="00AF0552"/>
     <w:rsid w:val="00AF06A9"/>
     <w:rsid w:val="00AF094B"/>
-    <w:rsid w:val="00AF1AA2"/>
     <w:rsid w:val="00AF1E0F"/>
     <w:rsid w:val="00AF5629"/>
     <w:rsid w:val="00AF5D67"/>
     <w:rsid w:val="00AF7D08"/>
     <w:rsid w:val="00AF7E4B"/>
     <w:rsid w:val="00B00D62"/>
     <w:rsid w:val="00B01EF3"/>
+    <w:rsid w:val="00B020F3"/>
     <w:rsid w:val="00B02149"/>
     <w:rsid w:val="00B03B81"/>
     <w:rsid w:val="00B03FE4"/>
     <w:rsid w:val="00B050A0"/>
     <w:rsid w:val="00B05551"/>
+    <w:rsid w:val="00B06279"/>
     <w:rsid w:val="00B11F89"/>
     <w:rsid w:val="00B128D0"/>
     <w:rsid w:val="00B1295D"/>
+    <w:rsid w:val="00B13634"/>
     <w:rsid w:val="00B14408"/>
     <w:rsid w:val="00B1458F"/>
     <w:rsid w:val="00B146CC"/>
     <w:rsid w:val="00B148AB"/>
     <w:rsid w:val="00B17028"/>
     <w:rsid w:val="00B20BF4"/>
     <w:rsid w:val="00B2133A"/>
     <w:rsid w:val="00B21763"/>
     <w:rsid w:val="00B23668"/>
     <w:rsid w:val="00B2561C"/>
     <w:rsid w:val="00B260C9"/>
-    <w:rsid w:val="00B3079F"/>
     <w:rsid w:val="00B32C09"/>
     <w:rsid w:val="00B34DBB"/>
     <w:rsid w:val="00B36564"/>
     <w:rsid w:val="00B375EE"/>
     <w:rsid w:val="00B37BEB"/>
     <w:rsid w:val="00B40879"/>
-    <w:rsid w:val="00B420E8"/>
     <w:rsid w:val="00B42B01"/>
     <w:rsid w:val="00B46553"/>
     <w:rsid w:val="00B510CC"/>
     <w:rsid w:val="00B51154"/>
     <w:rsid w:val="00B51928"/>
     <w:rsid w:val="00B53145"/>
     <w:rsid w:val="00B5322D"/>
     <w:rsid w:val="00B532E8"/>
-    <w:rsid w:val="00B5341D"/>
     <w:rsid w:val="00B5384A"/>
     <w:rsid w:val="00B53C00"/>
     <w:rsid w:val="00B54829"/>
-    <w:rsid w:val="00B54D21"/>
-    <w:rsid w:val="00B5516C"/>
     <w:rsid w:val="00B55C29"/>
     <w:rsid w:val="00B56316"/>
     <w:rsid w:val="00B613A9"/>
     <w:rsid w:val="00B6313F"/>
     <w:rsid w:val="00B63F44"/>
     <w:rsid w:val="00B64527"/>
     <w:rsid w:val="00B64825"/>
     <w:rsid w:val="00B66FF9"/>
     <w:rsid w:val="00B67A2F"/>
+    <w:rsid w:val="00B67E3A"/>
     <w:rsid w:val="00B7040F"/>
     <w:rsid w:val="00B71666"/>
     <w:rsid w:val="00B71CEB"/>
+    <w:rsid w:val="00B72B6E"/>
     <w:rsid w:val="00B753CB"/>
-    <w:rsid w:val="00B76ED6"/>
     <w:rsid w:val="00B80545"/>
     <w:rsid w:val="00B808DA"/>
-    <w:rsid w:val="00B80CC1"/>
     <w:rsid w:val="00B80D21"/>
     <w:rsid w:val="00B81F4A"/>
     <w:rsid w:val="00B8208C"/>
     <w:rsid w:val="00B82B78"/>
     <w:rsid w:val="00B833BE"/>
     <w:rsid w:val="00B84347"/>
+    <w:rsid w:val="00B8466F"/>
     <w:rsid w:val="00B84ABC"/>
+    <w:rsid w:val="00B84C3F"/>
     <w:rsid w:val="00B865F4"/>
     <w:rsid w:val="00B922BD"/>
     <w:rsid w:val="00B94C5B"/>
-    <w:rsid w:val="00B94D13"/>
     <w:rsid w:val="00B9642A"/>
     <w:rsid w:val="00B964F6"/>
     <w:rsid w:val="00B97C44"/>
     <w:rsid w:val="00B97DEC"/>
     <w:rsid w:val="00BA05C5"/>
     <w:rsid w:val="00BA1945"/>
     <w:rsid w:val="00BA1AF2"/>
     <w:rsid w:val="00BA2C2D"/>
+    <w:rsid w:val="00BA2E9D"/>
     <w:rsid w:val="00BA365B"/>
     <w:rsid w:val="00BA42CC"/>
     <w:rsid w:val="00BA6031"/>
     <w:rsid w:val="00BA78F3"/>
     <w:rsid w:val="00BB03BB"/>
     <w:rsid w:val="00BB0E0B"/>
+    <w:rsid w:val="00BB0F48"/>
+    <w:rsid w:val="00BB1184"/>
     <w:rsid w:val="00BB1BCB"/>
     <w:rsid w:val="00BB36E2"/>
     <w:rsid w:val="00BB4A9B"/>
     <w:rsid w:val="00BB4D09"/>
-    <w:rsid w:val="00BB4D18"/>
-    <w:rsid w:val="00BB5C60"/>
     <w:rsid w:val="00BB6A1A"/>
     <w:rsid w:val="00BB6DE6"/>
     <w:rsid w:val="00BB7AE0"/>
-    <w:rsid w:val="00BC1CFB"/>
     <w:rsid w:val="00BC35CF"/>
     <w:rsid w:val="00BC3C73"/>
     <w:rsid w:val="00BC4AD1"/>
-    <w:rsid w:val="00BC7A31"/>
+    <w:rsid w:val="00BC5517"/>
     <w:rsid w:val="00BD03AD"/>
     <w:rsid w:val="00BD331F"/>
     <w:rsid w:val="00BD4790"/>
     <w:rsid w:val="00BD5E6B"/>
+    <w:rsid w:val="00BD6098"/>
     <w:rsid w:val="00BD6498"/>
     <w:rsid w:val="00BD7901"/>
     <w:rsid w:val="00BE0B1E"/>
     <w:rsid w:val="00BE2A55"/>
+    <w:rsid w:val="00BE3E7F"/>
     <w:rsid w:val="00BE45DD"/>
+    <w:rsid w:val="00BE558F"/>
     <w:rsid w:val="00BE583E"/>
     <w:rsid w:val="00BE6F1A"/>
-    <w:rsid w:val="00BF0133"/>
     <w:rsid w:val="00BF2C03"/>
     <w:rsid w:val="00BF3B3D"/>
     <w:rsid w:val="00BF41E9"/>
-    <w:rsid w:val="00BF4617"/>
     <w:rsid w:val="00BF7069"/>
+    <w:rsid w:val="00C0028D"/>
+    <w:rsid w:val="00C01368"/>
     <w:rsid w:val="00C02ABA"/>
     <w:rsid w:val="00C02C1D"/>
     <w:rsid w:val="00C02F29"/>
     <w:rsid w:val="00C03CEB"/>
     <w:rsid w:val="00C04DF0"/>
     <w:rsid w:val="00C050BF"/>
     <w:rsid w:val="00C05CE7"/>
     <w:rsid w:val="00C10E4A"/>
     <w:rsid w:val="00C1156A"/>
     <w:rsid w:val="00C12581"/>
-    <w:rsid w:val="00C12874"/>
     <w:rsid w:val="00C1348E"/>
     <w:rsid w:val="00C13B92"/>
-    <w:rsid w:val="00C14410"/>
     <w:rsid w:val="00C1548A"/>
     <w:rsid w:val="00C15CB9"/>
     <w:rsid w:val="00C17C7F"/>
     <w:rsid w:val="00C204BE"/>
     <w:rsid w:val="00C20C4F"/>
     <w:rsid w:val="00C214A1"/>
     <w:rsid w:val="00C22597"/>
     <w:rsid w:val="00C2326D"/>
     <w:rsid w:val="00C23798"/>
     <w:rsid w:val="00C243C3"/>
+    <w:rsid w:val="00C2533B"/>
     <w:rsid w:val="00C25E94"/>
     <w:rsid w:val="00C26867"/>
     <w:rsid w:val="00C26AEE"/>
+    <w:rsid w:val="00C302F2"/>
     <w:rsid w:val="00C3250F"/>
     <w:rsid w:val="00C34AF8"/>
     <w:rsid w:val="00C3505E"/>
     <w:rsid w:val="00C35208"/>
+    <w:rsid w:val="00C364D0"/>
+    <w:rsid w:val="00C36FFD"/>
     <w:rsid w:val="00C37DF2"/>
     <w:rsid w:val="00C4109A"/>
     <w:rsid w:val="00C411F9"/>
     <w:rsid w:val="00C4239A"/>
     <w:rsid w:val="00C423AD"/>
     <w:rsid w:val="00C424BD"/>
     <w:rsid w:val="00C42831"/>
     <w:rsid w:val="00C43099"/>
     <w:rsid w:val="00C43253"/>
-    <w:rsid w:val="00C437F3"/>
     <w:rsid w:val="00C43831"/>
     <w:rsid w:val="00C44444"/>
     <w:rsid w:val="00C45C81"/>
     <w:rsid w:val="00C46363"/>
-    <w:rsid w:val="00C464EC"/>
     <w:rsid w:val="00C524E4"/>
+    <w:rsid w:val="00C530FE"/>
     <w:rsid w:val="00C535FF"/>
     <w:rsid w:val="00C53F6E"/>
     <w:rsid w:val="00C543BA"/>
     <w:rsid w:val="00C56721"/>
     <w:rsid w:val="00C577FF"/>
+    <w:rsid w:val="00C5787F"/>
     <w:rsid w:val="00C63D62"/>
     <w:rsid w:val="00C6565B"/>
     <w:rsid w:val="00C656BC"/>
     <w:rsid w:val="00C65F2D"/>
     <w:rsid w:val="00C6788B"/>
     <w:rsid w:val="00C67B2D"/>
     <w:rsid w:val="00C7015A"/>
     <w:rsid w:val="00C70A19"/>
     <w:rsid w:val="00C71AAA"/>
     <w:rsid w:val="00C71CAA"/>
     <w:rsid w:val="00C73001"/>
     <w:rsid w:val="00C73BE3"/>
     <w:rsid w:val="00C746E8"/>
     <w:rsid w:val="00C75566"/>
     <w:rsid w:val="00C75B5E"/>
     <w:rsid w:val="00C75C94"/>
-    <w:rsid w:val="00C75D6D"/>
-    <w:rsid w:val="00C77EBB"/>
     <w:rsid w:val="00C81171"/>
-    <w:rsid w:val="00C822E2"/>
     <w:rsid w:val="00C837F2"/>
+    <w:rsid w:val="00C83D9C"/>
     <w:rsid w:val="00C84D2C"/>
     <w:rsid w:val="00C87E49"/>
     <w:rsid w:val="00C906A5"/>
+    <w:rsid w:val="00C9185B"/>
+    <w:rsid w:val="00C9256F"/>
     <w:rsid w:val="00C93198"/>
     <w:rsid w:val="00C9330B"/>
     <w:rsid w:val="00C93A08"/>
     <w:rsid w:val="00C93E04"/>
     <w:rsid w:val="00C94B77"/>
     <w:rsid w:val="00C94D81"/>
-    <w:rsid w:val="00C96CF9"/>
+    <w:rsid w:val="00C94E80"/>
     <w:rsid w:val="00C979C3"/>
     <w:rsid w:val="00CA0B1D"/>
     <w:rsid w:val="00CA1267"/>
+    <w:rsid w:val="00CA538B"/>
     <w:rsid w:val="00CB0302"/>
     <w:rsid w:val="00CB182D"/>
+    <w:rsid w:val="00CB1AA0"/>
     <w:rsid w:val="00CB31B3"/>
     <w:rsid w:val="00CB3EC7"/>
+    <w:rsid w:val="00CB3F1B"/>
     <w:rsid w:val="00CB4340"/>
     <w:rsid w:val="00CB4BC4"/>
     <w:rsid w:val="00CB586A"/>
     <w:rsid w:val="00CB6556"/>
     <w:rsid w:val="00CB68A3"/>
     <w:rsid w:val="00CB6C9F"/>
-    <w:rsid w:val="00CC0C1C"/>
-    <w:rsid w:val="00CC0D5B"/>
+    <w:rsid w:val="00CB7307"/>
     <w:rsid w:val="00CC158F"/>
+    <w:rsid w:val="00CC1592"/>
     <w:rsid w:val="00CC1689"/>
+    <w:rsid w:val="00CC3425"/>
+    <w:rsid w:val="00CC3592"/>
     <w:rsid w:val="00CC4960"/>
-    <w:rsid w:val="00CC4D88"/>
     <w:rsid w:val="00CC50A4"/>
+    <w:rsid w:val="00CC5E62"/>
     <w:rsid w:val="00CC7A81"/>
     <w:rsid w:val="00CD069D"/>
     <w:rsid w:val="00CD0836"/>
     <w:rsid w:val="00CD192B"/>
-    <w:rsid w:val="00CD2435"/>
     <w:rsid w:val="00CE1CC5"/>
     <w:rsid w:val="00CE1F52"/>
     <w:rsid w:val="00CE2A52"/>
     <w:rsid w:val="00CE4D9F"/>
     <w:rsid w:val="00CE5C8A"/>
     <w:rsid w:val="00CE736C"/>
-    <w:rsid w:val="00CF1A03"/>
     <w:rsid w:val="00CF2464"/>
     <w:rsid w:val="00CF53A6"/>
-    <w:rsid w:val="00CF6462"/>
     <w:rsid w:val="00D01A61"/>
     <w:rsid w:val="00D022A5"/>
     <w:rsid w:val="00D03E7E"/>
     <w:rsid w:val="00D03F42"/>
-    <w:rsid w:val="00D054E0"/>
     <w:rsid w:val="00D069C9"/>
     <w:rsid w:val="00D06D6A"/>
+    <w:rsid w:val="00D1089A"/>
     <w:rsid w:val="00D113AD"/>
     <w:rsid w:val="00D11BD6"/>
     <w:rsid w:val="00D11E55"/>
     <w:rsid w:val="00D11FA9"/>
     <w:rsid w:val="00D13975"/>
+    <w:rsid w:val="00D14AB5"/>
     <w:rsid w:val="00D14CD6"/>
+    <w:rsid w:val="00D15AAF"/>
     <w:rsid w:val="00D16397"/>
     <w:rsid w:val="00D165C6"/>
     <w:rsid w:val="00D16B18"/>
     <w:rsid w:val="00D16EA3"/>
     <w:rsid w:val="00D1706A"/>
     <w:rsid w:val="00D17B39"/>
     <w:rsid w:val="00D2066F"/>
     <w:rsid w:val="00D22FF0"/>
+    <w:rsid w:val="00D24591"/>
     <w:rsid w:val="00D268A4"/>
+    <w:rsid w:val="00D34B6A"/>
     <w:rsid w:val="00D35CB3"/>
     <w:rsid w:val="00D409BC"/>
-    <w:rsid w:val="00D40FCF"/>
     <w:rsid w:val="00D42E6A"/>
     <w:rsid w:val="00D42F79"/>
     <w:rsid w:val="00D44453"/>
     <w:rsid w:val="00D44F97"/>
     <w:rsid w:val="00D4782C"/>
     <w:rsid w:val="00D5021B"/>
     <w:rsid w:val="00D50FD2"/>
     <w:rsid w:val="00D51DBA"/>
     <w:rsid w:val="00D52900"/>
-    <w:rsid w:val="00D52B4F"/>
+    <w:rsid w:val="00D54C45"/>
     <w:rsid w:val="00D564B9"/>
     <w:rsid w:val="00D601E6"/>
     <w:rsid w:val="00D604CA"/>
     <w:rsid w:val="00D63652"/>
     <w:rsid w:val="00D639B3"/>
     <w:rsid w:val="00D64D42"/>
+    <w:rsid w:val="00D6551F"/>
     <w:rsid w:val="00D65FA9"/>
     <w:rsid w:val="00D66FBA"/>
     <w:rsid w:val="00D70DB8"/>
     <w:rsid w:val="00D712C2"/>
-    <w:rsid w:val="00D75023"/>
-    <w:rsid w:val="00D75489"/>
     <w:rsid w:val="00D7555C"/>
     <w:rsid w:val="00D758DC"/>
     <w:rsid w:val="00D75EEE"/>
     <w:rsid w:val="00D76759"/>
     <w:rsid w:val="00D7723E"/>
     <w:rsid w:val="00D777B7"/>
     <w:rsid w:val="00D803F5"/>
     <w:rsid w:val="00D8089C"/>
+    <w:rsid w:val="00D817B9"/>
     <w:rsid w:val="00D82790"/>
     <w:rsid w:val="00D84098"/>
-    <w:rsid w:val="00D850BE"/>
     <w:rsid w:val="00D8671E"/>
     <w:rsid w:val="00D86CD4"/>
     <w:rsid w:val="00D90354"/>
     <w:rsid w:val="00D906F8"/>
-    <w:rsid w:val="00D93C52"/>
+    <w:rsid w:val="00D95515"/>
     <w:rsid w:val="00D9595C"/>
     <w:rsid w:val="00D95E4C"/>
     <w:rsid w:val="00D95EA5"/>
     <w:rsid w:val="00D9766F"/>
     <w:rsid w:val="00DA0355"/>
     <w:rsid w:val="00DA144D"/>
     <w:rsid w:val="00DA18DF"/>
     <w:rsid w:val="00DA37BD"/>
     <w:rsid w:val="00DA4416"/>
-    <w:rsid w:val="00DA47D3"/>
     <w:rsid w:val="00DA54F5"/>
     <w:rsid w:val="00DA5562"/>
     <w:rsid w:val="00DA67AF"/>
     <w:rsid w:val="00DA6A60"/>
     <w:rsid w:val="00DA7B8E"/>
     <w:rsid w:val="00DB0813"/>
     <w:rsid w:val="00DB1991"/>
+    <w:rsid w:val="00DB3709"/>
     <w:rsid w:val="00DB4411"/>
     <w:rsid w:val="00DB4732"/>
     <w:rsid w:val="00DB49BD"/>
+    <w:rsid w:val="00DB4AA4"/>
     <w:rsid w:val="00DB5DD9"/>
     <w:rsid w:val="00DB6521"/>
     <w:rsid w:val="00DB6838"/>
-    <w:rsid w:val="00DB72E4"/>
+    <w:rsid w:val="00DB7BA8"/>
+    <w:rsid w:val="00DB7F7D"/>
     <w:rsid w:val="00DC115D"/>
-    <w:rsid w:val="00DC1195"/>
     <w:rsid w:val="00DC192C"/>
     <w:rsid w:val="00DC1EA2"/>
     <w:rsid w:val="00DC3388"/>
+    <w:rsid w:val="00DC452F"/>
     <w:rsid w:val="00DC5657"/>
     <w:rsid w:val="00DC5F5C"/>
     <w:rsid w:val="00DC734B"/>
-    <w:rsid w:val="00DD0DF0"/>
     <w:rsid w:val="00DD255F"/>
     <w:rsid w:val="00DD77E4"/>
     <w:rsid w:val="00DE1B70"/>
     <w:rsid w:val="00DE20F4"/>
     <w:rsid w:val="00DE44A0"/>
     <w:rsid w:val="00DE4A99"/>
     <w:rsid w:val="00DE6025"/>
     <w:rsid w:val="00DE6E52"/>
     <w:rsid w:val="00DE7239"/>
     <w:rsid w:val="00DF085A"/>
     <w:rsid w:val="00DF1C1F"/>
     <w:rsid w:val="00DF267D"/>
-    <w:rsid w:val="00DF2864"/>
     <w:rsid w:val="00DF2DD2"/>
     <w:rsid w:val="00DF386A"/>
     <w:rsid w:val="00DF3F58"/>
     <w:rsid w:val="00DF3F7C"/>
     <w:rsid w:val="00DF4CCB"/>
+    <w:rsid w:val="00E0035E"/>
     <w:rsid w:val="00E01101"/>
+    <w:rsid w:val="00E05073"/>
+    <w:rsid w:val="00E05763"/>
     <w:rsid w:val="00E06518"/>
     <w:rsid w:val="00E07F6B"/>
-    <w:rsid w:val="00E108DE"/>
     <w:rsid w:val="00E1261D"/>
     <w:rsid w:val="00E12943"/>
     <w:rsid w:val="00E12A56"/>
     <w:rsid w:val="00E130A8"/>
     <w:rsid w:val="00E13A88"/>
     <w:rsid w:val="00E13FF9"/>
+    <w:rsid w:val="00E1404D"/>
+    <w:rsid w:val="00E14CF1"/>
     <w:rsid w:val="00E15354"/>
-    <w:rsid w:val="00E1610B"/>
     <w:rsid w:val="00E20386"/>
     <w:rsid w:val="00E21A12"/>
+    <w:rsid w:val="00E21FF3"/>
     <w:rsid w:val="00E2254D"/>
+    <w:rsid w:val="00E2316D"/>
     <w:rsid w:val="00E26ECD"/>
+    <w:rsid w:val="00E2742C"/>
     <w:rsid w:val="00E33D3E"/>
     <w:rsid w:val="00E34FA8"/>
     <w:rsid w:val="00E35C03"/>
     <w:rsid w:val="00E40537"/>
     <w:rsid w:val="00E413B5"/>
     <w:rsid w:val="00E41727"/>
     <w:rsid w:val="00E41F22"/>
     <w:rsid w:val="00E42814"/>
     <w:rsid w:val="00E438DF"/>
     <w:rsid w:val="00E43CD2"/>
     <w:rsid w:val="00E44A06"/>
     <w:rsid w:val="00E44E3E"/>
-    <w:rsid w:val="00E4506C"/>
     <w:rsid w:val="00E46E20"/>
     <w:rsid w:val="00E46FD1"/>
-    <w:rsid w:val="00E47C50"/>
     <w:rsid w:val="00E47CF7"/>
     <w:rsid w:val="00E501C8"/>
-    <w:rsid w:val="00E5174B"/>
+    <w:rsid w:val="00E55D2F"/>
     <w:rsid w:val="00E5618B"/>
-    <w:rsid w:val="00E565BC"/>
     <w:rsid w:val="00E56ED2"/>
     <w:rsid w:val="00E57ADB"/>
     <w:rsid w:val="00E603AB"/>
+    <w:rsid w:val="00E604B9"/>
     <w:rsid w:val="00E60CD7"/>
     <w:rsid w:val="00E63C24"/>
     <w:rsid w:val="00E6447A"/>
     <w:rsid w:val="00E645EB"/>
     <w:rsid w:val="00E6490B"/>
     <w:rsid w:val="00E650DF"/>
     <w:rsid w:val="00E66054"/>
     <w:rsid w:val="00E67214"/>
     <w:rsid w:val="00E67F9B"/>
-    <w:rsid w:val="00E70717"/>
     <w:rsid w:val="00E70AA2"/>
     <w:rsid w:val="00E7130D"/>
     <w:rsid w:val="00E71DCA"/>
     <w:rsid w:val="00E73679"/>
     <w:rsid w:val="00E741B4"/>
+    <w:rsid w:val="00E74CBF"/>
     <w:rsid w:val="00E76764"/>
     <w:rsid w:val="00E77FEC"/>
     <w:rsid w:val="00E80A3A"/>
     <w:rsid w:val="00E81290"/>
     <w:rsid w:val="00E81781"/>
     <w:rsid w:val="00E82EB0"/>
     <w:rsid w:val="00E84439"/>
+    <w:rsid w:val="00E84B07"/>
     <w:rsid w:val="00E855BA"/>
     <w:rsid w:val="00E862C4"/>
     <w:rsid w:val="00E86409"/>
     <w:rsid w:val="00E865E6"/>
     <w:rsid w:val="00E875B5"/>
-    <w:rsid w:val="00E87B96"/>
     <w:rsid w:val="00E9062C"/>
     <w:rsid w:val="00E92F5E"/>
     <w:rsid w:val="00E94067"/>
+    <w:rsid w:val="00E95358"/>
     <w:rsid w:val="00E9536C"/>
+    <w:rsid w:val="00E958C9"/>
     <w:rsid w:val="00E95F72"/>
     <w:rsid w:val="00E95FFC"/>
     <w:rsid w:val="00E97506"/>
     <w:rsid w:val="00EA0D0E"/>
     <w:rsid w:val="00EA16B9"/>
     <w:rsid w:val="00EA3889"/>
     <w:rsid w:val="00EA38DD"/>
     <w:rsid w:val="00EA60A6"/>
+    <w:rsid w:val="00EA76DB"/>
     <w:rsid w:val="00EB0CB9"/>
     <w:rsid w:val="00EB2BCB"/>
     <w:rsid w:val="00EB3546"/>
     <w:rsid w:val="00EB3C05"/>
-    <w:rsid w:val="00EB5CBD"/>
     <w:rsid w:val="00EB6118"/>
     <w:rsid w:val="00EB6291"/>
     <w:rsid w:val="00EB7B8E"/>
     <w:rsid w:val="00EC0E82"/>
     <w:rsid w:val="00EC2121"/>
     <w:rsid w:val="00EC22BF"/>
     <w:rsid w:val="00EC3D6B"/>
     <w:rsid w:val="00EC4332"/>
     <w:rsid w:val="00EC60DD"/>
     <w:rsid w:val="00EC699D"/>
     <w:rsid w:val="00EC7330"/>
     <w:rsid w:val="00ED16C3"/>
     <w:rsid w:val="00ED1985"/>
     <w:rsid w:val="00ED19DD"/>
     <w:rsid w:val="00ED2B32"/>
     <w:rsid w:val="00ED2D84"/>
     <w:rsid w:val="00ED34A7"/>
     <w:rsid w:val="00ED3E21"/>
     <w:rsid w:val="00ED553A"/>
     <w:rsid w:val="00ED5D3E"/>
-    <w:rsid w:val="00ED6528"/>
     <w:rsid w:val="00ED7262"/>
     <w:rsid w:val="00ED72B3"/>
+    <w:rsid w:val="00ED7486"/>
     <w:rsid w:val="00EE1B04"/>
     <w:rsid w:val="00EE238A"/>
     <w:rsid w:val="00EE45BC"/>
     <w:rsid w:val="00EE474A"/>
     <w:rsid w:val="00EE4F38"/>
     <w:rsid w:val="00EF2530"/>
     <w:rsid w:val="00EF3547"/>
     <w:rsid w:val="00EF53BF"/>
     <w:rsid w:val="00EF5421"/>
-    <w:rsid w:val="00EF5B43"/>
+    <w:rsid w:val="00EF5D76"/>
     <w:rsid w:val="00F00333"/>
     <w:rsid w:val="00F016D3"/>
     <w:rsid w:val="00F02107"/>
     <w:rsid w:val="00F023A5"/>
     <w:rsid w:val="00F026D7"/>
-    <w:rsid w:val="00F0638E"/>
+    <w:rsid w:val="00F04C10"/>
     <w:rsid w:val="00F10B0C"/>
-    <w:rsid w:val="00F11126"/>
     <w:rsid w:val="00F133F5"/>
     <w:rsid w:val="00F15616"/>
     <w:rsid w:val="00F15D30"/>
     <w:rsid w:val="00F16FC1"/>
     <w:rsid w:val="00F2093F"/>
     <w:rsid w:val="00F21592"/>
     <w:rsid w:val="00F219D8"/>
-    <w:rsid w:val="00F228E6"/>
     <w:rsid w:val="00F22A5D"/>
     <w:rsid w:val="00F23FAD"/>
     <w:rsid w:val="00F249E6"/>
-    <w:rsid w:val="00F24CC6"/>
     <w:rsid w:val="00F251AC"/>
-    <w:rsid w:val="00F25C01"/>
     <w:rsid w:val="00F267BA"/>
+    <w:rsid w:val="00F30635"/>
     <w:rsid w:val="00F31F00"/>
     <w:rsid w:val="00F34A38"/>
     <w:rsid w:val="00F3506C"/>
     <w:rsid w:val="00F37071"/>
     <w:rsid w:val="00F40FAC"/>
     <w:rsid w:val="00F4133A"/>
     <w:rsid w:val="00F42153"/>
     <w:rsid w:val="00F4275D"/>
     <w:rsid w:val="00F42A30"/>
     <w:rsid w:val="00F43273"/>
     <w:rsid w:val="00F433B5"/>
     <w:rsid w:val="00F44860"/>
     <w:rsid w:val="00F44D5B"/>
     <w:rsid w:val="00F4564D"/>
     <w:rsid w:val="00F47D0D"/>
     <w:rsid w:val="00F500DD"/>
-    <w:rsid w:val="00F50777"/>
-    <w:rsid w:val="00F50A87"/>
     <w:rsid w:val="00F50C14"/>
+    <w:rsid w:val="00F5198B"/>
     <w:rsid w:val="00F532DE"/>
     <w:rsid w:val="00F53B38"/>
     <w:rsid w:val="00F54483"/>
     <w:rsid w:val="00F545EA"/>
-    <w:rsid w:val="00F56495"/>
     <w:rsid w:val="00F56634"/>
-    <w:rsid w:val="00F56CDC"/>
+    <w:rsid w:val="00F57E8A"/>
     <w:rsid w:val="00F601ED"/>
     <w:rsid w:val="00F60E93"/>
     <w:rsid w:val="00F620EE"/>
     <w:rsid w:val="00F62C8C"/>
     <w:rsid w:val="00F62D61"/>
     <w:rsid w:val="00F63045"/>
     <w:rsid w:val="00F641BD"/>
     <w:rsid w:val="00F6493A"/>
     <w:rsid w:val="00F65766"/>
     <w:rsid w:val="00F65F2A"/>
     <w:rsid w:val="00F67250"/>
     <w:rsid w:val="00F72730"/>
     <w:rsid w:val="00F728B5"/>
     <w:rsid w:val="00F735BE"/>
+    <w:rsid w:val="00F736C1"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F73D30"/>
     <w:rsid w:val="00F75257"/>
+    <w:rsid w:val="00F762C0"/>
     <w:rsid w:val="00F76535"/>
     <w:rsid w:val="00F7676E"/>
     <w:rsid w:val="00F76BB7"/>
     <w:rsid w:val="00F801F1"/>
     <w:rsid w:val="00F80979"/>
     <w:rsid w:val="00F81802"/>
     <w:rsid w:val="00F83FD6"/>
+    <w:rsid w:val="00F84B4A"/>
     <w:rsid w:val="00F85691"/>
     <w:rsid w:val="00F856D1"/>
+    <w:rsid w:val="00F85E4E"/>
     <w:rsid w:val="00F86FC6"/>
     <w:rsid w:val="00F9053C"/>
     <w:rsid w:val="00F9061A"/>
     <w:rsid w:val="00F90638"/>
     <w:rsid w:val="00F941AA"/>
     <w:rsid w:val="00F9425C"/>
     <w:rsid w:val="00F95B48"/>
     <w:rsid w:val="00F95D02"/>
     <w:rsid w:val="00F96B33"/>
     <w:rsid w:val="00F96DCD"/>
     <w:rsid w:val="00FA03CB"/>
     <w:rsid w:val="00FA0993"/>
-    <w:rsid w:val="00FA0D8F"/>
-    <w:rsid w:val="00FA10C3"/>
     <w:rsid w:val="00FA2487"/>
     <w:rsid w:val="00FA24F2"/>
     <w:rsid w:val="00FA33ED"/>
+    <w:rsid w:val="00FA367C"/>
     <w:rsid w:val="00FA3EB8"/>
     <w:rsid w:val="00FA4DEC"/>
     <w:rsid w:val="00FA6927"/>
     <w:rsid w:val="00FB081D"/>
-    <w:rsid w:val="00FB0D47"/>
     <w:rsid w:val="00FB252E"/>
-    <w:rsid w:val="00FB3916"/>
     <w:rsid w:val="00FB4C64"/>
     <w:rsid w:val="00FB6BCA"/>
-    <w:rsid w:val="00FC0347"/>
     <w:rsid w:val="00FC1BEA"/>
     <w:rsid w:val="00FC247D"/>
     <w:rsid w:val="00FC2DE3"/>
     <w:rsid w:val="00FC2F84"/>
+    <w:rsid w:val="00FC4F73"/>
     <w:rsid w:val="00FC5932"/>
+    <w:rsid w:val="00FD148F"/>
     <w:rsid w:val="00FD1C87"/>
-    <w:rsid w:val="00FD3EB1"/>
-    <w:rsid w:val="00FD3F76"/>
+    <w:rsid w:val="00FD29FC"/>
     <w:rsid w:val="00FD4094"/>
     <w:rsid w:val="00FD4C09"/>
-    <w:rsid w:val="00FD5AD7"/>
+    <w:rsid w:val="00FD6032"/>
     <w:rsid w:val="00FD6596"/>
-    <w:rsid w:val="00FD704E"/>
+    <w:rsid w:val="00FD748D"/>
     <w:rsid w:val="00FD7BC8"/>
     <w:rsid w:val="00FE01D2"/>
     <w:rsid w:val="00FE0637"/>
     <w:rsid w:val="00FE0D2E"/>
-    <w:rsid w:val="00FE2AE2"/>
     <w:rsid w:val="00FE2E23"/>
     <w:rsid w:val="00FE49BB"/>
+    <w:rsid w:val="00FE6345"/>
     <w:rsid w:val="00FF0777"/>
     <w:rsid w:val="00FF1B67"/>
     <w:rsid w:val="00FF31BB"/>
     <w:rsid w:val="00FF33A7"/>
     <w:rsid w:val="00FF55A6"/>
     <w:rsid w:val="00FF616C"/>
     <w:rsid w:val="00FF661F"/>
     <w:rsid w:val="00FF689B"/>
-    <w:rsid w:val="00FF6DAF"/>
     <w:rsid w:val="00FF6E74"/>
     <w:rsid w:val="00FF71CD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{9055D40D-4025-40D5-948F-82E621813BF0}"/>
+  <w14:docId w14:val="64FFAF47"/>
+  <w15:docId w15:val="{1B8EE9EA-8E70-43B1-96C8-C9163B9C818B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -34618,175 +34712,70 @@
     <w:semiHidden/>
     <w:rsid w:val="001A3387"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="007726BC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="HTML">
-[...51 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="620527436">
-[...38 lines deleted...]
-    <w:div w:id="1678077472">
+    <w:div w:id="1142431990">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1791557762">
-      <w:bodyDiv w:val="1"/>
-[...11 lines deleted...]
-    <w:div w:id="2126806429">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -35036,78 +35025,79 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{268FB78E-A234-4521-BAD5-9F7110AA4333}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D0C3C9C4-D55F-4069-8316-CE06014F762B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>26</Pages>
-[...1 lines deleted...]
-  <Characters>22302</Characters>
+  <Pages>25</Pages>
+  <Words>3989</Words>
+  <Characters>22739</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>185</Lines>
-  <Paragraphs>52</Paragraphs>
+  <Lines>189</Lines>
+  <Paragraphs>53</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26162</CharactersWithSpaces>
+  <CharactersWithSpaces>26675</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Айнура Рахматалиева</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>