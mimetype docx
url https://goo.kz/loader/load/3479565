--- v0 (2025-12-19)
+++ v1 (2026-01-10)
@@ -1,1919 +1,1743 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="gif" ContentType="image/gif"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00BB4AF9" w:rsidRPr="00E10685" w:rsidRDefault="00BB4AF9" w:rsidP="00BB4AF9">
-[...4 lines deleted...]
-        <w:ind w:firstLine="513"/>
+    <w:p w:rsidR="008C4537" w:rsidRDefault="008C4537" w:rsidP="008C4537">
+      <w:pPr>
+        <w:ind w:left="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Kz Times New Roman" w:hAnsi="Kz Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Министерство образования и науки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4537" w:rsidRDefault="008C4537" w:rsidP="008C4537">
+      <w:pPr>
+        <w:ind w:left="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4537" w:rsidRDefault="008C4537" w:rsidP="008C4537">
+      <w:pPr>
+        <w:spacing w:line="100" w:lineRule="atLeast"/>
+        <w:ind w:left="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C4537" w:rsidRDefault="00D64B59" w:rsidP="008C4537">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="284"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Kz Times New Roman" w:hAnsi="Kz Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64B59">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
+          <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...64 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="08D10DE0" wp14:editId="570DF59C">
-            <wp:extent cx="1038225" cy="990600"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1038838" cy="990600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="Рисунок 6" descr="headlogoru"/>
-[...2 lines deleted...]
-            </wp:cNvGraphicFramePr>
+            <wp:docPr id="20" name="Рисунок 6" descr="headlogoru"/>
+            <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Рисунок 6" descr="headlogoru"/>
+                    <pic:cNvPr id="1027" name="Picture 5" descr="headlogoru"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6"/>
-                    <a:srcRect r="82523"/>
+                    <a:blip r:embed="rId6" cstate="print"/>
+                    <a:srcRect r="82522"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1038225" cy="990600"/>
+                      <a:ext cx="1038838" cy="990600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB4AF9" w:rsidRDefault="00BB4AF9" w:rsidP="00BB4AF9">
-[...6 lines deleted...]
-        <w:ind w:left="431"/>
+    <w:p w:rsidR="00204162" w:rsidRDefault="00204162" w:rsidP="00204162">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-568"/>
+        </w:tabs>
+        <w:ind w:left="57" w:right="57" w:hanging="141"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
-          <w:smallCaps w:val="0"/>
-[...1 lines deleted...]
-          <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="bookmark2"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
-          <w:smallCaps w:val="0"/>
-[...1 lines deleted...]
-          <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>ВЫСШИЙ Колледж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
-          <w:smallCaps w:val="0"/>
-[...1 lines deleted...]
-          <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">ИННОВАЦИЯЛЫҚ ЕУРАЗИЯ </w:t>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
-          <w:smallCaps w:val="0"/>
-[...1 lines deleted...]
-          <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Инновационного</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00204162" w:rsidRDefault="00204162" w:rsidP="00204162">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-568"/>
+        </w:tabs>
+        <w:ind w:left="57" w:right="57" w:hanging="141"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
-          <w:smallCaps w:val="0"/>
-[...1 lines deleted...]
-          <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
-          <w:smallCaps w:val="0"/>
-[...1 lines deleted...]
-          <w:spacing w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...12 lines deleted...]
-          <w:spacing w:val="0"/>
+        </w:rPr>
+        <w:t>Евразийского Университета</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4537" w:rsidRDefault="008C4537" w:rsidP="008C4537">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142"/>
+        <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...12 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C4537" w:rsidRDefault="008C4537" w:rsidP="008C4537">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="142"/>
+        <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...11 lines deleted...]
-          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...37 lines deleted...]
-    <w:p w:rsidR="00BB4AF9" w:rsidRPr="007F5D3B" w:rsidRDefault="00BB4AF9" w:rsidP="00BB4AF9">
+        </w:rPr>
+        <w:t>ЭКОНОМИЧЕСКОЕ ОТДЕЛЕНИЕ</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="008C4537" w:rsidRDefault="008C4537" w:rsidP="008C4537">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="142"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C4537" w:rsidRDefault="008C4537" w:rsidP="00D66B47">
       <w:pPr>
         <w:pStyle w:val="11"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-142"/>
+          <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:hanging="142"/>
+        <w:ind w:left="142"/>
+        <w:rPr>
+          <w:rStyle w:val="19pt"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="bookmark3"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="19pt"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Специальность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4537" w:rsidRPr="007F5D3B" w:rsidRDefault="008C4537" w:rsidP="008C4537">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-142"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:rStyle w:val="9pt"/>
           <w:caps/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:caps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">0518000 </w:t>
-[...19 lines deleted...]
-      </w:r>
+        <w:t>0518000 УЧЕТ И АУДИТ</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007F5D3B">
         <w:rPr>
           <w:rStyle w:val="9pt"/>
           <w:caps/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...23 lines deleted...]
-        <w:autoSpaceDE w:val="0"/>
+        <w:t>(по отраслям)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4537" w:rsidRDefault="008C4537" w:rsidP="008C4537">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Kz Times New Roman" w:hAnsi="Kz Times New Roman"/>
-[...67 lines deleted...]
-    <w:p w:rsidR="00BB4AF9" w:rsidRDefault="00BB4AF9" w:rsidP="00BB4AF9">
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Характеристика специальности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4537" w:rsidRDefault="008C4537" w:rsidP="008C4537">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
+        <w:ind w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>За время обучения студенты приобретают знания и навыки в области бухгалтерского учета в условиях применения международных стандартов по учету и стандартов бухгалтерского учета РК, анализа финансово-хозяйственной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00513EF0">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>деятельности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">и организации внутреннего аудита по всем участкам учетной работы; использования компьютерной техники для рационализации учетного процесса и  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="9pt"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>оперативности учетной информации.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4537" w:rsidRDefault="008C4537" w:rsidP="008C4537">
+      <w:pPr>
+        <w:ind w:left="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Виды профессиональной деятельности </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4537" w:rsidRDefault="008C4537" w:rsidP="008C4537">
+      <w:pPr>
+        <w:ind w:left="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бухгалтера-ревизора:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4537" w:rsidRDefault="008C4537" w:rsidP="008C4537">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="142"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Оқу кезінде оқушылар ҚР бухгалтерлік есеп есебі және стандарттары бойынша халықаралық стандарттарды қолдану, қаржы-шаруашылық әрекетін талдау және есептеу жұмысының барлық учаскелері бойынша ішкі аудитті ұйымдастыру, есеп беру ақпаратының жеделділігін және есеп беру процесінің тиімділігі үшін компьютерлік техниканы пайдалану жағдайында  бухгалтерлік есеп саласында білім мен дағды алады. </w:t>
-[...263 lines deleted...]
-    <w:p w:rsidR="00BB4AF9" w:rsidRPr="00D64D5D" w:rsidRDefault="00BB4AF9" w:rsidP="00BB4AF9">
+        <w:t>контролирует и осуществляет в соответствии с действующими положениями и инструкциями плановые и по специальным заданиям ревизии финансово-хозяйственной деятельности организаций по ведению бухгалтерского учета имущества, обязательств и хозяйственных операций, а также их подразделений находящихся на самостоятельном балансе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0073767A" w:rsidRDefault="0073767A" w:rsidP="009A1ACE">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens w:val="0"/>
-        <w:ind w:firstLine="284"/>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:spacing w:line="182" w:lineRule="exact"/>
+        <w:ind w:left="142" w:firstLine="284"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D64D5D">
-[...9 lines deleted...]
-    <w:p w:rsidR="00BB4AF9" w:rsidRPr="00D64D5D" w:rsidRDefault="00BB4AF9" w:rsidP="00BB4AF9">
+    </w:p>
+    <w:p w:rsidR="00037514" w:rsidRDefault="00037514" w:rsidP="009A1ACE">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens w:val="0"/>
-        <w:ind w:firstLine="284"/>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:spacing w:line="182" w:lineRule="exact"/>
+        <w:ind w:left="142" w:firstLine="284"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D64D5D">
-[...432 lines deleted...]
-    <w:p w:rsidR="00BB4AF9" w:rsidRPr="00E10685" w:rsidRDefault="00BB4AF9" w:rsidP="00BB4AF9">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>СОДЕРЖАНИЕ ПОДГОТОВКИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A1ACE" w:rsidRPr="009A1ACE" w:rsidRDefault="009A1ACE" w:rsidP="009A1ACE">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens w:val="0"/>
-        <w:ind w:firstLine="320"/>
+        <w:spacing w:line="182" w:lineRule="exact"/>
+        <w:ind w:left="142" w:firstLine="284"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C4537" w:rsidRDefault="008C4537" w:rsidP="008C4537">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="142" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Kz Times New Roman" w:hAnsi="Kz Times New Roman"/>
-[...2 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>СОЦИАЛЬНО-ЭКОНОМИЧЕСКИЕ ДИСЦИПЛИНЫ</w:t>
+      </w:r>
+      <w:r w:rsidR="009A1ACE">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC34CE" w:rsidRPr="00EC34CE">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>основы философии, культурология, основы права, основы политологии</w:t>
+      </w:r>
+      <w:r w:rsidR="009A13C1">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> социологи</w:t>
+      </w:r>
+      <w:r w:rsidR="009A13C1">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и, основы экономики</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4537" w:rsidRDefault="008C4537" w:rsidP="008C4537">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="142" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ОБЩЕПРОФЕССИОНАЛЬНЫЕ - теория бухгалтерского учета, основы менеджмента, основы маркетинга, мировая экономика и МЭО, налоги и налогообложение, банковское дело, правовое регулирование хозяйственной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00037514" w:rsidRDefault="00037514" w:rsidP="00037514">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>СРОК ОБУЧЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00037514" w:rsidRDefault="00037514" w:rsidP="009810D6">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="142" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>На базе основного общего образования- 2 года, 10 месяцев, на базе среднего общего образования 1 год 10 месяцев, на заочном отделении -1 год 10 месяцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00037514" w:rsidRDefault="00037514" w:rsidP="009810D6">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="60"/>
+        <w:ind w:left="142" w:right="20" w:firstLine="264"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Выпускники могут продолжить обучение в универс</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>итете по родственной специальности на факультете сокращенном сроком обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009810D6" w:rsidRDefault="009810D6" w:rsidP="008C4537">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">мамандығы бойынша оқудың толық курсын жетістікті өтуінен кейін </w:t>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C4537" w:rsidRDefault="008C4537" w:rsidP="008C4537">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>КВАЛИФИКАЦИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4537" w:rsidRPr="009A1ACE" w:rsidRDefault="008C4537" w:rsidP="009A1ACE">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="142" w:firstLine="320"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A1ACE">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">После успешного прохождения полного курса обучения по специальности </w:t>
+      </w:r>
+      <w:r w:rsidR="009C1E58">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E10685">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="009A1ACE">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>0518000 - Учет и аудит (по отраслям)</w:t>
+      </w:r>
+      <w:r w:rsidR="009C1E58">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A1ACE">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выпускникам присваивается </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A1ACE">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">квалификация  </w:t>
+      </w:r>
+      <w:r w:rsidR="00D64D5D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A1ACE">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>0518023 Бухгалтер-ревизор (аудитор)</w:t>
       </w:r>
-      <w:r>
-[...19 lines deleted...]
-    <w:p w:rsidR="00BB4AF9" w:rsidRDefault="00BB4AF9" w:rsidP="00BB4AF9">
+      <w:r w:rsidR="00D64D5D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A1ACE">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и выдается диплом государственного образца</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0071748A" w:rsidRPr="009A1ACE" w:rsidRDefault="0071748A" w:rsidP="009A1ACE">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-        <w:ind w:firstLine="513"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="142" w:firstLine="320"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0071748A" w:rsidRDefault="0071748A" w:rsidP="008C4537">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="142" w:firstLine="320"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Kz Times New Roman" w:hAnsi="Kz Times New Roman"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00BB4AF9" w:rsidRPr="00583256" w:rsidRDefault="00BB4AF9" w:rsidP="00BB4AF9">
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Дополнительная квалификация:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0071748A" w:rsidRPr="0071748A" w:rsidRDefault="0071748A" w:rsidP="0071748A">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-        <w:ind w:firstLine="513"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="142" w:firstLine="320"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0071748A">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1) Офис-менеджер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0071748A" w:rsidRDefault="0071748A" w:rsidP="0071748A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="142" w:firstLine="320"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0071748A">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) Пользователь программы  </w:t>
+      </w:r>
+      <w:r w:rsidR="009C1E58">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0071748A">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1с торговля и склад</w:t>
+      </w:r>
+      <w:r w:rsidR="009C1E58">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0071748A">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0071748A" w:rsidRPr="0071748A" w:rsidRDefault="0071748A" w:rsidP="0071748A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="142" w:firstLine="320"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0071748A">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заработная плата и кадры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4537" w:rsidRDefault="008C4537" w:rsidP="008C4537">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00BB4AF9" w:rsidRPr="00496536" w:rsidRDefault="00BB4AF9" w:rsidP="00BB4AF9">
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C4537" w:rsidRDefault="008C4537" w:rsidP="008C4537">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ТРУДОУСТРОЙСТВО ВЫПУСКНИКОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4537" w:rsidRDefault="008C4537" w:rsidP="008C4537">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="142" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:b/>
-[...20 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>В качестве специалиста, главного специалиста в органах финансово-государственного контроля</w:t>
+      </w:r>
+      <w:r w:rsidR="009C1E58">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-          <w:tab w:val="left" w:pos="-142"/>
+      <w:r w:rsidR="009C1E58">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качестве бухгалтера предприятий и организаций</w:t>
+      </w:r>
+      <w:r w:rsidR="009C1E58">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C1E58">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качестве экономиста по методологии учета, отчетности и аудиторской работе</w:t>
+      </w:r>
+      <w:r w:rsidR="009C1E58">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="004360A8">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C1E58">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качестве аудитора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4537" w:rsidRDefault="008C4537" w:rsidP="008C4537">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
-          <w:tab w:val="left" w:pos="467"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...12 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C4537" w:rsidRDefault="008C4537" w:rsidP="008C4537">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C4537" w:rsidRDefault="00D520F6" w:rsidP="008C4537">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6DCAECA7" wp14:editId="1CE5C558">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31410E8E" wp14:editId="27D82E23">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>4274820</wp:posOffset>
+              <wp:posOffset>4442460</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>11430</wp:posOffset>
+              <wp:posOffset>86995</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="664210" cy="666750"/>
-            <wp:effectExtent l="19050" t="0" r="2540" b="0"/>
+            <wp:extent cx="758190" cy="754380"/>
+            <wp:effectExtent l="19050" t="0" r="3810" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
-            <wp:docPr id="11" name="Рисунок 1" descr="http://qrcoder.ru/code/?http%3A%2F%2Fcollege.ineu.edu.kz%2Fru%2F&amp;4&amp;0"/>
+            <wp:docPr id="7" name="Рисунок 1" descr="http://qrcoder.ru/code/?http%3A%2F%2Fcollege.ineu.edu.kz%2Fru%2F&amp;4&amp;0"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Рисунок 1" descr="http://qrcoder.ru/code/?http%3A%2F%2Fcollege.ineu.edu.kz%2Fru%2F&amp;4&amp;0"/>
+                    <pic:cNvPr id="0" name="Picture 1" descr="http://qrcoder.ru/code/?http%3A%2F%2Fcollege.ineu.edu.kz%2Fru%2F&amp;4&amp;0"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print"/>
+                    <a:blip r:embed="rId7" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="664210" cy="666750"/>
+                      <a:ext cx="758190" cy="754380"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln w="9525">
+                    <a:ln>
                       <a:noFill/>
-                      <a:miter lim="800000"/>
-[...1 lines deleted...]
-                      <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00E70533">
+    </w:p>
+    <w:p w:rsidR="008C4537" w:rsidRPr="00A5727B" w:rsidRDefault="008C4537" w:rsidP="008C4537">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>QR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – КОД сайта колледжа инновационного евразийского университета</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C59CC" w:rsidRPr="00A5727B" w:rsidRDefault="001C59CC" w:rsidP="008C4537">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C59CC" w:rsidRPr="001C59CC" w:rsidRDefault="001C59CC" w:rsidP="001C59CC">
+      <w:pPr>
+        <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:caps/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00BB4AF9" w:rsidRPr="00E70533" w:rsidRDefault="00BB4AF9" w:rsidP="00BB4AF9">
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C59CC">
+        <w:rPr>
+          <w:caps/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ИСПОЛЬЗОВАНИЕ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C59CC" w:rsidRPr="001C59CC" w:rsidRDefault="001C59CC" w:rsidP="001C59CC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="001C59CC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 Возьмите мобильный телефон с камерой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C59CC" w:rsidRPr="001C59CC" w:rsidRDefault="001C59CC" w:rsidP="001C59CC">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5727B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00E70533">
-        <w:rPr>
+      <w:r w:rsidRPr="001C59CC">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">1 </w:t>
-[...18 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>2  Запустите</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00E70533">
-[...45 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="001C59CC">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...243 lines deleted...]
-    <w:p w:rsidR="00BB4AF9" w:rsidRDefault="00BB4AF9" w:rsidP="00BB4AF9">
+        <w:t xml:space="preserve"> программу для сканирования кода</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C59CC" w:rsidRPr="001C59CC" w:rsidRDefault="001C59CC" w:rsidP="001C59CC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
-        <w:ind w:left="153"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C59CC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001C59CC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3  Наведите</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001C59CC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объектив камеры на код.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4537" w:rsidRDefault="008C4537" w:rsidP="008C4537">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009810D6" w:rsidRDefault="009810D6" w:rsidP="009810D6">
+      <w:pPr>
+        <w:pStyle w:val="32"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="142" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Дополнительные консультации можно получить в кабинетах 201 (ул. Ломова, 45 корпус № 2).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4537" w:rsidRPr="008C4537" w:rsidRDefault="008C4537" w:rsidP="008C4537">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C4537" w:rsidRDefault="008C4537" w:rsidP="008C4537">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...24 lines deleted...]
-    <w:sectPr w:rsidR="00BB4AF9" w:rsidRPr="00BB4AF9" w:rsidSect="00D520F6">
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="bookmark4"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Справки по телефону: (8-7182) 34-53-39, 34-53-06</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C4537" w:rsidRPr="00A5727B" w:rsidRDefault="008C4537" w:rsidP="008C4537">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:left="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Электронный адрес: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>college</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5727B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ineu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A5727B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>edu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A5727B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:sectPr w:rsidR="008C4537" w:rsidRPr="00A5727B" w:rsidSect="00D520F6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="395" w:right="851" w:bottom="426" w:left="426" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="354"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1929,57 +1753,50 @@
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="A0002AAF" w:usb1="4000387A" w:usb2="00000028" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="1"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="432"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -2358,51 +2175,50 @@
     <w:rsid w:val="005916AB"/>
     <w:rsid w:val="00625A00"/>
     <w:rsid w:val="00666D07"/>
     <w:rsid w:val="006F3114"/>
     <w:rsid w:val="00712CA2"/>
     <w:rsid w:val="0071748A"/>
     <w:rsid w:val="0073767A"/>
     <w:rsid w:val="00841E12"/>
     <w:rsid w:val="00856D35"/>
     <w:rsid w:val="008C4537"/>
     <w:rsid w:val="00944536"/>
     <w:rsid w:val="00945A49"/>
     <w:rsid w:val="009810D6"/>
     <w:rsid w:val="009A078E"/>
     <w:rsid w:val="009A13C1"/>
     <w:rsid w:val="009A1ACE"/>
     <w:rsid w:val="009C1E58"/>
     <w:rsid w:val="00A0554A"/>
     <w:rsid w:val="00A21A3B"/>
     <w:rsid w:val="00A50108"/>
     <w:rsid w:val="00A5727B"/>
     <w:rsid w:val="00AA04D8"/>
     <w:rsid w:val="00AC0702"/>
     <w:rsid w:val="00B653EA"/>
     <w:rsid w:val="00B76180"/>
-    <w:rsid w:val="00BB4AF9"/>
     <w:rsid w:val="00BC7A87"/>
     <w:rsid w:val="00BD1A9C"/>
     <w:rsid w:val="00BE7801"/>
     <w:rsid w:val="00C11698"/>
     <w:rsid w:val="00C625E7"/>
     <w:rsid w:val="00C852B1"/>
     <w:rsid w:val="00C93CA7"/>
     <w:rsid w:val="00CA5C1E"/>
     <w:rsid w:val="00D12785"/>
     <w:rsid w:val="00D24C34"/>
     <w:rsid w:val="00D315BA"/>
     <w:rsid w:val="00D520F6"/>
     <w:rsid w:val="00D64B59"/>
     <w:rsid w:val="00D64D5D"/>
     <w:rsid w:val="00D66B47"/>
     <w:rsid w:val="00D75AFE"/>
     <w:rsid w:val="00DC55AD"/>
     <w:rsid w:val="00E37575"/>
     <w:rsid w:val="00E56FAB"/>
     <w:rsid w:val="00E70533"/>
     <w:rsid w:val="00E93DC7"/>
     <w:rsid w:val="00EA7E4B"/>
     <w:rsid w:val="00EC34CE"/>
     <w:rsid w:val="00F11218"/>
     <w:rsid w:val="00F33F73"/>
@@ -2413,51 +2229,50 @@
     <w:rsid w:val="00FD48E8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4D943418"/>
   <w15:docId w15:val="{12C19FDA-7CD8-4B0F-B32E-6954C4082B55}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3161,51 +2976,51 @@
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ab">
     <w:name w:val="Основной текст с отступом Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="aa"/>
     <w:rsid w:val="00D64D5D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Calibri"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3456,77 +3271,77 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1197D342-EBB4-4E6A-80B5-E5A70C632320}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7CF90264-4356-42F7-8D17-01E74FD77732}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>422</Words>
-  <Characters>2409</Characters>
+  <Words>400</Words>
+  <Characters>2283</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
+  <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2826</CharactersWithSpaces>
+  <CharactersWithSpaces>2678</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Кабинет 201</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>