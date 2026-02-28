--- v0 (2025-12-19)
+++ v1 (2026-02-28)
@@ -1,52789 +1,33972 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2057400" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="001A57FE">
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="001A57FE">
+        </w:rPr>
+        <w:t xml:space="preserve">"Мектепке дейінгі, бастауыш, негізгі орта, жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында жұмыс істейтін педагог </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="001A57FE">
+        </w:rPr>
+        <w:t>қызметкерлер</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="ru-RU"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="001A57FE">
+        </w:rPr>
+        <w:t xml:space="preserve"> мен оларға теңестірілген тұлғаларды және білім және ғылым саласындағы басқа да азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттарын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 27 қаңтардағы №</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="ru-RU"/>
-[...51 lines deleted...]
-      <w:bookmarkStart w:id="1" w:name="z5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 83 бұйрығына өзгерістер енгізу туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республикасы Білім және ғылым министрінің 2018 жылғы 12 сәуірдегі № 152 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2018 жылғы 27 сәуірде № 16838 болып тіркелді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z1"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z2"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="001A57FE">
-[...54 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="z6"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1. " Мект</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">епке дейінгі, бастауыш, негізгі орта, жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында жұмыс істейтін педагог қызметкерлер </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>мен оларға теңестірілген тұлғаларды және білім саласындағы басқа да азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттарын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 27 қаңтардағы № 83 бұйрығына (Нормативт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13317 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2016 жылғы 11 наурызда жарияланған) мынадай өзгерістер енгізілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z3"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...17 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="z7"/>
+        <w:t xml:space="preserve">       бұйрықтың тақырыбы мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z4"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...23 lines deleted...]
-        <w:t>зовательные программы технического и профессионального, послесреднего, дополнительного образования и специальные учебные программы, и иных гражданских служащих в области образования и науки";</w:t>
+        <w:t>      "Мектепке д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ейінгі тәрбие мен оқытуды, бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша білімнің білім беру бағдарламаларын және арнайы оқу бағдарламаларын іске асыратын б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ілім беру ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға теңестірілген тұлғаларды және білім және ғылым саласындағы басқа да азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттарын бекіту туралы";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="006F71B8">
-[...181 lines deleted...]
-      <w:bookmarkStart w:id="6" w:name="z12"/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00435490">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1-тармақ мынадай редакци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>яда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z6"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      "1. Қоса беріліп отырған Мектепке дейінгі тәрбие мен оқытуды, бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша білімнің білім беру бағдарла</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>малары және арнайы оқу бағдарламаларын іске асыратын білім беру ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға теңестірілген тұлғаларды және білім және ғылым саласындағы басқа да азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>тары бекітілсін.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z7"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       көрсетілген бұйрықпен бекітілген "Мектепке дейінгі, бастауыш, негізгі орта, жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын іске асыр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>атын білім беру ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға теңестірілген тұлғаларды және білім және ғылым саласындағы басқа да азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттары осы бұйрыққа қосымшаға сәйкес редакцияда жа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>зылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z8"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t>      2. Қазақстан Республикасы Білім және ғылым министрлігі Мектепке дейінгі және орта білім департаменті (Ш.Т. Каринова) Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z9"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1) осы бұйрықтың Қазақстан Республикасы Әділет министрліг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>інде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z10"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>     </w:t>
-[...91 lines deleted...]
-      <w:bookmarkStart w:id="9" w:name="z15"/>
+        <w:t>      2) осы бұйрық мемлекеттік тіркелген күнінен бастап күнтізбелік он күн ішінде оның көшірмесін қағаз және электронды түрде қазақ және орыс тілдерінде ресми жариялау және Қазақстан Республикасы нормативтік құқықтық актілеріні</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> эталондық бақылау банкіне енгізу үшін "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z11"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:id="10" w:name="z16"/>
+        <w:t>      3) осы бұйрықтың Қазақстан Республикасының Білім және ғылым министрлігінің интернет-ресур</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>сында орналастырылуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z12"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="z17"/>
+        <w:t>      4) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң қызметі және халықаралық ынтымақтастық департаменті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>не осы тармақтың 1), 2) және 3) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z13"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 4. Настоящий приказ вводится в действие со дня его первого официального опубликования.</w:t>
+        <w:t>      3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Білім және ғылым вице-министрі А.Қ. Аймағамбетовке жүктелсін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z14"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      4. Осы бұйрық алғашқы ресми жарияланған күнінен қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5980"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="299"/>
+        <w:gridCol w:w="6003"/>
+        <w:gridCol w:w="3365"/>
+        <w:gridCol w:w="294"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="406" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="11"/>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:bookmarkEnd w:id="12"/>
+          <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>     </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001A57FE">
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00835190">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Министр образования и науки</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00835190">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:br/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001A57FE">
+              <w:t xml:space="preserve"> Республикасының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00835190">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00835190">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Республики Казахстан </w:t>
+              <w:t>Білім және ғылым министрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4209" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00835190">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-              <w:t>Е. Сагадиев</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Е. Сағадиев</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...73 lines deleted...]
-              <w:t>от 12 апреля 2018 года № 152</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2018 жылғы 12 сәуірдегі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 152 бұйрығына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...65 lines deleted...]
-              <w:t>от 27 января 2016 года № 83</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2016 жылғы 27 қаңтардағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 83 бұйрығымен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z16"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіпті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>к, орта білімнен кейінгі, қосымша білімнің білім беру бағдарламаларын және арнайы оқу бағдарламаларын іске асыратын білім беру ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға теңестірілген тұлғаларды және білім және ғылым саласындағы басқа да аз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>аматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z17"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z18"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1. Осы Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіпт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ік, орта білімнен кейінгі, қосымша білімнің білім беру бағдарламалары және арнайы оқу бағдарламаларын іске асыратын білім беру ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға теңестірілген тұлғаларды және білім және ғылым саласындағы басқа да аз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>аматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттары (бұдан әрі – Қағидалар) Қазақстан Республикасының 2015 жылғы 23 қарашадағы Еңбек кодексінің 139-бабының 7-тармағына, "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасының Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Заң) сәйкес әзірленді және мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі, қосымша білімнің беру бағдарламаларын және арнайы білімнің білім беру бағдарламаларын іс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ке асыратын білім беру ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға теңестірілген тұлғаларды және білім және ғылым саласындағы басқа да азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттарын айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z19"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Осы Қағидаларда м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ынадай негізгі терминдер мен анықтамалар қолданылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z20"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) апелляцияларды қарау жөніндегі республикалық комиссия (бұдан әрі – республикалық апеляциялық комиссия) және тестілеуді өткізу пунктіндегі апеляциялық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">комиссия - педагог қызметкерлер мен оларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>теңестірілген тұлғалардың ұлттық біліктілік тестілеу нәтижелерімен келіспеу кездерінде даулы мәселелер бойынша шешім қабылдайтын, білім беру саласындағы уәкілетті орган мен облыстың білім беру саласындағы жергілікті атқарушы органы құратын комиссиялар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z21"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>   2) аттестаттау кезеңі – аттестаттау аралығындағы кезең;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z22"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      3) аттестаттау комиссиясы – аттестаттау рәсімін өткізуге уәкілетті алқалы орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z23"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      4) біліктілік санаты – осы Қағидалармен айқындалатын біліктілік талаптарына сай келетін педагог қызметке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>рлер мен оларға теңестірілген тұлғалардың кәсіби құзыреттілік деңгейі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z24"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      5) біліктілік тестілеуі – білім беру саласындағы уәкілетті орган әзірлеген тестілер бойынша мектепке дейінгі тәрбие мен оқытудың жалпы білім беретін оқу бағдарламаларын, техникалы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және кәсіптік, орта білімнен кейінгі, қосымша білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға теңестірілген тұлғалардың кәсіби құзыреттілігінің деңгейін айқындауға бағытталған рәсім;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z25"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Педагог қызметкерлердің біліктілік тестілеуін білім беру саласындағы уәкілетті орган анықтайтын ұйым ұйымдастырады және өткізеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z26"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) кезекті аттестаттау – әр бес жыл өткен сайын педагог қызметкерлер мен оларға теңестірілген тұлғаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>біліктілік санатын беру (растау) үшін мерзімді жүзеге асырылатын рәсім;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z27"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      7) қызметтің қорытындыларын кешенді талдамалық қорытындылау – келесі көрсеткіштер негізінде педагог қызметкерлер мен оларға теңестірілген тұлғалардың кәсіби құзыретін жүйелі, бір</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ізді және объективті зерделеу: білім алушылардың (тәрбиеленушілер) білім сапасы, іскерлігі мен дағдылары, жетістіктері, сабақ беру (тәрбие беру және оқыту) сапасы және аттестаттау кезеңіндегі кәсіби жетістіктері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z28"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      8) мерзімінен бұрын аттестаттау – кез</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>екті аттестаттау мерзімі басталғанға дейін біліктілік санатын алу үшін үміткер, педагог қызметкерлер мен оларға теңестірілген тұлғалардың өз еркімен жазған өтініші негізінде өткізілетін рәсім;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z29"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) пәндік олимпиадалар, шығармашылық, кәсіби конкурстар, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, спорттық жарыстар – білім беру саласындағы уәкілетті орган бекіткен тізімге енгізілетін іс-шаралар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z30"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      10) педагог қызметкерлер мен оларға теңестірілген тұлғалар – "Мемлекеттік білім беру ұйымдары қызметкерлерінің үлгі штаттарын және педагог қызметкерлер мен оларға теңестірілген адамдар лауазымдарының тізбесін бекіту туралы" Қазақстан Республикасы Үкі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>метінің 2008 жылғы 30 қаңтардағы № 77 қаулысымен бекітілген педагог қызметкерлер мен оларға теңестірілген тұлғалар лауазымдарының тізбесінде көрсетілген лауазымды атқаратын тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z31"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      11) педагог қызметкерлер мен оларға теңестірілген тұлғаларды аттест</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>аттау – педагог қызметкерлер мен оларға теңестірілген тұлғалардың кәсіби қызметті орындау үшін қажетті кәсіби құзыреттілігін белгілейтін, біліктілік санаттарын (растау) беру бойынша бірізді әрекеттердің тәртібі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z32"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      12) педагог қызметкерлер мен оларға те</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ңестірілген</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұлғалардың біліктілігін арттыру – білім беру саласындағы уәкілетті орган айқындайтын тәртіппен оқыту мен сабақ беру сапасын арттыру үшін кәсіби білімін, іскерлігін, дағдыларын және құзыреттілігін жаңартуға, сондай-ақ бұрын алғандарын қолдауға,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кеңейтуге, тереңдетуге және жетілдіруге мүмкіндік беретін оқыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z33"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      13) педагог қызметкерлер мен оларға теңестірілген тұлғалардың портфолиосы – қызметтің қорытындыларын кешенді талдамалық қорытындылау материалдары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z34"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      14) сараптамалық кеңес – аттест</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>аттау комиссиясының қарауы үшін педагог қызметкерлер мен оларға теңестірілген тұлғалардың қызметінің қорытындыларын кешенді талдамалық қорытындылау бойынша қорытынды жасайтын және дайындайтын жұмыс органы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z35"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      15) CEFR (Common European Framework of Refer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ence, шет тілді меңгерудің жалпыеуропалық құзыреті) – тіл білу деңгейін сипаттау үшін қолданылатын халықаралық стандарт;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z36"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      16) ұлттық біліктілік тестілеуі – білім беру саласындағы уәкілетті орган айқындаған ұйым әзірлеген тестілер бойынша бастауыш, нег</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын және арнайы білімнің оқу бағдарламаларын іске асыратын білім беру ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға теңестірілген тұлғалардың кәсіби құзыреттілігінің деңгей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ін айқындауға бағытталған рәсім.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z37"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Педагог қызметкерлердің ұлттық біліктілік тестілеуін білім беру саласындағы өкілетті орган айқындайтын ұйым ұйымдастырады және өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z38"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2. Педагог қызметкерлер мен оларға теңестірілген тұлғаларды аттестаттаудан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өткізу үшін тиісті деңгейдегі аттестаттау комиссиялары құрылады: білім беру ұйымындарында, аудандық (қалалық) білім бөлімдерінде, облыстардың, Астана және Алматы қалаларының білім басқармаларында, білім беру саласындағы уәкілетті органда (республикалық ве</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>домостволық бағынысты ұйымдар үшін) тиісті саланың уәкілетті органдарында.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z39"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестаттау комиссиясының құрамы білім беру ұйымының, білім бөлімінің қалалық/аудандық, білім басқармасының, мемлекеттік органның басшысының бұйрығымен бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="z20"/>
-      <w:r w:rsidRPr="001A57FE">
+      <w:bookmarkStart w:id="37" w:name="z40"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Ат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тестаттау комиссиясының мүшелері тақ саннан құралады. Аттестаттау комиссиясының төрағасы мен төраға орынбасары комиссия мүшелерінің арасынан таңдалады. Хатшы аттестаттау комиссиясының мүшесі болып табылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z41"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Аттестаттау комиссиясының құрамына тәж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ірибелі педагогтер, әдіскерлер, ғылыми-педагогикалық кеңестердің, оқу-әдістемелік бірлестіктердің, біліктілікті арттыру институттарының, қоғамдық және қоғамдық емес ұйымдардың, кәсіподақтардың өкілдері, білім беруді басқару органдарының, кадр қызметінің ма</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мандары, өндірістік бірлестіктердің, Қазақстан Республикасының "Атамекен" ұлттық кәсіпкерлер палатасының (бұдан әрі – ҚР "Атамекен" ҰКП) өкілдері (техникалық және кәсіптік, орта білімнен кейінгі білім үшін), мамандары кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z42"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Салалық мемлекеттік орга</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ндардың білім беру ұйымдарының педагог қызметкерлері мен оларға теңестірілген тұлғаларды аттестаттауды білім беру ұйымдарының және тиісті мемлекеттік органдардың аттестаттау комиссиялары жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z43"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тиісті органдарда білікті мамандар болмаған жағ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дайда білім беру ұйымының басшысы білім беруді басқару органынан педагог қызметкерлер мен оларға теңестірілген тұлғаларды аттестаттау туралы өтінішпен жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z44"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="00835190">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білімнің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша білімнің білім беру бағдарламаларын және арнайы оқу бағдарламаларын іске асыратын білім беру ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға теңес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тірілген тұлғаларды және білім және ғылым саласындағы басқа да азаматтық қызметшілерді аттестаттаудан өткізу тәртібі мен шарттары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="z45"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="001A57FE">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1-Параграф. Мектепке дейінгі тәрбие мен оқытудың жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>мнен кейінгі, қосымша білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға теңестірілген тұлғаларды аттестаттаудан өткізу тәртібі мен шарттары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z46"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5. Мектепке дейінгі тәрбие мен оқытудың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында жұмыс істейтін педагог қызметкерлер </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">мен оларға теңестірілген тұлғаларды (бұдан әрі – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>аттестатталушы адамдар) аттестаттау кезекті және мерзімінен бұрын болып бөлінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z47"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       6. Педагог қызметкерлер мен оларға теңестірілген тұлғалар аттестаттаудан Заңның 51-бабы 3-тармағының 6) тармақшасына сәйкес кемінде бес жылда бір рет өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z48"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       7. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Аттестатталушы адамдар келесі оқу жылында аттестаттаудан (кезекті және мерзімінен бұрын) өту үшін ағымдағы жылғы 25 мамырға дейін осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша білім беру ұйымының аттестаттау комиссиясына өтініш береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z49"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      8. Аттестат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>талушы адамдардың тізімдік құрамы білім беру ұйымының алқалық органының шешімімен жыл сайын 10 маусымға дейін бекітіледі және аудандық (қалалық) білім бөлімдеріне, облыстардың, Астана, Алматы қалаларының білім басқармаларына, білім беру саласындағы уәкілет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ті органға (республикалық ведомстволық бағынысты ұйымдар үшін) ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z50"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      9. Аттестатталушы адамдардың біліктілік санаттарын алу (растау) үшін кезекті атестаттаудан өткізу педагог қызметкерлер қызметінің қорытындысын кешенді талдамалық қорытындылау а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>рқылы бір кезеңде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z51"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       10. Аттестатталушы адамдардың біліктілік санаттарын көтеру үшін Заңның 51-бабы 2-тармағының 7) тармақшасына сәйкес біліктілік талаптарына сай өтініш негізінде мерзімінен бұрын аттестаттау өткізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z52"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1) екін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ші біліктілік санатына:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z53"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      кәсіптік орта (техникалық және кәсіптік, орта білімнен кейінгі), жоғары оқу орнын "үздік" бітірген және кемінде бір жыл педагогикалық қызметінің өтілі бар тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z54"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      "Болашақ" бағдарламасы бойынша жоғары оқу орнын бітірге</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>н және кемінде бір жыл педагогикалық қызметінің өтілі бар тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z55"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      өндірістен техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарына педагогикалық жұмысқа ауысқан, кемінде үш жыл өндірістік жұмыс өтілі бар тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z56"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2) бірінші б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>іліктілік санатына:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="z57"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ЖОО-дан білім беру ұйымдарына педагогикалық жұмысқа ауысқан, кемінде үш жыл педагогикалық жұмыс өтілі және магистр академиялық дәрежесі бар тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="z58"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      облыстық деңгейдегі кәсіби конкурстардың, педагогикалық олимпиадалардың же</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ңімпаздары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болып табылатын екінші біліктілік санаты бар тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="z59"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      қатысу нысандары әртүрлі (күндізгі, сырттай, қашықтықтан) облыстық деңгейдегі пән олимпиадаларының, шығармашылық, кәсіби конкурстардың, ғылыми және спорттық жарыстардың қатысушыларын </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>даярлаған екінші біліктілік санаты бар тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="z60"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      облыстық деңгейде өзінің педагогикалық тәжірибесін жинақтаған екінші біліктілік санаты бар тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z61"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      өндірістен техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарына педагогикалық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмысқа ауысқан, кемінде төрт жыл өндірістік жұмыс өтілі бар тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="z62"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      3) жоғары біліктілік санатына:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z63"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      облыстық деңгейдегі пән олимпиадаларының, шығармашылық, кәсіби конкурстардың, ғылыми және спорттық жарыстардың қатысушыларын немесе республик</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>алық немесе халықаралық деңгейдегі қатысушыларын даярлаған бірінші біліктілік санаты бар тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="z64"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      облыстық деңгейдегі кәсіби конкурстардың, педагогикалық олимпиадалардың қатысушылары немесе республикалық немесе халықаралық деңгейдегі қатысушылары бо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>лып табылатын бірінші біліктілік санаты бар тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="z65"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      облыстық немесе республикалық немесе халықаралық деңгейде өзінің педагогикалық тәжірибесін жинақтаған бірінші біліктілік санаты бар тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="z66"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      біліктілікті арттыру жүйесінен техникалық және к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>әсіптік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, орта білімнен кейінгі білім беру ұйымына педагогикалық жұмысқа ауысқан, кемінде төрт жылдық педагогикалық жұмысы өтілі, бірінші біліктілік санаты бар тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="z67"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      магистр академиялық дәрежесі және кемінде төрт жыл педагогикалық жұмыс өтілі бар,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЖОО-дан білім беру ұйымына педагогикалық жұмысқа ауысқан тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="z68"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      өндірістен техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарына педагогикалық жұмысқа ауысқан, кемінде бес жыл өндірістік жұмыс өтілі бар тұлғалар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="66" w:name="z69"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Мектепке де</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>йінгі білім беру ұйымдарында жұмыс істейтін педагог қызметкерлерді аттестаттау олардың біліктілікті арттыру және қайта даярлау курстарынан өтуі ескеріле отырып өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="z70"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      11. Мерзімінен бұрын аттестаттауға үміткер тұлғалар екі кезеңдік аттестаттауда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>н өтеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="z71"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1) бірінші кезең – біліктілік тестілеуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="z72"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2) екінші кезең – қызмет қорытындыларын кешенді талдамалық жинақтау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="z73"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12. Біліктілік тестілеуін жыл сайын 15 қазан мен 15 желтоқсан аралығында облыстардың, Астана және Алматы қалаларының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>білім басқармалары, білім беру саласындағы уәкілетті орган, қарамағында білім беру ұйымдары бар салалық мемлекеттік органдар бекіткен кестеге сәйкес білім беру саласындағы уәкілетті орган айқындайтын ұйым өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="z74"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      13. Тестілеудің өткізілу мерзімі ат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>тестатталушы адамдарға тестілеу рәсімін өткізуге кемінде 2 апта қалғанда хабарланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="z75"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      14. Аттестаттау барысында біліктілік тестілеуіне жататын еңбек қызметі бейіні бойынша бағыттар тізбесі білім туралы құжат бойынша біліктілігіне сәйкес анықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="z76"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     15. Біліктілікке тестілеу жүз тестілік тапсырмадан тұрады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="z77"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      "Қызмет бағыты бойынша" – жетпіс тапсырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="z78"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      "Педагогика, оқыту әдістемесі" – отыз тапсырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="z79"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Біліктілік тестілеуінің жалпы уақыты екі жүз отыз минутты құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="z80"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      "Қызмет ба</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ғыты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша" - 50%, "Педагогика және оқыту әдістемесі" бойынша - 50% дұрыс жауап алынса, тестілеу нәтижесі оң деп есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="z81"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Тестілеу кезінде 50 %-дан кем нәтиже көрсеткен немесе дәлелді себептермен қатыспаған аттестатталушы адамдар бірінші тестіле</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>уден кейін екі айдан кешіктірмей қайта тестілеуден өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Правила</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="z82"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>Дәлелді себептер мыналар болып табылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">и условия проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности </w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="80" w:name="z83"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего образования, образовательные программы технического и профессионального, послесреднего, дополн</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> 1) ұзақ уақыт бойы еңбекке жарамсыздық (2 айдан аспайтын);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>ительного образования и специальные учебные программы, и иных гражданских служащих в области образования и науки</w:t>
-[...6 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="z84"/>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> 2) жүктілік және бала туу, бала күту демалысында болу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
-[...5 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="82" w:name="z85"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001A57FE">
+        <w:t xml:space="preserve"> 3) шетелде қызметті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-      </w:r>
+        <w:t>к іссапарда болу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="83" w:name="z86"/>
+      <w:bookmarkEnd w:id="82"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
+      <w:r w:rsidRPr="00835190">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. Настоящие Правила и условия проведения аттестации педагогических работников и приравненных к ним лиц, заним</w:t>
-[...4 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:t xml:space="preserve"> 16. Қайта тестілеу кезінде 50%-дан кем нәтиже көрсеткен аттестатталушы адамдар аттестаттаудың екінші кезеңіне жіберілмейді. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Тестілеуден табысты өткен аттестатталушы адамдар аттестаттаудың екінші кезеңіне жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="84" w:name="z87"/>
+      <w:bookmarkEnd w:id="83"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      17. Тестіл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>еу аяқталған соң нәтижелері бойынша ведомость білім беруді басқару органдарына жолданады, сондай-ақ білім беру саласындағы уәкілетті орган айқындайтын ұйымның ресми сайтына орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="85" w:name="z88"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      18. Біліктілік тестілеуінің нәтижесі бір жылға жарамды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="86" w:name="z89"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Өндірістен техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымында педагогикалық жұмысқа ауысқан тұлғалар біліктілік тестілеуінен босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="87" w:name="z90"/>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      19. Аттестатталушы адамдар қызметінің өтініш берілген біліктілік санатына сәйкестігін кеше</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>нді талдамалық қорытындылау жүргізу үшін білім беру ұйымы, аудандық (қалалық) білім бөлімдері, білім басқармалары, мемлекеттік орган басшысының бұйрығымен 1 қаңтардан 1 наурыз аралығында сараптамалық кеңес құрылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="88" w:name="z91"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      екінші біліктілік санатына – білім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру ұйымы деңгейінде ұйымдастырылған сараптамалық кеңес, оның құрамына: әдістемелік бірлестіктер, кафедралар, "Атамекен" ҰКП, қоғамдық ұйымдар, кәсіподақ, ата-аналар қоғамы, жұмыс берушілер өкілдері, білім беру ұйымдарында жұмыс істейтін әдіскерлер мен т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>әжірибелі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагог қызметкерлер кіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="89" w:name="z92"/>
+      <w:bookmarkEnd w:id="88"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      бірінші біліктілік санатына – аудан (қала) деңгейінде ұйымдастырылған сараптамалық кеңес, оның құрамына: әдістемелік кабинеттердің әдіскерлері, әдістемелік бірлестіктердің жетекшілері, ауданның (қаланың) тәжіриб</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">елі педагог қызметкерлері, біліктілікті арттыру </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>жүйесі, "Атамекен" ҰКП, қоғамдық ұйымдар, кәсіподақ, жұмыс берушілер, ата-аналар қоғамының өкілдері кіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="90" w:name="z93"/>
+      <w:bookmarkEnd w:id="89"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      облыстық маңызы бар білім беру ұйымдарының педагог қызметкерлері мен оларға теңестірілген тұлғ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>алардың бірінші біліктілік санатына және жоғарғы біліктілік санатына – облыстық деңгейде ұйымдастырылған сараптамалық кеңес, оның құрамына: "Атамекен" ҰКП, әдістемелік кабинеттер, біліктілікті арттыру жүйесі, қоғамдық ұйымдар, кәсіподақ, жұмыс берушілер өк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ілдері, облыстағы тәжірибелі педагог қызметкерлер кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="91" w:name="z94"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестатталушы адамның қызметінің өтініш берген біліктілік санатына сәйкестігін белгілеу үшін сараптама кеңесінің қарауына мынадай құжаттар ұсынылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="92" w:name="z95"/>
+      <w:bookmarkEnd w:id="91"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1) аттестаттауға өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="93" w:name="z96"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2) б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>арлық аттестатталатын педагог қызметкерлердің міндетті ұсынуға қажетті құжаттар көшірмелері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="94" w:name="z97"/>
+      <w:bookmarkEnd w:id="93"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      жеке басты куәландыратын құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="95" w:name="z98"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      білімі туралы диплом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="96" w:name="z99"/>
+      <w:bookmarkEnd w:id="95"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      қызметкердің еңбек қызметін растайтын құжаты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="97" w:name="z100"/>
+      <w:bookmarkEnd w:id="96"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      бұрын берген біліктілік санаты туралы к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>уәлік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="98" w:name="z101"/>
+      <w:bookmarkEnd w:id="97"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      біліктілікті арттыру курстарынан өту туралы құжаттар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="99" w:name="z102"/>
+      <w:bookmarkEnd w:id="98"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      3) кәсіптік жетістіктері туралы мәліметтер (болған жағдайда):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="100" w:name="z103"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      педагогикалық тәжірибені жинақтау материалдары: эссе, шығармашылық есеп, кәсіптік қызметіне өзіндік талдау жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="101" w:name="z104"/>
+      <w:bookmarkEnd w:id="100"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     педагог қызметкерлердің және оларға теңестірілген тұлғалардың қызметінің кешенді талдамалық жинақтаудың қорытындылары: пікірлер, оқушылар мен тәрбиеленушілерден, ата-аналардан, әріптестер мен әкімшіліктен алынған сауалнамалар нәтижелері; практика база</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ларының басшылары, жұмыс берушілер тарапынан пікірлер, ЖОО-ға түсу немесе еңбекке орналасу туралы ақпарат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="102" w:name="z105"/>
+      <w:bookmarkEnd w:id="101"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      педагогикалық қызмет нәтижелері: аттестатталушы адамның, білім алушылар мен тәрбиеленушілердің оқу, шығармашылық, спорттық, пәндік олимпиадалар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, конкурстарға, байқауларға, жарыстарға, ойындарға қатысуы, марапаттау материалдары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="103" w:name="z106"/>
+      <w:bookmarkEnd w:id="102"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      соңғы үш жылдағы қызметкердің кәсіптік қызметі нәтижелілігінің динамикасы (мерзімінен бұрын аттестаттауда – 1-2 жыл).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="104" w:name="z107"/>
+      <w:bookmarkEnd w:id="103"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      20. Сараптамалық кеңес әрбір аттестатта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>лушы адам бойынша қорытынды (аттестаттауға ұсыну (ұсынбау) шығарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>ающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего образования, образовательные программы технического и профессионального, после</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001A57FE">
+      </w:pPr>
+      <w:bookmarkStart w:id="105" w:name="z108"/>
+      <w:bookmarkEnd w:id="104"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>среднего, дополнительного образования и специальные учебные программы, и иных гражданских служащих в области образования и науки (далее - Правила) разработаны в соответствии с пунктом 7 статьи 139 Трудового кодекса Республики Казахстан от 23 ноября 2015 го</w:t>
-[...4 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:t>21. Тиісті деңгейдегі аттестаттау комиссиялары аттестаттау процесінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>да, Закона Республики Казахстан от 27 июля 2007 года "Об образовании" (далее – Закон) и определяют порядок и условия проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих обще</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001A57FE">
+      </w:pPr>
+      <w:bookmarkStart w:id="106" w:name="z109"/>
+      <w:bookmarkEnd w:id="105"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">образовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего образования, образовательные </w:t>
-[...4 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:t xml:space="preserve"> 1) аттестатталушы адамда қызметінің қорытындыларын қарастырады және талдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001A57FE">
+      </w:pPr>
+      <w:bookmarkStart w:id="107" w:name="z110"/>
+      <w:bookmarkEnd w:id="106"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>программы, и иных гражданских служащих в области образования и науки.</w:t>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> 2) аттестатталушы ад</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="14"/>
+        <w:t>амдардың кәсіби құзыреттілігін бағалайды. Аттестатталушы адамдардың біліктілік санаттарын беруді (растауды) тиісті деңгейдегі аттестаттау комиссиялары жүзеге асырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="108" w:name="z111"/>
+      <w:bookmarkEnd w:id="107"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
+      <w:r w:rsidRPr="00835190">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> В настоящих Правилах применяются следующие основные термины и определения:</w:t>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> 1) білім беру ұйымының аттестаттау комиссиясы сараптамалық кеңестің қорытындысы нег</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="15"/>
+        <w:t>ізінде педагогтердің екінші біліктілік санатын бекітеді, бірінші және жоғары санатты беру (растау) үшін педагогтердің материалдарын дайындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="109" w:name="z112"/>
+      <w:bookmarkEnd w:id="108"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
+      <w:r w:rsidRPr="00835190">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1) республиканская комиссия по рассмотрению апелляций (далее – республиканская апелляционная комисс</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001A57FE">
+        <w:t xml:space="preserve"> 2) аудандық (қалалық) білім бөлімінің аттестаттау комиссиясы сараптамалық кеңестің қорытындысы негізінде п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>ия) и апелляционная комиссия в пункте проведения тестирования - комиссии, создаваемые уполномоченным органом образования и местным исполнительным органом образования области, которые принимают решение по спорным вопросам при несогласии педагогических работ</w:t>
-[...4 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:t>едагогтердің бірінші біліктілік санатын бекітеді, жоғары санатты беру (растау) үшін педагогтердің материалдарын дайындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>ников и приравненных к ним лиц с результатами национального квалификационного тестирования;</w:t>
-[...5 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="110" w:name="z113"/>
+      <w:bookmarkEnd w:id="109"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="16"/>
+        <w:t xml:space="preserve"> 3) облыстардың, Астана және Алматы қалалары білім басқармаларының аттестаттау комиссиясы сараптамалық кеңестің қорытындысы нег</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ізінде педагогтерге жоғары біліктілік санатын береді (растайды).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="111" w:name="z114"/>
+      <w:bookmarkEnd w:id="110"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
+      <w:r w:rsidRPr="00835190">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2) аттестационный период – период между аттестациями;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+        <w:t xml:space="preserve"> Аттестатталушы адамдарға бірінші және жоғарғы біліктілік санатын білім беру саласындағы уәкілетті орган береді (растайды).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="z26"/>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkStart w:id="112" w:name="z115"/>
+      <w:bookmarkEnd w:id="111"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
+      <w:r w:rsidRPr="00835190">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3) аттестационная комиссия - коллегиальный орган, уполномоченный проводить процедуру аттестации;</w:t>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> Барлық деңгейдегі аттестаттау комиссиясының қарауына мын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="18"/>
+        <w:t>адай құжаттар ұсынылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="113" w:name="z116"/>
+      <w:bookmarkEnd w:id="112"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
+      <w:r w:rsidRPr="00835190">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4) квалификационная категория - уровень профессиональной компетентности педагогических работников и приравненных к ним лиц, соответствующий квалификационным требованиям, определяемым настоящими Правилами;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+        <w:t xml:space="preserve"> 1) аттестататтудан өтуге арналған өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="z28"/>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkStart w:id="114" w:name="z117"/>
+      <w:bookmarkEnd w:id="113"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
+      <w:r w:rsidRPr="00835190">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5) квалификационное тестирование – проц</w:t>
-[...4 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:t xml:space="preserve"> 2) жеке басын куәландыратын құжаттың көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>едура, направленная на определение уровня профессиональной компетентности педагогических работников и приравненных к ним лиц, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучен</w:t>
-[...1428 lines deleted...]
-      <w:bookmarkEnd w:id="59"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="115" w:name="z118"/>
+      <w:bookmarkEnd w:id="114"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
+      <w:r w:rsidRPr="00835190">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> лица, имеющие первую квалификационную категорию, являющиеся участниками профессиональных конкурсов, педагогических олимпиад областного уровня или участниками республиканског</w:t>
-[...4 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:t xml:space="preserve"> 3) білімі туралы дипломның көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>о или международного уровня;</w:t>
-[...5 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="116" w:name="z119"/>
+      <w:bookmarkEnd w:id="115"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="60"/>
+        <w:t xml:space="preserve"> 4) біліктілігін арттыру туралы құжаттың көшірмесін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="117" w:name="z120"/>
+      <w:bookmarkEnd w:id="116"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
+      <w:r w:rsidRPr="00835190">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> лица, имеющие первую квалификационную категорию, обобщившие собственный педагогический опыт на областном или республиканском, или международном уровне;</w:t>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> 5) еңбек қызметін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="61"/>
+        <w:t>растайтын құжаттың көшірмесін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="118" w:name="z121"/>
+      <w:bookmarkEnd w:id="117"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
+      <w:r w:rsidRPr="00835190">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> лица, имеющие первую квалификационную категорию, перешедшие на </w:t>
-[...4 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:t xml:space="preserve"> 6) бұрын берілген біліктілік санаты туралы куәлігінің көшірмесі (растау) (жоғары білім беру ұйымынан өткен және біліктілік санаттары жоқтардан басқалары).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>педагогическую работу в организации образования из институтов повышения квалификации, организаций технического и профессионального, послесреднего образования, имеющие стаж педагогической работы не менее четырех лет;</w:t>
-[...5 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="119" w:name="z122"/>
+      <w:bookmarkEnd w:id="118"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="62"/>
+        <w:t xml:space="preserve"> 7) тестілеу нәтижелері бар ведомость (жедел өтушілер үшін)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="120" w:name="z123"/>
+      <w:bookmarkEnd w:id="119"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
+      <w:r w:rsidRPr="00835190">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> лица, перешедшие на педагогическую</w:t>
-[...4 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:t xml:space="preserve"> 8) сараптамалық кеңестің қорытындысы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> работу в организации образования из вуза, имеющие академическую степень магистра и стаж педагогической работы не менее четырех лет;</w:t>
-[...5 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="121" w:name="z124"/>
+      <w:bookmarkEnd w:id="120"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="63"/>
+        <w:t xml:space="preserve"> 22. Аттестаттау комиссиясының шешімі отырысқа қатысушы мүшелерінің кемінде 2/3-і қатысқан кезде қабылданды деп саналады. Дауыс беру нәтижелері қорытынды отырысқа қатысқан аттестаттау комиссиясы мүшелеріні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көпшілік дауысымен айқындалады. Дауыстар тең болған жағдайда төрағаның даусы шешуші болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="122" w:name="z125"/>
+      <w:bookmarkEnd w:id="121"/>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
+      <w:r w:rsidRPr="00835190">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> лица, перешедшие с производства на педагогическую работу в организации технического и профессионального, послесреднег</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001A57FE">
+        <w:t xml:space="preserve"> Аттестаттау комиссиясының шешімі барлық мүшелер қол қоятын тиісті деңгейдегі аттестаттау комиссиясының хаттамасымен ресімделеді. Тиісті деңгейдегі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>о образования, имеющие стаж производственной работы не менее пяти лет.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+        <w:t>басшы шешімінің қорытындылары бойынша бұйрық шығарылып, кейіннен осы Қағидаларға 2-қосымшаға сәйкес нысан бойынша біліктілік санатын беру (растау) үшін аттестатталушы адамды аттестаттау туралы куәлік беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="65" w:name="z73"/>
-      <w:bookmarkEnd w:id="64"/>
+      <w:bookmarkStart w:id="123" w:name="z126"/>
+      <w:bookmarkEnd w:id="122"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
+      <w:r w:rsidRPr="00835190">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Аттестация педагогических работников, работающих в дошкольных организациях образования, проводится с учетом прохождения ими курсов повышения квалификации и переподготовки.</w:t>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> Аттестаттау комиссиясы білім беру ұйымын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="65"/>
+        <w:t>ың әрбір педагог қызметкері және оған теңестірілген тұлғалар бойынша мынадай шешімдердің бірін қабылдайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="124" w:name="z127"/>
+      <w:bookmarkEnd w:id="123"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
+      <w:r w:rsidRPr="00835190">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve"> 1) өтінім берілген біліктілік санатына сәйкес келеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="125" w:name="z128"/>
+      <w:bookmarkEnd w:id="124"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) өтінім берілген біліктілік санатына сәйкес келмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="126" w:name="z129"/>
+      <w:bookmarkEnd w:id="125"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Даулы мәселелер туынд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аған жағдайда тиісті деңгейдегі аттестаттау комиссиясы алқалы түрде шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="127" w:name="z130"/>
+      <w:bookmarkEnd w:id="126"/>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-параграф. Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын және арнайы оқу бағдарламаларын іске асыратын білім беру ұйымдарында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс істейтін педагог қызметкерлер мен оларға теңестірілген тұлғаларды аттестаттаудан өткізу тәртібі мен шарттары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="128" w:name="z131"/>
+      <w:bookmarkEnd w:id="127"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 23. Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, арнайы оқу бағдарламаларын іске асыратын б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім беру ұйымдарында жұмыс істейтін аттестатталушы адамдар (бұдан әрі –аттестатталушы адамдар) кезекті және мерзімінен бұрын аттестатталатындар болып бөлінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="129" w:name="z132"/>
+      <w:bookmarkEnd w:id="128"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Біліктілік санаттарын беру (растау) үшін аттестатталушы адамдарды кезекті аттестаттау екі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кезеңде жүзеге асырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="130" w:name="z133"/>
+      <w:bookmarkEnd w:id="129"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) бірінші кезең – ұлттық біліктілік тестілеуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="131" w:name="z134"/>
+      <w:bookmarkEnd w:id="130"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) екінші кезең – қызмет қорытындыларын кешенді талдамалық жинақтау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="132" w:name="z135"/>
+      <w:bookmarkEnd w:id="131"/>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>11. Аттестуемые, претендующие на досрочную аттестацию, проходят аттестацию в два этапа:</w:t>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> Аттестатталушы адамдар аттестаттаудан өту (кезекті және мерзімінен бұрын) үшін тиісті деңгейд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="66"/>
+        <w:t>егі аттестаттау комиссиясына 20 желтоқсан мен 5 қаңтар аралығында немесе ағымдағы жылғы 1-15 тамыз аралығында Осы Қағидаларға 1-қосымшаға сәйкес өтініш береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="133" w:name="z136"/>
+      <w:bookmarkEnd w:id="132"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
+      <w:r w:rsidRPr="00835190">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1) первый этап – квалификационное тестирование;</w:t>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> 24. Аттестатталушы адамдардың тізімдік құрамы білім беру ұйымының алқалық органының шешімі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="67"/>
+        <w:t>мен бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="134" w:name="z137"/>
+      <w:bookmarkEnd w:id="133"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
+      <w:r w:rsidRPr="00835190">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2) второй этап - комплексное аналитическое обобщение итогов деятельности.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+        <w:t xml:space="preserve"> 25. Біліктілік санаттарын беру (растау) үшін аттестатталушы адам кезекті аттестаттау өтініш негізінде (оның ішінде қазіргі санатының мерзімі аяқталғанға дейін) жүргізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="69" w:name="z77"/>
-      <w:bookmarkEnd w:id="68"/>
+      <w:bookmarkStart w:id="135" w:name="z138"/>
+      <w:bookmarkEnd w:id="134"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
+      <w:r w:rsidRPr="00835190">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 12. Квалификационное тестиро</w:t>
-[...4 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:t xml:space="preserve"> 1) "педагог" біліктілік санатына:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRPr="00835190" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>вание проводится организацией образования, определяемой уполномоченным органом в области образования, ежегодно с 15 октября по 15 декабря в соответствии с графиками, утвержденными управлениями образования областей, городов Астаны и Алматы, уполномоченным о</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001A57FE">
+      </w:pPr>
+      <w:bookmarkStart w:id="136" w:name="z139"/>
+      <w:bookmarkEnd w:id="135"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>рганом в области образования, отраслевыми государственными органами, имеющими в своем ведении организации образования.</w:t>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> келесі кәсіби б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="69"/>
+        <w:t>іліктіліктерге сәйкес келетін жұмыс өтіліне талап қойылмай, мамандығы бойынша жоғары педагогикалық және кәсіптік немесе техникалық және кәсіптік білімі бар тұлғалар: оқу пәні мазмұнын, оқу-тәрбиелеу процесін, оқыту және бағалау әдістемесін біледі, білім ал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ушылардың психологиялық-жас ерекшеліктерін ескере отырып, оқу-тәрбиелеу процесін жоспарлайды және ұйымдастырады, білім алушының жалпы мәдениетін және оны әлеуметтендіруді қалыптастыруға ықпал етеді, білім беру ұйымдары деңгейінде өтетін іс-шараларға қатыса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ды, білім алушылардың қажеттіліктерін ескере отырып, тәрбиелеу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835190">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>мен оқытудың жеке тәсілін жүзеге асыру, кәсіптік-педагогикалық қарым-қатынас негіздерін біледі, цифрлық білім ресурстарын қолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="137" w:name="z140"/>
+      <w:bookmarkEnd w:id="136"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
+      <w:r w:rsidRPr="00835190">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 13. Дата проведения тестирования сообщается аттестуемым не позднее, чем за 2 недели до проведения процедуры.</w:t>
-[...10 lines deleted...]
-      <w:bookmarkEnd w:id="70"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>2) "педагог-модератор" біліктілік санатына:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="138" w:name="z141"/>
+      <w:bookmarkEnd w:id="137"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      келе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>сі кәсіби біліктіліктерге сәйкес келетін педагогикалық өтілі кемінде екі жыл, мамандығы бойынша жоғары педагогикалық және кәсіптік немесе техникалық және кәсіптік білімі бар тұлғалар: "педагог" біліктілік санатына қойылатын жалпы талаптарға жауап береді, с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>онымен қатар білім алушылардың жетістіктері деңгейінде оқыту нәтижелеріне қосқан жеке үлесіне талдау жасайды және рефлексия жүргізеді, оқытудың инновациялық нысандарын, әдістері мен құралдарын қолданады, білім беру ұйымы деңгейінде өз тәжірибесін жинақтайд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ы, білім беру ұйымы деңгейінде олимпиадаларға, конкурстарға, жарыстарға қатысушылары бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="139" w:name="z142"/>
+      <w:bookmarkEnd w:id="138"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      3) "педагог-сарапшы" біліктілік санатына:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="140" w:name="z143"/>
+      <w:bookmarkEnd w:id="139"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      келесі кәсіби біліктіліктерге сәйкес келетін, педагогикалық өтілі кемінде 3 жыл, мамандығы бойынша жоғары педаго</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>гикалық және кәсіптік немесе техникалық және кәсіптік білімі бар тұлғалар: "педагог-модератор" біліктілік санатына қойылатын жалпы талаптарға жауап береді, сонымен қатар ұйымдастырылған оқу қызметін талдау дағдыларын біледі, өзінің және білім беру ұйымы де</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ңгейінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әріптестерінің кәсіби даму басымдылығын айқындайды және тәлімгерлікті жүзеге асырады, өз тәжірибесін аудан/қала деңгейінде жинақтайды, олимпиадаларға, конкурстарға, жарыстарға қатысушылары бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="141" w:name="z144"/>
+      <w:bookmarkEnd w:id="140"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      4) "педагог-зерттеуші" біліктілік санатына:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="142" w:name="z145"/>
+      <w:bookmarkEnd w:id="141"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>   келесі кәсіби біліктіліктерге сәйкес келетін педагогикалық өтілі кемінде 4 жыл, мамандығы бойынша жоғары педагогикалық және кәсіптік немесе техникалық және кәсіптік білімі бар тұлғалар: "педагог-сарапшы" біліктілік санатына қойылатын жалпы талаптарға жа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>уап береді, сонымен қатар сабақты зерттеу дағдыларын және бағалау құралдарын әзірлей біледі, білім алушылардың зерттеушілік дағдыларын дамытуды қамтамасыз ету, тәлімгерлікті жүзеге асыру және аудан, қала деңгейінде педагогикалық қауымдастықта даму стратеги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ясын сындарлы түрде айқындайды, өз тәжірибесін облыс/ Астана, Алматы қалалары деңгейінде жинақтайды, облыстық/ Астана, Алматы қалалары деңгейінде олимпиадаларға, конкурстарға, жарыстарға қатысушылары бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="143" w:name="z146"/>
+      <w:bookmarkEnd w:id="142"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      5) "педагог-шебер" біліктілік санатына:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="144" w:name="z147"/>
+      <w:bookmarkEnd w:id="143"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
-[...356 lines deleted...]
-      <w:bookmarkEnd w:id="83"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келесі кәсіби біліктіліктерге сәйкес келетін педагогикалық өтілі кемінде 5 жыл, мамандығы бойынша жоғары педагогикалық және кәсіптік немесе техникалық және кәсіптік білімі бар тұлғалар: "педагог-зерттеуші" біліктілік санатына қойылатын жалпы талаптарға жа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>уап береді, сонымен қатар авторлық бағдарламасы бар немесе Республикалық оқу-әдістемелік кеңесте мақұлданып, шығарылған оқулықтардың, оқу-әдістемелік құралдардың авторы (бірлескен авторы) болып табылады, ғылыми жобалау дағдыларын дамытуды қамтамасыз етеді;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәлімгерлікті жүзеге асыру және облыс деңгейінде кәсіби қауымдастық желісін дамытуды жоспарлайды; республикалық және халықаралық конкурстар мен олимпиадалардың қатысушысы болып табылады немесе республикалық және халықаралық конкурстар мен олимпиадалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қатысушыларын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дайындау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="145" w:name="z148"/>
+      <w:bookmarkEnd w:id="144"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      26. Келесі талаптардың біріне сәйкес аттестатталушы адамдар өтініші негізінде мерзімінен бұрын аттестаттауға жіберіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="146" w:name="z149"/>
+      <w:bookmarkEnd w:id="145"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) "педагог-модератор" біліктілік санатына: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="147" w:name="z150"/>
+      <w:bookmarkEnd w:id="146"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      білім беру ұйымы деңгейіндегі пән олимпиадалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ның, шығармашылық, кәсіби конкурстардың, ғылыми, спорттық жарыстардың жеңімпаздарын дайындайтын тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="148" w:name="z151"/>
+      <w:bookmarkEnd w:id="147"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      білім беру ұйымы деңгейіндегі кәсіби конкурстардың, педагогикалық олимпиадалардың жеңімпаздары болып табылатын тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="149" w:name="z152"/>
+      <w:bookmarkEnd w:id="148"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      өзінің педагогика</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>лық тәжірибесін аудан, қала деңгейінде жинақтаған тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="150" w:name="z153"/>
+      <w:bookmarkEnd w:id="149"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      жоғары оқу орнын "үздік" бітірген тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="151" w:name="z154"/>
+      <w:bookmarkEnd w:id="150"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>     </w:t>
-[...663 lines deleted...]
-      <w:bookmarkEnd w:id="105"/>
+        <w:t>      жоғары оқу орнын пәнді ағылшын тілінде оқыту құқығымен бітірген, В1 деңгейінен төмен емес (CEFR шкаласы бойынша) ағылшын тілі білімін растайтын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сертификаты (куәлігі) бар тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="152" w:name="z155"/>
+      <w:bookmarkEnd w:id="151"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      магистр академиялық дәрежесі бар тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="153" w:name="z156"/>
+      <w:bookmarkEnd w:id="152"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      орта кәсіптік (техникалық және кәсіптік, орта білімнен кейінгі) оқу орнын "үздік" бітірген және кемінде бір жыл педгогикалық еңбек өтілі бар тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="154" w:name="z157"/>
+      <w:bookmarkEnd w:id="153"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       бейіндік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пән бойынша спорт шеберлігіне үміткерлер болып табылатын тұлғалар; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="155" w:name="z158"/>
+      <w:bookmarkEnd w:id="154"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2) "педагог-сарапшы" біліктілік санатына:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="156" w:name="z159"/>
+      <w:bookmarkEnd w:id="155"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      аудандық/қалалық деңгейдегі пәндік олимпиадалардың, шығармашылық, кәсіби жарыстардың, спорттық жарыстардың жеңімпаздарын дайындаған тұ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>лғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="157" w:name="z160"/>
+      <w:bookmarkEnd w:id="156"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      кәсіби жарыстардың, аудандық/қалалық деңгейдегі педагогикалық олимпиадалардың жеңімпаздары, болып табылатын тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="158" w:name="z161"/>
+      <w:bookmarkEnd w:id="157"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      облыс (Астана, Алматы қалалары) деңгейінде өздерінің педагогикалық тәжірибелерін қорытындылаған тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="159" w:name="z162"/>
+      <w:bookmarkEnd w:id="158"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      "Болаш</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ақ" бағдарламасының түлегі болып табылатын тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="160" w:name="z163"/>
+      <w:bookmarkEnd w:id="159"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ғылым кандидаты/докторы дәрежесі бар тұлғалар; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="161" w:name="z164"/>
+      <w:bookmarkEnd w:id="160"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ағылшын тілін B2 деңгейінен (CEFR шкаласы бойынша) төмен емес деңгейде меңгерген, пәндерді ағылшын тілінде оқытатын тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="162" w:name="z165"/>
+      <w:bookmarkEnd w:id="161"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      білім беру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұйымына жоғары оқу орнынан педагогикалық қызметке ауысқан және кемінде екі жыл жұмыс өтілі бар адамдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="163" w:name="z166"/>
+      <w:bookmarkEnd w:id="162"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       бейіндік пән бойынша халықаралық спорт шебері болып табылатын адамдар. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="164" w:name="z167"/>
+      <w:bookmarkEnd w:id="163"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      3) "педагог-зерттеуші" біліктілік санатына:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="165" w:name="z168"/>
+      <w:bookmarkEnd w:id="164"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      облыстық деңгейд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>егі пәндік олимпиадалардың, шығармашылық, кәсіби жарыстардың, ғылыми немесе спорттық жарыстардың жеңімпаздарын немесе республикалық немесе халықаралық деңгейдегі қатысушыларды дайындаған тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="166" w:name="z169"/>
+      <w:bookmarkEnd w:id="165"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      білім беру саласындағы уәкілетті орган бекіткен тізім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ге сәйкес кәсіптік конкурстардың, облыстық деңгейдегі педагогикалық олимпиадалардың жеңімпаздары немесе республикалық немесе халықаралық деңгейдегі қатысушылары болып табылатын тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="167" w:name="z170"/>
+      <w:bookmarkEnd w:id="166"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      республикалық деңгейде өздерінің педагогикалық тәжірибесін жина</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қтаған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="168" w:name="z171"/>
+      <w:bookmarkEnd w:id="167"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ғылым кандидаты/докторы дәрежесі бар адамдар және кемінде бес жыл педагогикалық жұмыс өтілі бар тұлғалар; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="169" w:name="z172"/>
+      <w:bookmarkEnd w:id="168"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      "педагог-шебер" біліктілік санатына:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="170" w:name="z173"/>
+      <w:bookmarkEnd w:id="169"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       республикалық деңгейдегі пәндік олимпиадалардың, шығармашылық, кәсіби жарыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тардың, спорттық жарыстардың жеңімпаздарын немесе халықаралық деңгейдегі қатысушыларын дайындаған тұлғалар; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="171" w:name="z174"/>
+      <w:bookmarkEnd w:id="170"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      білім беру саласындағы уәкілетті орган бекіткен тізімге сәйкес кәсіптік конкурстардың, республикалық деңгейдегі педагогикалық олимпиадалардың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жеңімпаздары немесе халықаралық деңгейдегі қатысушылары болып табылатын тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="172" w:name="z175"/>
+      <w:bookmarkEnd w:id="171"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      өздерінің педагогикалық тәжірибелерін халықаралық деңгейде жинақтаған, педагогикалық практикада ғылыми негізделген әдістерді, авторлық оқыту және тәрбиелеу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>технологиясын жүйелі түрде қолданатын тұлғалар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="173" w:name="z176"/>
+      <w:bookmarkEnd w:id="172"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      27. Ұлттық біліктілік тестілеуіне қатысуға өтініштер қабылдауды тиісті деңгейдегі аттестаттау комиссия жүргізеді, ол біліктілік талаптарына сай болған жағдайда өтініштерді ұлттық біліктілік тестілеуін ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ткізетін ұйымға жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="174" w:name="z177"/>
+      <w:bookmarkEnd w:id="173"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Өтініштерді қабылдау мерзімдері: күнтізбелік жылғы 10 наурыз бен 2 мамырға аралығы, 10 тамыз бен 6 қыркүйек аралығы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="175" w:name="z178"/>
+      <w:bookmarkEnd w:id="174"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      28. Аттестатталушы адамдар ұлттық біліктілік тестілеуінен өту үшін келесі құжаттарды ұсынады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="176" w:name="z179"/>
+      <w:bookmarkEnd w:id="175"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>1) осы Қағидаларға 3-қосымшаға сәйкес нысан бойынша тестілеуге қатысу үшін өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="177" w:name="z180"/>
+      <w:bookmarkEnd w:id="176"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2) 3x4 көлеміндегі екі сурет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="178" w:name="z181"/>
+      <w:bookmarkEnd w:id="177"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>     </w:t>
-[...535 lines deleted...]
-      <w:bookmarkEnd w:id="123"/>
+        <w:t>      3) жеке басын куәландыратын құжаттың көшірмесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="179" w:name="z182"/>
+      <w:bookmarkEnd w:id="178"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      29. Өтініштер деректер базасына енгізілгеннен кейін аттестатталушы адамдарға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>тестілеуге рұқсаттама беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="180" w:name="z183"/>
+      <w:bookmarkEnd w:id="179"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      30. Ұлттық біліктілік тестілеуі жүз тест тапсырмасынан тұрады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="181" w:name="z184"/>
+      <w:bookmarkEnd w:id="180"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      "Оқу пәнінің мазмұны" – жетпіс тапсырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="182" w:name="z185"/>
+      <w:bookmarkEnd w:id="181"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      "Педагогика, оқыту әдістемесі" – отыз тапсырма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="183" w:name="z186"/>
+      <w:bookmarkEnd w:id="182"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Бастауыш білім беретін педагогтер мына пәндер бо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>йынша тест тапсырады: қазақ немесе орыс тілі (оқыту тілі бойынша), математика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="184" w:name="z187"/>
+      <w:bookmarkEnd w:id="183"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      31. Ұлттық біліктілік тестілеуінің жалпы уақыты – екі жүз минут, "Математика", "Физика", "Химия", "Информатика" пәндері үшін – екі жүз отыз минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="185" w:name="z188"/>
+      <w:bookmarkEnd w:id="184"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      32. Ұлттық білікті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>лік тестілеуін білім беру саласындағы уәкілетті органның шешімі бойынша қағаз және электрондық форматта өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="186" w:name="z189"/>
+      <w:bookmarkEnd w:id="185"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      33. Ұлттық біліктілік тестілеуі аттестатталушы адамдардың қалауы бойынша өтінім берген кезде белгіленген тілде (қазақ немесе орыс) өтк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="187" w:name="z190"/>
+      <w:bookmarkEnd w:id="186"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      34. Ұлттық біліктілік тестілеуі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="188" w:name="z191"/>
+      <w:bookmarkEnd w:id="187"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1) тест тапсырмаларының бірыңғай базасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="189" w:name="z192"/>
+      <w:bookmarkEnd w:id="188"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2) құпиялы жағдайларда дайындалған құжатты білдіретін сұрақ кітапшасы, түпнұсқаландыруға арналған парольдері бар тестілеу рұқсаты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="190" w:name="z193"/>
+      <w:bookmarkEnd w:id="189"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) қағаз форматта </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>тестілеу кезінде жауаптарды толтыруға арналған жауаптар парағы негізінде жылына екі рет өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="191" w:name="z194"/>
+      <w:bookmarkEnd w:id="190"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      35. Бірінші ұлттық біліктілік тестілеуінің мерзімі – күнтізбелік жылғы 26 мамырдан бастап 5 маусым аралығында, екіншісі 1-10 қараша аралығында.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="192" w:name="z195"/>
+      <w:bookmarkEnd w:id="191"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
-[...100 lines deleted...]
-      <w:r w:rsidRPr="001A57FE">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>36. Білім беру саласындағы уәкілетті орган айқындайтын ұлттық біліктілік тестілеуін өткізуге жауапты ұйым бағдарламалық қамтамасыз етуді (бұдан әрі – БҚ) әзірлейді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      −тест тапсырмаларының базасын қолдау және құру үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      −аттестатталушы адамдардың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деректерін (ЖСН, Т.А.Ә. (әкесінің аты бар болған жағдайда), өтінім берілген біліктілік санаты, оқыту пәні және тапсыру тілі) енгізе отырып, педагог қызметкерлердің және оларға теңестірілген тұлғалардың деректер базасын қалыптастыру (өтініштер қабылдау) үш</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       −аудиториялық қор базасын қалыптастыру үшін; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       −тестілеу өткізу және нәтижелерін беру үшін; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       −апелляция рәсімдерін жүргізу үшін; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      −аттесталушы адамдарды дербес хабардар ету үшін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="193" w:name="z196"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      37. Аттестатталушы адамдардың деректер ба</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>засын қалыптастыру үшін әзірленген БҚ аудандық (қалалық) бөлімдерге, облыстардың, Астана және Алматы қалаларының білім басқармаларына, республикалық білім беру ұйымдары үшін – білім беру саласындағы уәкілетті органға жолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="194" w:name="z197"/>
+      <w:bookmarkEnd w:id="193"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      38. Білім беру саласын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>дағы уәкілетті орган айқындайтын ұлттық біліктілік тестілеуін өткізуге жауапты ұйым өтініштерді қабылдау, тестілеуді өткізу, апелляциялық рәсімдерді жүргізу, нәтижелерді өңдеу және беру кезеңінде бағдарламалық қамтамасыз ету жұмысын сүйемелдейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="195" w:name="z198"/>
+      <w:bookmarkEnd w:id="194"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      39.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Білім беру саласындағы уәкілетті орган аттестатталушы адамдардың ұлттық біліктілік тестілеуінен өтетін күнін және өткізу пункттерін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="196" w:name="z199"/>
+      <w:bookmarkEnd w:id="195"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      40. Осы Қағидалардың сақталуына бақылауды жүзеге асыру үшін ұлттық біліктілік тестілеуін өткізу пункттері</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>не білім беру саласындағы уәкілетті органның өкілдері жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="197" w:name="z200"/>
+      <w:bookmarkEnd w:id="196"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       41. Ұлттық біліктілік тестілеуіне қатысу үшін өтініш берген аттестатталушы адамдарға осы Қағидаларға 4-қосымшаға сәйкес нысан бойынша рұқсаттама беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="198" w:name="z201"/>
+      <w:bookmarkEnd w:id="197"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      42. Ұлттық біліктілік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тестілеуін өткізу пункттерінің кіріп-шығатын есіктері, тестілеу аудиториялары және басқа да қатысы бар кабинеттері бейнебақылау жүйесімен және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>мобильді байланысты, мобильді және стационарлық интернетті, әртүрлі типтегі және әрекет ету радиусындағы спутникт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ік сигналды басу құрылғыларымен қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="199" w:name="z202"/>
+      <w:bookmarkEnd w:id="198"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      43. Тестілеуді өткізу пунктінің ғимаратына аттестатталушылардың кіруі кезінде аттестатталушы адамның жеке басын куәландыратын құжаттың және рұқсаттаманың негізінде жеке басын сәйкестендіру жүргізіле</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="200" w:name="z203"/>
+      <w:bookmarkEnd w:id="199"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      44. Аттестатталушы адам аудиторияға бір-бірден кіргізіледі, бұл ретте жеке басын куәландыратын құжаттың және рұқсаттаманың негізінде аттестатталушының жеке басын сәйкестендіру қайта жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="201" w:name="z204"/>
+      <w:bookmarkEnd w:id="200"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      45. Аттестатталушы адамдарға ұлттық біліктілі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>к тестілеуді өткізу кезінде аудиториядан кезекшінің рұқсатынсыз және алып жүруінсіз шығуға, бір-бірімен сөйлесуге, орын ауыстыруға, материалдармен алмасуға, материалдарды аудиториядан алып шығуға, аудиторияға тыйым салынған заттарды (оқулықтар мен әдістеме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>лік әдебиеттерді, цифрлық смарт аппаратурасын) кіргізуге және пайдалануға, материалдарды (жауап парақтары мен сұрақ кітапшаларын) мыжу, түзету сұйықтығын қолдану, беттерді жырту, бояуға қарастырылмаған секторларды бояу (жауап парағының нөмірі) арқылы бүлді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>руге рұқсат етілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="202" w:name="z205"/>
+      <w:bookmarkEnd w:id="201"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       46. Тестілеуді жүргізу күні бағдарламалық қамтамасыз етуі бар Қазақстан Республикасы Білім және ғылым министрлігінің (бұдан әрі – Министрлік) өкілі осы Қағидаларға 5-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша (электрондық форматта жүргізу үшін) аттестатталушы адамды отырғызу парағын басып шығарады. Аттестатталушы адамдар отырғызу парағындағы нөмірге сәйкес орынға отырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="203" w:name="z206"/>
+      <w:bookmarkEnd w:id="202"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       47. Аттестатталушы адамдар отырғызылғаннан кейін аудитория бо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>йынша емтихан материалдарымен жұмыс істеу қағидаларын түсіндіреді. Одан кейін аудиториядағы үш аттестатталушы адамның қатысуымен Министрліктің өкілі осы Қағидаларға 6-қосымшаға сәйкес нысан бойынша емтихан материалдарын ашу актісін жасай отырып, емтихан ма</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>териалдары бар қорапты ашуды ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="204" w:name="z207"/>
+      <w:bookmarkEnd w:id="203"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      48. Бірінші кезекте жауап парақтары таратылады. Жауап парақтарының қызметтік секторлары толтырылғаннан кейін нұсқаларды тарату парағына сәйкес сұрақ кітапшаларын үлестіру жүргізіледі, оның көмегімен пәндер </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>бойынша тест тапсырмалары аттестатталушы адамдардың назарларына жеткізіледі. Сұрақ кітапшасының титул парағы толтырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="205" w:name="z208"/>
+      <w:bookmarkEnd w:id="204"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      49. Жауап парағы бір данада беріледі, ауыстыруға жатпайды және аттестатталушы адамды тестілеу нәтижелерін растайтын жалғыз құжат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестатталушы адамдар жауап парақтарының қызмет секторын және сұрақ кітапшасының титул парағын толтырғаннан кейін тақтада тесттің басталу және аяқталу уақыты жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестатталушы адам қағидаларды бұзған кезде нысан бойынша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тыйым салынған заттарды анықтау және аудиторияда тәртіп сақтау қағидаларын бұзған аттестатталушы адамды аудиториядан шығару актісі және (немесе) осы Қағидаларға 7 және 9-қосымшаларға сәйкес тестілеуде бөгде адамды анықтау актісі жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Тестілеуді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аяқтауына қарай немесе тестілеу уақыты біткеннен кейін аттестатталушы адам жауап парағын және сұрақ кітапшасын аудитория бойынша кезекшіге береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аудитория бойынша кезекші емтихан материалдарын тестілеу нәтижелері өңделетін кабинетке жеткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Жауап парақтарын сканерлеу аудиториялар бойынша жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="206" w:name="z209"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      50. Тест тапсырмаларының жауаптарын бағалауды білім беру саласындағы уәкілетті орган айқындайтын ұйым мынадай түрде жүзеге асырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="207" w:name="z210"/>
+      <w:bookmarkEnd w:id="206"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1) ұсынылған бес жауап нұсқасынан бір дұрыс жа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>уапты таңдайтын тапсырмалар үшін бір балл, қалған жағдайларда нөл балл беріледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="208" w:name="z211"/>
+      <w:bookmarkEnd w:id="207"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2) ұсынылған нұсқадан бірнеше дұрыс жауапты таңдайтын тапсырмалар үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      -барлық дұрыс жауаптар үшін - екі балл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      -жіберілген бір қате үшін - бір балл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      -</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>екі және одан да көп қате жібергені үшін - нөл балл беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="209" w:name="z212"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      51. Электрондық форматта тестілеу кезінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="210" w:name="z213"/>
+      <w:bookmarkEnd w:id="209"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1) компьютерлік сыныптардың дайындалуын бақылауды тестілеуді өткізуге жауапты ұйымның өкілімен бірлесіп аттестаттау комиссиясы жүзеге асыра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="211" w:name="z214"/>
+      <w:bookmarkEnd w:id="210"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2) компьютерлік сыныптар бір ғимарат (корпус) шегінде орналасуға тиіс;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="212" w:name="z215"/>
+      <w:bookmarkEnd w:id="211"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      3) өтініштерді қабылдау базасы жабылғаннан кейін аттестатталушы адамға сәйкестендіру үшін паролі бар тестілеуге рұқсаттама беріледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="213" w:name="z216"/>
+      <w:bookmarkEnd w:id="212"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4) ұлттық біліктілік тестілеу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ін өткізуге жауапты ұйым тестілеуге бір күн қалғанда тестілеу уақытында пайдаланылатын барлық компьютерлерді дайындап тіркейді, осы Қағидаларға 5-қосымшаға сәйкес нысан бойынша отырғызу парағын басып шығарады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="214" w:name="z217"/>
+      <w:bookmarkEnd w:id="213"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      5) тестілеу өткізілетін күні бағдарламал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ық қамтамасыз етуі бар Министрліктің өкілі отырғызу парағын басып шығарады, аттестатталушы адамдар отырғызу парағындағы нөмірге сәйкес орындарына отырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="215" w:name="z218"/>
+      <w:bookmarkEnd w:id="214"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      6) аттестатталушы адамдар компьютер сыныбына рұқсаттамаға, жеке басын куәландыратын құжатқа сәй</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>кес бір-бірден кіргізіледі және отырғызу парағында көрсетілген орынға отырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="216" w:name="z219"/>
+      <w:bookmarkEnd w:id="215"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      7) отырғызғаннан кейін атестатталушы адамдар отырғызу парағына қол қояды, "Компьютер нөмірі" бағанын қолмен толтырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="217" w:name="z220"/>
+      <w:bookmarkEnd w:id="216"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) тестілеу басталардан бұрын жауапты адам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>атестатталушы адамдарға тестілеу уақытында тәртіп сақтау қағидалары бойынша нұсқама өткізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="218" w:name="z221"/>
+      <w:bookmarkEnd w:id="217"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      9)аттестатталушы адамдар ұлттық біліктілік тестілеуін өткізуге жауапты ұйым ұсынған бағдарламалық қамтамасыз етудің көмегімен тестілеуден өтеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="219" w:name="z222"/>
+      <w:bookmarkEnd w:id="218"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Тесті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>леудің нәтижесі тестілеу аяқталған соң беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="220" w:name="z223"/>
+      <w:bookmarkEnd w:id="219"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      52. Қағаз форматтағы тестілеу кезінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="221" w:name="z224"/>
+      <w:bookmarkEnd w:id="220"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1) аттестатталушы адамдар отырғызылғаннан кейін тестілеу материалдарымен жұмыс істеу қағидасы түсіндіріледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="222" w:name="z225"/>
+      <w:bookmarkEnd w:id="221"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2) одан кейін аудиториядағы үш аттестатта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>лушы адамның және білім беру саласындағы уәкілетті орган өкілдерінің қатысуымен тестілеу материалдары бар қорапты ашу ұйымдастырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="223" w:name="z226"/>
+      <w:bookmarkEnd w:id="222"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) шақырылған аттестатталушы адамдар қораптағы мөрдің тұтастығын тексереді. Қорапты ашып, осы Қағидаларға 6-қосымш</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>аға сәйкес нысан бойынша Емтихан материалдарын ашу актісін жасай отырып, ондағы материалды қайта санайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="224" w:name="z227"/>
+      <w:bookmarkEnd w:id="223"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      4) тестілеуді аяқтауына қарай немесе тестілеу уақыты біткеннен кейін аттестатталушы адамдар жауап парақтарын және сұрақ кітапшаларын жауапты ада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>мға тапсырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="225" w:name="z228"/>
+      <w:bookmarkEnd w:id="224"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      5) жауап парақтарын және сұрақ кітапшаларын қабылдау кезінде жауап парағының барлық қызметтік секторлары мен титул парағының толтырылғаны және сұрақ кітапшаларының тұтастығы тексеріледі, содан соң аттестатталушы адам аудиториядан шығад</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="226" w:name="z229"/>
+      <w:bookmarkEnd w:id="225"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      53. Дұрыс жауаптардың кодтары екі данада жасалады: бірі жалпыға көруге ілінеді, екіншісі – апелляциялық комиссия үшін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="227" w:name="z230"/>
+      <w:bookmarkEnd w:id="226"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      54. Тестілеу нәтижелері жөніндегі ведомость тестілеу күні екі данада ресімделеді, оған аттестаттау комиссиясы мүшелері мен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> төрағасының және білім беру саласындағы уәкілетті орган өкілдерінің (олар қатысқан жағдайда) қолдары қойылады және білім басқармасының мөрі басылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="228" w:name="z231"/>
+      <w:bookmarkEnd w:id="227"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Ведомостің бір данасы ақпараттық стендте аттестатталушы адамдардың Т.А.Ә. көрсетілмей ілінеді, екін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ші данасы тестілеуді өткізуге жауапты ұйымға беріледі, сондай-ақ тестілеу нәтижесін білім беру саласындағы уәкілетті орган айқындайтын ұйымның ресми сайтында орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="229" w:name="z232"/>
+      <w:bookmarkEnd w:id="228"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      55. Аттестатталушы адамға тестілеу нәтижесі бойынша осы Қағидаларға 8-қосым</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>шаға сәйкес нысан бойынша апелляциядан кейінгі балдары көрсетілген, аттестаттау комиссиясы төрағасының қолымен расталған және жергілікті білім беру органының мөрімен бекітілген анықтама беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="230" w:name="z233"/>
+      <w:bookmarkEnd w:id="229"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      56. Тестілеу нәтижесі әрбір блок бойынша кемінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>  "педагог-модератор" - 50%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      "педагог-сарапшы" - 60%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      "педагог-зерттеуші" - 70%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      "педагог-шебер" - 80%-дан кем емес балл жинаған жағдайда, оң болып есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="231" w:name="z234"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      57. Тестілеуде теріс нәтиже көрсеткен аттестатталушы адамдар жылына ең к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>өбі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бір рет қайта тапсыра алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="232" w:name="z235"/>
+      <w:bookmarkEnd w:id="231"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      58. Тестілеуде оң нәтиже көрсеткен аттестатталушы адамдар аттестаттаудың екінші кезеңіне өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="233" w:name="z236"/>
+      <w:bookmarkEnd w:id="232"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      59. Ұлттық біліктілік тестілеуінің нәтижесі бір жылға дейін жарамды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="234" w:name="z237"/>
+      <w:bookmarkEnd w:id="233"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      60. Тестілеу нәтижесімен келіспеген жағд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>айда, аттестатталушы адамдар апелляциялық комиссияға жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Бірыңғай талаптардың орындалуын қамтамасыз ету және тест тапсырмаларын бағалау кезінде даулы мәселелерді шешу, тестілеуді өткізу кезеңінде аттестатталушы адамдардың құқықтарын қорғау мақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сатында республикалық апелляциялық комиссия және тестілеуді өткізу пунктіндегі апелляциялық комиссия құрылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="235" w:name="z238"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      61. Республикалық апелляциялық комиссияның төрағасы және құрамы білім беру саласындағы уәкілетті органның бұйрығымен бекітіледі. Тестілеуд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>і өткізу пунктіндегі апелляциялық комиссияның төрағасы және құрамы облыстың (Астана, Алматы қалалары) білім беруді басқару органының бұйрығымен бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="236" w:name="z239"/>
+      <w:bookmarkEnd w:id="235"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      62. Республикалық апелляциялық комиссия, тестілеуді өткізу пунктіндегі апелляциялық комиссия </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>өкілеттілігінің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әрекет ету мерзімі – бір жыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="237" w:name="z240"/>
+      <w:bookmarkEnd w:id="236"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      63. Тестілеуді өткізу пунктіндегі апелляциялық комиссия тестілеуге қатысқан аттестатталушы адамдардан тест тапсырмаларының мазмұны және техникалық себептер жөніндегі өтініштерді қабылдайды және қарайды, р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>еспубликалық аппелляциялық комиссияға балдарды қосу туралы ұсыныс енгізеді және оларды апелляцияның қорытындысы туралы жазбаша түрде хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="238" w:name="z241"/>
+      <w:bookmarkEnd w:id="237"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      64. Апелляция жөніндегі өтінішті апелляциялық комиссия төрағасының атына тестілеуге қатысқан аттестат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>талушы адам өзі береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Тест тапсырмаларының мазмұны және техникалық себептер жөніндегі өтініштер тестілеу өткізілгеннен кейін келесі күнгі сағат 9:00-ден 13.00-ге дейін (жергілікті уақыт бойынша) қабылданады және оны тестілеуді өткізу пунктіндегі а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пелляциялық комиссия бір күн ішінде қарайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Өтініш берушінің өзімен бірге оның жеке басын куәландыратын құжаты, тестілеуге жіберу рұқсаттамасы болуы керек. Аттестатталушы адам апелляциялық комиссияның отырысына келмеген жағдайда, оның апелляцияға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>берген өтініші қаралмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="239" w:name="z242"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      65. Апелляциялық комиссия аттестатталушы адаммен жеке тәртіпте жұмыс жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Апелляция мынадай жағдайларда қаралады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      тест тапсырмаларының мазмұны бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="240" w:name="z243"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1) дұрыс жауап дұрыс жауаптар кодымен сәйкес ке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>лмесе (дұрыс жауап нұсқасы көрсетіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="241" w:name="z244"/>
+      <w:bookmarkEnd w:id="240"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2) дұрыс жауап болмаса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="242" w:name="z245"/>
+      <w:bookmarkEnd w:id="241"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      3) барлық ұсынылған нұсқалардан бір дұрыс жауапты таңдауға арналған тест тапсырмаларында бір дұрыс жауаптан көп дұрыс жауап болса (дұрыс жауаптардың барлық нұсқалары көрсетіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="243" w:name="z246"/>
+      <w:bookmarkEnd w:id="242"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      4) тест тапсырмасы дұрыс құрылмаса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      техникалық себеп бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="244" w:name="z247"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1) әрбір дұрыс жауап кодымен сәйкес келетін боялған дөңгелекшені сканер екі және одан көп дөңгелекше ретінде оқыса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="245" w:name="z248"/>
+      <w:bookmarkEnd w:id="244"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2) дұрыс жауаптар кодымен сәйкес келетін боялған дөңг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>елекшені сканер бос дөңгелекше ретінде оқыса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="246" w:name="z249"/>
+      <w:bookmarkEnd w:id="245"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      3) жауап парағында ақау болғанда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="247" w:name="z250"/>
+      <w:bookmarkEnd w:id="246"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      4) тапсырма шартының фрагменті (мәтін, сызба, суреттер, кестелер) болмаса, соның нәтижесінде дұрыс жауапты анықтау мүмкін болмағанда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="248" w:name="z251"/>
+      <w:bookmarkEnd w:id="247"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      66. Апелляция жөніндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>өтініште</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жазылған нақты фактілер қарауға жатады. Апелляция уақытында тестілеуді өткізу пунктіндегі апелляциялық комиссияға аттестатталушы адам көрсеткен нұсқаны және таңдаған пәнді ауыстыруға рұқсат етілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Барлық тест тапсырмаларын қайта қарау бо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>йынша апелляция жөніндегі өтініштер әрбір тапсырма бойынша дәлелді негіздеме (толық түсіндірме, тапсырманың қадамдық шешімі) көрсетілмей берілсе, қарауға жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="249" w:name="z252"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      67. Республикалық апелляциялық комиссия тестілеуді өткізу пунктіндегі апелляциялық ком</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>иссиядан аттестатталушы адамдардың жауап парақтарының көшірмелерін сұратады және алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="250" w:name="z253"/>
+      <w:bookmarkEnd w:id="249"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      68. Тестілеуді өткізу пункттеріндегі апелляциялық комиссиямен аттестатталушы адамның өтініші оң шешім тапқан жағдайда, аттестатталушы адамның өтініші Республикалы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> апелляциялық комиссияға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="251" w:name="z254"/>
+      <w:bookmarkEnd w:id="250"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      69. Республикалық апелляциялық комиссия тестілеуді өткізу пунктеріндегі апелляциялық комиссияның аттестатталушы адамға балл қосу туралы ұсынысының негізділігін қарайды және түпкілікті шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="252" w:name="z255"/>
+      <w:bookmarkEnd w:id="251"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      70. Ре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>спубликалық аппеляциялық комиссияның шешімі комиссия мүшелерінің жалпы санының көпшілік даусымен қабылданады. Дауыстары тең болған кезде төрағаның даусы шешуші болып табылады. Республикалық апелляциялық комиссияның шешімі төраға мен комиссияның барлық мүше</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>лері қол қоятын хаттамамен ресімделеді. Республикалық апелляциялық комиссия және тестілеуді өткізу пунктеріндегі апелляциялық комиссия отырыстарының хаттамалары тестілеуді өткізуге жауапты ұйымда бір жыл бойы сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="253" w:name="z256"/>
+      <w:bookmarkEnd w:id="252"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      71. Апелляцияны есепке алғанда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ғы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ведомость апелляция өткізілген күні бір данада тестілеуді өткізуге жауапты ұйыммен рәсімделеді, аттестаттау комиссиясы мүшелерінің/білім беру саласындағы уәкілетті орган өкілдерінің қолдарымен расталады және білім беруді басқару органының мөрімен бекіті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>леді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="254" w:name="z257"/>
+      <w:bookmarkEnd w:id="253"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      72. Апелляция нәтижелері бойынша аттестатталушы адамдарға осы Қағидаларға 8-қосымшаға сәйкес нысан бойынша апелляцияны ескере отырып, ұлттық біліктілік тестілеуден өткендігі туралы анықтама беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="255" w:name="z258"/>
+      <w:bookmarkEnd w:id="254"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      73. Ұлттық біліктілік тестілеуінің апе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>лляциясы аяқталған соң пайдаланылған сұрақ кітапшалары жойылады, осы Қағидаларға 10-қосымшаға сәйкес нысан бойынша аттестатталушы адамдардың ұлттық біліктілік тестісі кітапшаларын жою туралы актісі жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="256" w:name="z259"/>
+      <w:bookmarkEnd w:id="255"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      74. Тестілеуден теріс нәтиже көрсеткен атт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>естатталушы адамдар аттестаттаудың екінші кезеңіне жіберілмейді, тестілеуді табысты тапсырған аттестатталушы адамдар аттестаттаудың екінші кезеңіне жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="257" w:name="z260"/>
+      <w:bookmarkEnd w:id="256"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      75. Мерзімінен бұрын аттестаттауға өтініш берген, біліктілік тестілеуінен қайта өтпеген ат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>тестатталушы адамдар үшін қолданыстағы біліктілік санаты жарамдылық мерзімі аяқталғанға дейін сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="258" w:name="z261"/>
+      <w:bookmarkEnd w:id="257"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      76. Ұлттық біліктілік тестілеуінен қайта өтпеген "педагог-модератор", "педагог-сарапшы", "педагог-зерттеуші", "педагог-шебер" (ауыспалы кезеңде) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>біліктілік санаттарын иеленуге өтініш білдірген аттестатталушы адамдар үшін қолданыстағы біліктілік санаттары: екінші, бірінші, жоғарғы санаттарының жарамдылық мерзімі аяқталғанға дейін сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Кейіннен ұлттық біліктілік тестілеуінен өтпеген кезд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е қолданыстағы біліктілік санаты бір жылға ұзартылады, қайтадан растамаған кезде тиісті деңгейдегі аттестаттау комиссиясы шешімінің негізінде біліктілік санаты "педагог" біліктілік санатына дейін төмендейді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="259" w:name="z262"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      77. Мәлімдеген біліктілік санатына сәйкес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>тігін белгілеу үшін аттестатталушы адамдар 10 жұмыс күні ішінде тиісті деңгейдегі аттестаттау комиссиясына мыналарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="260" w:name="z263"/>
+      <w:bookmarkEnd w:id="259"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1) жеке басын куәландыратын құжаттың көшірмесін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="261" w:name="z264"/>
+      <w:bookmarkEnd w:id="260"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2) білімі туралы дипломның немесе атқаратын лауазымы бойынша тиісті біліктілі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>к берілген қайта даярлау туралы құжаттың көшірмесін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="262" w:name="z265"/>
+      <w:bookmarkEnd w:id="261"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      3) бар болған жағдайда біліктілік санаты туралы куәліктің көшірмесін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="263" w:name="z266"/>
+      <w:bookmarkEnd w:id="262"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      4) ұлттық біліктілік тестілеуінен өткендігі туралы анықтаманы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="264" w:name="z267"/>
+      <w:bookmarkEnd w:id="263"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) оқу жетістіктерін сыртқы бағалау және/немесе </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ағымдағы және/немесе қорытынды аттестаттау нәтижелерін қамтитын аттестаттау кезеңі үшін білім алушылардың білім сапасының мониторингін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="265" w:name="z268"/>
+      <w:bookmarkEnd w:id="264"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      6) бар болған жағдайда білім алушылардың жетістіктерін растайтын құжаттардың көшірмелерін немесе тәжірибесін жалпы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>лауды растайтын құжаттардың көшірмелерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="266" w:name="z269"/>
+      <w:bookmarkEnd w:id="265"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      7) осы Қағидаларға 11-қосымшаға сәйкес нысан бойынша сабақтарды (кемінде 3) бақылау парағын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="267" w:name="z270"/>
+      <w:bookmarkEnd w:id="266"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      8) аттестатталушы адамдардың жетістіктерін растайтын құжаттардың (бар болған жағдайда) көшірмесін қамтитын по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ртфолионы ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="268" w:name="z271"/>
+      <w:bookmarkEnd w:id="267"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      78. Аттестатталушы адамдар қызметі қорытындыларын кешенді талдамалық жинақтаудың өтініш берілген біліктілік санатына сәйкестігін білім беру ұйымы, қалалық/аудандық білім беру бөлімдері, білім басқармасы, мемлекеттік орган басшысыны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен бекітілетін сараптамалық кеңес жыл сайын ағымдағы жылғы 31 шілде немесе 15 желтоқсанға дейінгі мерзімде жүргізеді, сараптамалық кеңес ағымдағы жылғы 31 шілдеге немесе 15 желтоқсанға дейін құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="269" w:name="z272"/>
+      <w:bookmarkEnd w:id="268"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      79. Сараптамалық кеңес құрамына төраға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>мен сараптамалық кеңестің мүшелері кіреді. Сараптамалық кеңестің мүшелері тақ саннан, кемінде 5 адамнан тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Сараптамалық кеңес "педагог-модератор", "педагог-сарапшы", "педагог-зерттеуші" біліктілік санатын беруге портфолионы қарау және бағалау үш</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ін құрылады және білім беру ұйымы, тиісті деңгейдегі білім беруді басқару органы басшысының бұйрығымен бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Сараптамалық кеңестің құрамына "педагог-шебер" біліктілік санатын беруге портфолионы қарау және бағалау үшін "Назарбаев Зияткерлік мект</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ебі" ДБҰ өкілдерін енгізіле отырылып, облыстың (Астана, Алматы қалаларының) білім беруді басқару органы деңгейінде құрылады және облыстың (Астана, Алматы қалаларының) білім беруді басқару органы басшысының бұйрығымен бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="270" w:name="z273"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      80. Сараптамалық кеңе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>с портфолионы қарау мен бағалау үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      "педагог-модератор" біліктілігі санатына білім беру ұйымдары деңгейінде құрылады, оның құрамына: әдістемелік бірлестіктердің, кафедралардың, қоғамдық ұйымдардың, кәсіподақтардың, қамқоршылық кеңестердің, жұмыс бе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>рушілердің өкілдері, әдіскерлер мен білім беру ұйымдарының тәжірибелі педагог қызметкерлері кіре алады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      "педагог-сарапшы" біліктілік санатына аудан (қала) деңгейінде құрылады, оның құрамына: әдістемелік бірлестіктердің, әдістемелік кабинеттердің, ауд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>анның (қала), облыстың тәжірибелі педагог қызметкерлері, кафедралардың, біліктілікті арттыру жүйелерінің, "Атамекен" ҚР ҰКП, қоғамдық ұйымдардың, кәсіподақ, жұмыс берушілер, қамқоршылық кеңес, ғылыми-педагогикалық кеңес өкілдері кіре алады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      облыстық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>маңызы бар білім беру ұйымдарының педагог қызметкерлері мен оларға теңестірілген тұлғаларға "педагог-сарапшы" біліктілік санатын және "педагог-зерттеуші" біліктілік санатына облыстық деңгейде құрылады және бекітіледі, оның құрамына: "Атамекен" ҚР ҰКП, әдіс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>темелік кабинеттердің, біліктілікті арттыру жүйесінің, қоғамдық ұйымдардың, кәсіподақ қоғамдық ұйымының, жұмыс берушілердің, қамқоршылық кеңестің өкілдері, облыстың тәжірибелі педагог қызметкерлері кіре алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сараптамалық кеңес "педагог-модератор", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>"педагог-сарапшы", "педагог-зерттеуші" біліктілік санатын беруге портфолионы қарастыру және бағалау үшін құрылады және білім беру ұйымдары, тиісті деңгейдегі білім беруді басқару органдары басшыларының бұйрығымен бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Сараптамалық кеңестің құр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">амына "шебер педагог" біліктілік санатын беруге портфолионы қарау және бағалау үшін "Назарбаев Зияткерлік мектебі" ДБҰ өкілдері енгізіле </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">отырылып, облыстың (Астана, Алматы қалаларының) білім беруді басқару органы деңгейінде құрылады және облыстың (Астана, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Алматы қалаларының) білім беруді басқару органы басшысының бұйрығымен бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Сараптамалық кеңес өкілеттілігінің әрекет ету мерзімі бір жылды құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Тиісті деңгейдегі аттестаттау комиссиясы аттестатталушы адамдардың партфолиосын жинауды </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жүзеге асырады және осы Қағидаларға 12-қосымшаға сәйкес нысан бойынша аттестатталушы адамдардың профолиосын қабылдау-тапсыру актісі бойынша ағымдағы жылғы 20 маусымға және 2 желтоқсанға дейін тиісті деңгейдегі сараптамалық кеңеске жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="271" w:name="z274"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       81. Тиіс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ті деңгейдегі сараптамалық кеңес аттестатталушы адамдардың портфолиосын осы Қағидаларға 13-қосымшаға сәйкес нысан бойынша біліктілік санатын беруге (растауға) аттестатталушы адамдардың портфолиосын бағалау өлшемшарттарына сәйкес қарайды және бағалайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="272" w:name="z275"/>
+      <w:bookmarkEnd w:id="271"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>   82. Әрбір аттестатталушы адам бойынша сараптамалық кеңес (аттестаттауға (ұсынылады (ұсынылмайды) деген шешім шығарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="273" w:name="z276"/>
+      <w:bookmarkEnd w:id="272"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       83. Сараптамалық кеңес осы Қағидаларға 14-қосымшаға сәйкес нысан бойынша біліктілік санатын беруге (растауға) аттестатталушы ад</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>амдардың портфолиосын бағалау парағын және тиісті деңгейдегі аттестаттау комиссиясына аттестатталушы адамның біліктілік санатына қызметі қорытындыларын кешенді талдамалық жинақтау жөніндегі сараптамалық кеңес қорытындысын осы Қағидаларға 15-қосымшаға сәйке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>с нысан бойынша ағымдағы жылғы 31 шілдеге және 20 желтоқсанға дейін жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="274" w:name="z277"/>
+      <w:bookmarkEnd w:id="273"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      84. Әрбір аттестатталушы адам бойынша тиісті деңгейдегі аттестаттау комиссиясы мынадай шешімдердің бірін шығарады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="275" w:name="z278"/>
+      <w:bookmarkEnd w:id="274"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1) өтініш берілген біліктілік санатына сәйкес келед</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>і;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="276" w:name="z279"/>
+      <w:bookmarkEnd w:id="275"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2) өтініш берілген біліктілік санатына сәйкес келмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="277" w:name="z280"/>
+      <w:bookmarkEnd w:id="276"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       85. Аттестаттау комиссиясының отырысы біліктілік санатын беру (растау) және біліктілік санатының жарамдылық мерзімін ұзарту осы Қағидаларға 16-17-қосымшаларға сәйкес нысан бойынша хатт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>амамен ресімделеді</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Отырыста кем дегенде оның 2/3 мүшелері қатысқан кезде аттестаттау комиссиясының шешімі қабылданған болып есептеледі. Дауыс беру нәтижелері қорытынды отырысқа қатысқан аттестаттау комиссиясы мүшелерінің көпшілік дауысымен айқындалад</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ы. Дауыстар тең болған жағдайда, төрағаның дауысы шешуші болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="278" w:name="z281"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      86. Біліктілік санатын беруге кезекті аттестаттау кезінде аттестаттау комиссиясы "өтініш берілген біліктілік санатына сәйкес келмейді" деген шешім қабылдаған жағдайда қазіргі бі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ліктілік санаты сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Біліктілік санатын растауға кезекті аттестаттау кезінде аттестаттау комиссиясы "өтініш берілген біліктілік санатына сәйкес келмейді" деген шешім қабылдаған жағдайда біліктілік санаты бір деңгейге төмендейді, біліктілік сана</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>тын беруде мерзімінен бұрын аттестаттаудан өткен жағдайда, қазіргі біліктілік санаты оның жарамдылық мерзімі аяқталғанға дейін сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="279" w:name="z282"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      87. Екінші, бірінші, жоғары біліктілік санатынан "педагог-модератор", "педагог – сарапшы", "педагог-зерттеуші", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>"мұғалім-шебер" біліктілік санатына өткен кезде және ұлттық біліктілік тестілеу ден қайта өткеннен кейін өтініш берілген біліктілік санаты расталмаған жағдайда, қазіргі кездегі біліктілік санаты сақталады, одан кейін расталмаған кезде бір жылға ұзартылады,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қайтадан расталмаған кезде біліктілік санаты тиісті деңгейдегі аттестаттау комиссиясының шешімі негізінде "педагог" біліктілік санатына дейін төмендетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="280" w:name="z283"/>
+      <w:bookmarkEnd w:id="279"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       88. Осы Қағидаларға 2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша аттесталушы адамдарға біліктілік санатын беруге (растауға) аттестаттау туралы куәлікті беруді білім беру ұйымы аттестаттау комиссиясының шешімдері және тиісті ауданның (қаланың), облыстың жергілікті атқарушы органдары басшыларының бұй</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>рықтары негізінде ағымдағы жылғы 31 тамыздан немесе 31 желтоқсаннан кешіктірмей жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="281" w:name="z284"/>
+      <w:bookmarkEnd w:id="280"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">       89. Аттестатталушы адамдарға біліктілік санатын беруге (растауға) аттестаттау туралы куәлік беру осы Қағидаларға 18-қосымшаға сәйкес нысан бойынша білікт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ілік санаттарын беру (растау) туралы куәліктерді тіркеу және беру журналында тіркеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының шегінде педагогикалық салада жаңа жұмыс орнына ауысқан кезде педагогтерде бар біліктілік санаты оның жарамдылық мерзімі аяқталғанға дейі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>н сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="282" w:name="z285"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      90. Жасына байланысты зейнетке шығуға бес жылдан көп емес уақыт қалған педагог қызметкерлерге және оларға теңестірілген тұлғалардың біліктілік санаттарының қолданылу мерзімі өткен жағдайда, кезекті аттестаттаудан босату туралы өтінішке (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>еркін түрдегі нысан) сәйкес өздерінде бар біліктілік санаты зейнетақы жасына жеткенге дейін сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="283" w:name="z286"/>
+      <w:bookmarkEnd w:id="282"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      91. Зейнетке шыққаннан кейін педагогикалық қызметін жүзеге асыруды жалғастырушы педагогикалық қызметкерлер және оларға теңестірілген тұлғалар жалпы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> негізде аттестатталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="284" w:name="z287"/>
+      <w:bookmarkEnd w:id="283"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      92. Аттесталушы адамдарды аттестаттау білімі туралы дипломда көрсетілген мамандыққа (біліктілігі) сәйкес немесе атқарып отырған лауазымы бойынша тиісті біліктілік санаты беріле отырып, қайта даярлау туралы құжатпен жүзеге асы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>рылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Білімі туралы дипломда бір мамандық ретінде көрсетілген пәнді (пәндер) оқыту жағдайында педагог қызметкерлер мен оларға теңестірілген тұлғаларды аттестаттау дипломда көрсетілген мамандыққа сәйкес пәндер көрсетіле отырып, негізгі қызмет бойынш</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>а жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="285" w:name="z288"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      93. Шағын жинақты мектептің педагог қызметкерлері үшін дипломда көрсетілмеген пәннен сабақ берген жағдайда аттестататтау жеке куәлігі немесе біліктілікті арттыру курстарында кәсіби оқудан, тиісті біліктілігі бар қайта даярлау курсында </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>кәсіби оқу туралы сертификаты негізінде атқарып отырған лауазымы бойынша өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="286" w:name="z289"/>
+      <w:bookmarkEnd w:id="285"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      94. Педагог жоғары оқу орны (бұдан әрі – ЖОО) немесе техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында мамандарды кәсіптік даярлау жүзеге асырыл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>майтын пән бойынша сабақ берген жағдайда, оның бұрын алған санаты сақталады, ал біліктілігін арттыру туралы тиісті сертификаты болған кезде аттестаттау жалпы негізде өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="287" w:name="z290"/>
+      <w:bookmarkEnd w:id="286"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      95. Арнайы білім беру ұйымдарында немесе арнайы сыныпта (топта) білім ту</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ралы дипломда көрсетілмеген мамандық бойынша қызмет жүргізген жағдайда біліктілікті арттыру және білім беру ұйымдарында қайта даярлау курстарынан өту нәтижесінде алған сертификатының негізінде атқарып отырған лауазымы бойынша аттестаттаудан өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="288" w:name="z291"/>
+      <w:bookmarkEnd w:id="287"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>   96. Арнайы білім беру ұйымдарында дипломда көрсетілген пәннен сабақ беретін педагог қызметкерлер сабақ беріп отырған пәні бойынша біліктілікті арттыру курстарынан, білім беру ұйымдарында қайта даярлаудан өту нәтижесінде алған сертификаты негізінде аттес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>таттаудан өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="289" w:name="z292"/>
+      <w:bookmarkEnd w:id="288"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      97. Инклюзивті білім беруді іске асыратын жалпы білім беретін мектептің педагог қызметкерлері дипломда көрсетілген мамандыққа сәйкес және қосымша пәндер (арнайы педагогика, арнайы психология және басқалары) бойынша біліктілікті </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>арттыру курстарынан өткендігі ескеріле отырылып, аттестаттаудан өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="290" w:name="z293"/>
+      <w:bookmarkEnd w:id="289"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      98. Біліктілік санаттары педагог қызметкерлердің және оларға теңестірілген тұлғалардың өтініштері негізінде 3 жылдан аспайтын уақытқа келесі жағдайларда ұзартылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="291" w:name="z294"/>
+      <w:bookmarkEnd w:id="290"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Әлеуметтік мәні бар аурулардың және айналадағылар үшін қауіп төндіретін аурулардың тізбесін бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 21 мамырдағы № 367 бұйрығымен бекітілген (Нормативтік-құқықық а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ктілерді мемлекеттік тіркеу тізілімінде №11512 болып тіркелген) әлеуметтік мәні бар аурулардың және айналадағылар үшін қауіп төндіретін аурулардың тізбесіне сәйкес педагог қызметкерлердің уақытша еңбекке жарамсыздығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="292" w:name="z295"/>
+      <w:bookmarkEnd w:id="291"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2) жүктілігі және босануы бойынш</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>а, бала күтімі бойынша демалыста болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="293" w:name="z296"/>
+      <w:bookmarkEnd w:id="292"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      3) Қазақстан Республикасынан тыс жерде мамандығы бойынша қызметтік іссапарда, оқуда (тағылымдамада) болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="294" w:name="z297"/>
+      <w:bookmarkEnd w:id="293"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      4) оны тоқтату себептеріне қарамастан, біліктілік санаты берілген лауазымға жаңартып отыратын жұм</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ыс;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="295" w:name="z298"/>
+      <w:bookmarkEnd w:id="294"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      5) Қазақстан Республикасының шегінде жұмыс орнын ауыстыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="296" w:name="z299"/>
+      <w:bookmarkEnd w:id="295"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      6) жақын және алыс шет елдерден Қазақстан Республикасына келген тұлғалардың білімі, еңбек өтілі мен біліктілік санатын растайтын құжаттары болған кезде педагогикалық қызметін жүзеге</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="297" w:name="z300"/>
+      <w:bookmarkEnd w:id="296"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      7) білім беру саласындағы уәкілетті органнан, білімді басқару органдарынан, әдістемелік кабинеттерден, біліктілікті арттыру институттарынан білім беру ұйымдарына ауысуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="298" w:name="z301"/>
+      <w:bookmarkEnd w:id="297"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      99. Тиісті деңгейдегі аттестациялық комиссиясының қарауына осы Қағ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>иданың 98-тармағында көрсетілген педагогтердің және жұмысқа шыққан адамдардың біліктілік санатының қолданылу мерзімін ұзарту туралы мәселені шешу үшін мынадай құжаттар ұсынылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="299" w:name="z302"/>
+      <w:bookmarkEnd w:id="298"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) біліктілік санатының қолданылу мерзімін ұзарту туралы өтініш (еркін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>түрі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="300" w:name="z303"/>
+      <w:bookmarkEnd w:id="299"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2) жеке басын куәландыратын құжаттың көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="301" w:name="z304"/>
+      <w:bookmarkEnd w:id="300"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      3) білімі туралы дипломның немесе атқаратын лауазымы бойынша тиісті біліктілік берілген қайта даярлау туралы құжаттың көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="302" w:name="z305"/>
+      <w:bookmarkEnd w:id="301"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      4) біліктілігін арттыру туралы құжаттың көшірмесін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="303" w:name="z306"/>
+      <w:bookmarkEnd w:id="302"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>    5) қызметкер мен оларға теңестірілген тұлғалардың еңбек қызметін растайтын құжаттың көшірмесін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="304" w:name="z307"/>
+      <w:bookmarkEnd w:id="303"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      6) педагог қызметкердің және оған теңестірілген тұлғалардың біліктілік санатын беру туралы аттестаттау туралы куәлігінің көшірмесі (растау) (педагог қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ызметкерлер мен оларға теңестірілген тұлғалардан басқа жоғары білім ұйымынан өткен және біліктілік санаттары жоқтар);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="305" w:name="z308"/>
+      <w:bookmarkEnd w:id="304"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      7) біліктілік санатының қолданыс мерзімін ұзарту негізділігін растайтын құжат.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Аттестаттау комиссиясының отырысы өтініш келіп </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>түскен күннен бастап бес жұмыс күні ішінде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Аттестаттау комиссиясының шешімі отырысқа қатысушы мүшелерінің кемінде 2/3-і қатысқан кезде қабылданды деп саналады. Дауыс беру нәтижелері қорытынды отырысқа қатысқан комиссиясы мүшелерінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>көпшілік даусымен айқындалады. Дауыстар тең болған жағдайда төрағаның даусы шешуші болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Аттестаттау комиссияның шешімі барлық мүшелер қол қоятын тиісті деңгейдегі аттестаттау комиссиясының хаттамасымен ресімделеді. Тиісті деңгейдегі басшы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімінің қорытындылары бойынша кейіннен осы Қағидаға 2-қосымшаға сәйкес нысан бойынша біліктілік санатын беруге ( растауға) аттестатталушыны аттестаттау туралы куәлікті берумен қоса бұйрық шығарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестаттау комиссиясы білім беру ұйымының әрбі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>р педагог қызметкері және оған теңестірілген адамдар бойынша мынадай шешімдердің бірін қабылдайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="306" w:name="z309"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1) атқаратын лауазымына сәйкес келеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="307" w:name="z310"/>
+      <w:bookmarkEnd w:id="306"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2) қайта аттестаттауға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Біліктілік санатын, тиісінше еңбекақысын төмендету туралы шешім </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>аттестаттау комиссиясының шешімі негізінде білім беру ұйымы басшысының бұйрығымен ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Даулы мәселелер туындаған жағдайдатиісті деңгейдегі аттестатау комиссиясы алқалы түрде шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="308" w:name="z311"/>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="001A57FE">
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-параграф. Білім және ғылым саласындағы өзге де </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="ru-RU"/>
-[...40 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>азаматтық қызметшілерді аттестаттаудан өткізу тәртібі мен шарттары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="309" w:name="z312"/>
+      <w:bookmarkEnd w:id="308"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      100. Білім және ғылым саласындағы азаматтық қызметшілерді аттестаттау мынадай кезеңдерді қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="310" w:name="z313"/>
+      <w:bookmarkEnd w:id="309"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1) аттестаттауды әзірлеу мен өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="311" w:name="z314"/>
+      <w:bookmarkEnd w:id="310"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2) аттестаттау комиссиясымен өткізет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ін қызметшілермен әңгімелесу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="312" w:name="z315"/>
+      <w:bookmarkEnd w:id="311"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">начального, основного среднего и общего среднего образования и специальные учебные программы (далее – </w:t>
-[...138 lines deleted...]
-      <w:bookmarkEnd w:id="133"/>
+        <w:t>      3) аттестаттау комиссиясының шешім шығаруы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="313" w:name="z316"/>
+      <w:bookmarkEnd w:id="312"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      101. Аттестаттауды өткізуге дайындықты орган басшысының тапсырмасы бойынша білім және ғылым саласындағы мемлекеттік мекемелер мен қазыналық кәсіпорындардың (бұдан әрі – а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ттестаттау органы) кадр қызметі ұйымдастырады және ол келесі іс-шараларды қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="314" w:name="z317"/>
+      <w:bookmarkEnd w:id="313"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1) аттестатталатын білім және ғылым саласындағы азаматтық қызметшілерге қажетті құжаттарды дайындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="315" w:name="z318"/>
+      <w:bookmarkEnd w:id="314"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2) аттестаттаудан өткізу кестесін әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="316" w:name="z319"/>
+      <w:bookmarkEnd w:id="315"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      3) аттестат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>тау комиссияларының құрамын айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="317" w:name="z320"/>
+      <w:bookmarkEnd w:id="316"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      4) әңгімелесу өткізуге арналған сұрақтарды дайындау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="318" w:name="z321"/>
+      <w:bookmarkEnd w:id="317"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      102. Аттестатталушы органның кадр қызметі, білім беру саласындағы жауапты орындаушылар аттестаттауға жататын қызметшілерді алты ай ішінде бір рет айқында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>йды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="319" w:name="z322"/>
+      <w:bookmarkEnd w:id="318"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      103. Аттестаттаушы органның басшысы аттестаттаушы органның кадр қызметінің ұсынысы бойынша бұйрық шығарады, онымен аттестатталатын адамдардың тізімін, аттестаттауды өткізу кестесі мен аттестаттау комиссияларының құрамын бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="320" w:name="z323"/>
+      <w:bookmarkEnd w:id="319"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      104. Білі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>м беру ұйымының жауапты орындаушылары, аттестатталушы органның кадрлық қызметі қызметшілерге аттестаттау басталғанға дейін бір айдан кешіктірмей оларды өткізу мерзімдері туралы жазбаша хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="321" w:name="z324"/>
+      <w:bookmarkEnd w:id="320"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      105. Аттестаттауға жататын қызметшінің тікелей ба</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>сшысы қызметтік мінездеме ресімдейді және оны аттестаттаушы органның кадр қызметіне жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="322" w:name="z325"/>
+      <w:bookmarkEnd w:id="321"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      106. Қызметтік мінездеменің құрамында аттестатталушы қызметшіге негізделген объективті бағалау, кәсіби, жеке басының қасиеттері мен қызметтік әрекетінің нәт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ижелері болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="323" w:name="z326"/>
+      <w:bookmarkEnd w:id="322"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      107. Аттестаттаушы органның кадрлық қызметі қызметшіні оған ұсынылған қызметтік мінездемемен аттестаттау комиссиясының отырысына дейін кемінде үш апта бұрын мерзімде таныстырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="324" w:name="z327"/>
+      <w:bookmarkEnd w:id="323"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      108. Оған берілген қызметтік мінездемемен келіспе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ген жағдайда, қызметші аттестаттаушы органның кадр қызметіне оны сипаттайтын ақпаратты ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="325" w:name="z328"/>
+      <w:bookmarkEnd w:id="324"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       109. Аттестаттаушы органның кадр қызметімен аттестатталушы қызметшіге осы Қағидаларға 19-қосымшаға сәйкес нысан бойынша аттестаттауға жататын азаматтық қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ызметшінің аттестаттау парағын ресімдейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="326" w:name="z329"/>
+      <w:bookmarkEnd w:id="325"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      110. Аттестаттаушы органның кадр қызметі жиналған аттестаттау материалдарын аттестаттау комиссиясына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="327" w:name="z330"/>
+      <w:bookmarkEnd w:id="326"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      111. Аттестаттау комиссиясы аттестаттаушы органның басшысымен оны кадр қызметінің ұсынысы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>бойынша және оның мүшелерінің тақ санымен кемінде бес адамнан құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Аттестаттау комиссиясы мүшелерінің арасынан төраға мен хатшыны тағайындайды. Аттестаттау комиссиясының төрағасы оның қызметін басқарады, оның отырыстарында төрағалық етеді, оның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>жұмысын жоспарлайды, жалпы бақылауды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="328" w:name="z331"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      112. Аттестаттау комиссиясының құрамына құрылымдық бөлімшелердің және аттесталатын органның кадр қызметінің басшылары, кәсіподақтың және алқалық басқару ұйымы кеңесінің өкілдері енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="328"/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
-[...94 lines deleted...]
-      <w:bookmarkEnd w:id="136"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Аттестаттау комиссиясының жоқ мүшелерін ауыстыруға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестаттау комиссиясының хатшысы білім беру ұйымының жауапты орындаушысы, аттестаттау органының басшысы айқындайтын аттестаттау органының кадр қызметінің өкілі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
-[...310 lines deleted...]
-      <w:bookmarkEnd w:id="143"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Аттестаттау комиссиясының хатшысы аттестаттау комиссиясының отырысына материалдарды, қажетті құжаттарды дайындайды, хаттаманы ресімдейді және қол қояды және дауыс беруге қатыспайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="329" w:name="z332"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      113. Аттестаттау комиссиясының отырысы, егер оның құрамының кемінде </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>2/3 қатысса, заңды деп есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="330" w:name="z333"/>
+      <w:bookmarkEnd w:id="329"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>     </w:t>
-[...875 lines deleted...]
-      <w:bookmarkEnd w:id="168"/>
+        <w:t>      114. Дауыс беру нәтижелері аттестаттау комиссиясы мүшелерінің көпшілік дауысымен айқындалады. Дауыстар тең түскен жағдайда, аттестаттау комиссиясы төрағасының дауысы шешуші болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="331" w:name="z334"/>
+      <w:bookmarkEnd w:id="330"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      115. Аттестаттау ком</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>иссиясының мүшелері келіспеген жағдайда өзінің ерекше пікірін білдіре алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="332" w:name="z335"/>
+      <w:bookmarkEnd w:id="331"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      116. Аттестаттау комиссиясы аттестаттауды аттестатталатын қызметшінің қатысуымен өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестатталушы аттестаттау комиссиясының отырысына дәлелді себептермен қатыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>паған жағдайда, оны аттестаттау мәселесін қарау комиссия көрсеткен неғұрлым кешірек мерзімге ауыстырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестатталушы аттестаттауға дәлелсiз себептермен келмеген жағдайда қайта аттестаттау тағайындалады. Азаматтық қызметші қайтадан дәлелсiз себеп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>термен келмеген жағдайда ол аттестатталмады деп есептеледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="333" w:name="z336"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      117. Отырыс барысында аттестаттау комиссиясы ұсынылған материалдарды зерделейді, аттестатталатын адамды тыңдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="333"/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестатталатын адамға қойылатын сұрақтар кәсіби даярлық, іскерлік қас</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>иеттер мәселелеріндегі оның құзыреттілік деңгейін анықтауға бағытталған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="334" w:name="z337"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       118. Аттестаттау комиссиясының әрбір мүшесі ұсынылған материалдарды зерделеп, аттестатталушымен әңгімелескен соң аттестатталушы қызметшіге осы Қағидаларға 20-қосымшаға сәйкес н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ысан бойынша бағалау парағын толтырады, содан кейін аттестаттау комиссиясы мынадай шешімдердің бірін қабылдайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="335" w:name="z338"/>
+      <w:bookmarkEnd w:id="334"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1) атқаратын лауазымына сәйкес келеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="336" w:name="z339"/>
+      <w:bookmarkEnd w:id="335"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2) қайта аттестаттауға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="337" w:name="z340"/>
+      <w:bookmarkEnd w:id="336"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      119. Ұйым басшысы лауазымындағы қызметкерді аттестаттау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>дан өткізу үшін аттестаттау комиссиясын оны осы лауазымға тағайындау құқығы бар лауазымды тұлға құрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="338" w:name="z341"/>
+      <w:bookmarkEnd w:id="337"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      120. Аттестаттау комиссиясының шешімі ашық дауыс беру арқылы қабылданады. Аттестаттау комиссиясы құрамына енген аттестаттаудан өтетін қызметші өзі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>не қатысты дауыс беруге қатыспайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="339" w:name="z342"/>
+      <w:bookmarkEnd w:id="338"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      121. Қайта аттестаттау бастапқы аттестаттау өткен күннен бастап үш айдан кейін осы Қағидаларда айқындалған тәртіппен өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Қайта аттестаттауды өткізген аттестаттау комиссиясы келесі шешімдердің бірін қа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>былдайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      − атқаратын лауазымына сәйкес келеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      − атқаратын лауазымына сәйкес келмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="340" w:name="z343"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      122. Қызметші аттестаттау комиссиясының шешімімен танысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="341" w:name="z344"/>
+      <w:bookmarkEnd w:id="340"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      123. Аттестаттау комиссиясының шешімдерін лауазымға тағайындауға құқығы бар тұлға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>бекітеді және оның отырысына қатысқан аттестаттау комиссиясы мүшелерінің қолы қойылған хаттамамен рәсімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="342" w:name="z345"/>
+      <w:bookmarkEnd w:id="341"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      124. Аттестатау комиссиясының бекітілген шешімдері қызметшілердің аттестаттау парағына енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="343" w:name="z346"/>
+      <w:bookmarkEnd w:id="342"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      125. Аттестаттаудан өткен қызметші</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>нің аттестаттау парағы және оған берілген қызметтік мінездеме жеке ісінде сақталады. Ұйымның басшысы бекіткен аттестаттау комиссиясының шешімі де қызметшінің қызмет тізіміне енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жүкті әйелдер, жүктілігі және босануы бойынша демалыстағы, бала </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>үш</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жасқа толғанша оған күтім жасау үшін жалақсы сақталмайтын демалыстағы барлық қызметшілерді қоспағанда аттестаттаудан барлық азаматтық қызметшілер өтуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="344" w:name="z347"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      126. Қызметшілер азаматтық қызметте болған әр үш жыл өткен соң, бірақ осы лауазымға орнал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>асқан күннен бастап алты айдан кейін аттестаттаудан өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Бұл ретте аттестаттау көрсетілген мерзім басталған күннен бастап алты айдан кешіктірілмей өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>     </w:t>
-[...7503 lines deleted...]
-        <w:t xml:space="preserve"> Аттестация служащих по их заявлению проводится до истечения указанных сроков.</w:t>
+        <w:t xml:space="preserve">      Бала күтімі бойынша демалыста жүрген қызметшілер қызметке шыққаннан соң алты айдан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>кейін аттестатталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Қызметшілерді аттестаттау олардың өтініштері негізінде көрсетілген мерзім аяқталғанға дейін өткізіледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5723"/>
-        <w:gridCol w:w="3939"/>
+        <w:gridCol w:w="5788"/>
+        <w:gridCol w:w="3874"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="404"/>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...301 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытуды, бастауыш, негізгі орта</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және жалпы орта білімнің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша білімнің білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру бағдарламаларын және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арнайы оқу бағдарламаларын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>іске асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жұмыс істейтін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог қызметкерлер мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оларға теңестірілген тұлғаларды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">және </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы басқа да азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына 1-қосымша</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...8 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
-[...479 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (білім беру ұйымының атауы, облыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>тардың, Астана және Алматы қалаларының аудандық</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (қалалық) білім басқармалары, уәкілетті орган)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Мен, _________________________________________________, ЖСН ______________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (аттестатталушы адамның ТАӘ (әкесінің аты болғанда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Мені 20 ______ жылы ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      біліктілік санатына аттестаттауды сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қазіргі уақытта </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_____ біліктілік санатындамын, ол ____жылғы ____ (күн) ____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (айға) дейін жарамды. Келесі жұмыс нәтижелерін негізге аламын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ___________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _______________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>____________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
-[...55 lines deleted...]
-        <w:t>Образование:</w:t>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Өзім туралы мынадай мәліметті хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Білімі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1370"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7207"/>
+        <w:gridCol w:w="1308"/>
+        <w:gridCol w:w="978"/>
+        <w:gridCol w:w="7376"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1163" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Наименование</w:t>
-[...30 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+              <w:t>Оқу орнының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Период обучения</w:t>
-[...20 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+              <w:t>Оқу кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9714" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:rPr>
-[...35 lines deleted...]
-              <w:t>присвоением соответствующей квалификации по занимаемой должности</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білімі туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлаудан өткені туралы құжатта көрсетілген мамандығы (біліктілігі) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1163" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...28 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...28 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9714" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
-[...23 lines deleted...]
-        <w:t>Стаж работы:</w:t>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Жұмыс өтілі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="618"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1573"/>
+        <w:gridCol w:w="607"/>
+        <w:gridCol w:w="6147"/>
+        <w:gridCol w:w="1480"/>
+        <w:gridCol w:w="1428"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Общий</w:t>
-[...20 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+              <w:t>Жалпы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:rPr>
-[...38 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білімі туралы дипломда немесе атқаратын лауазымы бойынша </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тиісті біліктілік бере отырып, қайта даярлаудан өткені туралы құжатта көрсетілген мамандығы (біліктілігі) бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогический</w:t>
-[...20 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>В данной организации образования</w:t>
+              <w:t>Осы білім беру ұйымында</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9213" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="9310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:br/>
-[...20 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+              <w:lastRenderedPageBreak/>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:br/>
-[...20 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+              <w:lastRenderedPageBreak/>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
-[...4 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>     </w:t>
-[...12 lines deleted...]
-        </w:rPr>
+        <w:t>      Наградалар, атағы, ғылыми дәрежесі, ғылыми атағы алынған (берілген) жылын көрсете</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>отырып ____________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестатталушы адам жұмыс істейтін білім беру ұйымы (керектісінің астын сызыңыз):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      мектепке дейінгі, бастауыш, негізгі орта, жалпы орта, қосымша білім</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Атте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>статтаудан өткізу қағидаларымен таныстым.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
-[...121 lines deleted...]
-        <w:t>      __________________ (подпись)</w:t>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      "____" __________ 20 ___ жыл __________________(қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5723"/>
-        <w:gridCol w:w="3939"/>
+        <w:gridCol w:w="5788"/>
+        <w:gridCol w:w="3874"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...289 lines deleted...]
-              <w:t>области образования и науки</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытуды, бастауыш, негізгі орта</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және жалпы орта білімнің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">және </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша білімнің білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру бағдарламаларын және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арнайы оқу бағдарламаларын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>іске асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жұмыс істейтін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог қызметкерлер мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оларға теңестірілген тұлғаларды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және білім және ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы басқ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>а да азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
-[...115 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Біліктілік санатын беруге (растауға) аттестатталушы адамды аттестаттау туралы КУӘЛІК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Осы куәлік _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      (ТАӘ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(әкесінің аты бар болғанда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      20___ "___" ________ бұйрығымен біліктілік санаттарын беру (растау) бойынша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      аттестаттау комиссиясының шешіміне сәйкес бері</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>лді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (білім беру ұйымының немесе білім басқармасы органының толық атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
-[...769 lines deleted...]
-        <w:t>Место выдачи</w:t>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      20 _______ жылғы " ____" ____ № __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _______________________________________________________________________ біліктілі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      санаты берілді (расталды)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________ лауазымы бойынша.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (лауазымның атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Білім беру ұйымының басшысы _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (ТАӘ (әкесінің аты бар болғанда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Мөрдің орны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Тіркеу нөмірі __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Берген күні 20 ____ жылғы "____" __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Берген орны</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5723"/>
-        <w:gridCol w:w="3939"/>
+        <w:gridCol w:w="5788"/>
+        <w:gridCol w:w="3874"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...305 lines deleted...]
-              <w:t>области образования и науки</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытуды, бастауыш, негізгі орта</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және жалпы орта білімнің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, тех</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>никалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша білімнің білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру бағдарламаларын және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арнайы оқу бағдарламаларын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>іске асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жұмыс істейтін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог қызметкерлер мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оларға теңестірілген тұлғаларды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және білім және ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асындағы басқа да азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00435490"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
-[...121 lines deleted...]
-      <w:bookmarkStart w:id="407" w:name="z420"/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      (білім беру ұйымының атауы, облыстардың, Астана </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>және Алматы қалаларының аудандық</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (қалалық) білім басқармалары, уәкілетті орган)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Мен, _________________________________________________, ЖСН ______________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (аттестатталушының ТАӘ (әкесінің аты бар болғанда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
-[...350 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
-[...69 lines deleted...]
-        <w:t>Образование:</w:t>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      мені 20___жылы __________________________________ біліктілік санатына ұлттық біліктілік</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      тестілеуге (біліктілік тестілеу) қатысуға жібе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>руді сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Қазіргі уақытта _____ біліктілік санатындамын, ол ____жылғы ____ (күн) ____ (айға) дейін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      жарамды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Келесі жұмыс нәтижелерін негізге аламын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ___________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ___________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Өзім туралы мынадай мәліметті хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Білімі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1370"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7207"/>
+        <w:gridCol w:w="1308"/>
+        <w:gridCol w:w="978"/>
+        <w:gridCol w:w="7376"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1163" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...31 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+              <w:t>Оқу орнының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Период обучения</w:t>
-[...20 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+              <w:t>Оқу кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9714" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:rPr>
-[...35 lines deleted...]
-              <w:t>переподготовке с присвоением соответствующей квалификации по занимаемой должности</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Білімі туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тырып, қайта даярлаудан өткені туралы құжатта көрсетілген мамандығы (біліктілігі) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1163" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...28 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...28 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9714" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
-[...23 lines deleted...]
-        <w:t>Стаж работы:</w:t>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Жұмыс өтілі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="618"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1573"/>
+        <w:gridCol w:w="607"/>
+        <w:gridCol w:w="6147"/>
+        <w:gridCol w:w="1480"/>
+        <w:gridCol w:w="1428"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Общий</w:t>
-[...20 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+              <w:t>Жалпы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:rPr>
-[...38 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білімі туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлаудан өткені туралы құжатта көрсетілген </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандығы (біліктілігі) бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогический</w:t>
-[...20 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>В данной организации образования</w:t>
+              <w:t>Осы білім беру ұйымында</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:br/>
-[...20 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+              <w:lastRenderedPageBreak/>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="632" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1823" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="1765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
-[...24 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Наградалар, атағы, ғылыми дәрежесі, ғылыми атағы алынған (берілген) жылын көрсете</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      отырып _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Тестілеуді тапсыру тілі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (керектісінің астын сызыңыз): қазақ/орыс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестатталушы адам жұмыс істейтін білім беру ұйымы (керектісінің астын сызыңыз):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      мектепке дейінгі, бастауыш, негізгі орта, жалпы орта, қосымша білім</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      "Оқу пәнінің мазмұны"/"Қызмет бағыты бойынша" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>блогы бойынша пән (пән):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      __________________________________________________________________ Аттестаттаудан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      өткізу қағидаларымен таныстым.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
-[...167 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      20 ___ жылғы "____" __________ __________________ (қолы)</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5723"/>
-        <w:gridCol w:w="3939"/>
+        <w:gridCol w:w="5092"/>
+        <w:gridCol w:w="4570"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...306 lines deleted...]
-              <w:t>я и науки</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытуды, ба</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>стауыш, негізгі орта</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және жалпы орта білімнің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша білімнің білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру бағдарламаларын және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арнайы оқу бағдарламаларын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>іске асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жұмыс </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>істейтін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог қызметкерлер мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оларға теңестірілген тұлғаларды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және білім және ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы басқа да азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына 4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...8 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...39 lines deleted...]
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8590" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:rPr>
-[...312 lines deleted...]
-              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="2120900" cy="2400300"/>
+                  <wp:extent cx="2819400" cy="2755900"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="2" name=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId5"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="2120900" cy="2400300"/>
+                            <a:ext cx="2819400" cy="2755900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
-[...6 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
-[...4 lines deleted...]
-        <w:br/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аттестатталушы адамның рұқсаттамасы                                                 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Тестілеуді жүргізу пункті: __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (код) (атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00435490">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>       ИКТ ___________________ ТАӘ (әкесінің аты бар болғанда) _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ЖС</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Н: _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Өтініш берілетін біліктілік санаты: ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Тестілеу орны:: ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аудитория: _________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Тестілеу күні/уақыты: ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Тестілеуді тапсыру тілі: ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестатталушының жұмыс істейтін білім беру ұйымы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _____________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Оқыту пәні (пән): ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестаттау комиссиясының төрағасы ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Рұқсатнаманы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>берген күні: ____________________мөртабан орны АБҰ, ҚББ</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5723"/>
-        <w:gridCol w:w="3939"/>
+        <w:gridCol w:w="5788"/>
+        <w:gridCol w:w="3874"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...301 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытуды, бастауыш, негізгі орта</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және жалпы орта білімнің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша білімнің білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру бағдарламаларын және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арнайы оқу бағдарламаларын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>іске асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жұмыс істейтін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог қызметкерлер мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оларға теңестірілген тұлғаларды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және білім және ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы басқа да азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидалары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына 5-қосымша</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...8 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
-[...288 lines deleted...]
-    <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аттестатталушы адамды (электрондық нұсқада жүргізу үшін) отырғызу парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Тестілеуді өткізу пункті: ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аудитория: ________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Тестілеу күні/уақыты: __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="207"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1730"/>
+        <w:gridCol w:w="259"/>
+        <w:gridCol w:w="1528"/>
+        <w:gridCol w:w="504"/>
+        <w:gridCol w:w="2082"/>
+        <w:gridCol w:w="1150"/>
+        <w:gridCol w:w="1150"/>
+        <w:gridCol w:w="1399"/>
+        <w:gridCol w:w="1590"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="912" w:type="dxa"/>
+            <w:tcW w:w="1132" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...10 lines deleted...]
-              <w:t>Данные педагогического работннка и приравненного к нему лица</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аттестатталушының деректері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...12 lines deleted...]
-            <w:tcW w:w="1334" w:type="dxa"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тестілеу параметрлері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...38 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Компьютердің нөмірі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...10 lines deleted...]
-              <w:t>Подпись педагогического работника и приравненного к нему лица</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(қолмен толтырылады)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="819" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аттестатталушы адамның</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қолы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="006F71B8">
-[...24 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00435490"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...27 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Т.А.Ә.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...27 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖСН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...39 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Пәннің мазмұны"/"Қызмет бағыты </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша" блогының мәні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...27 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тестілеуді тапсыру тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...6 lines deleted...]
-              <w:t>Пароль на начало тестирования</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тестілеуді бастауға құпиясөз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="006F71B8"/>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00435490"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="006F71B8"/>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00435490"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="912" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="1132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1617" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="564" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3610" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="4480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="913" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="1133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1167" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="1133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1334" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2183" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="819" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="912" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="1132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...5 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1617" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="564" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3610" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="4480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="913" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="1133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1167" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="1133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1334" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2183" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="819" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="912" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="1132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1617" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="1447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="564" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="502" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3610" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="4480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="913" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="1133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1167" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="1133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1334" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2183" w:type="dxa"/>
-[...228 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="819" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
-[...24 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
-[...95 lines deleted...]
-        <w:t xml:space="preserve"> (Ф.И.О. и подпись)</w:t>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Жауапты тұлға: ___________________________________ (Т.А.Ә. және қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5723"/>
-        <w:gridCol w:w="3939"/>
+        <w:gridCol w:w="5788"/>
+        <w:gridCol w:w="3874"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...301 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оқытуды, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бастауыш, негізгі орта</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және жалпы орта білімнің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша білімнің білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру бағдарламаларын және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арнайы оқу бағдарламаларын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>іске асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жұмыс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> істейтін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог қызметкерлер мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оларға теңестірілген тұлғаларды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және білім және ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы басқа да азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына 6-қосымша</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
-[...34 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Емтихан материалдарын ашу актісі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...321 lines deleted...]
-        <w:t xml:space="preserve"> Неиспользованные Книжки выведены из процесса.</w:t>
+        <w:t xml:space="preserve">      Тестілеуді өткізу пункті _________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _________________ағыны №______________ аудиториясы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Күні_________________ уақыт ____ сағат ____ минут </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Біз, төменде қол қоюшылар, материалдары бар қорапты а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>штық, материалдарға есеп жүргіздік.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Есеп нәтижелері төменде көрсетілген кестенің "Нақты саны" тиісті бағанында көрсетілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Пайдаланылмаған Кітапшалар процестен шығарылған.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1269"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1150"/>
+        <w:gridCol w:w="1319"/>
+        <w:gridCol w:w="2166"/>
+        <w:gridCol w:w="1532"/>
+        <w:gridCol w:w="1532"/>
+        <w:gridCol w:w="1260"/>
+        <w:gridCol w:w="900"/>
+        <w:gridCol w:w="953"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>п/п</w:t>
+              <w:t>р/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Наименование материала</w:t>
+              <w:t>Материалдың атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Количество по плану</w:t>
+              <w:t>Жоспар бойынша саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Количество по факту</w:t>
+              <w:t>Факті бойынша саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="973" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Роздано</w:t>
+              <w:t>Таратылғ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Остаток</w:t>
+              <w:t>Қалғаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Примечание</w:t>
+              <w:t>Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Листы ответов</w:t>
+              <w:t>Жауап парақтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="973" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Книжки</w:t>
+              <w:t>Кітапшалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="973" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Конверт для </w:t>
-[...6 lines deleted...]
-              <w:t>Листов ответов</w:t>
+              <w:t>Жауап парақтарына арналған конверт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="973" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Акт вскрытия материалов</w:t>
+              <w:t>Материалдарды ашу актісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="973" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Лист распределения вариантов</w:t>
+              <w:t>Нұсқаларды бөлу парағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="973" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
-[...61 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>(ИКТ)</w:t>
-[...975 lines deleted...]
-        <w:t>ца (подпись)</w:t>
+        <w:t xml:space="preserve">      __________ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (АКТ)            педагог қызметкердің немесе оған теңестірілген тұлғаның ТАӘ (әкесінің аты бар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      болғанда) (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ___________ ____________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (АКТ)            педагог қызметкердің немесе оған теңестірілген тұлғаның ТАӘ (әкесінің аты бар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      болғанда) (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ___________ ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      (АКТ)      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      педагог қызметкердің немесе оған теңестірілген тұлғаның ТАӘ (әкесінің аты бар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      болғанда) (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _______________ ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (АКТ)            педагог қызметкердің немесе оған теңест</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ірілген тұлғаның ТАӘ (әкесінің аты бар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      болғанда) (қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5723"/>
-        <w:gridCol w:w="3939"/>
+        <w:gridCol w:w="5788"/>
+        <w:gridCol w:w="3874"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...308 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытуды, бастауыш, негізгі орта</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және жалпы орта білімнің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кейінгі, қосымша білімнің </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру бағдарламаларын және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арнайы оқу бағдарламаларын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>іске асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жұмыс істейтін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог қызметкерлер мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оларға теңестірілген тұлғаларды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және білім және ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы басқа да азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына 7-қосымша</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
-[...444 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тыйым салынған заттарды табу және аудиторияда мінез-құлық қағидасын бұзған аттестатталушы адамды аудиториядан шығару актісі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Тестілеуді өткізу пункті _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      201___</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_ ж. "______"_______________ ______с._______мин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Осы акті ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (Т.А.Ә)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестатталушы адам _______________________________________, ИКТ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (ТАӘ (әкесінің аты бар болғанда))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (№___ аудитория, №____ орын, №_______ нұсқа) тестілеу кезінде аудиторияда мінез-құлық</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      қағидасын бұзды (осы Қағидалардың 31-тармағы):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      туралы жасалды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      бұ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>зу фактісі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Осы фактінің негізінде материал алынды, аттестатталушы адам аудиториядан шығарылды,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      тестілеу нәтижелерінің күші жойылды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>аттестуемый ______</w:t>
-[...983 lines deleted...]
-        <w:t>_______                                          Место печати</w:t>
+        <w:t>      актімен таныстым:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ___________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(Аттестатталушы адамның ТАӘ, қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аудитория бойынша кезекші</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (Т.А.Ә қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Тестілеуді жүргізуге жауапты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (Т.А.Ә қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      А</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ттестаттау комиссиясының төрағасы ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (Т.А.Ә қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      МО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Күні:________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5723"/>
-        <w:gridCol w:w="3939"/>
+        <w:gridCol w:w="5788"/>
+        <w:gridCol w:w="3874"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...297 lines deleted...]
-              <w:t>области образования и науки</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытуды, бастауыш, негізгі орта</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және жалпы орта білімнің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бағдарламаларын, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша білімнің білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру бағдарламаларын және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арнайы оқу бағдарламаларын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>іске асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жұмыс істейтін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог қызметкерлер мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оларға теңестірілген тұлғаларды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және білім және ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы басқа да азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына 8-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
-[...238 lines deleted...]
-    <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ұлттық біліктілік тестілеуден өту туралы анықтама</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Аттестатталушы адамның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ТАӘ (әкесінің аты болғанда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _____________________________________ біліктілік санатына ____________қаласындағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      біліктілік тестілеуге/ұлттық біліктілік тестілеуге кк.аа.жжжж. қатысқанын куәландырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3367"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1083"/>
+        <w:gridCol w:w="3370"/>
+        <w:gridCol w:w="2085"/>
+        <w:gridCol w:w="2288"/>
+        <w:gridCol w:w="1919"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4718" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="4463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Наименование модуля</w:t>
-[...20 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+              <w:t>Модульдің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2390" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Количество тестовых заданий</w:t>
-[...20 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+              <w:t>Тестілік тапсырмалардың саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3055" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Количество максимальных баллов</w:t>
-[...21 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+              <w:t>Ең жоғарғы балдардың саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Количество набранных баллов</w:t>
+              <w:t>Жинаған балдарының саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4718" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="4463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:rPr>
-[...38 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу пәнінің мазмұны/Қызмет бағыты бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2390" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...28 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3055" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...29 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4718" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="4463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагогика, методика обучения</w:t>
-[...20 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+              <w:t>Педагогика және оқыту әдістемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2390" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2527" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="3055" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="2392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Всего</w:t>
-[...46 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+              <w:t>Барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
-[...213 lines deleted...]
-        <w:t xml:space="preserve"> дд.мм.гггг.</w:t>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Аттестаттау комиссиясының төрағасы: _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (ТАӘ, қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Мөрдің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      кк.аа.жжжж.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5723"/>
-        <w:gridCol w:w="3939"/>
+        <w:gridCol w:w="5788"/>
+        <w:gridCol w:w="3874"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...305 lines deleted...]
-              <w:t>и</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытуды, бастауыш, негізгі орта</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және жалпы орта білімнің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша білімнің білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру бағдарламаларын және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқу бағдарламаларын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>іске асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жұмыс істейтін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог қызметкерлер мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оларға теңестірілген тұлғаларды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және білім және ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы басқа да азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына 9-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="413" w:name="z436"/>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тестілеуде жалған тұлғаны анықтау актісі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Тестілеуді өткізу пункті _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      "______"_______________201____г. ______ч._______мин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Осы акті ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>   (Т.А.Ә)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _______________________________________аттестатталушы адамның орнына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      АКТ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ТАӘ (әкесінің аты бар болғанда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _______________________________________. азаматпен тестілеуді тапсыру әрекетінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      фактісі анықталғаны туралы жасалды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ТАӘ (әкесінің аты бар болғанда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Осы фактінің негізінде аудиторияға кірген жағдайда материал алынды, аттестатталушы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      аудиториядан шығарылды, тестілеу нәтижелерінің күші жойылды; ғимаратқа кірген </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      жалған тұлға анықталған жағдайда - тестілеуді тапсыруға дейін жол бермеу. Актімен</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      таныстым:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (Аттестатталушы адамның немесе жалған тұлғаның ТАӘ, қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     Аудитория бойынша кезекші ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (Т.А.Ә қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Тестілеуді жүргізуге жауапты _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (Т.А.Ә қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестаттау комиссиясының төрағасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      __________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (Т.А.Ә қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      МО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>     </w:t>
-[...1418 lines deleted...]
-        <w:t>МП</w:t>
+        <w:t>      Күні:________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5723"/>
-        <w:gridCol w:w="3939"/>
+        <w:gridCol w:w="5788"/>
+        <w:gridCol w:w="3874"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...306 lines deleted...]
-              <w:t>области образования и науки</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытуды, бастауыш, негізгі орта</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және жалпы орта білімнің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша білімнің білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру бағдарламаларын және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арнайы оқу бағдарламаларын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>іске асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жұмыс істейтін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог қызметкерлер мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оларға теңестірілген тұлғаларды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және білім және ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы бас</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> да азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына 10-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...8 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
-[...962 lines deleted...]
-        <w:t>квалификационного теста:</w:t>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аттестатталушы адамның ұлттық біліктілік тестісінің кітапшаларын жою туралы актісі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      201__ жылғы "_____"__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (тестілеуді өткізетін пункттің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Негіздеме: __________ жылғы ________ №_____________ Мектепке дейінгі тәрбие мен</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      оқытуды, бастауыш, негізгі орта және жалпы орта білімнің жал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пы білім беретін оқу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша білімнің білім</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      беру бағдарламаларын және арнайы оқу бағдарламаларын іске асыратын білім беру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ұйымдарында жұмыс істейтін педагог қызметкерлер ме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>н оларға теңестірілген тұлғаларды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      және білім және ғылым саласындағы басқа да азаматтық қызметшілерді аттестаттаудан өткізу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      қағидалары мен шарттарының ____тармағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Мынадай құрамдағы комиссия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Төраға (пункттің басшысы) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (Т.А.Ә. (Әкесінің аты бар болғанда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Комиссия мүшелері:1.__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (лауазымы, Т.А.Ә. (Әкесінің аты бар болғанда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2.________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (лауазымы, Т.А.Ә. (Әкесінің аты бар болғанда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      3.__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (лауазымы, Т.А.Ә. (Әкесінің аты бар болғанда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      4.__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (лауазымы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, Т.А.Ә. (Әкесінің аты бар болғанда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ұлттық біліктілік тесті кітапшаларының жойылғаны туралы осы актіні жасадық: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1321"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2452"/>
+        <w:gridCol w:w="1521"/>
+        <w:gridCol w:w="2458"/>
+        <w:gridCol w:w="1821"/>
+        <w:gridCol w:w="1821"/>
+        <w:gridCol w:w="2041"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Номер потока</w:t>
-[...20 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+              <w:t>Ағынның нөмірі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...38 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тестілеуге берілген кітапшалардың нақты саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Количество уничтоженных книжек</w:t>
-[...20 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+              <w:t>Жойылған кітапшалардың саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Инвентарные номера книжек</w:t>
-[...20 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+              <w:t>Кітапшалардың түгендеу нөмірі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...9 lines deleted...]
-              <w:t>Количество книжек, доставленных в НЦТ</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҰТО</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жеткізілген </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кітапшалар саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3740" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1771" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3249" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="2696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3740" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1770" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1771" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3249" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="2696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
-[...779 lines deleted...]
-        <w:t>Место печати</w:t>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Кітапшалар мынадай жолмен жойылды:_____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (жою тәсілін көрсетіңіз - механикалық ұсақтау немесе жағу)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (жою орнын көрсетіңіз)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Төраға (пункттің басшысы) ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (Т.А.Ә. (Әкесінің аты бар болғанда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Ко</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>миссия мүшелері: 1.____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (лауазымы, Т.А.Ә. (Әкесінің аты бар болғанда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2.____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (лауазымы, Т.А.Ә. (Әкесінің аты бар болған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>да), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      3.____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (лауазымы, Т.А.Ә. (Әкесінің аты бар болғанда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      4.____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      (лауазымы, Т.А.Ә. (Әкесінің аты бар </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>болғанда), қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5723"/>
-        <w:gridCol w:w="3939"/>
+        <w:gridCol w:w="5788"/>
+        <w:gridCol w:w="3874"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...305 lines deleted...]
-              <w:t>области образования и науки</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытуды, бастауыш, негізгі орта</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және жалпы орта білімнің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша білімнің білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру бағдарламаларын және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арнайы оқу ба</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ғдарламаларын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>іске асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жұмыс істейтін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог қызметкерлер мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оларға теңестірілген тұлғаларды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және білім және ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы басқа да азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына 11-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
-[...16 lines deleted...]
-        <w:t>роков/занятий</w:t>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сабақты бақылау парағы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2379"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1343"/>
+        <w:gridCol w:w="2390"/>
+        <w:gridCol w:w="4588"/>
+        <w:gridCol w:w="2684"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Дата наблюдения урока: </w:t>
+              <w:t xml:space="preserve"> Сабақты бақылау күні: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Класс:</w:t>
+              <w:t>Сынып:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Предмет:                                                         Тема:</w:t>
+              <w:t>Пән:                                                    Тақырыбы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Педагог: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Наблюдатель:</w:t>
+              <w:t>Бақылаушы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3183" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="3159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5608" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Элементы наблюдения</w:t>
-[...21 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+              <w:t>Бақылау элементтері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Отметка (v)</w:t>
+              <w:t>Белгі (v)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3183" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="3159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5608" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Представлен планурока</w:t>
-[...21 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+              <w:t>Сабақ жоспары берілді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3183" w:type="dxa"/>
+            <w:tcW w:w="3159" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5608" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:rPr>
-[...39 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Күтілетін нәтижелер оқыту </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мақсаттарына сәйкес келеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="006F71B8">
-[...24 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00435490"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="266700" cy="228600"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="3" name=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="266700" cy="228600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> учитывают потребности обучающихся</w:t>
-[...24 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+              <w:t>білім алушылардың қажеттіліктерін ескереді</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="006F71B8"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00435490"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="266700" cy="228600"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="4" name=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="266700" cy="228600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...44 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>зерттеу дағдыларын дамытуға бағытталған</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...7 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            </w:pPr>
+            <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3183" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="3159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5608" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:rPr>
-[...31 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Педагог сабақ мақсаттары мен күтілетін нәтижелерді қоюға білім алушыларды тартады </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3183" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="3159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5608" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:rPr>
-[...39 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сабақтың әр кезеңінде педагог </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>барлық білім алушыларды белсенді оқуға тартады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3183" w:type="dxa"/>
+            <w:tcW w:w="3159" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5608" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:rPr>
-[...31 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оқу материалын зерделеуді ұйымдастыру кезінде педагог мыналарды қамтамасыз етеді: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="006F71B8">
-[...24 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00435490"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="266700" cy="228600"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="5" name=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="266700" cy="228600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> удовлетворение потребностей обучающихся</w:t>
-[...24 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+              <w:t>білім алушылардың қажеттіліктерін қанағаттандыруды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="006F71B8"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00435490"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="266700" cy="228600"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="6" name=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="266700" cy="228600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> развитие способностей обучающихся</w:t>
-[...24 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+              <w:t>білім алушылардың қабілеттерін дамытуды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3183" w:type="dxa"/>
+            <w:tcW w:w="3159" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5608" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:rPr>
-[...31 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сабақ барысында педагог АКТ ресурстарын пайдаланады </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="006F71B8">
-[...24 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00435490"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="266700" cy="228600"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="7" name=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="266700" cy="228600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...44 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру нәтижелеріне қол жеткізу үшін дайын цифрлық білім беру ресурстарын пайдаланады</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="006F71B8">
-[...24 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00435490"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="266700" cy="228600"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="8" name=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="266700" cy="228600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...44 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>меншікті цифрлық білім беру ресурстарын пайдаланады</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="006F71B8">
-[...24 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00435490"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="266700" cy="228600"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="9" name=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="266700" cy="228600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...44 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оқушылардың бірлескен жұмысы үшін </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>желілік ресурстарды іске қосады</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3183" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="3159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5608" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:rPr>
-[...39 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог оқыту мақсаттарына қол жеткізу бойынша әрбір білім алушының ілгерілеуін қадағалайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3183" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="3159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5608" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:rPr>
-[...31 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Педагог білім алушыларды бағалау процесіне тартады </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3183" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="3159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5608" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:rPr>
-[...31 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог білім алушыларға конструктивті кері байланыс беру </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жағдайлар жасайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-            </w:pPr>
-[...33 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бақылаудың қосымша элементтері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3183" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="3159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5608" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3183" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="3159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5608" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3183" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="3159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5608" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="5659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="3482" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Обратная связь и рекомендации:</w:t>
+              <w:t>Кері байланыс және ұсынымдар:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
-[...19 lines deleted...]
-        <w:t>Подпись, ФИО</w:t>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Бақылаушы: ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Қолы, ТАӘ</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5723"/>
-        <w:gridCol w:w="3939"/>
+        <w:gridCol w:w="5788"/>
+        <w:gridCol w:w="3874"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...297 lines deleted...]
-              <w:t>области образования и науки</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытуды, бастауыш,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> негізгі орта</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және жалпы орта білімнің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша білімнің білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру бағдарламаларын және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арнайы оқу бағдарламаларын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>іске асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жұмыс істейтін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог қызметкерлер мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оларға теңестірілген тұлғаларды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және білім және ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы басқа да азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына 12-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
-[...417 lines deleted...]
-        <w:t xml:space="preserve">(в электронном/бумажном формате) аттестуемого: </w:t>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аттестатталушы адамның портфолиосын қабылдау-тапсыру актісі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1730"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2044"/>
+        <w:gridCol w:w="5944"/>
+        <w:gridCol w:w="3718"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:ind w:left="20"/>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...24 lines deleted...]
-              <w:ind w:left="20"/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ФИО</w:t>
-[...583 lines deleted...]
-              <w:br/>
+              <w:t>20__ ж. "___" ________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
-[...198 lines deleted...]
-        <w:t xml:space="preserve"> (Ф.И.О.)</w:t>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Біз төменде қол қойғандар,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Сараптамалық кеңестің төрағасы _________________________ ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (тиісті деңгейі)                  (Т.А.Ә.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      бір тараптан және</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестаттау комиссиясының төрағасы _</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_________________ _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (тиісті деңгейі)            (Т.А.Ә.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      екінші тараптан, аттестатталушының портфолиосы (электрондық/қағаз түрінде)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      тапсырылғандығы және қабылданғандығы туралы актіні жасадық:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5723"/>
-        <w:gridCol w:w="3939"/>
+        <w:gridCol w:w="1552"/>
+        <w:gridCol w:w="1620"/>
+        <w:gridCol w:w="1792"/>
+        <w:gridCol w:w="1930"/>
+        <w:gridCol w:w="2768"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7793" w:type="dxa"/>
-[...16 lines deleted...]
-              <w:spacing w:after="0"/>
+            <w:tcW w:w="2186" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...31 lines deleted...]
-              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2186" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...300 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ТАӘ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2186" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лауазымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Біліктілік санаты</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7793" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00435490"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00435490"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00435490"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2186" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қолданыстағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3556" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өтініш</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> берілетін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2186" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...30 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2186" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...6 lines deleted...]
-              <w:t>Форма</w:t>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2186" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2186" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3556" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2186" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2186" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2186" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2186" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3556" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2186" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2186" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2186" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2186" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3556" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
-[...25 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Тапсырды: _______________ __________________ Сараптамалық комиссияның төрағасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (қолы)                  (Т.А.Ә.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
-[...13 lines deleted...]
-        <w:t>присвоение (подтверждение) квалификационной категории</w:t>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қабылдады: _______________ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>__________________ Аттестаттау комиссиясының төрағасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (қолы)                  (Т.А.Ә.)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1810"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1968"/>
+        <w:gridCol w:w="5788"/>
+        <w:gridCol w:w="3874"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1498" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:ind w:left="20"/>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Критерии оценивания</w:t>
-[...24 lines deleted...]
-              <w:ind w:left="20"/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Квалификационная категория</w:t>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытуды, бастауыш, негізгі орта</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және жалпы орта білімнің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша білімнің білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру бағдарламаларын және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арнайы оқу бағдарламаларын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>іске асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жұмыс істейтін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог қызметкерлер мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оларға теңестірілген тұлғаларды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және білім және ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы басқа да азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызм</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>етшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына 13-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-              <w:ind w:left="20"/>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагог-модератор</w:t>
-[...23 lines deleted...]
-              <w:ind w:left="20"/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Педагог-эксперт</w:t>
-[...63 lines deleted...]
-              <w:t>Педагог-мастер</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+    </w:tbl>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аттестатталушы адамға біліктілік санатын беруге (растауға) портфолиосын бағалау өлшемшарттары</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1590"/>
+        <w:gridCol w:w="1746"/>
+        <w:gridCol w:w="1990"/>
+        <w:gridCol w:w="2478"/>
+        <w:gridCol w:w="1858"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1498" w:type="dxa"/>
-[...45 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...30 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бағалау өлшемшарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...131 lines deleted...]
-              <w:t>20%</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Біліктілік санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1498" w:type="dxa"/>
-[...45 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00435490"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2266" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...54 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-модератор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...63 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="001A57FE">
-[...46 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-зерттеуші</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...33 lines deleted...]
-              <w:t>(не менее 3)</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-мастер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1498" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:rPr>
-[...41 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім алушылардың білім сапасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2266" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...27 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> білім сапасының 5%-ға өсу қарқыны </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...27 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім сапасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10%-ға өсу қарқыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...31 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім сапасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>15%-ға өсу қарқыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...32 lines deleted...]
-              <w:t>собственной авторской программы)</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім сапасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20%-ға өсу қарқыны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1498" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:rPr>
-[...24 lines deleted...]
-              <w:t>(при наличии)</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Оқыту сапасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2266" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім беру ұйымының сараптамалық </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кеңесінің ұсынымдары бар сабақтарды бақылау парақтары</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(3-тен кем емес)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім басқармасы (аудан/қала) органының сараптамалық кеңесінің ұсынымдары бар сабақтарды бақылау парақтары</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(3-тен кем емес)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Білім басқармасы (облыс/Астана, Алматы қалалары) органы сара</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">птамалық кеңесінің ұсынымдары бар сабақтарды бақылау парақтары </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(3-тен кем емес)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Назарбаев Зияткерлік мектептері" ДБҰ ұсынымдары бар сабақтарды бақылау парақтары</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(3-тен кем емес)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім алушылардың жетістіктері немесе қызмет қорытындыларын жинақтау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2266" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру ұйымының деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аудан/қала деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Облыс/қалалардың деңгейі Астана, Алматы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республикалық деңгей </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(өз авторлық бағдарламасын іске асыру негізінде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Педагогтың кәсіби жетістіктері </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(болған кезде)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кәсіби конкурстарға, олимпиадаларға және өзге де </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>іс-шараларға қатысу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Конференцияларда, симпозиумдерде сөз сөйлеу, әдістемелік материалдарды әзірлеу,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      семинарлар, мастер кластар өткізу</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5788"/>
+        <w:gridCol w:w="3874"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытуды, бастауыш, негізгі орта</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">және жалпы орта </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білімнің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша білімнің білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру бағдарламаларын және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арнайы оқу бағдарламаларын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>іске асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жұмыс істейтін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог қызметкерлер мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>олар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңестірілген тұлғаларды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және білім және ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы басқа да азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына 14-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Портфолионы бағалау парағы аттестатталушы адамның біліктілік санатын беруге (растауға)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (өтініш берілетін біліктілік санаты)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестатталушы адам: __________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (Т.А.Ә.)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5651"/>
+        <w:gridCol w:w="2351"/>
+        <w:gridCol w:w="1590"/>
+        <w:gridCol w:w="70"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11220" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...9 lines deleted...]
-              <w:t>Участие в профессиональных конкурсах, олимпиадах и иных мероприятиях</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Портфолионың бөлімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Түсініктемелер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11220" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оқу жетістіктерін сырттай бағалауды, қорытынды аттестаттау </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нәтижелерін қамтитын аттестаттау кезеңіндегі білім алушылардың білім сапасын мониторингілеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11220" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім алушылардың жетістіктерін растайтын құжаттардың көшірмелері немесе тәжірибесін қорытындылауды растайтын құжаттардың көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11220" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сабақтарды/оқуларды бақы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лау парақтары (3-тен кем емес)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11220" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аттестатталушы адамның (болған кезде) жетістігін растайтын құжаттардың көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұсынымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00435490"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытуды, бастауыш, негізгі орта</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және жалпы орта білімнің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша білімнің білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру бағдарламаларын және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арнайы оқу бағдарламаларын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>іске асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жұмыс істейтін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог қызметкерлер мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оларға теңестірілген тұлғаларды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">және </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы басқа да азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына 15-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
-[...24 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аттестатталушы адамның қызмет қорытындыларын кешенді түрде талдап қорыту бойынша ________________ біліктілік санатына сарапт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>амалық кеңестің қорытындысы</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="994"/>
+        <w:gridCol w:w="2710"/>
+        <w:gridCol w:w="1289"/>
+        <w:gridCol w:w="2042"/>
+        <w:gridCol w:w="2627"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аттестатталушы адамның ТАӘ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лауазымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мәлімделетін деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сараптамалық кеңестің шешімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1512" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Сараптамалық кеңестің құрамы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      ____________________________       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>____________________________            ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ТАӘ (әкесінің аты бар болғанда)            жұмыс орны, лауазымы                  (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ____________________________       ____________________________            ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ТАӘ (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>әкесінің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аты бар болғанда)            жұмыс орны, лауазымы                  (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ____________________________       ____________________________            ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ТАӘ (әкесінің аты бар болғанда)            жұмыс орны, лауазымы        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>          (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ____________________________       ____________________________            ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ТАӘ (әкесінің аты бар болғанда)            жұмыс орны, лауазымы                  (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ____________________________       ________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>____________________            ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ТАӘ (әкесінің аты бар болғанда)            жұмыс орны, лауазымы                  (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-    <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Күні: ______ж. "__" _________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5788"/>
+        <w:gridCol w:w="3874"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытуды, бастауыш, негізгі орта</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және жалпы орта</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> білімнің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша білімнің білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру бағдарламаларын және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арнайы оқу бағдарламаларын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>іске асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жұмыс істейтін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог қызметкерлер мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ола</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рға теңестірілген тұлғаларды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және білім және ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы басқа да азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына 16-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Біліктілік санатын беруге (растауға) ______________________ аттестаттау комиссиясы отырысының хаттамасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       20 ____ жылғы "___"___________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестаттау комиссиясының төрағасы: _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестаттау комиссиясы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ның мүшелері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1.______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2. ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестаттау кезеңдерінің қорытындылары бойынша аттестаттау комиссиясының ШЕШІМІ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1. Мы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">надай аттестатталушы адамдар мәлімделген біліктілік санатына сәйкес келеді: </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="520"/>
+        <w:gridCol w:w="637"/>
+        <w:gridCol w:w="930"/>
+        <w:gridCol w:w="2417"/>
+        <w:gridCol w:w="1863"/>
+        <w:gridCol w:w="1705"/>
+        <w:gridCol w:w="1590"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="922" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="922" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ТАӘ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="922" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лауазымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Міндетті/мерзімінен бұрын аттестаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қолда</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мәлімделетін біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Берілетін біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="922" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="922" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="922" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="922" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="922" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="922" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="922" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="922" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="922" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2. Мынадай аттестатталушы адамдар мәлімделетін біліктілік санатына сәйкес келмейді:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="199"/>
+        <w:gridCol w:w="584"/>
+        <w:gridCol w:w="930"/>
+        <w:gridCol w:w="2335"/>
+        <w:gridCol w:w="1716"/>
+        <w:gridCol w:w="1624"/>
+        <w:gridCol w:w="1492"/>
+        <w:gridCol w:w="782"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="889" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ТАӘ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="889" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лауазымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2626" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Міндетті/мерзімінен бұрын аттестаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қолда</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2003" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мәлімделетін біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2003" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Берілетін біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="890" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Себебі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="889" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="889" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2626" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2003" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2003" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="890" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="889" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="889" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2626" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2003" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2003" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="890" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="889" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="889" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2626" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2003" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2003" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="890" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестаттау комиссиясының төрағасы __________________________ (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестаттау комиссиясының мүшелері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1. ___________________________ (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2. ___________________________ (қолы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________ (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      4. ___________________________ (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Хатшы: ______________________ (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5788"/>
+        <w:gridCol w:w="3874"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытуды, бастауыш, негізгі орта</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және жалпы орта білімнің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техн</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>икалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша білімнің білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру бағдарламаларын және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арнайы оқу бағдарламаларын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>іске асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жұмыс істейтін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог қызметкерлер мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оларға теңестірілген тұлғаларды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және білім және ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы басқа да азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына 17-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> Нысан Біліктілік санатының қолданылу мерзімін ұзарту туралы ______________________ аттестаттау комиссиясы отырысының хаттамасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       20 ____ жылғы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"___"___________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестаттау комиссиясының төрағасы: _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестаттау комиссиясының мүшелері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1.______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2. ________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестаттау кезеңдерінің қорытындылары бойынша аттестаттау комиссиясының ШЕШІМІ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Мынадай аттестатталушы адамдар біліктілік санаттарының мерзімдері ұзартылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1147"/>
+        <w:gridCol w:w="1226"/>
+        <w:gridCol w:w="1422"/>
+        <w:gridCol w:w="2222"/>
+        <w:gridCol w:w="2183"/>
+        <w:gridCol w:w="1462"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ТАӘ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лауазымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қолда</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Негіздеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00435490"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00435490"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00435490"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дейін қолданылады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дейін ұзартылған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00435490"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестаттау комиссиясының төрағасы __________________________ (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестаттау комиссиясының мүшелері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1. ___________________________(қолы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________(қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      3. ___________________________(қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      4. ___________________________(қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Хатшы: ___________________________(қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5788"/>
+        <w:gridCol w:w="3874"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытуды, бастауыш, негізгі орта</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және жалпы орта білімнің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша білімнің білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру бағдарламаларын және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арнайы оқу бағдарламаларын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>іске асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жұмыс істейтін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог қызметкерлер мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оларға теңест</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ірілген тұлғаларды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және білім және ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы басқа да азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына 18-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Біліктілік санаттарын беру (растау) туралы куәліктерді тіркеу және беру журналы</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="566"/>
+        <w:gridCol w:w="1382"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="1340"/>
+        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="1322"/>
+        <w:gridCol w:w="1014"/>
+        <w:gridCol w:w="1150"/>
+        <w:gridCol w:w="44"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>р/с</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2105" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тегі, аты, әкесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нің аты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лауазымның және берілген/расталған біліктілік санатының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аттестаттау комисссиясы шешімінің күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3101" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Біліктілік санатын беру/растау туралы бұйрықтың күні және нөмірі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Куәлікті берген күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогтың алған қолы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2105" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3101" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2105" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3101" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1149" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00435490"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытуды, бастауыш, негізгі орта</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және жалпы орта білімнің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша білімнің білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру бағдарламаларын және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арнайы оқу бағдарламаларын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">іске </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жұмыс істейтін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог қызметкерлер мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оларға теңестірілген тұлғаларды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және білім және ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы басқа да азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына 19-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00435490">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аттестаттауға ж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ататын азаматтық қызметшіге аттестаттау парағы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="228600" cy="330200"/>
+            <wp:extent cx="7632700" cy="825500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="10" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="228600" cy="330200"/>
+                      <a:ext cx="7632700" cy="825500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
-[...25 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
         <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00435490">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1. ТАӘ (әкесінің аты бар болғанда) _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2. Туған күні _______ жылғы "___" __________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      3. Білімі туралы, біліктілігін арттырғаны, қайта даярлаудан өт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>кені туралы мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (қашан және қандай оқу орнын тәмамдады, мамандығы және білімі бойынша біліктілігі,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      біліктілігін арттырғаны, қайта даярланғаны туралы құжаттар, ғылыми дәрежесі, ғылыми</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      атағы, олардың берілген күні)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      4. Атқаратын лауазымы және тағайындау күні, біліктілік санаты (разряд)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      ______________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      5. Жалпы еңбек өтілі _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6. Мемлекеттік және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>азаматтық қызметші лауазымдарындағы жалпы жұмыс өтілі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      7. Аттестаттау комиссиясының мүшелері білдірген ескертулер мен ұсыныстар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      8. Аттесталушының пікірі: __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      9. Аттестатталушының ____________________ қызметтік сипаттамасына сәйкес</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      тікелей басшымен азаматтық қызметшінің қызметін бағалау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      10. Отырысқа аттестаттау комиссиясының ___мүшесі қатысты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11. Аттестаттау </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>комиссиясының әрбір мүшесімен толтырылатын қоса беріліп отырған</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      бағалау парағына сәйкес дауыс беру нәтижелері бойынша азаматтық қызметшінің қызметін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      бағалау:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1) атқаратын лауазымына сәйкес келеді: _____________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>    (дауыстар саны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2) қайта аттестаттауға жатады ______________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (дауыстар саны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      3) атқаратын лауазымына сәйкес келмейді ____________________________________.*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>                                             </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>   (дауыстар саны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      12. Біліктілік санаты (разряд):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1) ________ біліктілік санатының (разрядының) __________ сәйкес келеді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (дауыстар саны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      (әрбір </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>біліктілік санаты (разряды) бойынша бөлек)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      2) ______________________________ біліктілік санатын (разрядын) белгілеу үшін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      негіздеме жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (дауыстар саны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Қорытынды баға ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>    (цифрлық белгіленімі бар біліктілік санаты (разряд) сөзбен көрсетіледі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      13. Аттестаттау комиссиясының ұсынымдары (олар бойынша берілетін уәждемелерді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      көрсете отырып) _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ______</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _____________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      14. Ескертпе ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ______________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестаттау комиссиясының төрағасы:____________________________ (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестаттау комиссиясының хатшысы: _____________________________(қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестаттау комиссиясының мүше</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>лері:_____________________________(қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>             _____________________________(қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>             _____________________________(қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>             _____________________________(қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Ұйым басшысы ______________________(қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Ұйымның мөріне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арналған орын</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестаттауды өткізу күні 20 _____ жылғы "____" __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестаттау парағымен таныстым: ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      азаматтық қызметшінің қолы және күні)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      * қайталама аттестаттау кезінде баға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қойылмайды</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5723"/>
-        <w:gridCol w:w="3939"/>
+        <w:gridCol w:w="5788"/>
+        <w:gridCol w:w="3874"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F71B8" w:rsidRPr="001A57FE">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...300 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытуды, бастауыш, негізгі орта</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және жалпы орта білімнің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша білімнің білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру бағдарламаларын және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арнайы оқу бағдарла</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>маларын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>іске асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жұмыс істейтін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог қызметкерлер мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оларға теңестірілген тұлғаларды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және білім және ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы басқа да азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына 20-қосымша</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F71B8">
+      <w:tr w:rsidR="00435490">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+          <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
-[...8637 lines deleted...]
-    <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тестаттауға жататын азаматтық қызметшіге бағалау парағы (аттестаттау комиссиясы мүшесімен толтырылады) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="330200" cy="368300"/>
+            <wp:extent cx="7632700" cy="825500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="11" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8"/>
+                    <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="330200" cy="368300"/>
+                      <a:ext cx="7632700" cy="825500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71B8" w:rsidRDefault="001A57FE">
-[...106 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
-[...78 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ТАӘ (әкесінің аты бар болғанда) _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Лауазымы _______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттесталушының бағасы _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (өте жақсы, жақсы, қанағаттанарлық, қанағаттанарлықсыз)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестаттау комиссиясы мүшесінің шешімі (саналғандардың біреуі: атқаратын</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      лауазымына сәйкес келе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ді; қайтадан аттестаттауға жатады*; атқаратын лауазымына сәйкес</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      келмейді): _______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Аттестаттау </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>комиссиясы мүшесінің өз шешімінің негіздемесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      _______________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      ______________біліктілік санатына (разрядына) сәйкес келеді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Біліктілік санатын анықтау үшін негіз жоқ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (разряд)_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      Негіздемесі: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестаттау комиссиясының мүшесі ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (ТАӘ (әкесінің аты бар болғанда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Аттестаттау комиссиясының хатшысы _________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      (ТАӘ (әкесінің аты бар болғанда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Күні 20 ____ жылғы "____" __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
-[...10 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      * қайталама аттестаттау кезінде шығарылмайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
-[...18 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="001A57FE">
-[...4055 lines deleted...]
-    <w:p w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidRDefault="001A57FE">
+    </w:p>
+    <w:p w:rsidR="00435490" w:rsidRDefault="00835190">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
-        <w:rPr>
-[...11 lines deleted...]
-    <w:sectPr w:rsidR="006F71B8" w:rsidRPr="001A57FE" w:rsidSect="006F71B8">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>© 2012. Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" ШЖҚ РМК</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00435490" w:rsidSect="00435490">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
@@ -52791,58 +33974,57 @@
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="80"/>
-  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="006F71B8"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006F71B8"/>
+    <w:rsidRoot w:val="00435490"/>
+    <w:rsid w:val="00435490"/>
+    <w:rsid w:val="00835190"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -53094,152 +34276,152 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Название Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00D1197D"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006F71B8"/>
+    <w:rsid w:val="00435490"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="ac">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="006F71B8"/>
+    <w:rsid w:val="00435490"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="caption"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="006F71B8"/>
+    <w:rsid w:val="00435490"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
-    <w:rsid w:val="006F71B8"/>
+    <w:rsid w:val="00435490"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001A57FE"/>
+    <w:rsid w:val="00835190"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="001A57FE"/>
+    <w:rsid w:val="00835190"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -53485,51 +34667,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>47</Pages>
-[...1 lines deleted...]
-  <Characters>101295</Characters>
+  <Pages>44</Pages>
+  <Words>16855</Words>
+  <Characters>96075</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>844</Lines>
-  <Paragraphs>237</Paragraphs>
+  <Lines>800</Lines>
+  <Paragraphs>225</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>118829</CharactersWithSpaces>
+  <CharactersWithSpaces>112705</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ДИРЕКТОР</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>