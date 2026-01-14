--- v0 (2025-12-13)
+++ v1 (2026-01-14)
@@ -1,1250 +1,12038 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00372F69" w:rsidRDefault="00372F69" w:rsidP="00372F69">
+    <w:p w:rsidR="000D3CD0" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00372F69">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...8 lines deleted...]
-      </w:r>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеңестер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00372F69" w:rsidRPr="00372F69" w:rsidRDefault="00372F69" w:rsidP="00372F69">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="000D3CD0" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00372F69" w:rsidRPr="00372F69" w:rsidRDefault="00372F69" w:rsidP="00372F69">
+    <w:p w:rsidR="000D3CD0" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:textAlignment w:val="baseline"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00372F69">
-[...7 lines deleted...]
-        <w:t>     Практически все родители  знают, как одевать, как кормить и обеспечивать уход, но советы родителям о воспитании детей никто не дает, поэтому папа и мама воспитывают своих детей так, как умеют. Конечно, есть родители, которые читают много соответствующей литературы, где психологи рассказывают о воспитании и учат умению общения с ребенком, но, к сожалению не каждая мама и папа, может найти время для чтения книг.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Іс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүзінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>киінуді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тамақтандыруды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күтімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-аналарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ешкім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеңес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бермейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сондықтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әкем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиелейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Әрине</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көптеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әдебиеттерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқыған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психологтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айтып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баламен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарым-қатынас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйретеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өкінішке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кез-келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ітап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уақыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>таба</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00372F69" w:rsidRPr="00372F69" w:rsidRDefault="00372F69" w:rsidP="00372F69">
+    <w:p w:rsidR="000D3CD0" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:textAlignment w:val="baseline"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ата-ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00372F69">
-[...8 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уақытта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мейірімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білмейтін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-аналарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмектесуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беделін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жоғалтпай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жақын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дос</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-аналарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмектесетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>маңызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеңестер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00372F69" w:rsidRPr="00372F69" w:rsidRDefault="00372F69" w:rsidP="00372F69">
+    <w:p w:rsidR="000D3CD0" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:textAlignment w:val="baseline"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00372F69">
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00372F69" w:rsidRPr="00372F69" w:rsidRDefault="00372F69" w:rsidP="00372F69">
-[...780 lines deleted...]
-    <w:p w:rsidR="00372F69" w:rsidRPr="00372F69" w:rsidRDefault="00372F69" w:rsidP="00372F69">
+    <w:p w:rsidR="000D3CD0" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:textAlignment w:val="baseline"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00372F69">
-[...7 lines deleted...]
-        <w:t> </w:t>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көңі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л-к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйіңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нашар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ешқашан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиелеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тырыспаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Есіңізде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болсын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, тек </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіздің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көңіл-күйіңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаңызбен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тығыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орнату</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмектеседі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00861CA5" w:rsidRPr="00372F69" w:rsidRDefault="00372F69" w:rsidP="00372F69">
+    <w:p w:rsidR="000D3CD0" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:textAlignment w:val="baseline"/>
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00372F69">
-[...21 lines deleted...]
-        <w:t>ь о своих «ляпах» в воспитании, а только лишь гордиться своим ребенком</w:t>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ң-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезеңмен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүргізілуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жолақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уақтылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өтеріңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біртіндеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00861CA5" w:rsidRPr="00372F69">
+    <w:p w:rsidR="000D3CD0" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Есіңізде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болсын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалар-бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біздің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>інісіміз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Олар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бізден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үлгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көбінесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>імізде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасаймыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D3CD0" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Баламен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарым-қатынас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>эмоционалды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жанды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сенімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әңгіме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түрін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қолданыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сөйлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүмкін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өткі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дөрекі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Тек </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыныш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сенімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тон </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-аналардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ойлары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>талаптарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеткізе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D3CD0" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* Бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жақын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дос</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дұрыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жақсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеңес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрекетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айыптамайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D3CD0" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айналасындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адамдарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үюге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйретіңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сенімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқалармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қары</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатынас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орнатуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмектеседі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D3CD0" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Үйреніңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүмкін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатаң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мейі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>імді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрқашан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сүйіспеншілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетсеңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұрсаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіздің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиеңізде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нәтижесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D3CD0" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өмірдегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұстанымдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйретіңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D3CD0" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қашан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мұқият</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыңдаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көзіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>содан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проблемалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күйі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сізді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шынымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызықтыратынын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сезінеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D3CD0" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* Бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уақытыңызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаңызбен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүмкіндігінше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өткізуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тырысыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сонда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрқашан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сүйікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сезінеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D3CD0" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ешқашан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баламен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұрыспаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алдымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>татуласыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>содан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ісіңізге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>барыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D3CD0" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* Оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрдайым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болғаныңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мадақтаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>содан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қашан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асығып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Өзін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сезінеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D3CD0" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қашан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жақсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқалардан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жақсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екенін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айтыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сондықтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мақтаншақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екіжүзді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өспейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D3CD0" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ікірі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>таңдауын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарастырыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>толық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келіспесеңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де, оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ешқашан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сынамаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D3CD0" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрекеттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беруге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйретіңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Әрқашан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іс-әрекеттерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағалаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ешқандай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нәрсені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түсінбесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қателігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орнына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрекет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ететініңізді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айтып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>таңдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құқығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалдырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шешім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қабылдайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D3CD0" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қателіктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ешқашан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұмытпаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нәрсенің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>барлығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өткен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күнге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалдырыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D3CD0" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ультиматум </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қоймаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>белгілерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқымаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорлайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зақымдауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүмкін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зұлым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келеке-мазаққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>салыстыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бермеңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D3CD0" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>інез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құлқын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ренжітсеңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ренжітсеңіз-оған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айтыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бірақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>міне</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>з-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құлқына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>назар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аудармаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, тек </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сезімдеріңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айтып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беріңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D3CD0" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мүмкіндігінше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шамадан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бақылауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>азайтыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өйткені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сирек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>табысқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әкеледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D3CD0" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үлкен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үміт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>артпаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақтай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алдымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзіңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баладан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалайтыныңызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анықтаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>содан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалайтынын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>принципті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>маңызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәселелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келісуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тырысыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D3CD0" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Әң</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>імелесуде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақтаныңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> многословия, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жоғалтып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алмас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бас </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мағынасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әңгіме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D3CD0" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сіздің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұсынысыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нәзік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түрлі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дәйекті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әсер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D3CD0" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Онымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрдайым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ересек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сияқты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>азайтатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сөздердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көпті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>інсіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сөйлесіңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D3CD0" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>* Дау-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дамайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүмкін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәңгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қателігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сезінбеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беріңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осылайша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беруге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеңілістер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қателіктерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мойындауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйретесіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D3CD0" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* Оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, талант, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сұлулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дарындылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жақсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D3CD0" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Есіңізде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болсын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сізге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>маңызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қасиет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тапқырлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құрмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жауапкершілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Есіңізде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болсын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ешқашан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рухы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түспейтін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айналасындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адамдар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құрметпен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрекеттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бере</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адамдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>табысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адамдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D3CD0" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00861CA5" w:rsidRPr="000D3CD0" w:rsidRDefault="000D3CD0" w:rsidP="000D3CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Әрине</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеңес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оңай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қиын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шынымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жақсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жақсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жауапты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сүйіспеншілікке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> толы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>табысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өсіргіңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзіңіздің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиеңіздегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қателіктеріңізге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ешқашан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өкінбеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қолдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келгеннің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тырысуыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, тек </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаңызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мақтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тұтыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:sectPr w:rsidR="00861CA5" w:rsidRPr="000D3CD0">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...26 lines deleted...]
-    <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...155 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D672FD"/>
-    <w:rsid w:val="00372F69"/>
+    <w:rsidRoot w:val="00FA258E"/>
+    <w:rsid w:val="000D3CD0"/>
     <w:rsid w:val="00861CA5"/>
-    <w:rsid w:val="00D672FD"/>
+    <w:rsid w:val="00FA258E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1415,78 +12203,50 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...26 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -1633,105 +12393,62 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...26 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1980,54 +12697,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>706</Words>
-  <Characters>4027</Characters>
+  <Words>676</Words>
+  <Characters>3857</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
+  <Lines>32</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4724</CharactersWithSpaces>
+  <CharactersWithSpaces>4524</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>