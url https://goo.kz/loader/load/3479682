--- v0 (2025-12-13)
+++ v1 (2026-01-11)
@@ -1,10930 +1,785 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00A40B90" w:rsidRDefault="00A40B90" w:rsidP="00A40B90">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E6240D" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A40B90">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Профилактика детского травматизма зимой</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00E6240D" w:rsidRPr="00A40B90" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...107 lines deleted...]
-        <w:t>Ә</w:t>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E6240D" w:rsidRPr="00A40B90" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40B90">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Каждую зиму детский травматизм увеличивается примерно на треть. Санки, лыжи, коньки – самые любимые развлечения детей зимой. К сожалению, именно они становятся причиной многих травм.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6240D" w:rsidRPr="00A40B90" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40B90">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Здесь возрастает роль взрослых, которые должны научить ребенка правилам поведения, позволяющим избежать получения травм, и усилить </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A40B90">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контроль за</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00A40B90">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5483 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> их соблюдением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6240D" w:rsidRPr="00A40B90" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40B90">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Необходимо проверить санки: не повреждены ли они, крепление на лыжах, надежно и правильно прикреплено оно к ногам ребенка, а коньки на соответствие размера.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6240D" w:rsidRPr="00A40B90" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40B90">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Именно взрослые должны проконтролировать места, где играют их дети зимой. Склон, который выбирается для спуска на санках или лыжах, обязательно должен быть вдалеке от дороги, свободен от палок и корней деревьев. Каждый ребенок должен понимать, что катаясь с закрытыми глазами, можно столкнуться с соседом или деревом, а спуск спиной, снижает возможность управлять санками или лыжами, своевременно и адекватно реагировать на опасность. Особенно опасно цепляться к транспортным средствам, привязывать санки друг к другу, перевернувшись, одни санки потянут за собой другие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6240D" w:rsidRPr="00A40B90" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40B90">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Если вы решили доверить, ребенку самостоятельно спуститься с горки на санках, расскажите ему, что:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6240D" w:rsidRPr="00A40B90" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40B90">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>§ спускаться следует только с ровных, пологих горок, без трамплинов, кочек, деревьев или кустов на пути;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6240D" w:rsidRPr="00A40B90" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40B90">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>§ перед спуском нужно проверить, свободна ли трасса, не собираются ли ее пересекать с другого склона;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6240D" w:rsidRPr="00A40B90" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40B90">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>§ на сани садятся только верхом, держась за веревочку. Ноги не ставят на полозья, держат с боков полусогнутыми;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6240D" w:rsidRPr="00A40B90" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40B90">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>§ чтобы повернуть на ходу, достаточно спустить ногу на снег с той стороны, в которую хочешь повернуть сани;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6240D" w:rsidRPr="00A40B90" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40B90">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>§ чтобы затормозить, надо опустить на снег ноги и резко поднять передок санок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6240D" w:rsidRPr="00A40B90" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40B90">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>§ научите его падать: в момент падения он должен уметь группироваться, собираться в комочек, так, чтобы ушиб приходился на как можно большую площадь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6240D" w:rsidRPr="00A40B90" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40B90">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правила пользования тюбингом</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6240D" w:rsidRPr="00A40B90" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40B90">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>§ необходимо соизмерять высоту спуска и сложность трассы с собственными силами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6240D" w:rsidRPr="00A40B90" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40B90">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>§ перед спуском осмотреть трассу на отсутствие предметов повреждения тюбинга (камни, замёрзшие комья земли, сучья, стёкла и т.д.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6240D" w:rsidRPr="00A40B90" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40B90">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>§ на одном тюбинге разрешается спуск одного взрослого человека, весом не более 100 кг для большого и не более 50 кг для малого тюбинга;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6240D" w:rsidRPr="00A40B90" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40B90">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>§ кататься только в строго отведенном для этого месте</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6240D" w:rsidRPr="00A40B90" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40B90">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>§ перед спуском с горки проверять, что на пути нет людей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6240D" w:rsidRPr="00A40B90" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40B90">
+        <w:rPr>
+          <w:color w:val="333333"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">§ 6 </w:t>
-[...5186 lines deleted...]
-    <w:sectPr w:rsidR="00DC78B2" w:rsidRPr="00A40B90">
+        <w:t>§ в процессе катания держаться за специальные ремни, расположенные по бокам тюбинга, а верёвочка должна находиться внутри тюбинга.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6240D" w:rsidRPr="00A40B90" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40B90">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>§ дети 6 до 12 лет допускаются только в сопровождении взрослых;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6240D" w:rsidRPr="00A40B90" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40B90">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>§ при массовом катании необходимо соблюдать правила безопасности для окружающих.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6240D" w:rsidRPr="00A40B90" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40B90">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На коньках лучше всего кататься в специально оборудованных местах или катках. Если не удается избежать зимних игр на замершем водоеме, то дети должны знать основные правила поведения на льду:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6240D" w:rsidRPr="00A40B90" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40B90">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>§ Нельзя использовать первый лед для катания, молодой лед тонок, непрочен и может не выдержать тяжести человека.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6240D" w:rsidRPr="00A40B90" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40B90">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>§ Избегать места близкие к прорубям, спускам теплой воды от промышленных предприятий, рыбацким лункам и др.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6240D" w:rsidRPr="00A40B90" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40B90">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>§ Опасно выбегать и прыгать на лед, когда неизвестна его прочность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6240D" w:rsidRPr="00A40B90" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40B90">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>§ Не следует испытывать прочность льда ударами ногой, можно провалиться.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6240D" w:rsidRPr="00A40B90" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40B90">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Игра в снежки, еще одна зимняя забава, которая может привести к повреждениям глаз, поэтому задача взрослых убедить ребенка беречься от попадания снега в лицо и не бросать снежки с ледяной корочкой и обледенелыми кусочками снега в друзей, особенно в голову.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6240D" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40B90">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Еще одна распространенная зимняя травма – обморожение. Повреждение тканей под действием холода может наступить не только при низких температурах воздуха, но и при температуре выше нуля, особенно во время обильного снегопада, при сырой погоде, влажной одежде, тесной обуви. Обморожению подвергаются чаще всего пальцы рук и ног, щеки, нос, уши. Обморожения чаще всего наступают незаметно, без боли, поэтому необходимо обращать внимание на цвет румянца у ребенка (нормальный румянец – нежно-розового цвета, если он стал неравномерный, с ярко-красными или белыми пятнами — это обморожение), проверять чувствительность кожи лица, постоянно шевелить пальцами рук и ног. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6240D" w:rsidRPr="00A40B90" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40B90">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Чтобы избежать неприятных последствий, правильно одевайте ребенка для прогулок: необходимы варежки – не промокашки, шарф, шапка из водоотталкивающего материала на теплой подкладке, обувь, не сдавливающая нижние конечности и не пропускающая воду. Кожу лица нужно защищать специальным детским кремом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6240D" w:rsidRPr="00A40B90" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40B90">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Зимой к списку травм добавляется еще и риск «приклеиться». Постарайтесь доходчиво объяснить ребенку, что в мороз нельзя лизать языком и притрагиваться мокрыми руками к железным конструкциям, можно «приклеиться». Напомните, что не стоит проводить эксперименты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6240D" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40B90">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Уважаемые взрослые! Многих серьезных травм можно избежать, если вы будете внимательно следить за своими детьми и заботиться, чтобы их окружение было безопасным.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6240D" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E6240D" w:rsidRDefault="00E6240D" w:rsidP="00E6240D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00861CA5" w:rsidRDefault="00861CA5"/>
+    <w:sectPr w:rsidR="00861CA5">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00DC78B2"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00DC78B2"/>
+    <w:rsidRoot w:val="00826DFB"/>
+    <w:rsid w:val="00826DFB"/>
+    <w:rsid w:val="00861CA5"/>
+    <w:rsid w:val="00E6240D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -11101,51 +956,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DB1695"/>
+    <w:rsid w:val="00E6240D"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
@@ -11308,110 +1163,67 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DB1695"/>
+    <w:rsid w:val="00E6240D"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...40 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -11666,69 +1478,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>702</Words>
-  <Characters>4006</Characters>
+  <Words>720</Words>
+  <Characters>4109</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
+  <Lines>34</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company/>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4699</CharactersWithSpaces>
+  <CharactersWithSpaces>4820</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Sony</dc:creator>
+  <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>