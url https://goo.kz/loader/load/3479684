--- v0 (2025-12-24)
+++ v1 (2026-02-28)
@@ -1,564 +1,4774 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00861CA5" w:rsidRPr="005533FF" w:rsidRDefault="005533FF" w:rsidP="005533FF">
+    <w:p w:rsidR="00650453" w:rsidRDefault="00650453" w:rsidP="00650453">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005533FF">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Логопед — это специалист, занимающийся исправлением погрешностей </w:t>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Логопед-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ересектердегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дикция </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қателіктерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түзетумен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айналысатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>маман</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00650453" w:rsidRDefault="00650453" w:rsidP="00650453">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Логопед </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балага</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уйге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тапсырма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> береди.   </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жанұяның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ролі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ерекше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екенін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ескерте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеткен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жөн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Өйткені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баласын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мұғалімнен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гө</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="005533FF">
-[...5 lines deleted...]
-        <w:t>дикции</w:t>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="005533FF">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> как у детей, так и у взрослых.</w:t>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жақсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ата-ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>логопедтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жақын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмекшісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бола </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Олар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйдегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқуларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сабаққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дайындық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмектеседі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үстіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайлар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туғызады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005533FF" w:rsidRDefault="005533FF" w:rsidP="005533FF">
+    <w:p w:rsidR="00650453" w:rsidRDefault="00650453" w:rsidP="00650453">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сабақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бермей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тұрып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> логопед </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аналармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сөйлеседі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тұтығуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеңу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жолындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыстың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түсіндіреді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>талаптарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айтады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пайдаланылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әдістердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тиімділігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айтады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ата-аналардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: — </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сұрақтарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түзетуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болатынын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұғындырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00650453" w:rsidRDefault="00650453" w:rsidP="00650453">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ата-ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>логопедтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айтқандарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түсіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>талаптарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дұрыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дер </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орындап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тілек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білдірсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>логопедтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>курстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өтуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қабылданады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баламен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сабаққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатысып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Үйде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>логопедтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаттығуларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өткізіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сөйлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәнеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бақылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отырулары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ананың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келісімінсіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тұтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баламен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сабақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өткізудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нәтиже</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бермейтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ескеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кабинетті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әдетте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көбірек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатысады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00650453" w:rsidRDefault="00650453" w:rsidP="00650453">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сабаққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шешенің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезектесі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келуіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сонда</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туыстарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>логопедтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сабағына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатысуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рұқсат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етілмейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ата-анасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>методикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тапсырмаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дер </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орындауын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қадағалауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>хормен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айтылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаттығуларына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұдайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>белсенді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатыстырылуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тапсырмаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уақтылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орындап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отыруына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бақылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кемістігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>табысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тузетудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кепілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сөз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әкесінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гөрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмсап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>істеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тура </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Өйткені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүргізілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыстың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түсінбейінше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйдегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаттығуларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жа</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сауына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...34 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>?</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмектесу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүмкін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005533FF" w:rsidRDefault="005533FF" w:rsidP="005533FF">
+    <w:p w:rsidR="00861CA5" w:rsidRPr="00650453" w:rsidRDefault="00650453" w:rsidP="00650453">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:textAlignment w:val="baseline"/>
-[...260 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="005533FF">
-[...7 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...42 lines deleted...]
-        <w:t>т делать грамматические ошибки.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>йбір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-аналардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>логопедтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сабағына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатыспайтыны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>логопедтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тікелей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жайлар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кездеседі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сабаққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатысатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біраз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уақыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өткеннен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өздерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатысуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үлкен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беретініне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көздері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жстеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650453">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005533FF" w:rsidRPr="005533FF" w:rsidRDefault="005533FF" w:rsidP="005533FF">
-[...20 lines deleted...]
-    <w:sectPr w:rsidR="005533FF" w:rsidRPr="005533FF">
+    <w:sectPr w:rsidR="00861CA5" w:rsidRPr="00650453">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0083096C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0083096C"/>
+    <w:rsidRoot w:val="00FF568C"/>
+    <w:rsid w:val="00650453"/>
     <w:rsid w:val="00861CA5"/>
+    <w:rsid w:val="00FF568C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -924,65 +5134,50 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -1238,54 +5433,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>385</Words>
-  <Characters>2199</Characters>
+  <Words>315</Words>
+  <Characters>1796</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>14</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2579</CharactersWithSpaces>
+  <CharactersWithSpaces>2107</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>