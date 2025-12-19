--- v0 (2025-12-06)
+++ v1 (2025-12-19)
@@ -1,882 +1,846 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="45B1974A" w14:textId="77777777" w:rsidR="00141CA5" w:rsidRPr="00B47CB8" w:rsidRDefault="00141CA5" w:rsidP="00141CA5">
+    <w:p w14:paraId="45B1974A" w14:textId="43524D5E" w:rsidR="00141CA5" w:rsidRPr="00BB43B9" w:rsidRDefault="00BE24B2" w:rsidP="00141CA5">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B47CB8">
+      <w:r w:rsidRPr="007726FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="18BFE3DD" wp14:editId="0A0F3863">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="476EF354" wp14:editId="0679B1BD">
             <wp:extent cx="863437" cy="709448"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Karbozova.m\Desktop\СЕМИНАР ТД\Лого белый фон.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Рисунок 3" descr="C:\Users\Karbozova.m\Desktop\СЕМИНАР ТД\Лого белый фон.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="29733" t="37166" r="30954" b="36797"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="880758" cy="723680"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4905C9EC" w14:textId="77777777" w:rsidR="00141CA5" w:rsidRPr="00B47CB8" w:rsidRDefault="00141CA5" w:rsidP="00A326AE">
+    <w:p w14:paraId="4905C9EC" w14:textId="77777777" w:rsidR="00141CA5" w:rsidRPr="00BB43B9" w:rsidRDefault="00141CA5" w:rsidP="00A326AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25DD853D" w14:textId="3DFD410C" w:rsidR="007726FC" w:rsidRPr="00B47CB8" w:rsidRDefault="00495107" w:rsidP="00A326AE">
+    <w:p w14:paraId="064037D9" w14:textId="77777777" w:rsidR="00174064" w:rsidRDefault="00D02A92" w:rsidP="00A326AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B47CB8">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">: «ТОЛЕ БИ – </w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">АДАЛДЫҚ САҒАТЫ: «ТУРАЛЫҚТЫ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="383628C1" w14:textId="76C2AFC1" w:rsidR="006A232E" w:rsidRPr="00B47CB8" w:rsidRDefault="007726FC" w:rsidP="00A326AE">
+    <w:p w14:paraId="73DE0089" w14:textId="5CAD7A78" w:rsidR="001E418F" w:rsidRDefault="00D02A92" w:rsidP="00A326AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B47CB8">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>ОСНОВОПОЛОЖНИК ЧЕСТНОСТИ И СПРАВЕДЛИВОСТИ»</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ТҰҒЫР ЕТКЕН ТӨЛЕ БИ»</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10C6396D" w14:textId="77777777" w:rsidR="00495A86" w:rsidRPr="00B47CB8" w:rsidRDefault="00495A86" w:rsidP="00A326AE">
+    <w:p w14:paraId="4F2B539D" w14:textId="77777777" w:rsidR="001E418F" w:rsidRPr="00174064" w:rsidRDefault="001E418F" w:rsidP="00A326AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7939994A" w14:textId="31861761" w:rsidR="007726FC" w:rsidRPr="00B47CB8" w:rsidRDefault="007726FC" w:rsidP="00A326AE">
+    <w:p w14:paraId="7B7D71E3" w14:textId="77777777" w:rsidR="00612FF9" w:rsidRDefault="001E418F" w:rsidP="00A326AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B47CB8">
-[...69 lines deleted...]
-        <w:t>и личным качествам великого Толе би, мыслителя внесшего большой вклад в ораторское искусство казахского народа, укрепившего единство страны.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі</w:t>
+      </w:r>
+      <w:r w:rsidR="00E82AD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нің</w:t>
+      </w:r>
+      <w:r w:rsidR="00612FF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кезекті «Адалдық сағаты» </w:t>
+      </w:r>
+      <w:r w:rsidR="00612FF9" w:rsidRPr="00612FF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қазақ халқының шешендік өнеріне, ел бірлігін нығайтуға орасан үлес қосқан ойшыл, дана, туралығын айтар шешен Төле би бабамыздың жас ұрпаққа өнеге болар ғибратты ғұмыры мен өсиеттеріне, дана</w:t>
+      </w:r>
+      <w:r w:rsidR="00612FF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лығы мен жеке қасиеттеріне арналды.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D8CD9BA" w14:textId="77777777" w:rsidR="007726FC" w:rsidRPr="00B47CB8" w:rsidRDefault="007726FC" w:rsidP="007726FC">
+    <w:p w14:paraId="7D36D205" w14:textId="77777777" w:rsidR="00612FF9" w:rsidRDefault="001E418F" w:rsidP="00612FF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B47CB8">
-[...28 lines deleted...]
-      <w:r w:rsidRPr="00B47CB8">
+      <w:r w:rsidRPr="00612FF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> молодежь ознакомилась множеством личных качеств, которые помогли Толе би достичь столь высокого исторического уровня. </w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00D02A92" w:rsidRPr="00612FF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Туралықты тұғыр еткен Төле би</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612FF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612FF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тақырыбында</w:t>
+      </w:r>
+      <w:r w:rsidR="00E82AD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612FF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00612FF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">онлайн-бейнедәріс барысында жастар </w:t>
+      </w:r>
+      <w:r w:rsidR="00612FF9" w:rsidRPr="00612FF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Төле бидің осынша тарихи биік тұлға </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00612FF9" w:rsidRPr="00612FF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidR="00612FF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әрежесіне жетуіне себеп болған </w:t>
+      </w:r>
+      <w:r w:rsidR="00612FF9" w:rsidRPr="00612FF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тұлғалық қасиеттері</w:t>
+      </w:r>
+      <w:r w:rsidR="00612FF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мен танысты.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="023372E2" w14:textId="77777777" w:rsidR="007726FC" w:rsidRPr="00B47CB8" w:rsidRDefault="007726FC" w:rsidP="007726FC">
+    <w:p w14:paraId="1B528FA3" w14:textId="77777777" w:rsidR="00612FF9" w:rsidRDefault="00612FF9" w:rsidP="00612FF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B47CB8">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Основные из них: безупречная верность идеалам страны, справедливость во власти, правда во всем. </w:t>
+      <w:r w:rsidRPr="00612FF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Соның негізгілері: ел мұратына деген кіршіксіз адалдық, билік айтардағы қара қылды қақ жарған әділдігі, ақиқатты ту </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>етіп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612FF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көтеруі. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A3F214A" w14:textId="0EBD40FC" w:rsidR="007726FC" w:rsidRPr="00B47CB8" w:rsidRDefault="007726FC" w:rsidP="007726FC">
+    <w:p w14:paraId="18BCA01A" w14:textId="77777777" w:rsidR="00612FF9" w:rsidRDefault="00612FF9" w:rsidP="00612FF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B47CB8">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00B47CB8">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Төле бидің өмірлік ұстанымындай болған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612FF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612FF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...34 lines deleted...]
-        <w:t xml:space="preserve"> – это высокая мера честности, добропорядочности и справедливости. Эти качества являются незаменимым примером и для нынешнего молодого поколения. </w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Тура биде туған жоқ, туғанды биде иман жоқ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612FF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деген сөзі адалдық пен парасаттылықтың, әділдік пен туралықтың биік өлшемі. Нақты осы қасиеттері бүгінгі өскелең жас ұрпақ үшін – таптырмас өнеге. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="525E3357" w14:textId="3BD493FC" w:rsidR="007726FC" w:rsidRPr="00B47CB8" w:rsidRDefault="007726FC" w:rsidP="007726FC">
+    <w:p w14:paraId="2EC356E0" w14:textId="61E0DAFF" w:rsidR="00612FF9" w:rsidRDefault="00612FF9" w:rsidP="00612FF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B47CB8">
-[...6 lines deleted...]
-        <w:t>Поучительный жизненный путь Толе би – духовное начало как для молодежи, так и для взрослых.</w:t>
+      <w:r w:rsidRPr="00612FF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Төле бидің өмірі дүниеге жаңа қадам басқан жастардан бастап, ересек тұлғаларға дейін рухани ұстаным бола алады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="653DED62" w14:textId="003BB311" w:rsidR="007726FC" w:rsidRPr="00B47CB8" w:rsidRDefault="007726FC" w:rsidP="007726FC">
+    <w:p w14:paraId="047C35C3" w14:textId="49A12400" w:rsidR="00612FF9" w:rsidRDefault="00612FF9" w:rsidP="00612FF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B47CB8">
+      <w:r w:rsidRPr="00612FF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заманын болжай білген Төле би </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612FF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> – утверждал Толе би.</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Алдыңа келсе бітпес дау, әділін айтып қорғаңыз» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612FF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деп әділдікті ең басты құндылық ретінде ұстанады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F020459" w14:textId="13095121" w:rsidR="007726FC" w:rsidRPr="00B47CB8" w:rsidRDefault="007726FC" w:rsidP="007726FC">
+    <w:p w14:paraId="3FE3DC10" w14:textId="3448F3CC" w:rsidR="00BE24B2" w:rsidRPr="00BE24B2" w:rsidRDefault="00BE24B2" w:rsidP="00BE24B2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B47CB8">
-[...6 lines deleted...]
-        <w:t>Каждое его слово – золотой кладезь нравственности, имеющий большую воспитательную ценность.</w:t>
+      <w:r w:rsidRPr="00BE24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сондықтан да бабамыздың әрбір сөзі тәрб</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>иелік мәні зор адамгершіліктің алтын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қоймасы іспеттес.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B6DAA77" w14:textId="3076A058" w:rsidR="007726FC" w:rsidRPr="00B47CB8" w:rsidRDefault="007726FC" w:rsidP="007726FC">
+    <w:p w14:paraId="237E389E" w14:textId="1EF4A391" w:rsidR="00BE24B2" w:rsidRDefault="00BE24B2" w:rsidP="00BE24B2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B47CB8">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00B47CB8">
+      <w:r w:rsidRPr="00BE24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Төле би әр істе ұятты ұмытпауға шақырады. Жаман қасиеттерден алшақ болуға, еңбексүйгіштікке үндейді: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE24B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...32 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Жас адамға басты кесір – еріншектік, ортаншы кесір – ұйқышылдық, кенже кесір – тілазарлық»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деп жағымсыз қасиеттерден сақтандырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31E35442" w14:textId="0D5149F4" w:rsidR="007726FC" w:rsidRPr="00B47CB8" w:rsidRDefault="007726FC" w:rsidP="007726FC">
+    <w:p w14:paraId="2A33BBC8" w14:textId="53E3C22F" w:rsidR="00BE24B2" w:rsidRDefault="00BE24B2" w:rsidP="00BE24B2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B47CB8">
-[...35 lines deleted...]
-        <w:t xml:space="preserve">ле би, его справедливые решения должны быть примером для каждого гражданина, желающего служить стране.       </w:t>
+      <w:r w:rsidRPr="00BE24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Төле би бабамыздың ізгі әрекеттері мен биік болмысы, даналығы мен тапқырлығы, қара қылды қақ жарып айтар туралығы, әділ шешімі мен билік кесімдері елге қызмет етемін деген әрбір азаматқа үлгі болуы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57C47B95" w14:textId="7AA5DDBB" w:rsidR="007726FC" w:rsidRPr="00B47CB8" w:rsidRDefault="007726FC" w:rsidP="00A326AE">
+    <w:p w14:paraId="639D5CF7" w14:textId="4367172D" w:rsidR="00BE24B2" w:rsidRDefault="00BE24B2" w:rsidP="00BE24B2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B47CB8">
-[...44 lines deleted...]
-        <w:t xml:space="preserve"> ел».</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ана бидің ұрпағына аманат еткен асыл сөздері нағыз ақиқат пен парасаттылықтың ұшқыны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ретінде «Мәңгілік ел» идеясымен ұштасып жатқандай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54BA0CA1" w14:textId="028EC0A8" w:rsidR="007726FC" w:rsidRPr="00B47CB8" w:rsidRDefault="007726FC" w:rsidP="007726FC">
+    <w:p w14:paraId="64F10099" w14:textId="47307048" w:rsidR="00BE24B2" w:rsidRPr="00BE24B2" w:rsidRDefault="00BE24B2" w:rsidP="00BE24B2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B47CB8">
-[...42 lines deleted...]
-        <w:t>и патриотичности.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Естеріңізге сала кетсек, Агенттікпен жастар арасында парасаттылық пен патриоттық сезімді нығайту мақсатында, әр апта сайын атақты тұлғалар мен Қазақстанның жас көшбасшыларының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еңбегі мен өмір жолына негізделген онлайн «Адалдық сағаттары» өткізілуде.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06F5AC3C" w14:textId="77777777" w:rsidR="007726FC" w:rsidRPr="00B47CB8" w:rsidRDefault="007726FC" w:rsidP="00A326AE">
+    <w:p w14:paraId="2227E7B2" w14:textId="3C4EC0F8" w:rsidR="00BE24B2" w:rsidRDefault="00BE24B2" w:rsidP="00612FF9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7905E7FC" w14:textId="1D26D6FB" w:rsidR="00D51F2C" w:rsidRPr="00B47CB8" w:rsidRDefault="00D51F2C" w:rsidP="00A326AE">
+    <w:p w14:paraId="7905E7FC" w14:textId="232E4923" w:rsidR="00D51F2C" w:rsidRDefault="001E418F" w:rsidP="00A326AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B47CB8">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бейне-дәріске сілтеме</w:t>
+      </w:r>
+      <w:r w:rsidR="00D51F2C" w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ссылка на видео-урок:</w:t>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76121F4A" w14:textId="13CA8511" w:rsidR="0029706C" w:rsidRPr="00B47CB8" w:rsidRDefault="00B47CB8" w:rsidP="00A326AE">
+    <w:p w14:paraId="41B89ADB" w14:textId="00CAA78F" w:rsidR="00E960D4" w:rsidRPr="00E960D4" w:rsidRDefault="00174064" w:rsidP="00A326AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidR="0029706C" w:rsidRPr="00B47CB8">
+        <w:r w:rsidR="00E960D4" w:rsidRPr="0035076E">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:i/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>https://youtu.be/ZeXC6OqzSQA</w:t>
+          <w:t>https://youtu.be/oco0qFCBJDo</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0029706C" w:rsidRPr="00B47CB8">
+      <w:r w:rsidR="00E960D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0029706C" w:rsidRPr="00B47CB8" w:rsidSect="007726FC">
+    <w:sectPr w:rsidR="00E960D4" w:rsidRPr="00E960D4" w:rsidSect="00BE24B2">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="709" w:right="849" w:bottom="567" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="849" w:bottom="567" w:left="1276" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
@@ -895,110 +859,114 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF7C9D"/>
+    <w:rsid w:val="000219CF"/>
     <w:rsid w:val="00063D38"/>
     <w:rsid w:val="000F06E8"/>
     <w:rsid w:val="001229C1"/>
     <w:rsid w:val="0012376C"/>
     <w:rsid w:val="00126444"/>
     <w:rsid w:val="00141CA5"/>
+    <w:rsid w:val="00174064"/>
     <w:rsid w:val="001E3AB1"/>
+    <w:rsid w:val="001E418F"/>
     <w:rsid w:val="001F14E1"/>
     <w:rsid w:val="00201A74"/>
     <w:rsid w:val="00221031"/>
     <w:rsid w:val="002544EB"/>
     <w:rsid w:val="00285CA0"/>
-    <w:rsid w:val="0029706C"/>
     <w:rsid w:val="002D6921"/>
     <w:rsid w:val="002E46CB"/>
     <w:rsid w:val="00301559"/>
     <w:rsid w:val="00324E43"/>
+    <w:rsid w:val="003509A5"/>
     <w:rsid w:val="003B00A8"/>
     <w:rsid w:val="003F78A2"/>
-    <w:rsid w:val="00495107"/>
     <w:rsid w:val="00495A86"/>
     <w:rsid w:val="004A1D97"/>
     <w:rsid w:val="005829BB"/>
     <w:rsid w:val="005F44B3"/>
+    <w:rsid w:val="00612FF9"/>
     <w:rsid w:val="006A232E"/>
-    <w:rsid w:val="006A32AB"/>
-    <w:rsid w:val="00716324"/>
+    <w:rsid w:val="006B7071"/>
     <w:rsid w:val="007636A0"/>
-    <w:rsid w:val="007726FC"/>
-    <w:rsid w:val="00797097"/>
     <w:rsid w:val="007C144B"/>
     <w:rsid w:val="007C4039"/>
+    <w:rsid w:val="007D5497"/>
     <w:rsid w:val="007F4FD5"/>
     <w:rsid w:val="008234B3"/>
     <w:rsid w:val="00864541"/>
-    <w:rsid w:val="00870F02"/>
     <w:rsid w:val="008B6498"/>
+    <w:rsid w:val="008E672A"/>
+    <w:rsid w:val="00925FBC"/>
     <w:rsid w:val="009A19E3"/>
     <w:rsid w:val="00A326AE"/>
     <w:rsid w:val="00A73F6D"/>
     <w:rsid w:val="00AA6685"/>
-    <w:rsid w:val="00B47CB8"/>
     <w:rsid w:val="00B85302"/>
     <w:rsid w:val="00BB43B9"/>
+    <w:rsid w:val="00BE24B2"/>
     <w:rsid w:val="00C85229"/>
     <w:rsid w:val="00CC318C"/>
     <w:rsid w:val="00CE286E"/>
     <w:rsid w:val="00CF7C9D"/>
+    <w:rsid w:val="00D02A92"/>
     <w:rsid w:val="00D067F6"/>
     <w:rsid w:val="00D51F2C"/>
-    <w:rsid w:val="00D6030B"/>
     <w:rsid w:val="00DC0980"/>
     <w:rsid w:val="00E0776A"/>
     <w:rsid w:val="00E460BF"/>
     <w:rsid w:val="00E471F7"/>
     <w:rsid w:val="00E65AC8"/>
+    <w:rsid w:val="00E82AD7"/>
     <w:rsid w:val="00E959FC"/>
-    <w:rsid w:val="00F20C56"/>
+    <w:rsid w:val="00E960D4"/>
     <w:rsid w:val="00F50BC8"/>
     <w:rsid w:val="00F73ED0"/>
+    <w:rsid w:val="00F75292"/>
     <w:rsid w:val="00FB48DB"/>
     <w:rsid w:val="00FC1CD8"/>
     <w:rsid w:val="00FE7D47"/>
     <w:rsid w:val="00FF72AC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -1724,51 +1692,51 @@
                                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                   </w:divBdr>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/ZeXC6OqzSQA" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/oco0qFCBJDo" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1993,70 +1961,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>306</Words>
-  <Characters>1745</Characters>
+  <Words>321</Words>
+  <Characters>1834</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
+  <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2047</CharactersWithSpaces>
+  <CharactersWithSpaces>2151</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Сымбат Исрапулова</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>