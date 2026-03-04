--- v0 (2025-12-16)
+++ v1 (2026-03-04)
@@ -1,64 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00141CA5" w:rsidRPr="00F11440" w:rsidRDefault="00141CA5" w:rsidP="00141CA5">
+    <w:p w:rsidR="00141CA5" w:rsidRPr="00BB43B9" w:rsidRDefault="00141CA5" w:rsidP="00141CA5">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F11440">
+      <w:r w:rsidRPr="00BB43B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E47A091" wp14:editId="7CE7CEBC">
             <wp:extent cx="1209675" cy="993937"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Karbozova.m\Desktop\СЕМИНАР ТД\Лого белый фон.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Рисунок 3" descr="C:\Users\Karbozova.m\Desktop\СЕМИНАР ТД\Лого белый фон.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
@@ -73,862 +73,1136 @@
                     <a:srcRect l="29733" t="37166" r="30954" b="36797"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1219367" cy="1001900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00141CA5" w:rsidRPr="00F11440" w:rsidRDefault="00141CA5" w:rsidP="00495A86">
+    <w:p w:rsidR="00141CA5" w:rsidRPr="00BB43B9" w:rsidRDefault="00141CA5" w:rsidP="00495A86">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004D2BB6" w:rsidRPr="00F11440" w:rsidRDefault="004D2BB6" w:rsidP="004D2BB6">
+    <w:p w:rsidR="006A232E" w:rsidRPr="00BB43B9" w:rsidRDefault="00126444" w:rsidP="00CE286E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F11440">
+      <w:r w:rsidRPr="00BB43B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005153AB" w:rsidRPr="00F11440">
+        <w:t>ПРОВЕДЕН ЧАС</w:t>
+      </w:r>
+      <w:r w:rsidR="006A232E" w:rsidRPr="00BB43B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">АР-НАМЫСТЫ </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005153AB" w:rsidRPr="00F11440">
+        <w:t xml:space="preserve"> ДОБРОПОРЯДОЧНОСТИ НА ТЕМУ: «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB43B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F11440">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>БАУЫРЖАН МОМЫШУЛЫ</w:t>
+      </w:r>
+      <w:r w:rsidR="006A232E" w:rsidRPr="00BB43B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>»</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005153AB" w:rsidRPr="00F11440">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB43B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> ТАҚЫРЫБЫНДА АДАЛДЫҚ САҒАТЫ ӨТТІ</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЧЕСТЬ И ДОБЛЕСТЬ – ПРИЗНАКИ ГЕРОЯ</w:t>
+      </w:r>
+      <w:r w:rsidR="006A232E" w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D2BB6" w:rsidRPr="00F11440" w:rsidRDefault="004D2BB6" w:rsidP="004D2BB6">
+    <w:p w:rsidR="00495A86" w:rsidRPr="00BB43B9" w:rsidRDefault="00495A86" w:rsidP="00CE286E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005153AB" w:rsidRPr="00F11440" w:rsidRDefault="005153AB" w:rsidP="004D2BB6">
+    <w:p w:rsidR="00126444" w:rsidRPr="00BB43B9" w:rsidRDefault="00F50BC8" w:rsidP="00CE286E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F11440">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00F11440">
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сегодня</w:t>
+      </w:r>
+      <w:r w:rsidR="007F4FD5" w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по инициативе Агентства по противодействию коррупции </w:t>
+      </w:r>
+      <w:r w:rsidR="00126444" w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проведен очередной онлайн урок </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE286E" w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>добропорядочности</w:t>
+      </w:r>
+      <w:r w:rsidR="00126444" w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на тему </w:t>
+      </w:r>
+      <w:r w:rsidR="00126444" w:rsidRPr="00BB43B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> тақырыбында кезекті онлайн адалдық сағаты өтті.</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00126444" w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бауыржан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00126444" w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00126444" w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Момышулы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00126444" w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: честь и доблесть – признаки героя»</w:t>
+      </w:r>
+      <w:r w:rsidR="00126444" w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005153AB" w:rsidRPr="00F11440" w:rsidRDefault="005153AB" w:rsidP="004D2BB6">
+    <w:p w:rsidR="00A73F6D" w:rsidRPr="00BB43B9" w:rsidRDefault="00126444" w:rsidP="00CE286E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F11440">
-[...6 lines deleted...]
-        <w:t>Биыл аты аңызға айналған командир, көптеген марапаттардың иегері, жазушы және Кеңес Одағының Батыры Бауыржан Момышұлының туғанына 110 жыл толды.</w:t>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В этом году со дня рождения легендарного командира, обладателя множества наград, писателя и Героя Советского Союза </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бауыржана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Момышулы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прошло 110 лет. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005153AB" w:rsidRPr="00F11440" w:rsidRDefault="005153AB" w:rsidP="004D2BB6">
+    <w:p w:rsidR="00A73F6D" w:rsidRPr="00BB43B9" w:rsidRDefault="00A73F6D" w:rsidP="00CE286E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Храбрость, преданность и стойкость – эти качества сделали </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бауыржана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Момышулы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> народным героем. Высокий дух патриотизма, решительность при принятии решений, дисциплинированность, мудрость и порядочность также описыва</w:t>
+      </w:r>
+      <w:r w:rsidR="00B85302" w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ют</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> его</w:t>
+      </w:r>
+      <w:r w:rsidR="00C85229" w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>Батылдық, адалдық және табандылық қасиеттер Бауыржан Момышұлын Халық қаһарманы етті. Оның тұлғасынан жоғары патриоттық рух, шешім қабылдаудағы сенімділік, тәртіп, даналық пен парасаттылық қасиеттері де табылады.</w:t>
+        <w:t xml:space="preserve"> личность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005153AB" w:rsidRPr="00F11440" w:rsidRDefault="005153AB" w:rsidP="004D2BB6">
+    <w:p w:rsidR="00B85302" w:rsidRPr="00BB43B9" w:rsidRDefault="00A73F6D" w:rsidP="00CE286E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F11440">
-[...6 lines deleted...]
-        <w:t>Онлайн-дәріс барысында жастар полк командирінің батырлық әрекеттері мен өмірлік қағидаларын еске түсірді.</w:t>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В ходе онлайн-лекции </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85229" w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>молодежь вновь вспомнила</w:t>
+      </w:r>
+      <w:r w:rsidR="00126444" w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о героических поступках и жизненных принципах </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">великого </w:t>
+      </w:r>
+      <w:r w:rsidR="00126444" w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>командира полка.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005153AB" w:rsidRPr="00F11440" w:rsidRDefault="005153AB" w:rsidP="004D2BB6">
+    <w:p w:rsidR="00A73F6D" w:rsidRPr="00BB43B9" w:rsidRDefault="00A73F6D" w:rsidP="00CE286E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>С его точки зрения, доверие – это сила, ведущая к человечности и честности. Вера – есть корень надежды. О</w:t>
+      </w:r>
+      <w:r w:rsidR="00B85302" w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бращаясь </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85229" w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00F11440">
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB43B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F11440">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>молод</w:t>
+      </w:r>
+      <w:r w:rsidR="00B85302" w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ежи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE286E" w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>он</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отметил: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB43B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Ты – надежда своих родителей. Ты – индивидуален, ты – творец своей жизни, поэтому верь только в себя!»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005153AB" w:rsidRPr="00F11440" w:rsidRDefault="00DB678B" w:rsidP="004D2BB6">
+    <w:p w:rsidR="00A73F6D" w:rsidRPr="00BB43B9" w:rsidRDefault="00C85229" w:rsidP="00CE286E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...18 lines deleted...]
-        <w:t>осы ойы арқылы жастардың бойындағы сенімнің маңыздылығын, сонымен қатар өзіне әрі ата-анасының тәрбиесіне берік адам ешқашан арсыздыққа бармайтындығын меңзейді.</w:t>
+        <w:t>Тем самым,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A73F6D" w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> он подчеркивает, что уверенный в себе и воспитанный человек, никогда не проявит грубость</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE286E" w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и отступит с верного пути</w:t>
+      </w:r>
+      <w:r w:rsidR="00A73F6D" w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D2BB6" w:rsidRPr="00F11440" w:rsidRDefault="00AC5098" w:rsidP="00AC5098">
+    <w:p w:rsidR="00A73F6D" w:rsidRPr="00BB43B9" w:rsidRDefault="00C85229" w:rsidP="00CE286E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...45 lines deleted...]
-      <w:r w:rsidR="004D2BB6" w:rsidRPr="00F11440">
+        <w:t>Отдельного внимания заслуживают его п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B85302" w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>реданность</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B85302" w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> народу и любов</w:t>
+      </w:r>
+      <w:r w:rsidR="00A73F6D" w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ь к родному языку. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B85302" w:rsidRPr="00BB43B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...50 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Нет нации без родного языка. Нация, которая потеряла свой язык, - это нация, которая потеряла свою историю и корни»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B85302" w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, – говорил он.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC5098" w:rsidRPr="00F11440" w:rsidRDefault="00AC5098" w:rsidP="004D2BB6">
+    <w:p w:rsidR="00CE286E" w:rsidRPr="00BB43B9" w:rsidRDefault="00CE286E" w:rsidP="00CE286E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F11440">
-[...24 lines deleted...]
-        <w:t>негізделген.</w:t>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наследие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бауыржана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Момышулы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> полно героизма, дисциплины и патриотизма, его жизнь построена на принципах честности, справедливости и разумности. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC5098" w:rsidRPr="00F11440" w:rsidRDefault="00F11440" w:rsidP="004D2BB6">
+    <w:p w:rsidR="00CE286E" w:rsidRPr="00BB43B9" w:rsidRDefault="00CE286E" w:rsidP="00CE286E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Организаторы </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB43B9" w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00F11440">
+        <w:t xml:space="preserve">«Часа добропорядочности» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уверены, прививая эти ценности молодому поколению, можно построить добродетельное общество, где не будет место коррупции, где будут ценны</w:t>
+      </w:r>
+      <w:r w:rsidR="00C85229" w:rsidRPr="00BB43B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>«Адалдық сағатының» ұ</w:t>
-[...82 lines deleted...]
-        <w:t xml:space="preserve"> парасатты қоғам құруға болады деп сенім білдіреді.</w:t>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> высоконравственные человеческие качества и честный труд.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA37F3" w:rsidRPr="00F11440" w:rsidRDefault="00FA37F3" w:rsidP="004D2BB6">
+    <w:p w:rsidR="00CE286E" w:rsidRPr="00BB43B9" w:rsidRDefault="00CE286E" w:rsidP="00CE286E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F11440">
-[...6 lines deleted...]
-        <w:t>Ақпарат және қоғамдық даму министрлігінің қолдауымен бейне-сабақ республикалық және өңірлік телеарналар эфирінде көрсетіліп, сондай-ақ Агенттіктің Youtube-арнасында және әлеуметтік желілерде орналастырылды.</w:t>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Видео-урок при поддержке Мин</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">истерства информации и общественного развития транслирован в эфирах республиканских и региональных телеканалов, а также размещен на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Youtube</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-канале Агентства и в социальных сетях.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA37F3" w:rsidRPr="00F11440" w:rsidRDefault="00FA37F3" w:rsidP="007C144B">
+    <w:p w:rsidR="00CE286E" w:rsidRPr="00BB43B9" w:rsidRDefault="00CE286E" w:rsidP="00CE286E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FB48DB" w:rsidRPr="00BB43B9" w:rsidRDefault="00CE286E" w:rsidP="00BB43B9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...17 lines deleted...]
-          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ссылка на видео-урок:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB43B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...20 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidR="004D2BB6" w:rsidRPr="00F11440">
+        <w:r w:rsidRPr="00BB43B9">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>https://www.youtube.com/watch?v=6k3CdlKT6tw&amp;list=PLvN9UMfEpeunSj5iXGTaI9CFjkGNXE2UN</w:t>
+          <w:t>https://www.youtube.com/watch?v=oZQ0XSvz-WY&amp;list=PLvN9UMfEpeulpwT1xaHAoDnV-WA18i0qg</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="004D2BB6" w:rsidRPr="00F11440">
+      <w:r w:rsidRPr="00BB43B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00E95862" w:rsidRPr="00F11440" w:rsidSect="005A56E6">
+    <w:sectPr w:rsidR="00FB48DB" w:rsidRPr="00BB43B9" w:rsidSect="00BB43B9">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="851" w:right="849" w:bottom="426" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="849" w:bottom="567" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF7C9D"/>
     <w:rsid w:val="000F06E8"/>
+    <w:rsid w:val="00126444"/>
     <w:rsid w:val="00141CA5"/>
     <w:rsid w:val="001E3AB1"/>
     <w:rsid w:val="001F14E1"/>
     <w:rsid w:val="00201A74"/>
     <w:rsid w:val="002544EB"/>
     <w:rsid w:val="00285CA0"/>
     <w:rsid w:val="00301559"/>
     <w:rsid w:val="00324E43"/>
     <w:rsid w:val="003B00A8"/>
     <w:rsid w:val="003F78A2"/>
     <w:rsid w:val="00495A86"/>
     <w:rsid w:val="004A1D97"/>
-    <w:rsid w:val="004D2BB6"/>
-    <w:rsid w:val="005153AB"/>
     <w:rsid w:val="005829BB"/>
-    <w:rsid w:val="0059025E"/>
-    <w:rsid w:val="005A56E6"/>
     <w:rsid w:val="005F44B3"/>
     <w:rsid w:val="006A232E"/>
     <w:rsid w:val="007636A0"/>
     <w:rsid w:val="007C144B"/>
     <w:rsid w:val="007C4039"/>
     <w:rsid w:val="007F4FD5"/>
     <w:rsid w:val="008B6498"/>
-    <w:rsid w:val="00AC5098"/>
+    <w:rsid w:val="00A73F6D"/>
+    <w:rsid w:val="00B85302"/>
+    <w:rsid w:val="00BB43B9"/>
+    <w:rsid w:val="00C85229"/>
+    <w:rsid w:val="00CE286E"/>
     <w:rsid w:val="00CF7C9D"/>
     <w:rsid w:val="00D067F6"/>
-    <w:rsid w:val="00DB678B"/>
     <w:rsid w:val="00E0776A"/>
     <w:rsid w:val="00E471F7"/>
     <w:rsid w:val="00E65AC8"/>
-    <w:rsid w:val="00E74475"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F11440"/>
     <w:rsid w:val="00F50BC8"/>
-    <w:rsid w:val="00FA37F3"/>
     <w:rsid w:val="00FB48DB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0BAA468B"/>
+  <w14:docId w14:val="5F6F8BF5"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F34EDF30-EB70-4835-8889-3A00C102F3F9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -1378,82 +1652,56 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005829BB"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a6">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB48DB"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
-[...11 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="131869116">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="312876937">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1123580187">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
@@ -1651,51 +1899,51 @@
                                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                   </w:divBdr>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=-eWb35nQcrU&amp;list=PLvN9UMfEpeulpwT1xaHAoDnV-WA18i0qg&amp;index=4" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=6k3CdlKT6tw&amp;list=PLvN9UMfEpeunSj5iXGTaI9CFjkGNXE2UN" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=oZQ0XSvz-WY&amp;list=PLvN9UMfEpeulpwT1xaHAoDnV-WA18i0qg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1920,70 +2168,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>328</Words>
-  <Characters>1870</Characters>
+  <Words>321</Words>
+  <Characters>1831</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2194</CharactersWithSpaces>
+  <CharactersWithSpaces>2148</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Сымбат Исрапулова</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>