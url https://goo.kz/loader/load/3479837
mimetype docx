--- v0 (2026-03-04)
+++ v1 (2026-03-04)
@@ -1,65 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="45B1974A" w14:textId="77777777" w:rsidR="00141CA5" w:rsidRPr="003B150D" w:rsidRDefault="00141CA5" w:rsidP="00141CA5">
+    <w:p w14:paraId="45B1974A" w14:textId="5A8E5694" w:rsidR="00141CA5" w:rsidRPr="00900BF4" w:rsidRDefault="00141CA5" w:rsidP="00141CA5">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B150D">
+      <w:r w:rsidRPr="00900BF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="18BFE3DD" wp14:editId="1495416C">
             <wp:extent cx="1209675" cy="993937"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Karbozova.m\Desktop\СЕМИНАР ТД\Лого белый фон.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Рисунок 3" descr="C:\Users\Karbozova.m\Desktop\СЕМИНАР ТД\Лого белый фон.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
@@ -74,3150 +74,1327 @@
                     <a:srcRect l="29733" t="37166" r="30954" b="36797"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1219367" cy="1001900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16676B94" w14:textId="77777777" w:rsidR="00B31DE8" w:rsidRDefault="00B31DE8" w:rsidP="00C551E8">
+    <w:p w14:paraId="219C3F63" w14:textId="77777777" w:rsidR="008B7C06" w:rsidRPr="00900BF4" w:rsidRDefault="008B7C06" w:rsidP="00141CA5">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="0070C0"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...22 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="671D5389" w14:textId="7E5177A2" w:rsidR="00B31DE8" w:rsidRDefault="00B31DE8" w:rsidP="00C551E8">
+    <w:p w14:paraId="73C60A78" w14:textId="7EE4D0C2" w:rsidR="00282AB9" w:rsidRPr="00900BF4" w:rsidRDefault="00282AB9" w:rsidP="00C551E8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B31DE8">
+      <w:r w:rsidRPr="00900BF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>ӘДІЛДІК ФИЛОСОФИЯСЫ</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЧАС ДОБРОПОРЯДОЧНОСТИ: ФИЛОСОФИЯ СПРАВЕДЛИВОСТИ СУЛТАНМАХМУТА ТОРАЙГЫРОВА</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C86AA7A" w14:textId="77777777" w:rsidR="00300281" w:rsidRPr="003B150D" w:rsidRDefault="00300281" w:rsidP="00A326AE">
+    <w:p w14:paraId="2C86AA7A" w14:textId="77777777" w:rsidR="00300281" w:rsidRPr="00900BF4" w:rsidRDefault="00300281" w:rsidP="00A326AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57BFB538" w14:textId="59ABAE1E" w:rsidR="00B31DE8" w:rsidRDefault="00B31DE8" w:rsidP="00B31DE8">
+    <w:p w14:paraId="1ABAE368" w14:textId="6D557472" w:rsidR="00300281" w:rsidRPr="00900BF4" w:rsidRDefault="00300281" w:rsidP="00072743">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> тақырыбында кезекті адалдық сағаты өткізілді.</w:t>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Агентством п</w:t>
+      </w:r>
+      <w:r w:rsidR="00F423F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о противодействию коррупции выпу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>щен о</w:t>
+      </w:r>
+      <w:r w:rsidR="00072743" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">чередной </w:t>
+      </w:r>
+      <w:r w:rsidR="008B7C06" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00495107" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Час добропорядочности»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на тему </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00282AB9" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Философия справедливости </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00282AB9" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Султанмахмута</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00282AB9" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00282AB9" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Торайгырова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C82C776" w14:textId="1C524C82" w:rsidR="00CB45E7" w:rsidRPr="00CB45E7" w:rsidRDefault="00B31DE8" w:rsidP="00CB45E7">
+    <w:p w14:paraId="2E26F1FD" w14:textId="6282870B" w:rsidR="00F82723" w:rsidRPr="00900BF4" w:rsidRDefault="00F82723" w:rsidP="00300281">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB45E7">
-[...22 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Султанмахмут</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CB45E7" w:rsidRPr="00CB45E7">
-[...6 lines deleted...]
-        <w:t>қазақ классикалық әдебиетінде ұлы Абай қалыптастырған көркемдік дәстүрлерді байытып жалғастырушы суреткер. Ол өз заманының ең мәнді, көкейкесті мәселелерін көтеріп, өзінің көркем қолтаңбасын, қоғам мен адам өміріндегі алуан шындықтар көрінісін шығармаларына арқау етті.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Торай</w:t>
+      </w:r>
+      <w:r w:rsidR="00300281" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>гыров</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00300281" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D44897" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00300281" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">последователь классической казахской литературы, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>основанной</w:t>
+      </w:r>
+      <w:r w:rsidR="00300281" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> великим Абаем. В своем творчестве </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">он отразил актуальные </w:t>
+      </w:r>
+      <w:r w:rsidR="00300281" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вопросы своего времени, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">описав </w:t>
+      </w:r>
+      <w:r w:rsidR="00300281" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жизнь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> простого</w:t>
+      </w:r>
+      <w:r w:rsidR="00300281" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> народа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, нуждающего</w:t>
+      </w:r>
+      <w:r w:rsidR="00F423F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в образовании.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="770586CA" w14:textId="0722F9D0" w:rsidR="00B31DE8" w:rsidRPr="00CB45E7" w:rsidRDefault="00B31DE8" w:rsidP="00300281">
+    <w:p w14:paraId="5C293394" w14:textId="08B696C9" w:rsidR="00D44897" w:rsidRPr="00F423F2" w:rsidRDefault="00D44897" w:rsidP="00300281">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB45E7">
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> арман еткен Сұлтанмахмұт Торайғыров бүкіл ғұмырын халық ағарту ісі мен еліне қызмет етуге арнаған.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Султанмахмут</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Торайгыров</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> посвятил всю свою жизнь служению Родине и просветительству: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Моя цель – освещать путь мое</w:t>
+      </w:r>
+      <w:r w:rsidR="00F82723" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>го</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> народ</w:t>
+      </w:r>
+      <w:r w:rsidR="00F82723" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F423F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, – писал он </w:t>
+      </w:r>
+      <w:r w:rsidR="00F423F2" w:rsidRPr="00F423F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F423F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>своих произведениях.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="261B47C0" w14:textId="77777777" w:rsidR="00B31DE8" w:rsidRPr="003D2697" w:rsidRDefault="00B31DE8" w:rsidP="00B31DE8">
+    <w:p w14:paraId="293FB66B" w14:textId="35705C3E" w:rsidR="00D44897" w:rsidRPr="00900BF4" w:rsidRDefault="00F82723" w:rsidP="00D44897">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D2697">
-[...6 lines deleted...]
-        <w:t>Сұлтанмахмұт поэзиясы – ақындық шеберліктің, ұлтжандылықтың, азаматтықтың мектебі. Ақын өзінің саналы, саяси, жазушылық өмірін:</w:t>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Его п</w:t>
+      </w:r>
+      <w:r w:rsidR="00D44897" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оэзия – это школа поэтического мастерства, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">патриотизма </w:t>
+      </w:r>
+      <w:r w:rsidR="008B7C06" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и гражданственности</w:t>
+      </w:r>
+      <w:r w:rsidR="00271A05" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F9C572E" w14:textId="77777777" w:rsidR="00B31DE8" w:rsidRPr="003D2697" w:rsidRDefault="00B31DE8" w:rsidP="00B31DE8">
+    <w:p w14:paraId="730969A2" w14:textId="77777777" w:rsidR="00D44897" w:rsidRPr="00900BF4" w:rsidRDefault="00D44897" w:rsidP="00D44897">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D2697">
-[...8 lines deleted...]
-        <w:t>«Шындықтың ауылын іздеп түстім жолға,</w:t>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«В путь! Аул справедливости буду искать,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BC97606" w14:textId="77777777" w:rsidR="00B31DE8" w:rsidRPr="00B31DE8" w:rsidRDefault="00B31DE8" w:rsidP="00B31DE8">
+    <w:p w14:paraId="4B2664DC" w14:textId="77777777" w:rsidR="00D44897" w:rsidRPr="00900BF4" w:rsidRDefault="00D44897" w:rsidP="00D44897">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...59 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Буду землю правдивости – чудо искать,</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6AC196D3" w14:textId="77777777" w:rsidR="00B31DE8" w:rsidRPr="00B31DE8" w:rsidRDefault="00B31DE8" w:rsidP="00B31DE8">
+    <w:p w14:paraId="1AF83340" w14:textId="77777777" w:rsidR="00D44897" w:rsidRPr="00900BF4" w:rsidRDefault="00D44897" w:rsidP="00D44897">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...69 lines deleted...]
-        <w:t>,</w:t>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Буду чахнуть от жажды, сбиваться с дороги,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A9DEAB9" w14:textId="49677049" w:rsidR="00B31DE8" w:rsidRDefault="00B31DE8" w:rsidP="00B31DE8">
+    <w:p w14:paraId="3ED2E43C" w14:textId="264329B1" w:rsidR="00D44897" w:rsidRPr="00900BF4" w:rsidRDefault="00D44897" w:rsidP="00D44897">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...530 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Буду счастье высокое всюду искать». </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E00AB9B" w14:textId="4A4A5C29" w:rsidR="00B31DE8" w:rsidRPr="00B31DE8" w:rsidRDefault="00B31DE8" w:rsidP="00B31DE8">
+    <w:p w14:paraId="2179DD5C" w14:textId="328F7F0E" w:rsidR="00D44897" w:rsidRPr="00900BF4" w:rsidRDefault="00D44897" w:rsidP="00D44897">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...858 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Эти с</w:t>
+      </w:r>
+      <w:r w:rsidR="00271A05" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>троки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отражают жизненные </w:t>
+      </w:r>
+      <w:r w:rsidR="00271A05" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ценности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поэта, которых </w:t>
+      </w:r>
+      <w:r w:rsidR="008B7C06" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">он придерживался в </w:t>
+      </w:r>
+      <w:r w:rsidR="00271A05" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>борьбе за просвещение народа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AC42955" w14:textId="77777777" w:rsidR="00B31DE8" w:rsidRPr="00B31DE8" w:rsidRDefault="00B31DE8" w:rsidP="00B31DE8">
+    <w:p w14:paraId="09BE8D43" w14:textId="460A0F55" w:rsidR="00D44897" w:rsidRPr="00900BF4" w:rsidRDefault="00D44897" w:rsidP="00D44897">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B31DE8">
-[...80 lines deleted...]
-        <w:t>,</w:t>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Он призывал молодежь открыться миру, заниматься наукой </w:t>
+      </w:r>
+      <w:r w:rsidR="008B7C06" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и саморазвитием: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Молодежь должна учиться, только знания и труд помогут преодолеть все трудности на </w:t>
+      </w:r>
+      <w:r w:rsidR="00271A05" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>их</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пути».</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0272926D" w14:textId="77777777" w:rsidR="00B31DE8" w:rsidRPr="00B31DE8" w:rsidRDefault="00B31DE8" w:rsidP="00B31DE8">
+    <w:p w14:paraId="5B0FD7A3" w14:textId="0801AAA6" w:rsidR="00D44897" w:rsidRPr="00900BF4" w:rsidRDefault="00D44897" w:rsidP="00D44897">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...83 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Я бы солнцем взошел над землей,</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="00680C56" w14:textId="77777777" w:rsidR="00B31DE8" w:rsidRPr="00B31DE8" w:rsidRDefault="00B31DE8" w:rsidP="00B31DE8">
+    <w:p w14:paraId="09D07DA2" w14:textId="77777777" w:rsidR="00D44897" w:rsidRPr="00900BF4" w:rsidRDefault="00D44897" w:rsidP="00D44897">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...35 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Озарив родные края.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6CEA263B" w14:textId="6382BE27" w:rsidR="00B31DE8" w:rsidRDefault="00B31DE8" w:rsidP="00B31DE8">
+    <w:p w14:paraId="1E70552B" w14:textId="77777777" w:rsidR="00D44897" w:rsidRPr="00900BF4" w:rsidRDefault="00D44897" w:rsidP="00D44897">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...142 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Как смогу я бороться с тьмой,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68D47958" w14:textId="77777777" w:rsidR="00CB45E7" w:rsidRPr="00CB45E7" w:rsidRDefault="00CB45E7" w:rsidP="00CB45E7">
+    <w:p w14:paraId="71CF806F" w14:textId="6CB42C7A" w:rsidR="00D44897" w:rsidRPr="00900BF4" w:rsidRDefault="00D44897" w:rsidP="00D44897">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...564 lines deleted...]
-        <w:t>».</w:t>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Если светить не сумею я?!»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – писал поэт.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="117EFDD8" w14:textId="259EAECD" w:rsidR="00B31DE8" w:rsidRDefault="00CB45E7" w:rsidP="00D44897">
+    <w:p w14:paraId="74F5332E" w14:textId="0AFB0227" w:rsidR="00D44897" w:rsidRPr="00900BF4" w:rsidRDefault="00D44897" w:rsidP="00D44897">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB45E7">
-[...60 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проблемы, </w:t>
+      </w:r>
+      <w:r w:rsidR="00271A05" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>освещенные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поэт</w:t>
+      </w:r>
+      <w:r w:rsidR="00271A05" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, сегодня не потеряли </w:t>
+      </w:r>
+      <w:r w:rsidR="00271A05" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>актуальность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="008B7C06" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По мнению автора, только справедливость может спасти людей от «ссор», «человеческих слез» и «кровопролития». </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Справедливость – это «ключ к счастью и силе»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F683916" w14:textId="3970159C" w:rsidR="00300281" w:rsidRDefault="00047F7F" w:rsidP="00072743">
+    <w:p w14:paraId="2AAE36DB" w14:textId="21E1F7EA" w:rsidR="00D44897" w:rsidRDefault="00D44897" w:rsidP="00D44897">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00047F7F">
-[...80 lines deleted...]
-        <w:t xml:space="preserve">қолдауымен жасалды. </w:t>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Его слова </w:t>
+      </w:r>
+      <w:r w:rsidR="00271A05" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>должны послужи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="00271A05" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> путеводителем для подрастающего </w:t>
+      </w:r>
+      <w:r w:rsidR="00900BF4" w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>поколения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и навсегда останутся заветом.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A6BCE2A" w14:textId="77777777" w:rsidR="00047F7F" w:rsidRPr="00047F7F" w:rsidRDefault="00047F7F" w:rsidP="00072743">
+    <w:p w14:paraId="373C18EA" w14:textId="23D41BA8" w:rsidR="00EB4FF5" w:rsidRPr="00EB4FF5" w:rsidRDefault="00EB4FF5" w:rsidP="00D44897">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Видеоролик создан при поддержке Павлодарского государственного университета им.С.Торайгырова и Павлодарского государственного педагогического университета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="4F683916" w14:textId="77777777" w:rsidR="00300281" w:rsidRPr="00900BF4" w:rsidRDefault="00300281" w:rsidP="00072743">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7905E7FC" w14:textId="71099B46" w:rsidR="00D51F2C" w:rsidRPr="00CB45E7" w:rsidRDefault="00CB45E7" w:rsidP="00A326AE">
+    <w:p w14:paraId="7905E7FC" w14:textId="495C2C06" w:rsidR="00D51F2C" w:rsidRPr="00900BF4" w:rsidRDefault="00D51F2C" w:rsidP="00A326AE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00900BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ссылка на видео-урок:</w:t>
+      </w:r>
+      <w:r w:rsidR="00813BBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...30 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidR="00E16904" w:rsidRPr="00082979">
+        <w:r w:rsidR="00813BBA" w:rsidRPr="00082979">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:i/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>https://youtu.be/VF3wuITxb6s</w:t>
+          <w:t>https://youtu.be/7XUT7mR8ei0</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E16904">
+      <w:r w:rsidR="00813BBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00D51F2C" w:rsidRPr="00CB45E7" w:rsidSect="00D44897">
+    <w:sectPr w:rsidR="00D51F2C" w:rsidRPr="00900BF4" w:rsidSect="00D44897">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="709" w:right="849" w:bottom="567" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -3237,115 +1414,116 @@
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF7C9D"/>
-    <w:rsid w:val="00047F7F"/>
     <w:rsid w:val="00063D38"/>
     <w:rsid w:val="00072743"/>
     <w:rsid w:val="000F06E8"/>
     <w:rsid w:val="001229C1"/>
     <w:rsid w:val="0012376C"/>
     <w:rsid w:val="00126444"/>
     <w:rsid w:val="00141CA5"/>
     <w:rsid w:val="001E3AB1"/>
     <w:rsid w:val="001F14E1"/>
     <w:rsid w:val="00201A74"/>
     <w:rsid w:val="00221031"/>
     <w:rsid w:val="002544EB"/>
     <w:rsid w:val="00271A05"/>
     <w:rsid w:val="00282AB9"/>
     <w:rsid w:val="00285CA0"/>
     <w:rsid w:val="002D6921"/>
     <w:rsid w:val="002E46CB"/>
     <w:rsid w:val="00300281"/>
     <w:rsid w:val="00301559"/>
     <w:rsid w:val="00324E43"/>
     <w:rsid w:val="003B00A8"/>
-    <w:rsid w:val="003B150D"/>
-    <w:rsid w:val="003D2697"/>
     <w:rsid w:val="003F78A2"/>
     <w:rsid w:val="00495107"/>
     <w:rsid w:val="00495A86"/>
     <w:rsid w:val="004A1D97"/>
     <w:rsid w:val="005829BB"/>
     <w:rsid w:val="005F44B3"/>
     <w:rsid w:val="006A232E"/>
     <w:rsid w:val="007636A0"/>
     <w:rsid w:val="007C144B"/>
     <w:rsid w:val="007C4039"/>
     <w:rsid w:val="007F4FD5"/>
+    <w:rsid w:val="00813BBA"/>
     <w:rsid w:val="008234B3"/>
     <w:rsid w:val="00864541"/>
     <w:rsid w:val="008B6498"/>
+    <w:rsid w:val="008B7C06"/>
+    <w:rsid w:val="00900BF4"/>
     <w:rsid w:val="009A19E3"/>
     <w:rsid w:val="00A326AE"/>
     <w:rsid w:val="00A73F6D"/>
     <w:rsid w:val="00AA6685"/>
-    <w:rsid w:val="00B31DE8"/>
+    <w:rsid w:val="00B05052"/>
     <w:rsid w:val="00B85302"/>
     <w:rsid w:val="00BB43B9"/>
     <w:rsid w:val="00C551E8"/>
     <w:rsid w:val="00C85229"/>
-    <w:rsid w:val="00CB45E7"/>
     <w:rsid w:val="00CC318C"/>
     <w:rsid w:val="00CE286E"/>
     <w:rsid w:val="00CF7C9D"/>
     <w:rsid w:val="00D067F6"/>
     <w:rsid w:val="00D44897"/>
     <w:rsid w:val="00D51F2C"/>
     <w:rsid w:val="00DC0980"/>
     <w:rsid w:val="00E0776A"/>
-    <w:rsid w:val="00E16904"/>
     <w:rsid w:val="00E460BF"/>
     <w:rsid w:val="00E471F7"/>
     <w:rsid w:val="00E65AC8"/>
     <w:rsid w:val="00E959FC"/>
+    <w:rsid w:val="00EB4FF5"/>
     <w:rsid w:val="00F20C56"/>
+    <w:rsid w:val="00F423F2"/>
     <w:rsid w:val="00F50BC8"/>
     <w:rsid w:val="00F73ED0"/>
     <w:rsid w:val="00F82723"/>
+    <w:rsid w:val="00F90F20"/>
     <w:rsid w:val="00FB48DB"/>
     <w:rsid w:val="00FC1CD8"/>
     <w:rsid w:val="00FE7D47"/>
     <w:rsid w:val="00FF72AC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -4092,51 +2270,51 @@
                                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                   </w:divBdr>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/VF3wuITxb6s" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/7XUT7mR8ei0" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4361,70 +2539,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>303</Words>
-  <Characters>1733</Characters>
+  <Words>270</Words>
+  <Characters>1544</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>12</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2032</CharactersWithSpaces>
+  <CharactersWithSpaces>1811</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Сымбат Исрапулова</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>