--- v0 (2026-01-06)
+++ v1 (2026-01-11)
@@ -1,5985 +1,3499 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00A13440" w:rsidRPr="00A13440" w:rsidRDefault="00A13440" w:rsidP="00A13440">
-[...40 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>ЗАКОН РЕСПУБЛИКИ КАЗАХСТАН ОТ 18 НОЯБРЯ 2015 ГОДА № 410-V ЗРК. "О ПРОТИВОДЕЙСТВИИ КОРРУПЦИИ"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>Глава 1. ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>Статья 1. Разъяснение некоторых понятий, содержащихся в настоящем Законе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      Содержащиеся в настоящем Законе понятия применяются в следующем значении:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      1) лицо, занимающее ответственную государственную должность, – лицо, занимающее должность, которая установлена Конституцией Республики Казахстан, конституционными и иными законами Республики Казахстан для непосредственного исполнения функций государства и полномочий государственных органов, в том числе депутат Парламента Республики Казахстан, судья, а равно лицо, занимающее согласно законодательству Республики Казахстан о государственной службе политическую государственную должность либо административную государственную должность корпуса "А";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      2) должностное лицо – лицо, постоянно, временно или по специальному полномочию осуществляющее функции представителя власти либо выполняющее организационно-распорядительные или административно-хозяйственные функции в государственных органах, субъектах квазигосударственного сектора, органах местного самоуправления, а также в Вооруженных Силах, других войсках и воинских формированиях Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) лицо, уполномоченное на выполнение государственных функций, – государственный служащий в соответствии с законами Республики Казахстан о государственной службе, депутат маслихата, а также лицо, временно исполняющее </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>обязанности, предусмотренные государственной должностью, до назначения его на государственную службу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      4) лицо, приравненное к лицам, уполномоченным на выполнение государственных функций, – лицо, избранное в органы местного самоуправления; гражданин, зарегистрированный в установленном законом Республики Казахстан порядке в качестве кандидата в Президенты Республики Казахстан, депутаты Парламента Республики Казахстан или маслихатов, акимы городов районного значения, поселков, сел, сельских округов, а также в члены выборного органа местного самоуправления; служащий, постоянно или временно работающий в органе местного самоуправления, оплата труда которого производится из средств государственного бюджета Республики Казахстан; лицо, исполняющее управленческие функции в государственной организации или субъекте квазигосударственного сектора, служащие Национального Банка Республики Казахстан и его ведомств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      5) конфликт интересов – противоречие между личными интересами лиц, занимающих ответственную государственную должность, лиц, уполномоченных на выполнение государственных функций, лиц, приравненных к ним, должностных лиц и их должностными полномочиями, при котором личные интересы указанных лиц могут привести к ненадлежащему исполнению ими своих должностных полномочий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) коррупция – незаконное использование лицами, занимающими ответственную государственную должность, лицами, уполномоченными на выполнение государственных функций, лицами, приравненными к лицам, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>уполномоченным на выполнение государственных функций, должностными лицами своих должностных (служебных) полномочий и связанных с ними возможностей в целях получения или извлечения лично или через посредников имущественных (неимущественных) благ и преимуществ для себя либо третьих лиц, а равно подкуп данных лиц путем предоставления благ и преимуществ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      7) антикоррупционная политика – правовые, административные и организационные меры, направленные на снижение коррупционных рисков, повышение доверия общества к деятельности государственных органов, и иные меры в соответствии с настоящим Законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      8) антикоррупционные ограничения – ограничения, установленные настоящим Законом и направленные на предупреждение коррупционных правонарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      9) противодействие коррупции – деятельность субъектов противодействия коррупции в пределах своих полномочий по предупреждению коррупции, в том числе по формированию антикоррупционной культуры в обществе, выявлению и устранению причин и условий, способствующих совершению коррупционных правонарушений, а также по выявлению, пресечению, раскрытию и расследованию коррупционных правонарушений и устранению их последствий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) уполномоченный орган по противодействию коррупции – центральный исполнительный орган в сфере государственной службы и противодействия коррупции и его ведомство, их территориальные подразделения, осуществляющие в пределах своих полномочий функции по реализации антикоррупционной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>политики Республики Казахстан и координации в сфере противодействия коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      11) коррупционное правонарушение – имеющее признаки коррупции противоправное виновное деяние (действие или бездействие), за которое законом установлена административная или уголовная ответственность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      12) коррупционный риск – возможность возникновения причин и условий, способствующих совершению коррупционных правонарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      13) предупреждение коррупции – деятельность субъектов противодействия коррупции по изучению, выявлению, ограничению и устранению причин и условий, способствующих совершению коррупционных правонарушений, путем разработки и внедрения системы превентивных мер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 1 с изменением, внесенным Законом РК от 06.04.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:anchor="z36" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:sz w:val="33"/>
+            <w:szCs w:val="33"/>
+          </w:rPr>
+          <w:t>№ 484-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z64" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:sz w:val="33"/>
+            <w:szCs w:val="33"/>
+          </w:rPr>
+          <w:t>вводится</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Статья 2. Сфера действия настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A13440" w:rsidRPr="00A13440" w:rsidRDefault="00A13440" w:rsidP="00A13440">
-[...41 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      1. Настоящий Закон действует на территории Республики Казахстан в отношении физических и юридических лиц. За пределами Республики Казахстан настоящий Закон действует в отношении граждан Республики Казахстан и юридических лиц, зарегистрированных в Республике Казахстан, если иное не предусмотрено международным договором, ратифицированным Республикой Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. Уголовные ответственность и наказание за коррупционные преступления предусмотрены Уголовным кодексом Республики Казахстан, административные ответственность и взыскание за </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>административные коррупционные правонарушения – Кодексом Республики Казахстан об административных правонарушениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>Статья 3. Законодательство Республики Казахстан о противодействии коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      1. Законодательство Республики Казахстан о противодействии коррупции основывается на Конституции Республики Казахстан и состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>Статья 4. Основные принципы противодействия коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      Противодействие коррупции осуществляется на основе принципов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      1) законности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      2) приоритета защиты прав, свобод и законных интересов человека и гражданина;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      3) гласности и прозрачности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      4) взаимодействия государства и гражданского общества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      5) системного и комплексного использования мер противодействия коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      6) приоритетного применения мер предупреждения коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      7) поощрения лиц, оказывающих содействие в противодействии коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      8) неотвратимости наказания за совершение коррупционных правонарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>Статья 5. Цель и задачи противодействия коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1. Целью противодействия коррупции является устранение коррупции в обществе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      2. Достижение цели противодействия коррупции реализуется посредством решения следующих задач:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      1) формирования в обществе атмосферы нетерпимости к коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      2) выявления условий и причин, способствующих совершению коррупционных правонарушений, и устранения их последствий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      3) укрепления взаимодействия субъектов противодействия коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      4) развития международного сотрудничества по противодействию коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      5) выявления, пресечения, раскрытия и расследования коррупционных правонарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>Глава 2. МЕРЫ ПРОТИВОДЕЙСТВИЯ КОРРУПЦИИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>Статья 6. Система мер противодействия коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      Система мер противодействия коррупции включает:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      1) антикоррупционный мониторинг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      2) анализ коррупционных рисков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      3) формирование антикоррупционной культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      4) выявление коррупциогенных норм при производстве юридической экспертизы в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      5) формирование и соблюдение антикоррупционных стандартов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      6) финансовый контроль;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      7) антикоррупционные ограничения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      8) предотвращение и разрешение конфликта интересов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      9) меры противодействия коррупции в сфере предпринимательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      10) выявление, пресечение, раскрытие и расследование коррупционных правонарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      11) сообщение о коррупционных правонарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      12) устранение последствий коррупционных правонарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      13) формирование и публикацию Национального доклада о противодействии коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>Статья 7. Антикоррупционный мониторинг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      1. Антикоррупционный мониторинг – деятельность субъектов противодействия коррупции по сбору, обработке, обобщению, анализу и оценке информации, касающейся эффективности антикоррупционной политики, состояния правоприменительной практики в сфере противодействия коррупции, а также восприятия и оценки уровня коррупции обществом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      2. Целью антикоррупционного мониторинга является оценка правоприменительной практики в сфере противодействия коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      3. Источниками антикоррупционного мониторинга являются правовая статистика и обращения физических и юридических лиц, сведения неправительственных и международных организаций, данные социологических опросов и публикаций в средствах массовой информации, а также иные не запрещенные законом источники информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      4. Результаты антикоррупционного мониторинга могут являться основанием для проведения анализа коррупционных рисков, а также совершенствования мер, направленных на формирование антикоррупционной культуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      5. Положения настоящей статьи не распространяются на деятельность специальных государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>Статья 8. Анализ коррупционных рисков</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      1. Анализ коррупционных рисков (внешний и внутренний) – выявление и изучение причин и условий, способствующих совершению коррупционных правонарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      2. Внешний анализ коррупционных рисков осуществляется уполномоченным органом по противодействию коррупции в порядке, определяемом Правительством Республики Казахстан по согласованию с Администрацией Президента Республики Казахстан, по следующим направлениям:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      1) выявление коррупционных рисков в нормативных правовых актах, затрагивающих деятельность государственных органов и организаций, субъектов квазигосударственного сектора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      2) выявление коррупционных рисков в организационно-управленческой деятельности государственных органов и организаций, субъектов квазигосударственного сектора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      К проведению внешнего анализа коррупционных рисков уполномоченный орган по противодействию коррупции вправе привлекать специалистов и (или) экспертов иных субъектов противодействия коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      По результатам внешнего анализа коррупционных рисков государственные органы, организации и субъекты квазигосударственного сектора принимают меры по устранению причин и условий возникновения коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      3. Действие пункта 2 настоящей статьи не распространяется на отношения в сферах:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1) высшего надзора, осуществляемого прокуратурой;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      2) досудебного производства по уголовным делам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      3) производства по делам об административных правонарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      4) правосудия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      5) оперативно-розыскной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      6) уголовно-исполнительной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      7) контроля за соблюдением требований законодательства Республики Казахстан о государственных секретах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      4. Положения </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z59" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:sz w:val="33"/>
+            <w:szCs w:val="33"/>
+          </w:rPr>
+          <w:t>пункта 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t> настоящей статьи не распространяются на деятельность специальных государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      5. Государственные органы, организации и субъекты квазигосударственного сектора осуществляют внутренний анализ коррупционных рисков, по результатам которого принимают меры по устранению причин и условий, способствующих совершению коррупционных правонарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      Типовой порядок проведения внутреннего анализа коррупционных рисков определяется уполномоченным органом по противодействию коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 8 с изменением, внесенным Законом РК от 03.07.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z320" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:sz w:val="33"/>
+            <w:szCs w:val="33"/>
+          </w:rPr>
+          <w:t>№ 86-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A13440" w:rsidRPr="00A13440" w:rsidRDefault="00A13440" w:rsidP="00A13440">
-[...202 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>Статья 9. Формирование антикоррупционной культуры</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Формирование антикоррупционной культуры – деятельность, осуществляемая субъектами противодействия коррупции в пределах </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t> 3) мемлекеттік міндеттерді атқаруға уәкілеттік берілген адам – Қазақстан Республикасының Мемлекеттік қызмет туралы Заңдарына сәйкес мемлекеттік қызметші, мәслихат депутаты, сондай-ақ мемлекеттік лауазыммен көзделген міндеттерді уақытша атқарушы адам, ол мемлекеттік қызметке тағайындалғанға дейін;</w:t>
-[...861 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:t>своей компетенции по сохранению и укреплению в обществе системы ценностей, отражающей нетерпимость к коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      2. Формирование антикоррупционной культуры осуществляется посредством комплекса мер образовательного, информационного и организационного характера.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      3. Антикоррупционное образование – непрерывный процесс воспитания и обучения, осуществляемый в целях нравственного, интеллектуального, культурного развития и формирования активной гражданской позиции неприятия коррупции личностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      4. Информационная и организационная деятельность реализуется путем проведения разъяснительной работы в средствах массовой информации, организации социально значимых мероприятий, государственного социального заказа в соответствии с законодательством Республики Казахстан и иных мер, предусмотренных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>Статья 10. Антикоррупционные стандарты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      1. Антикоррупционные стандарты – установленная для обособленной сферы общественных отношений система рекомендаций, направленная на предупреждение коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      2. Антикоррупционные стандарты разрабатываются государственными органами, организациями и субъектами квазигосударственного сектора при участии общественности и учитываются при разработке законодательства и в правоприменительной практике.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      Примечание РЦПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Порядок введения в действие статьи 11 см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z27" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:sz w:val="33"/>
+            <w:szCs w:val="33"/>
+          </w:rPr>
+          <w:t>ст. 27</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t> Закона РК от 18.11.2015 № 410-V. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>Статья 11. Меры финансового контроля</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A13440" w:rsidRPr="00A13440" w:rsidRDefault="00A13440" w:rsidP="00A13440">
-[...524 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      1. В целях осуществления мер финансового контроля лица, определенные настоящей статьей, представляют следующие декларации физических лиц:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      1) декларацию об активах и обязательствах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      2) декларацию о доходах и имуществе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      2. Декларацию об активах и обязательствах представляют кандидаты в Президенты Республики Казахстан, депутаты Парламента Республики Казахстан и маслихатов, акимы городов районного значения, поселков, сел, сельских округов, а также в члены выборных органов местного самоуправления и их супруги – до регистрации в качестве кандидата.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      3. Декларацию о доходах и имуществе представляют:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      1) лица, занимающие ответственную государственную должность, и их супруги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      2) лица, уполномоченные на выполнение государственных функций, и их супруги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      3) должностные лица и их супруги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      4) лица, приравненные к лицам, уполномоченным на выполнение государственных функций, и их супруги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      4. В случае приобретения в течение отчетного календарного года имущества, определенного налоговым законодательством Республики Казахстан, лица, указанные в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z71" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:sz w:val="33"/>
+            <w:szCs w:val="33"/>
+          </w:rPr>
+          <w:t>пункте 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t> настоящей статьи, в декларации о доходах и имуществе отражают сведения об источниках покрытия расходов на приобретение указанного имущества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5. Декларация об активах и обязательствах составляется в соответствии с налоговым законодательством Республики Казахстан и представляется по форме и в порядке, которые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      2. Сыбайлас жемқорлыққа қарсы іс-қимыл мақсатына қол жеткізу келесі міндеттерді шешу арқылы іске асырылады:</w:t>
-[...550 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:t>определены налоговым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      6. Декларация о доходах и имуществе составляется в соответствии с налоговым законодательством Республики Казахстан и представляется по форме, в порядке и сроки, которые определены налоговым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      7. Сведения о представлении физическими лицами, указанными в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z70" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:sz w:val="33"/>
+            <w:szCs w:val="33"/>
+          </w:rPr>
+          <w:t>пунктах 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z71" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:sz w:val="33"/>
+            <w:szCs w:val="33"/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t> настоящей статьи, декларации об активах и обязательствах или декларации о доходах и имуществе размещаются на официальном интернет-ресурсе государственного органа, осуществляющего руководство в сфере обеспечения поступлений налогов и других обязательных платежей в бюджет, в порядке, установленном налоговым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      8. Непредставление декларации об активах и обязательствах и (или) декларации о доходах и имуществе или представление неполных, недостоверных сведений в таких декларациях, если в содеянном не содержатся признаки уголовно наказуемого деяния:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      лицами, указанными в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z70" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:sz w:val="33"/>
+            <w:szCs w:val="33"/>
+          </w:rPr>
+          <w:t>пункте 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t> настоящей статьи, – является основанием для отказа в регистрации или отмене решений о регистрации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      лицами, указанными в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z71" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:sz w:val="33"/>
+            <w:szCs w:val="33"/>
+          </w:rPr>
+          <w:t>пункте 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t> настоящей статьи, – влечет ответственность, предусмотренную Кодексом Республики Казахстан об административных правонарушениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      9. Опубликованию в срок не позднее 31 декабря года, следующего за отчетным календарным годом, подлежат сведения, отраженные в декларациях физических лиц, которые представили следующие лица и их супруги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      4) Қазақстан Республикасының заңнамасына сәйкес заң сараптамасын жүргізу кезінде сыбайлас жемқорлық нормаларын анықтау;</w:t>
-[...514 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:t>      1) занимающие политические государственные должности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      2) занимающие административные государственные должности корпуса "А";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      3) депутаты Парламента Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      4) судьи Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      5) лица, исполняющие управленческие функции в субъектах квазигосударственного сектора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      Перечень сведений, подлежащих опубликованию, определяется уполномоченным органом по противодействию коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      Сведения, указанные в части второй настоящего пункта, размещаются службами управления персоналом (кадровыми службами) государственных органов, организаций, Парламента Республики Казахстан и Верховного Суда Республики Казахстан на их официальных интернет-ресурсах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      10. Требования </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z75" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:sz w:val="33"/>
+            <w:szCs w:val="33"/>
+          </w:rPr>
+          <w:t>пункта 7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t> и подпунктов 1) и 2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z77" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:sz w:val="33"/>
+            <w:szCs w:val="33"/>
+          </w:rPr>
+          <w:t>пункта 9</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t> настоящей статьи не распространяются на сведения, составляющие государственные секреты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      11. Физические и юридические лица, которые участвуют в выполнении функций по управлению государственным имуществом, представляют в порядке и сроки, установленные Правительством Республики Казахстан, отчеты обо всех сделках имущественного характера и финансовой деятельности, связанных с государственной собственностью, в государственный орган, осуществляющий в отношении государственного имущества правомочия собственника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12. Поступающие в органы государственных доходов сведения, предусмотренные настоящей статьей, являются охраняемой законом тайной в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>құқық қолдану тәжірибесінің жай-күйіне, сондай-ақ қоғамның сыбайлас жемқорлық деңгейін қабылдауы мен бағалауға қатысты ақпаратты жинау, өңдеу, қорыту, талдау және бағалау бойынша сыбайлас жемқорлыққа қарсы іс-қимыл субъектілерінің қызметі.</w:t>
-[...296 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:t>соответствии с законодательством Республики Казахстан. Их разглашение влечет ответственность в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      13. Сведения, составляющие служебную и налоговую тайну, представляются уполномоченному органу по финансовому мониторингу в целях и порядке, предусмотренных Законом Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      Примечания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      1. Лицами, исполняющими управленческие функции в субъектах квазигосударственного сектора, в настоящей статье признаются лица, постоянно, временно либо по специальному полномочию исполняющие организационно-распорядительные или административно-хозяйственные функции в указанных организациях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      2. Под организационно-распорядительными функциями в настоящей статье подразумевается деятельность лиц по осуществлению предусмотренных законодательством и учредительными документами полномочий исполнительного органа организации. К этим функциям относятся общее руководство коллективом, расстановка и подбор кадров, организация и контроль труда подчиненных, поддержание дисциплины, выражающееся в применении мер поощрения и наложении дисциплинарных взысканий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Под административно-хозяйственными функциями в настоящей статье подразумевается осуществление лицами, на которых возложена полная материальная ответственность, деятельности в рамках предоставленных полномочий по управлению и распоряжению имуществом, в том </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t> </w:t>
-[...2816 lines deleted...]
-    <w:sectPr w:rsidR="001A2DEE" w:rsidSect="001A2DEE">
+        <w:t>числе деньгами, находящимися на балансе и банковских счетах организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE40B6" w:rsidRDefault="00EE40B6" w:rsidP="00EE40B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="450"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="33"/>
+          <w:szCs w:val="33"/>
+        </w:rPr>
+        <w:t>Статья 12. Антикоррупционные ограничения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D6BF7" w:rsidRDefault="009D6BF7"/>
+    <w:sectPr w:rsidR="009D6BF7" w:rsidSect="009D6BF7">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="50"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00A13440"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A13440"/>
+    <w:rsidRoot w:val="00EE40B6"/>
+    <w:rsid w:val="009D6BF7"/>
+    <w:rsid w:val="00EE40B6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -6122,3175 +3636,162 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="001A2DEE"/>
+    <w:rsid w:val="009D6BF7"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EE40B6"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00A13440"/>
+    <w:rsid w:val="00EE40B6"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EE40B6"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="1573615503">
+    <w:div w:id="1433283028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="776486932">
+        <w:div w:id="1603102039">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="600"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
-          <w:divsChild>
-[...3042 lines deleted...]
-          </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1700000086" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1600000484" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1600000484" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9536,55 +4037,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>18</Pages>
-[...1 lines deleted...]
-  <Characters>17280</Characters>
+  <Pages>1</Pages>
+  <Words>3089</Words>
+  <Characters>17608</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>144</Lines>
-  <Paragraphs>40</Paragraphs>
+  <Lines>146</Lines>
+  <Paragraphs>41</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20271</CharactersWithSpaces>
+  <CharactersWithSpaces>20656</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lenovo</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>