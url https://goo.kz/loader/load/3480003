--- v0 (2025-12-18)
+++ v1 (2026-03-01)
@@ -1,2391 +1,214 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-[...21 lines deleted...]
-  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
-  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...26 lines deleted...]
-  <Override PartName="/ppt/theme/theme5.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483685" r:id="rId1"/>
-[...1 lines deleted...]
-    <p:sldMasterId id="2147483709" r:id="rId3"/>
+    <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
-  <p:notesMasterIdLst>
-[...4 lines deleted...]
-  </p:handoutMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId4"/>
-[...15 lines deleted...]
-    <p:sldId id="300" r:id="rId20"/>
+    <p:sldId id="256" r:id="rId2"/>
+    <p:sldId id="308" r:id="rId3"/>
+    <p:sldId id="309" r:id="rId4"/>
+    <p:sldId id="319" r:id="rId5"/>
+    <p:sldId id="303" r:id="rId6"/>
+    <p:sldId id="304" r:id="rId7"/>
   </p:sldIdLst>
-  <p:sldSz cx="12192000" cy="6858000"/>
-  <p:notesSz cx="9928225" cy="6797675"/>
+  <p:sldSz cx="12190413" cy="6859588"/>
+  <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
-    <a:defPPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
-[...17 lines deleted...]
-        </a:ln>
+    <a:defPPr>
+      <a:defRPr lang="ru-RU"/>
+    </a:defPPr>
+    <a:lvl1pPr marL="0" algn="l" defTabSz="914310" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:effectLst/>
-[...30 lines deleted...]
-        <a:sym typeface="Trebuchet MS"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
-    <a:lvl2pPr marL="0" marR="0" indent="457200" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="0" hangingPunct="0">
-[...17 lines deleted...]
-        </a:ln>
+    <a:lvl2pPr marL="457154" algn="l" defTabSz="914310" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:effectLst/>
-[...4 lines deleted...]
-        <a:sym typeface="Trebuchet MS"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
-    <a:lvl3pPr marL="0" marR="0" indent="914400" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="0" hangingPunct="0">
-[...17 lines deleted...]
-        </a:ln>
+    <a:lvl3pPr marL="914310" algn="l" defTabSz="914310" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:effectLst/>
-[...4 lines deleted...]
-        <a:sym typeface="Trebuchet MS"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl3pPr>
-    <a:lvl4pPr marL="0" marR="0" indent="1371600" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="0" hangingPunct="0">
-[...17 lines deleted...]
-        </a:ln>
+    <a:lvl4pPr marL="1371464" algn="l" defTabSz="914310" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:effectLst/>
-[...4 lines deleted...]
-        <a:sym typeface="Trebuchet MS"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl4pPr>
-    <a:lvl5pPr marL="0" marR="0" indent="1828800" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="0" hangingPunct="0">
-[...17 lines deleted...]
-        </a:ln>
+    <a:lvl5pPr marL="1828619" algn="l" defTabSz="914310" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:effectLst/>
-[...4 lines deleted...]
-        <a:sym typeface="Trebuchet MS"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl5pPr>
-    <a:lvl6pPr marL="0" marR="0" indent="2286000" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="0" hangingPunct="0">
-[...17 lines deleted...]
-        </a:ln>
+    <a:lvl6pPr marL="2285772" algn="l" defTabSz="914310" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:effectLst/>
-[...4 lines deleted...]
-        <a:sym typeface="Trebuchet MS"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl6pPr>
-    <a:lvl7pPr marL="0" marR="0" indent="2743200" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="0" hangingPunct="0">
-[...17 lines deleted...]
-        </a:ln>
+    <a:lvl7pPr marL="2742926" algn="l" defTabSz="914310" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:effectLst/>
-[...4 lines deleted...]
-        <a:sym typeface="Trebuchet MS"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
-    <a:lvl8pPr marL="0" marR="0" indent="3200400" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="0" hangingPunct="0">
-[...17 lines deleted...]
-        </a:ln>
+    <a:lvl8pPr marL="3200080" algn="l" defTabSz="914310" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:effectLst/>
-[...4 lines deleted...]
-        <a:sym typeface="Trebuchet MS"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
-    <a:lvl9pPr marL="0" marR="0" indent="3657600" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="0" hangingPunct="0">
-[...17 lines deleted...]
-        </a:ln>
+    <a:lvl9pPr marL="3657235" algn="l" defTabSz="914310" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
-          <a:srgbClr val="000000"/>
+          <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:effectLst/>
-[...4 lines deleted...]
-        <a:sym typeface="Trebuchet MS"/>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
-  <p:extLst>
-[...3 lines deleted...]
-  </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:showPr>
+  <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
-        <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+        <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
-        <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
+        <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
+  <p:clrMru>
+    <a:srgbClr val="81A042"/>
+    <a:srgbClr val="91B44A"/>
+    <a:srgbClr val="8FAFD5"/>
+    <a:srgbClr val="5B89C1"/>
+  </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
-      <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
+      <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
-      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
-[...2 lines deleted...]
-      <p15:chartTrackingRefBased xmlns="" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
+      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="220"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5940675A-B579-460E-94D1-54222C63F5DA}">
-[...1910 lines deleted...]
-  </a:tblStyle>
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Средний стиль 2 - акцент 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:right>
           <a:top>
@@ -2519,531 +342,545 @@
     <a:firstRow>
       <a:tcTxStyle b="on">
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
+  <a:tblStyle styleId="{073A0DAA-6AF3-43AB-8588-CEC1D06C72B9}" styleName="Средний стиль 2">
+    <a:wholeTbl>
+      <a:tcTxStyle>
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="dk1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:left>
+          <a:right>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:right>
+          <a:top>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+          <a:bottom>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+          <a:insideH>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:insideH>
+          <a:insideV>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:insideV>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="dk1">
+              <a:tint val="20000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:wholeTbl>
+    <a:band1H>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="dk1">
+              <a:tint val="40000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1H>
+    <a:band2H>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:band2H>
+    <a:band1V>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="dk1">
+              <a:tint val="40000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1V>
+    <a:band2V>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:band2V>
+    <a:lastCol>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="dk1"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:lastCol>
+    <a:firstCol>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="dk1"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:firstCol>
+    <a:lastRow>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:top>
+            <a:ln w="38100" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="dk1"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:lastRow>
+    <a:firstRow>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:bottom>
+            <a:ln w="38100" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="dk1"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:firstRow>
+  </a:tblStyle>
+  <a:tblStyle styleId="{B301B821-A1FF-4177-AEE7-76D212191A09}" styleName="Средний стиль 1 - акцент 1">
+    <a:wholeTbl>
+      <a:tcTxStyle>
+        <a:fontRef idx="minor">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fontRef>
+        <a:schemeClr val="dk1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:left>
+          <a:right>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:right>
+          <a:top>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+          <a:bottom>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+          <a:insideH>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:insideH>
+          <a:insideV>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:insideV>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="lt1"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:wholeTbl>
+    <a:band1H>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:tint val="20000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1H>
+    <a:band1V>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:tint val="20000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1V>
+    <a:lastCol>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:lastCol>
+    <a:firstCol>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:firstCol>
+    <a:lastRow>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:top>
+            <a:ln w="50800" cmpd="dbl">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="lt1"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:lastRow>
+    <a:firstRow>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:firstRow>
+  </a:tblStyle>
+  <a:tblStyle styleId="{616DA210-FB5B-4158-B5E0-FEB733F419BA}" styleName="Светлый стиль 3">
+    <a:wholeTbl>
+      <a:tcTxStyle>
+        <a:fontRef idx="minor">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fontRef>
+        <a:schemeClr val="tx1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:left>
+          <a:right>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:right>
+          <a:top>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+          <a:bottom>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+          <a:insideH>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:insideH>
+          <a:insideV>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:insideV>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:wholeTbl>
+    <a:band1H>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:alpha val="20000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1H>
+    <a:band1V>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:alpha val="20000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1V>
+    <a:lastCol>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:lastCol>
+    <a:firstCol>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:firstCol>
+    <a:lastRow>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:top>
+            <a:ln w="50800" cmpd="dbl">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:lastRow>
+    <a:firstRow>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:bottom>
+            <a:ln w="25400" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:firstRow>
+  </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
-    <p:restoredTop sz="94660"/>
+    <p:restoredTop sz="94394" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
-    <p:cSldViewPr snapToGrid="0">
+    <p:cSldViewPr>
       <p:cViewPr>
         <p:scale>
-          <a:sx n="70" d="100"/>
-          <a:sy n="70" d="100"/>
+          <a:sx n="91" d="100"/>
+          <a:sy n="91" d="100"/>
         </p:scale>
-        <p:origin x="-906" y="-462"/>
+        <p:origin x="-72" y="-300"/>
       </p:cViewPr>
       <p:guideLst>
-        <p:guide orient="horz" pos="2160"/>
-        <p:guide pos="3841"/>
+        <p:guide orient="horz" pos="2161"/>
+        <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
-        <a:sx n="1" d="1"/>
-        <a:sy n="1" d="1"/>
+        <a:sx n="100" d="100"/>
+        <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
-  <p:gridSpacing cx="72008" cy="72008"/>
+  <p:gridSpacing cx="73736200" cy="73736200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/></Relationships>
-[...333 lines deleted...]
-</p:notesMaster>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...30 lines deleted...]
-
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...38 lines deleted...]
-
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
-</file>
-[...14 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -3055,258 +892,253 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="914403" y="2130445"/>
-            <a:ext cx="10363200" cy="1470025"/>
+            <a:off x="914282" y="2130926"/>
+            <a:ext cx="10361851" cy="1470366"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Подзаголовок 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1828803" y="3886200"/>
-            <a:ext cx="8534400" cy="1752600"/>
+            <a:off x="1828563" y="3887100"/>
+            <a:ext cx="8533289" cy="1753006"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+            <a:lvl2pPr marL="457154" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+            <a:lvl3pPr marL="914310" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+            <a:lvl4pPr marL="1371464" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+            <a:lvl5pPr marL="1828619" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+            <a:lvl6pPr marL="2285772" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+            <a:lvl7pPr marL="2742926" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+            <a:lvl8pPr marL="3200080" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+            <a:lvl9pPr marL="3657235" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец подзаголовка</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
-[...3 lines deleted...]
-              <a:t>3/9/2021</a:t>
+            <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>10.03.2021</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr kumimoji="0" lang="en-US"/>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{86CB4B4D-7CA3-9044-876B-883B54F8677D}" type="slidenum">
+            <a:fld id="{725C68B6-61C2-468F-89AB-4B9F7531AA68}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
   <p:cSld name="Заголовок и вертикальный текст">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -3377,174 +1209,169 @@
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
-[...3 lines deleted...]
-              <a:t>3/9/2021</a:t>
+            <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>10.03.2021</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr kumimoji="0" lang="en-US"/>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{86CB4B4D-7CA3-9044-876B-883B54F8677D}" type="slidenum">
+            <a:fld id="{725C68B6-61C2-468F-89AB-4B9F7531AA68}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
   <p:cSld name="Вертикальный заголовок и текст">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Вертикальный заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" orient="vert"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="11785600" y="274655"/>
-            <a:ext cx="3657600" cy="5851525"/>
+            <a:off x="8838050" y="274704"/>
+            <a:ext cx="2742843" cy="5852880"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Вертикальный текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="812800" y="274655"/>
-            <a:ext cx="10769600" cy="5851525"/>
+            <a:off x="609522" y="274704"/>
+            <a:ext cx="8025355" cy="5852880"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
@@ -3559,390 +1386,111 @@
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
-[...3 lines deleted...]
-              <a:t>3/9/2021</a:t>
+            <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>10.03.2021</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr kumimoji="0" lang="en-US"/>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{86CB4B4D-7CA3-9044-876B-883B54F8677D}" type="slidenum">
+            <a:fld id="{725C68B6-61C2-468F-89AB-4B9F7531AA68}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
-[...273 lines deleted...]
-<file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Заголовок и объект">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -4006,207 +1554,172 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
-              <a:rPr lang="ru-RU" smtClean="0">
-[...5 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>09.03.2021</a:t>
+              <a:t>10.03.2021</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="ru-RU">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{725C68B6-61C2-468F-89AB-4B9F7531AA68}" type="slidenum">
-              <a:rPr lang="ru-RU" smtClean="0">
-[...5 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
   <p:cSld name="Заголовок раздела">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="963088" y="4406901"/>
-            <a:ext cx="10363200" cy="1362075"/>
+            <a:off x="962960" y="4407922"/>
+            <a:ext cx="10361851" cy="1362390"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="4000" b="1" cap="all"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="963088" y="2906715"/>
-            <a:ext cx="10363200" cy="1500187"/>
+            <a:off x="962960" y="2907386"/>
+            <a:ext cx="10361851" cy="1500534"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457154" indent="0">
               <a:buNone/>
               <a:defRPr sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl2pPr>
@@ -4284,145 +1797,110 @@
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
-              <a:rPr lang="ru-RU" smtClean="0">
-[...5 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>09.03.2021</a:t>
+              <a:t>10.03.2021</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="ru-RU">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{725C68B6-61C2-468F-89AB-4B9F7531AA68}" type="slidenum">
-              <a:rPr lang="ru-RU" smtClean="0">
-[...5 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
   <p:cSld name="Два объекта">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -4430,52 +1908,52 @@
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Содержимое 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="609604" y="1600204"/>
-            <a:ext cx="5384800" cy="4525963"/>
+            <a:off x="609522" y="1600572"/>
+            <a:ext cx="5384099" cy="4527011"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2800"/>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="2400"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="2000"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1800"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1800"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1800"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1800"/>
@@ -4515,52 +1993,52 @@
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Содержимое 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6197601" y="1600204"/>
-            <a:ext cx="5384800" cy="4525963"/>
+            <a:off x="6196794" y="1600572"/>
+            <a:ext cx="5384099" cy="4527011"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2800"/>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="2400"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="2000"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1800"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1800"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1800"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1800"/>
@@ -4604,145 +2082,110 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
-              <a:rPr lang="ru-RU" smtClean="0">
-[...5 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>09.03.2021</a:t>
+              <a:t>10.03.2021</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="ru-RU">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Номер слайда 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{725C68B6-61C2-468F-89AB-4B9F7531AA68}" type="slidenum">
-              <a:rPr lang="ru-RU" smtClean="0">
-[...5 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
   <p:cSld name="Сравнение">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -4754,52 +2197,52 @@
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="609600" y="1535116"/>
-            <a:ext cx="5386917" cy="639763"/>
+            <a:off x="609521" y="1535469"/>
+            <a:ext cx="5386216" cy="639911"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400" b="1"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457154" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000" b="1"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914310" indent="0">
               <a:buNone/>
               <a:defRPr sz="1800" b="1"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371464" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828619" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
@@ -4819,52 +2262,52 @@
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Содержимое 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="609600" y="2174877"/>
-            <a:ext cx="5386917" cy="3951288"/>
+            <a:off x="609521" y="2175378"/>
+            <a:ext cx="5386216" cy="3952203"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2400"/>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="2000"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="1800"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1600"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1600"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1600"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1600"/>
@@ -4904,52 +2347,52 @@
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Текст 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6193374" y="1535116"/>
-            <a:ext cx="5389033" cy="639763"/>
+            <a:off x="6192568" y="1535469"/>
+            <a:ext cx="5388332" cy="639911"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400" b="1"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457154" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000" b="1"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914310" indent="0">
               <a:buNone/>
               <a:defRPr sz="1800" b="1"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371464" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828619" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
@@ -4969,52 +2412,52 @@
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Содержимое 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6193374" y="2174877"/>
-            <a:ext cx="5389033" cy="3951288"/>
+            <a:off x="6192568" y="2175378"/>
+            <a:ext cx="5388332" cy="3952203"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2400"/>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="2000"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="1800"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1600"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1600"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1600"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1600"/>
@@ -5058,145 +2501,110 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Дата 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
-              <a:rPr lang="ru-RU" smtClean="0">
-[...5 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>09.03.2021</a:t>
+              <a:t>10.03.2021</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Нижний колонтитул 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="ru-RU">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Номер слайда 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{725C68B6-61C2-468F-89AB-4B9F7531AA68}" type="slidenum">
-              <a:rPr lang="ru-RU" smtClean="0">
-[...5 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Только заголовок">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -5208,334 +2616,264 @@
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Дата 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
-              <a:rPr lang="ru-RU" smtClean="0">
-[...5 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>09.03.2021</a:t>
+              <a:t>10.03.2021</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Нижний колонтитул 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="ru-RU">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Номер слайда 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{725C68B6-61C2-468F-89AB-4B9F7531AA68}" type="slidenum">
-              <a:rPr lang="ru-RU" smtClean="0">
-[...5 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
   <p:cSld name="Пустой слайд">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Дата 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
-              <a:rPr lang="ru-RU" smtClean="0">
-[...5 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>09.03.2021</a:t>
+              <a:t>10.03.2021</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Нижний колонтитул 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="ru-RU">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{725C68B6-61C2-468F-89AB-4B9F7531AA68}" type="slidenum">
-              <a:rPr lang="ru-RU" smtClean="0">
-[...5 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
   <p:cSld name="Объект с подписью">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="609603" y="273051"/>
-            <a:ext cx="4011084" cy="1162051"/>
+            <a:off x="609524" y="273112"/>
+            <a:ext cx="4010562" cy="1162320"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="2000" b="1"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Содержимое 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4766735" y="273058"/>
-            <a:ext cx="6815666" cy="5853114"/>
+            <a:off x="4766114" y="273121"/>
+            <a:ext cx="6814779" cy="5854469"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="2800"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="2400"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="2000"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="2000"/>
@@ -5575,52 +2913,52 @@
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Текст 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="609603" y="1435107"/>
-            <a:ext cx="4011084" cy="4691063"/>
+            <a:off x="609524" y="1435437"/>
+            <a:ext cx="4010562" cy="4692149"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457154" indent="0">
               <a:buNone/>
               <a:defRPr sz="1200"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914310" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371464" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828619" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl5pPr>
@@ -5644,379 +2982,172 @@
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
-              <a:rPr lang="ru-RU" smtClean="0">
-[...5 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>09.03.2021</a:t>
+              <a:t>10.03.2021</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="ru-RU">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Номер слайда 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{725C68B6-61C2-468F-89AB-4B9F7531AA68}" type="slidenum">
-              <a:rPr lang="ru-RU" smtClean="0">
-[...5 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
-[...171 lines deleted...]
-<file path=ppt/slideLayouts/slideLayout20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
   <p:cSld name="Рисунок с подписью">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2389717" y="4800601"/>
-            <a:ext cx="7315200" cy="566739"/>
+            <a:off x="2389406" y="4801713"/>
+            <a:ext cx="7314248" cy="566870"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="2000" b="1"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Рисунок 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2389717" y="612777"/>
-            <a:ext cx="7315200" cy="4114800"/>
+            <a:off x="2389406" y="612916"/>
+            <a:ext cx="7314248" cy="4115753"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457154" indent="0">
               <a:buNone/>
               <a:defRPr sz="2800"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914310" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371464" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828619" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
@@ -6032,52 +3163,52 @@
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657235" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Текст 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2389717" y="5367347"/>
-            <a:ext cx="7315200" cy="804863"/>
+            <a:off x="2389406" y="5368588"/>
+            <a:ext cx="7314248" cy="805049"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457154" indent="0">
               <a:buNone/>
               <a:defRPr sz="1200"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914310" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371464" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828619" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl5pPr>
@@ -6101,5717 +3232,182 @@
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
-              <a:rPr lang="ru-RU" smtClean="0">
-[...5 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>09.03.2021</a:t>
+              <a:t>10.03.2021</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="ru-RU">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Номер слайда 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{725C68B6-61C2-468F-89AB-4B9F7531AA68}" type="slidenum">
-              <a:rPr lang="ru-RU" smtClean="0">
-[...5 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...4948 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...545 lines deleted...]
-<file path=ppt/slideMasters/slideMaster2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="609601" y="274639"/>
-            <a:ext cx="10972800" cy="1143000"/>
+            <a:off x="609521" y="274702"/>
+            <a:ext cx="10971372" cy="1143265"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91432" tIns="45716" rIns="91432" bIns="45716" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="609601" y="1600204"/>
-            <a:ext cx="10972800" cy="4525963"/>
+            <a:off x="609521" y="1600572"/>
+            <a:ext cx="10971372" cy="4527011"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91432" tIns="45716" rIns="91432" bIns="45716" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
@@ -11828,787 +3424,174 @@
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="609601" y="6356352"/>
-            <a:ext cx="2844800" cy="365125"/>
+            <a:off x="609521" y="6357824"/>
+            <a:ext cx="2844430" cy="365210"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91432" tIns="45716" rIns="91432" bIns="45716" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr defTabSz="914310" hangingPunct="1"/>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
-              <a:rPr lang="ru-RU" kern="1200" smtClean="0">
-[...10 lines deleted...]
-              <a:t>09.03.2021</a:t>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>10.03.2021</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU" kern="1200">
-[...8 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4165604" y="6356352"/>
-            <a:ext cx="3860800" cy="365125"/>
+            <a:off x="4165059" y="6357824"/>
+            <a:ext cx="3860297" cy="365210"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91432" tIns="45716" rIns="91432" bIns="45716" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr defTabSz="914310" hangingPunct="1"/>
-[...9 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8737601" y="6356352"/>
-            <a:ext cx="2844800" cy="365125"/>
+            <a:off x="8736463" y="6357824"/>
+            <a:ext cx="2844430" cy="365210"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91432" tIns="45716" rIns="91432" bIns="45716" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr defTabSz="914310" hangingPunct="1"/>
             <a:fld id="{725C68B6-61C2-468F-89AB-4B9F7531AA68}" type="slidenum">
-              <a:rPr lang="ru-RU" kern="1200" smtClean="0">
-[...9 lines deleted...]
-              <a:pPr defTabSz="914310" hangingPunct="1"/>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="ru-RU" kern="1200">
-[...8 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2147483698" r:id="rId1"/>
-[...569 lines deleted...]
-    <p:sldLayoutId id="2147483720" r:id="rId11"/>
+    <p:sldLayoutId id="2147483649" r:id="rId1"/>
+    <p:sldLayoutId id="2147483650" r:id="rId2"/>
+    <p:sldLayoutId id="2147483651" r:id="rId3"/>
+    <p:sldLayoutId id="2147483652" r:id="rId4"/>
+    <p:sldLayoutId id="2147483653" r:id="rId5"/>
+    <p:sldLayoutId id="2147483654" r:id="rId6"/>
+    <p:sldLayoutId id="2147483655" r:id="rId7"/>
+    <p:sldLayoutId id="2147483656" r:id="rId8"/>
+    <p:sldLayoutId id="2147483657" r:id="rId9"/>
+    <p:sldLayoutId id="2147483658" r:id="rId10"/>
+    <p:sldLayoutId id="2147483659" r:id="rId11"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="ctr" defTabSz="914310" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr marL="342866" indent="-342866" algn="l" defTabSz="914310" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
         <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
@@ -12823,11822 +3806,1580 @@
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657235" algn="l" defTabSz="914310" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...3 lines deleted...]
-<file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-</file>
-[...26 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-[...11 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...1629 lines deleted...]
-      </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="2" name="Группа 1"/>
+          <p:cNvPr id="5" name="Группа 4"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="413248" y="1345622"/>
-[...2 lines deleted...]
-            <a:chExt cx="8602558" cy="1799391"/>
+            <a:off x="1703512" y="404664"/>
+            <a:ext cx="9216230" cy="5862555"/>
+            <a:chOff x="1698431" y="399439"/>
+            <a:chExt cx="9216230" cy="5862554"/>
           </a:xfrm>
         </p:grpSpPr>
-        <p:cxnSp>
-[...29 lines deleted...]
-        </p:cxnSp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="72" name="Овал 71"/>
-[...91 lines deleted...]
-            <p:cNvPr id="74" name="TextBox 73"/>
+            <p:cNvPr id="6" name="TextBox 5"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="443249" y="1163975"/>
-[...41 lines deleted...]
-              <a:ext cx="1016004" cy="507831"/>
+              <a:off x="1698431" y="399439"/>
+              <a:ext cx="9216230" cy="400110"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1900" b="1" dirty="0" smtClean="0">
+                <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                   <a:solidFill>
-                    <a:schemeClr val="tx2">
-[...1 lines deleted...]
-                    </a:schemeClr>
+                    <a:schemeClr val="tx2"/>
                   </a:solidFill>
-                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>ҰБТ-</a:t>
+                <a:t>МИНИСТЕРСТВО ОБРАЗОВАНИЯ И НАУКИ РЕСПУБЛИКИ КАЗАХСТАН</a:t>
               </a:r>
-              <a:r>
-[...40 lines deleted...]
-              </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="76" name="TextBox 75"/>
+            <p:cNvPr id="7" name="TextBox 6"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="1670533" y="1217320"/>
-[...41 lines deleted...]
-              <a:ext cx="1118611" cy="415499"/>
+              <a:off x="1698431" y="2522802"/>
+              <a:ext cx="9145016" cy="1569660"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1500" dirty="0" smtClean="0">
+                <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
                   <a:solidFill>
-                    <a:schemeClr val="tx2">
-[...1 lines deleted...]
-                    </a:schemeClr>
+                    <a:schemeClr val="tx2"/>
                   </a:solidFill>
-                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>2-минуттық </a:t>
+                <a:t>ЕДИНОЕ </a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>НАЦИОНАЛЬНОЕ </a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1500" dirty="0" err="1" smtClean="0">
+                <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
                   <a:solidFill>
-                    <a:schemeClr val="tx2">
-[...1 lines deleted...]
-                    </a:schemeClr>
+                    <a:schemeClr val="tx2"/>
                   </a:solidFill>
-                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>үзіліс</a:t>
+                <a:t>ТЕСТИРОВАНИЕ-2021 </a:t>
               </a:r>
-              <a:endParaRPr lang="ru-RU" sz="1500" dirty="0">
-[...6 lines deleted...]
-                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:p>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx2"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>В ЭЛЕКТРОННОМ ФОРМАТЕ</a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="78" name="Овал 77"/>
-[...44 lines deleted...]
-            <p:cNvPr id="79" name="TextBox 78"/>
+            <p:cNvPr id="8" name="TextBox 7"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="2734674" y="1194341"/>
-[...41 lines deleted...]
-              <a:ext cx="1158929" cy="415499"/>
+              <a:off x="2634535" y="5877272"/>
+              <a:ext cx="7272808" cy="384721"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1500" dirty="0" smtClean="0">
+                <a:rPr lang="ru-RU" b="1" dirty="0">
                   <a:solidFill>
-                    <a:schemeClr val="tx2">
-[...1 lines deleted...]
-                    </a:schemeClr>
+                    <a:schemeClr val="tx2"/>
                   </a:solidFill>
-                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>ҰБТ-</a:t>
+                <a:t>г. </a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1500" dirty="0" err="1" smtClean="0">
+                <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
                   <a:solidFill>
-                    <a:schemeClr val="tx2">
-[...1 lines deleted...]
-                    </a:schemeClr>
+                    <a:schemeClr val="tx2"/>
                   </a:solidFill>
-                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>ның</a:t>
+                <a:t>Нур</a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1500" dirty="0" smtClean="0">
+                <a:rPr lang="ru-RU" b="1" dirty="0">
                   <a:solidFill>
-                    <a:schemeClr val="tx2">
-[...1 lines deleted...]
-                    </a:schemeClr>
+                    <a:schemeClr val="tx2"/>
                   </a:solidFill>
-                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t> </a:t>
+                <a:t>-Султан, </a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1500" dirty="0" err="1" smtClean="0">
+                <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                   <a:solidFill>
-                    <a:schemeClr val="tx2">
-[...1 lines deleted...]
-                    </a:schemeClr>
+                    <a:schemeClr val="tx2"/>
                   </a:solidFill>
-                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>жалғасуы</a:t>
+                <a:t>2021</a:t>
               </a:r>
-              <a:endParaRPr lang="ru-RU" sz="1500" dirty="0">
-[...643 lines deleted...]
-                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
-      <p:grpSp>
-[...535 lines deleted...]
-          <p:cNvSpPr/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="TextBox 8"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7551635" y="4005068"/>
-[...48 lines deleted...]
-            <a:ext cx="3393361" cy="1000270"/>
+            <a:off x="1703512" y="804774"/>
+            <a:ext cx="9216230" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" lIns="121917" tIns="60958" rIns="121917" bIns="60958" rtlCol="0">
-[...100 lines deleted...]
-        <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1500" dirty="0" smtClean="0">
-[...868 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
-                  <a:schemeClr val="tx1">
-[...4537 lines deleted...]
-                <a:solidFill>
                   <a:schemeClr val="tx2"/>
-                </a:solidFill>
-[...220 lines deleted...]
-                  <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ЕДИНОЕ НАЦИОНАЛЬНОЕ ТЕСТИРОВАНИЕ</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="2400" b="1" kern="1200" dirty="0">
+              <a:t>НАЦИОНАЛЬНЫЙ ЦЕНТР ТЕСТИРОВАНИЯ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
               <a:solidFill>
-                <a:prstClr val="white"/>
+                <a:schemeClr val="tx2"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...303 lines deleted...]
-      </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="Прямоугольник 8">
+          <p:cNvPr id="23" name="Прямоугольник 22">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{25E6E304-EB0A-4122-9A41-3D6E9899240B}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{25E6E304-EB0A-4122-9A41-3D6E9899240B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3" y="-1"/>
-            <a:ext cx="12192000" cy="1228300"/>
+            <a:off x="1" y="-1"/>
+            <a:ext cx="12190413" cy="836907"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="accent1"/>
+            <a:schemeClr val="tx2"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="accent1"/>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="95000"/>
+                </a:schemeClr>
               </a:solidFill>
-              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...8 lines deleted...]
-          <a:blip r:embed="rId2" cstate="print">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Прямоугольник 5">
             <a:extLst>
-              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F05AD07A-B113-474B-B149-564E377BA06A}"/>
               </a:ext>
             </a:extLst>
-          </a:blip>
-[...3 lines deleted...]
-        </p:blipFill>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="335370" y="1628800"/>
-            <a:ext cx="3719607" cy="1809344"/>
+            <a:off x="2566814" y="993316"/>
+            <a:ext cx="3297829" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-      </p:pic>
-[...5 lines deleted...]
-          </p:cNvPicPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" u="sng" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>СРОКИ ПРИЕМА </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" u="sng" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ЗАЯВЛЕНИЙ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" u="sng" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Прямоугольник 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F72DAF0C-90EC-43C8-9807-B92937EBA311}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...5 lines deleted...]
-        </p:blipFill>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="335363" y="3933056"/>
-            <a:ext cx="3712413" cy="2088232"/>
+            <a:off x="334566" y="1701202"/>
+            <a:ext cx="1944216" cy="4704721"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="95000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Прямоугольник 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F65CAB3-8DED-41AD-AF86-26CA05225718}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838622" y="1989634"/>
+            <a:ext cx="990977" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1862" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:prstClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="3200" b="1" u="sng" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>март</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" b="1" u="sng" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Прямоугольник 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D658D335-412A-48D8-9989-5CC30EF5BFEB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="550590" y="3651995"/>
+            <a:ext cx="1500732" cy="1077218"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1862" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:prstClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="3200" b="1" u="sng" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>апрель-</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr sz="1862" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:prstClr val="black">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:prstClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="3200" b="1" u="sng" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>июнь</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" b="1" u="sng" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="14" name="Прямая соединительная линия 13"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2889957" y="3429794"/>
+            <a:ext cx="8831832" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="tx2"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent3"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent3"/>
+          </a:fillRef>
+          <a:effectRef idx="1">
+            <a:schemeClr val="accent3"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Прямоугольник 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4EECF816-4953-44B7-A5A5-BCB52861BFA3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2661449" y="1905446"/>
+            <a:ext cx="3167938" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-      </p:pic>
-[...2 lines deleted...]
-          <p:cNvPr id="7" name="TextBox 6"/>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF6600"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>с</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF6600"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> 5 марта </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="FF6600"/>
+              </a:solidFill>
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF6600"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2021 года</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FF6600"/>
+              </a:solidFill>
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Прямоугольник 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE2E0840-9350-41C3-823F-96A82D1B31BF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7116953" y="993316"/>
+            <a:ext cx="1952847" cy="707886"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" u="sng" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>СРОКИ ПРОВЕДЕНИЯ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" u="sng" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Прямоугольник 18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4EECF816-4953-44B7-A5A5-BCB52861BFA3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2759793" y="3842305"/>
+            <a:ext cx="3129087" cy="830997"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="91B44A"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>26 марта – 10 июня </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="91B44A"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2021 года  </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="Прямоугольник 19">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4EECF816-4953-44B7-A5A5-BCB52861BFA3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6502753" y="1905446"/>
+            <a:ext cx="2975943" cy="830997"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF6600"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>10 марта – 10 апреля 2021 года </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FF6600"/>
+              </a:solidFill>
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="Прямоугольник 20">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4EECF816-4953-44B7-A5A5-BCB52861BFA3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6497266" y="3861842"/>
+            <a:ext cx="2736302" cy="830997"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="91B44A"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>11 апреля - 30 июня 2021 года </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="Заголовок 1"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="359567" y="221965"/>
+            <a:ext cx="11471281" cy="432148"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="4400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>СРОКИ ПРОВЕДЕНИЯ ЕНТ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="28" name="Прямая соединительная линия 27"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2889957" y="5446018"/>
+            <a:ext cx="8831832" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="tx2"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent3"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent3"/>
+          </a:fillRef>
+          <a:effectRef idx="1">
+            <a:schemeClr val="accent3"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="Прямоугольник 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE2E0840-9350-41C3-823F-96A82D1B31BF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9907461" y="976355"/>
+            <a:ext cx="1952847" cy="707886"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" u="sng" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>КОЛ-ВО ПОПЫТОК</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" u="sng" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26" name="Прямоугольник 25">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4EECF816-4953-44B7-A5A5-BCB52861BFA3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10188000" y="1866522"/>
+            <a:ext cx="1391767" cy="830997"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF6600"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1 попытка</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FF6600"/>
+              </a:solidFill>
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="27" name="Прямоугольник 26">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4EECF816-4953-44B7-A5A5-BCB52861BFA3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10188000" y="3775105"/>
+            <a:ext cx="1368153" cy="830997"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="91B44A"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2 попытки</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>*</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="36" name="TextBox 35"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4583832" y="1628801"/>
-            <a:ext cx="7128792" cy="1177231"/>
+            <a:off x="3430910" y="5882703"/>
+            <a:ext cx="8064896" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" lIns="68565" tIns="34283" rIns="68565" bIns="34283" rtlCol="0">
+          <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just"/>
-[...6 lines deleted...]
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" b="1" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Segoe UI Black" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Тестілеу</a:t>
-[...27 lines deleted...]
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:t>*</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" b="1" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="81A042"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Segoe UI Black" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1">
+              <a:rPr lang="kk-KZ" sz="1400" b="1" i="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
-                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Segoe UI Black" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>тестіленуші</a:t>
-[...308 lines deleted...]
-            <a:endParaRPr sz="3200" dirty="0">
+              <a:t>С наилучшим результатом ЕНТ из двух тестирований можно участвовать в конкурсе на присуждение образовательных грантов</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" b="1" i="1" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="bg1"/>
+                <a:schemeClr val="tx2"/>
               </a:solidFill>
-              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Segoe UI Black" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3874889315"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2304400105"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="29" name="Прямоугольник 28">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3" y="-1"/>
-            <a:ext cx="12192000" cy="1228300"/>
+            <a:off x="2" y="5"/>
+            <a:ext cx="12190413" cy="884974"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="accent1"/>
+            <a:schemeClr val="tx2"/>
           </a:solidFill>
           <a:ln>
-            <a:noFill/>
+            <a:solidFill>
+              <a:schemeClr val="tx2"/>
+            </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
-[...1519 lines deleted...]
-        <p:txBody>
           <a:bodyPr lIns="68577" tIns="34289" rIns="68577" bIns="34289" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
-[...1 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2400" b="1" kern="1200" dirty="0" smtClean="0">
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ҰЛТТЫҚ БІРЫҢҒАЙ ТЕСТІЛЕУ</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="2400" b="1" kern="1200" dirty="0">
+              <a:t>ЕДИНОЕ НАЦИОНАЛЬНОЕ ТЕСТИРОВАНИЕ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="2" name="Группа 37"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="1055441" y="1634995"/>
-            <a:ext cx="10081120" cy="4259125"/>
+            <a:off x="1055303" y="1635372"/>
+            <a:ext cx="10079808" cy="4690678"/>
             <a:chOff x="1055440" y="1634990"/>
-            <a:chExt cx="10081120" cy="4259126"/>
+            <a:chExt cx="10081120" cy="4689593"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="5" name="Oval 1">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F390D66-A7E3-4334-B267-9DEE2AB5FCE4}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="4844839" y="2092848"/>
               <a:ext cx="2532087" cy="2532087"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
-              <a:schemeClr val="tx2">
-[...2 lines deleted...]
-              </a:schemeClr>
+              <a:schemeClr val="tx2"/>
             </a:solidFill>
             <a:ln w="44450">
               <a:noFill/>
             </a:ln>
             <a:effectLst>
               <a:outerShdw blurRad="50800" dist="38100" dir="5400000" algn="t" rotWithShape="0">
                 <a:prstClr val="black">
                   <a:alpha val="40000"/>
                 </a:prstClr>
               </a:outerShdw>
             </a:effectLst>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
-[...4 lines deleted...]
-              </a:endParaRPr>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="6" name="Isosceles Triangle 9">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5B8689E3-AE4A-4C9E-AC96-5FBCC753EFD9}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm rot="16200000">
               <a:off x="3495322" y="3057824"/>
               <a:ext cx="698477" cy="602135"/>
             </a:xfrm>
             <a:prstGeom prst="triangle">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="bg1">
@@ -24647,56 +5388,52 @@
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
-[...4 lines deleted...]
-              </a:endParaRPr>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="7" name="Isosceles Triangle 10">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7672754-CF5F-40C4-8606-EC57DCC1A1CE}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm rot="5400000">
               <a:off x="8027966" y="3057824"/>
               <a:ext cx="698476" cy="602135"/>
             </a:xfrm>
             <a:prstGeom prst="triangle">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="bg1">
@@ -24705,204 +5442,110 @@
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
-[...4 lines deleted...]
-              </a:endParaRPr>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="10" name="TextBox 9">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A95958DA-62EF-4D96-8DDB-872D8223EDE3}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="1082977" y="1668671"/>
-              <a:ext cx="3572863" cy="523220"/>
+              <a:ext cx="3572863" cy="738493"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
-              <a:pPr defTabSz="914310" hangingPunct="1"/>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" smtClean="0">
+                <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                   <a:solidFill>
-                    <a:srgbClr val="1F497D"/>
+                    <a:schemeClr val="tx2"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
-                  <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>Орта </a:t>
+                <a:t>Обучающиеся выпускных </a:t>
               </a:r>
+            </a:p>
+            <a:p>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                   <a:solidFill>
-                    <a:srgbClr val="1F497D"/>
+                    <a:schemeClr val="tx2"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
-                  <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>білім</a:t>
+                <a:t>11 (12) классов организаций среднего образования</a:t>
               </a:r>
-              <a:r>
-[...89 lines deleted...]
-                  <a:srgbClr val="1F497D"/>
+              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
-                <a:ea typeface="맑은 고딕"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="3" name="그룹 9">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8D14D8A-C2ED-420C-87A2-BBDAA825675C}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="1491824" y="2926842"/>
               <a:ext cx="1352458" cy="846516"/>
               <a:chOff x="676746" y="2780928"/>
               <a:chExt cx="1352458" cy="846516"/>
             </a:xfrm>
             <a:solidFill>
@@ -24914,1719 +5557,418 @@
                   <a:alpha val="40000"/>
                 </a:prstClr>
               </a:outerShdw>
             </a:effectLst>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="12" name="Rectangle 14">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6CBC7DF2-E55F-46D1-830B-103806951D9A}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="683568" y="3079762"/>
                 <a:ext cx="1345636" cy="259649"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
-              <a:solidFill>
-[...4 lines deleted...]
-              </a:solidFill>
+              <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
             </p:spPr>
             <p:style>
               <a:lnRef idx="2">
                 <a:schemeClr val="accent1">
                   <a:shade val="50000"/>
                 </a:schemeClr>
               </a:lnRef>
               <a:fillRef idx="1">
                 <a:schemeClr val="accent1"/>
               </a:fillRef>
               <a:effectRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:effectRef>
               <a:fontRef idx="minor">
                 <a:schemeClr val="lt1"/>
               </a:fontRef>
             </p:style>
             <p:txBody>
               <a:bodyPr rtlCol="0" anchor="ctr"/>
               <a:lstStyle/>
               <a:p>
-                <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
-[...4 lines deleted...]
-                </a:endParaRPr>
+                <a:pPr algn="ctr"/>
+                <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0"/>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="13" name="Isosceles Triangle 15">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EBC0FFF7-9EA1-477C-9E0E-EC84708FB969}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="676746" y="2780928"/>
                 <a:ext cx="1352457" cy="216024"/>
               </a:xfrm>
               <a:prstGeom prst="triangle">
                 <a:avLst/>
               </a:prstGeom>
-              <a:solidFill>
-[...4 lines deleted...]
-              </a:solidFill>
+              <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
             </p:spPr>
             <p:style>
               <a:lnRef idx="2">
                 <a:schemeClr val="accent1">
                   <a:shade val="50000"/>
                 </a:schemeClr>
               </a:lnRef>
               <a:fillRef idx="1">
                 <a:schemeClr val="accent1"/>
               </a:fillRef>
               <a:effectRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:effectRef>
               <a:fontRef idx="minor">
                 <a:schemeClr val="lt1"/>
               </a:fontRef>
             </p:style>
             <p:txBody>
               <a:bodyPr rtlCol="0" anchor="ctr"/>
               <a:lstStyle/>
               <a:p>
-                <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
-[...4 lines deleted...]
-                </a:endParaRPr>
+                <a:pPr algn="ctr"/>
+                <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0"/>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="14" name="Isosceles Triangle 16">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0D5A127-FB58-4CD8-A30D-8163806BD2E0}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm rot="10800000">
                 <a:off x="676746" y="3411420"/>
                 <a:ext cx="1352457" cy="216024"/>
               </a:xfrm>
               <a:prstGeom prst="triangle">
                 <a:avLst/>
               </a:prstGeom>
-              <a:solidFill>
-[...4 lines deleted...]
-              </a:solidFill>
+              <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
             </p:spPr>
             <p:style>
               <a:lnRef idx="2">
                 <a:schemeClr val="accent1">
                   <a:shade val="50000"/>
                 </a:schemeClr>
               </a:lnRef>
               <a:fillRef idx="1">
                 <a:schemeClr val="accent1"/>
               </a:fillRef>
               <a:effectRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:effectRef>
               <a:fontRef idx="minor">
                 <a:schemeClr val="lt1"/>
               </a:fontRef>
             </p:style>
             <p:txBody>
               <a:bodyPr rtlCol="0" anchor="ctr"/>
               <a:lstStyle/>
               <a:p>
-                <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
-[...4 lines deleted...]
-                </a:endParaRPr>
+                <a:pPr algn="ctr"/>
+                <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0"/>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="23" name="TextBox 22">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{918B62FB-4AFA-4D43-A7C0-50A2E5BF55A7}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="1055440" y="4493438"/>
-              <a:ext cx="3960440" cy="1169551"/>
+              <a:ext cx="3960440" cy="1384675"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
-              <a:pPr defTabSz="914310" hangingPunct="1"/>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1" smtClean="0">
+                <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                   <a:solidFill>
-                    <a:srgbClr val="1F497D"/>
+                    <a:schemeClr val="tx2"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>Шетелде</a:t>
+                <a:t>Выпускники организаций среднего образования, обучавшихся за рубежом, а также лица казахской национальности, не являющиеся гражданами Республики Казахстан, окончившие учебные заведения </a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" smtClean="0">
+                <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
                   <a:solidFill>
-                    <a:srgbClr val="1F497D"/>
+                    <a:schemeClr val="tx2"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t> </a:t>
+                <a:t>зарубежом</a:t>
               </a:r>
-              <a:r>
-[...346 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="26" name="TextBox 25">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA72E6CE-0EC7-4DAF-A318-538BF6139188}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="7032104" y="1634990"/>
               <a:ext cx="4076919" cy="953886"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="r" defTabSz="914310" hangingPunct="1"/>
+              <a:pPr algn="r"/>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" smtClean="0">
+                <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                   <a:solidFill>
-                    <a:srgbClr val="1F497D"/>
+                    <a:schemeClr val="tx2"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>Орта </a:t>
+                <a:t>Выпускники организаций среднего образования прошлых лет, технического и профессионального или </a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
                   <a:solidFill>
-                    <a:srgbClr val="1F497D"/>
+                    <a:schemeClr val="tx2"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>білім</a:t>
+                <a:t>послесреднего</a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                   <a:solidFill>
-                    <a:srgbClr val="1F497D"/>
+                    <a:schemeClr val="tx2"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t> беру </a:t>
+                <a:t> образования</a:t>
               </a:r>
-              <a:r>
-[...280 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="29" name="TextBox 28">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{99C54FC5-92F2-4908-B1EA-0259421ED681}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="6816080" y="4509121"/>
-              <a:ext cx="4320480" cy="1384995"/>
+              <a:ext cx="4320480" cy="1815462"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="r" defTabSz="914310" hangingPunct="1"/>
+              <a:pPr algn="r"/>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                   <a:solidFill>
-                    <a:srgbClr val="1F497D"/>
+                    <a:schemeClr val="tx2"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>ЖЖОКБҰ-</a:t>
+                <a:t>Лица, зачисленные в ОВПО по очной форме обучения на платной основе, не набравшие пороговый балл по результатам ЕНТ, с результатами ЕНТ с несоответствующими комбинациями профильных предметов, с аннулированными результатами ЕНТ для дальнейшего зачисления в ОВПО на платной основе в календарном году</a:t>
               </a:r>
-              <a:r>
-[...632 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="31" name="TextBox 30">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F944A2E-41C0-4A94-BC87-F73915762F2F}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="4871864" y="2835220"/>
-              <a:ext cx="2448272" cy="1231106"/>
+              <a:off x="4871864" y="2758435"/>
+              <a:ext cx="2448272" cy="1384675"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
+              <a:pPr algn="ctr"/>
               <a:r>
-                <a:rPr lang="kk-KZ" altLang="ko-KR" sz="2800" b="1" kern="1200" dirty="0" smtClean="0">
+                <a:rPr lang="kk-KZ" altLang="ko-KR" sz="2800" b="1" dirty="0" smtClean="0">
                   <a:solidFill>
-                    <a:prstClr val="white"/>
+                    <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
-                  <a:ea typeface="맑은 고딕"/>
                   <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>ҰБТ </a:t>
-[...10 lines deleted...]
-                <a:t>ҚАТЫСУШЫЛАРЫ</a:t>
+                <a:t>УЧАСТНИКИ ЕНТ</a:t>
               </a:r>
             </a:p>
             <a:p>
-              <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
+              <a:pPr algn="ctr"/>
               <a:r>
-                <a:rPr lang="kk-KZ" altLang="ko-KR" b="1" kern="1200" dirty="0" smtClean="0">
+                <a:rPr lang="kk-KZ" altLang="ko-KR" b="1" dirty="0" smtClean="0">
                   <a:solidFill>
-                    <a:prstClr val="white"/>
+                    <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
-                  <a:ea typeface="맑은 고딕"/>
                   <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>(наурыз)</a:t>
+                <a:t>(март)</a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="en-US" altLang="ko-KR" sz="2800" b="1" kern="1200" dirty="0" smtClean="0">
+                <a:rPr lang="en-US" altLang="ko-KR" sz="2800" b="1" dirty="0" smtClean="0">
                   <a:solidFill>
-                    <a:prstClr val="white"/>
+                    <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
-                  <a:ea typeface="맑은 고딕"/>
                   <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                 </a:rPr>
                 <a:t> </a:t>
               </a:r>
-              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2800" b="1" kern="1200" dirty="0">
-[...1 lines deleted...]
-                  <a:prstClr val="white"/>
+              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
-                <a:ea typeface="맑은 고딕"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="8" name="그룹 9">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8D14D8A-C2ED-420C-87A2-BBDAA825675C}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="9480376" y="2909262"/>
               <a:ext cx="1352458" cy="846516"/>
               <a:chOff x="676746" y="2780928"/>
               <a:chExt cx="1352458" cy="846516"/>
             </a:xfrm>
             <a:solidFill>
@@ -26638,569 +5980,449 @@
                   <a:alpha val="40000"/>
                 </a:prstClr>
               </a:outerShdw>
             </a:effectLst>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="35" name="Rectangle 14">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6CBC7DF2-E55F-46D1-830B-103806951D9A}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="683568" y="3079762"/>
                 <a:ext cx="1345636" cy="259649"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
-              <a:solidFill>
-[...4 lines deleted...]
-              </a:solidFill>
+              <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
             </p:spPr>
             <p:style>
               <a:lnRef idx="2">
                 <a:schemeClr val="accent1">
                   <a:shade val="50000"/>
                 </a:schemeClr>
               </a:lnRef>
               <a:fillRef idx="1">
                 <a:schemeClr val="accent1"/>
               </a:fillRef>
               <a:effectRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:effectRef>
               <a:fontRef idx="minor">
                 <a:schemeClr val="lt1"/>
               </a:fontRef>
             </p:style>
             <p:txBody>
               <a:bodyPr rtlCol="0" anchor="ctr"/>
               <a:lstStyle/>
               <a:p>
-                <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
-[...4 lines deleted...]
-                </a:endParaRPr>
+                <a:pPr algn="ctr"/>
+                <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0"/>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="36" name="Isosceles Triangle 15">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EBC0FFF7-9EA1-477C-9E0E-EC84708FB969}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="676746" y="2780928"/>
                 <a:ext cx="1352457" cy="216024"/>
               </a:xfrm>
               <a:prstGeom prst="triangle">
                 <a:avLst/>
               </a:prstGeom>
-              <a:solidFill>
-[...4 lines deleted...]
-              </a:solidFill>
+              <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
             </p:spPr>
             <p:style>
               <a:lnRef idx="2">
                 <a:schemeClr val="accent1">
                   <a:shade val="50000"/>
                 </a:schemeClr>
               </a:lnRef>
               <a:fillRef idx="1">
                 <a:schemeClr val="accent1"/>
               </a:fillRef>
               <a:effectRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:effectRef>
               <a:fontRef idx="minor">
                 <a:schemeClr val="lt1"/>
               </a:fontRef>
             </p:style>
             <p:txBody>
               <a:bodyPr rtlCol="0" anchor="ctr"/>
               <a:lstStyle/>
               <a:p>
-                <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
-[...4 lines deleted...]
-                </a:endParaRPr>
+                <a:pPr algn="ctr"/>
+                <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0"/>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="37" name="Isosceles Triangle 16">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0D5A127-FB58-4CD8-A30D-8163806BD2E0}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm rot="10800000">
                 <a:off x="676746" y="3411420"/>
                 <a:ext cx="1352457" cy="216024"/>
               </a:xfrm>
               <a:prstGeom prst="triangle">
                 <a:avLst/>
               </a:prstGeom>
-              <a:solidFill>
-[...4 lines deleted...]
-              </a:solidFill>
+              <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
             </p:spPr>
             <p:style>
               <a:lnRef idx="2">
                 <a:schemeClr val="accent1">
                   <a:shade val="50000"/>
                 </a:schemeClr>
               </a:lnRef>
               <a:fillRef idx="1">
                 <a:schemeClr val="accent1"/>
               </a:fillRef>
               <a:effectRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:effectRef>
               <a:fontRef idx="minor">
                 <a:schemeClr val="lt1"/>
               </a:fontRef>
             </p:style>
             <p:txBody>
               <a:bodyPr rtlCol="0" anchor="ctr"/>
               <a:lstStyle/>
               <a:p>
-                <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
-[...4 lines deleted...]
-                </a:endParaRPr>
+                <a:pPr algn="ctr"/>
+                <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0"/>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="Прямоугольник 19">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4EECF816-4953-44B7-A5A5-BCB52861BFA3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1247461" y="1003185"/>
-            <a:ext cx="9649072" cy="400110"/>
+            <a:off x="1247299" y="1003416"/>
+            <a:ext cx="9647816" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
-[...3 lines deleted...]
-                  <a:srgbClr val="C0504D"/>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
-                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>А</a:t>
-[...45 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="2000" b="1" kern="1200" dirty="0">
+              <a:t>ЕНТ (10 марта - 10 апреля) для зачисления в вуз на платной основе</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
               <a:solidFill>
-                <a:srgbClr val="C0504D"/>
+                <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
-              <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2488639183"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1020217494"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6" y="5"/>
-            <a:ext cx="12192000" cy="884769"/>
+            <a:off x="2" y="5"/>
+            <a:ext cx="12190413" cy="884974"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="tx2">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="tx2"/>
           </a:solidFill>
           <a:ln>
-            <a:noFill/>
+            <a:solidFill>
+              <a:schemeClr val="tx2"/>
+            </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="68577" tIns="34289" rIns="68577" bIns="34289" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
-[...1 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2400" b="1" kern="1200" dirty="0">
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ҰЛТТЫҚ БІРЫҢҒАЙ ТЕСТІЛЕУ</a:t>
-            </a:r>
+              <a:t>ЕДИНОЕ НАЦИОНАЛЬНОЕ ТЕСТИРОВАНИЕ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="Прямоугольник 19">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4EECF816-4953-44B7-A5A5-BCB52861BFA3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="910749" y="909304"/>
-            <a:ext cx="10442518" cy="707722"/>
+            <a:off x="910630" y="909514"/>
+            <a:ext cx="10441159" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
-[...3 lines deleted...]
-                  <a:srgbClr val="C0504D"/>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
-                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Білім </a:t>
-[...45 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="2000" b="1" kern="1200" dirty="0">
+              <a:t>ЕНТ (11 апреля – 30 июня) для участия в конкурсе на присуждение образовательного гранта, а также для зачисления в вуз на платной основе</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
               <a:solidFill>
-                <a:srgbClr val="C0504D"/>
+                <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
-              <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="27" name="Группа 26"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="695401" y="1720683"/>
-            <a:ext cx="11109700" cy="4804794"/>
+            <a:off x="695310" y="1721082"/>
+            <a:ext cx="11108254" cy="5021080"/>
             <a:chOff x="521550" y="1431816"/>
-            <a:chExt cx="8332275" cy="3603595"/>
+            <a:chExt cx="8332275" cy="3764938"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="5" name="Oval 1">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F390D66-A7E3-4334-B267-9DEE2AB5FCE4}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="3633629" y="1563638"/>
               <a:ext cx="1899065" cy="1899065"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
-              <a:schemeClr val="tx2">
-[...2 lines deleted...]
-              </a:schemeClr>
+              <a:schemeClr val="tx2"/>
             </a:solidFill>
             <a:ln w="44450">
               <a:noFill/>
             </a:ln>
             <a:effectLst>
               <a:outerShdw blurRad="50800" dist="38100" dir="5400000" algn="t" rotWithShape="0">
                 <a:prstClr val="black">
                   <a:alpha val="40000"/>
                 </a:prstClr>
               </a:outerShdw>
             </a:effectLst>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
-[...4 lines deleted...]
-              </a:endParaRPr>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="6" name="Isosceles Triangle 9">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5B8689E3-AE4A-4C9E-AC96-5FBCC753EFD9}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm rot="16200000">
               <a:off x="2621492" y="2294778"/>
               <a:ext cx="523858" cy="451601"/>
             </a:xfrm>
             <a:prstGeom prst="triangle">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="bg1">
@@ -27209,56 +6431,52 @@
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
-[...4 lines deleted...]
-              </a:endParaRPr>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="7" name="Isosceles Triangle 10">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7672754-CF5F-40C4-8606-EC57DCC1A1CE}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm rot="5400000">
               <a:off x="6020975" y="2294778"/>
               <a:ext cx="523857" cy="451601"/>
             </a:xfrm>
             <a:prstGeom prst="triangle">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="bg1">
@@ -27267,204 +6485,98 @@
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
-[...4 lines deleted...]
-              </a:endParaRPr>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="10" name="TextBox 9">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A95958DA-62EF-4D96-8DDB-872D8223EDE3}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="539552" y="1451560"/>
               <a:ext cx="2679647" cy="392324"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
-              <a:pPr defTabSz="914310" hangingPunct="1"/>
               <a:r>
-                <a:rPr lang="ru-RU" altLang="ko-KR" sz="1400" kern="1200" dirty="0" smtClean="0">
+                <a:rPr lang="ru-RU" altLang="ko-KR" sz="1400" dirty="0" smtClean="0">
                   <a:solidFill>
-                    <a:srgbClr val="1F497D"/>
+                    <a:schemeClr val="tx2"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
-                  <a:ea typeface="맑은 고딕"/>
                   <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>Орта </a:t>
+                <a:t>Выпускники организаций среднего образования текущего года</a:t>
               </a:r>
-              <a:r>
-[...100 lines deleted...]
-                  <a:srgbClr val="1F497D"/>
+              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
-                <a:ea typeface="맑은 고딕"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="3" name="그룹 9">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8D14D8A-C2ED-420C-87A2-BBDAA825675C}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="1118868" y="2196541"/>
               <a:ext cx="1014344" cy="634888"/>
               <a:chOff x="676746" y="2310751"/>
               <a:chExt cx="1352458" cy="846518"/>
             </a:xfrm>
             <a:solidFill>
@@ -27476,1716 +6588,408 @@
                   <a:alpha val="40000"/>
                 </a:prstClr>
               </a:outerShdw>
             </a:effectLst>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="12" name="Rectangle 14">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6CBC7DF2-E55F-46D1-830B-103806951D9A}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="683569" y="2609587"/>
                 <a:ext cx="1345635" cy="259650"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
-              <a:solidFill>
-[...4 lines deleted...]
-              </a:solidFill>
+              <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
             </p:spPr>
             <p:style>
               <a:lnRef idx="2">
                 <a:schemeClr val="accent1">
                   <a:shade val="50000"/>
                 </a:schemeClr>
               </a:lnRef>
               <a:fillRef idx="1">
                 <a:schemeClr val="accent1"/>
               </a:fillRef>
               <a:effectRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:effectRef>
               <a:fontRef idx="minor">
                 <a:schemeClr val="lt1"/>
               </a:fontRef>
             </p:style>
             <p:txBody>
               <a:bodyPr rtlCol="0" anchor="ctr"/>
               <a:lstStyle/>
               <a:p>
-                <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
-[...4 lines deleted...]
-                </a:endParaRPr>
+                <a:pPr algn="ctr"/>
+                <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0"/>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="13" name="Isosceles Triangle 15">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EBC0FFF7-9EA1-477C-9E0E-EC84708FB969}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="676746" y="2310751"/>
                 <a:ext cx="1352457" cy="216024"/>
               </a:xfrm>
               <a:prstGeom prst="triangle">
                 <a:avLst/>
               </a:prstGeom>
-              <a:solidFill>
-[...4 lines deleted...]
-              </a:solidFill>
+              <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
             </p:spPr>
             <p:style>
               <a:lnRef idx="2">
                 <a:schemeClr val="accent1">
                   <a:shade val="50000"/>
                 </a:schemeClr>
               </a:lnRef>
               <a:fillRef idx="1">
                 <a:schemeClr val="accent1"/>
               </a:fillRef>
               <a:effectRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:effectRef>
               <a:fontRef idx="minor">
                 <a:schemeClr val="lt1"/>
               </a:fontRef>
             </p:style>
             <p:txBody>
               <a:bodyPr rtlCol="0" anchor="ctr"/>
               <a:lstStyle/>
               <a:p>
-                <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
-[...4 lines deleted...]
-                </a:endParaRPr>
+                <a:pPr algn="ctr"/>
+                <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0"/>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="14" name="Isosceles Triangle 16">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0D5A127-FB58-4CD8-A30D-8163806BD2E0}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm rot="10800000">
                 <a:off x="676746" y="2941245"/>
                 <a:ext cx="1352457" cy="216024"/>
               </a:xfrm>
               <a:prstGeom prst="triangle">
                 <a:avLst/>
               </a:prstGeom>
-              <a:solidFill>
-[...4 lines deleted...]
-              </a:solidFill>
+              <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
             </p:spPr>
             <p:style>
               <a:lnRef idx="2">
                 <a:schemeClr val="accent1">
                   <a:shade val="50000"/>
                 </a:schemeClr>
               </a:lnRef>
               <a:fillRef idx="1">
                 <a:schemeClr val="accent1"/>
               </a:fillRef>
               <a:effectRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:effectRef>
               <a:fontRef idx="minor">
                 <a:schemeClr val="lt1"/>
               </a:fontRef>
             </p:style>
             <p:txBody>
               <a:bodyPr rtlCol="0" anchor="ctr"/>
               <a:lstStyle/>
               <a:p>
-                <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
-[...4 lines deleted...]
-                </a:endParaRPr>
+                <a:pPr algn="ctr"/>
+                <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0"/>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="23" name="TextBox 22">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{918B62FB-4AFA-4D43-A7C0-50A2E5BF55A7}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="521550" y="2931790"/>
-              <a:ext cx="2970330" cy="877163"/>
+              <a:ext cx="2970330" cy="1038506"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
-              <a:pPr defTabSz="914310" hangingPunct="1"/>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1" smtClean="0">
+                <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                   <a:solidFill>
-                    <a:srgbClr val="1F497D"/>
+                    <a:schemeClr val="tx2"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>Шетелде</a:t>
+                <a:t>Выпускники организаций среднего образования, обучавшихся за рубежом, а также лица казахской национальности, не являющиеся гражданами Республики Казахстан, окончившие учебные заведения </a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" smtClean="0">
+                <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
                   <a:solidFill>
-                    <a:srgbClr val="1F497D"/>
+                    <a:schemeClr val="tx2"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t> </a:t>
+                <a:t>зарубежом</a:t>
               </a:r>
-              <a:r>
-[...346 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="26" name="TextBox 25">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA72E6CE-0EC7-4DAF-A318-538BF6139188}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="5796136" y="1431816"/>
               <a:ext cx="3057689" cy="715415"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="r" defTabSz="914310" hangingPunct="1"/>
+              <a:pPr algn="r"/>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" smtClean="0">
+                <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                   <a:solidFill>
-                    <a:srgbClr val="1F497D"/>
+                    <a:schemeClr val="tx2"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>Орта </a:t>
+                <a:t>Выпускники организаций среднего образования прошлых лет, технического и профессионального или </a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
                   <a:solidFill>
-                    <a:srgbClr val="1F497D"/>
+                    <a:schemeClr val="tx2"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>білім</a:t>
+                <a:t>послесреднего</a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                   <a:solidFill>
-                    <a:srgbClr val="1F497D"/>
+                    <a:schemeClr val="tx2"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t> беру </a:t>
+                <a:t> образования</a:t>
               </a:r>
-              <a:r>
-[...280 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="29" name="TextBox 28">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{99C54FC5-92F2-4908-B1EA-0259421ED681}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="5580112" y="2931790"/>
-              <a:ext cx="3240360" cy="1038746"/>
+              <a:ext cx="3240360" cy="1361596"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="r" defTabSz="914310" hangingPunct="1"/>
+              <a:pPr algn="r"/>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                   <a:solidFill>
-                    <a:srgbClr val="1F497D"/>
+                    <a:schemeClr val="tx2"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>ЖЖОКБҰ-</a:t>
+                <a:t>Лица, зачисленные в ОВПО по очной форме обучения на платной основе, не набравшие пороговый балл по результатам ЕНТ, с результатами ЕНТ с несоответствующими комбинациями профильных предметов, с аннулированными результатами ЕНТ для дальнейшего зачисления в ОВПО на платной основе в календарном году</a:t>
               </a:r>
-              <a:r>
-[...632 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="31" name="TextBox 30">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F944A2E-41C0-4A94-BC87-F73915762F2F}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="3653898" y="2103619"/>
-              <a:ext cx="1836204" cy="923329"/>
+              <a:off x="3653898" y="2103726"/>
+              <a:ext cx="1836204" cy="923116"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
+              <a:pPr algn="ctr"/>
               <a:r>
-                <a:rPr lang="kk-KZ" altLang="ko-KR" sz="2800" b="1" kern="1200" dirty="0" smtClean="0">
+                <a:rPr lang="kk-KZ" altLang="ko-KR" sz="2800" b="1" dirty="0" smtClean="0">
                   <a:solidFill>
-                    <a:prstClr val="white"/>
+                    <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
-                  <a:ea typeface="맑은 고딕"/>
                   <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>ҰБТ </a:t>
+                <a:t>УЧАСТНИКИ ЕНТ</a:t>
               </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr algn="ctr"/>
               <a:r>
-                <a:rPr lang="kk-KZ" altLang="ko-KR" sz="2000" b="1" kern="1200" dirty="0" smtClean="0">
+                <a:rPr lang="kk-KZ" altLang="ko-KR" b="1" dirty="0" smtClean="0">
                   <a:solidFill>
-                    <a:prstClr val="white"/>
+                    <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
-                  <a:ea typeface="맑은 고딕"/>
                   <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>қатысушылары</a:t>
+                <a:t>(апрель-июнь)</a:t>
               </a:r>
-              <a:r>
-[...23 lines deleted...]
-                  <a:prstClr val="white"/>
+              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
-                <a:ea typeface="맑은 고딕"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="8" name="그룹 9">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8D14D8A-C2ED-420C-87A2-BBDAA825675C}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="7110282" y="2183356"/>
               <a:ext cx="1014344" cy="634888"/>
               <a:chOff x="676746" y="2310751"/>
               <a:chExt cx="1352458" cy="846518"/>
             </a:xfrm>
             <a:solidFill>
@@ -29197,673 +7001,244 @@
                   <a:alpha val="40000"/>
                 </a:prstClr>
               </a:outerShdw>
             </a:effectLst>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="35" name="Rectangle 14">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6CBC7DF2-E55F-46D1-830B-103806951D9A}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="683569" y="2609587"/>
                 <a:ext cx="1345635" cy="259650"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
-              <a:solidFill>
-[...4 lines deleted...]
-              </a:solidFill>
+              <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
             </p:spPr>
             <p:style>
               <a:lnRef idx="2">
                 <a:schemeClr val="accent1">
                   <a:shade val="50000"/>
                 </a:schemeClr>
               </a:lnRef>
               <a:fillRef idx="1">
                 <a:schemeClr val="accent1"/>
               </a:fillRef>
               <a:effectRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:effectRef>
               <a:fontRef idx="minor">
                 <a:schemeClr val="lt1"/>
               </a:fontRef>
             </p:style>
             <p:txBody>
               <a:bodyPr rtlCol="0" anchor="ctr"/>
               <a:lstStyle/>
               <a:p>
-                <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
-[...4 lines deleted...]
-                </a:endParaRPr>
+                <a:pPr algn="ctr"/>
+                <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0"/>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="36" name="Isosceles Triangle 15">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EBC0FFF7-9EA1-477C-9E0E-EC84708FB969}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="676746" y="2310751"/>
                 <a:ext cx="1352457" cy="216024"/>
               </a:xfrm>
               <a:prstGeom prst="triangle">
                 <a:avLst/>
               </a:prstGeom>
-              <a:solidFill>
-[...4 lines deleted...]
-              </a:solidFill>
+              <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
             </p:spPr>
             <p:style>
               <a:lnRef idx="2">
                 <a:schemeClr val="accent1">
                   <a:shade val="50000"/>
                 </a:schemeClr>
               </a:lnRef>
               <a:fillRef idx="1">
                 <a:schemeClr val="accent1"/>
               </a:fillRef>
               <a:effectRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:effectRef>
               <a:fontRef idx="minor">
                 <a:schemeClr val="lt1"/>
               </a:fontRef>
             </p:style>
             <p:txBody>
               <a:bodyPr rtlCol="0" anchor="ctr"/>
               <a:lstStyle/>
               <a:p>
-                <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
-[...4 lines deleted...]
-                </a:endParaRPr>
+                <a:pPr algn="ctr"/>
+                <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0"/>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="37" name="Isosceles Triangle 16">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0D5A127-FB58-4CD8-A30D-8163806BD2E0}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm rot="10800000">
                 <a:off x="676746" y="2941245"/>
                 <a:ext cx="1352457" cy="216024"/>
               </a:xfrm>
               <a:prstGeom prst="triangle">
                 <a:avLst/>
               </a:prstGeom>
-              <a:solidFill>
-[...4 lines deleted...]
-              </a:solidFill>
+              <a:grpFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
             </p:spPr>
             <p:style>
               <a:lnRef idx="2">
                 <a:schemeClr val="accent1">
                   <a:shade val="50000"/>
                 </a:schemeClr>
               </a:lnRef>
               <a:fillRef idx="1">
                 <a:schemeClr val="accent1"/>
               </a:fillRef>
               <a:effectRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:effectRef>
               <a:fontRef idx="minor">
                 <a:schemeClr val="lt1"/>
               </a:fontRef>
             </p:style>
             <p:txBody>
               <a:bodyPr rtlCol="0" anchor="ctr"/>
               <a:lstStyle/>
               <a:p>
-                <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
-[...4 lines deleted...]
-                </a:endParaRPr>
+                <a:pPr algn="ctr"/>
+                <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0"/>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="21" name="TextBox 20">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA72E6CE-0EC7-4DAF-A318-538BF6139188}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="3098487" y="4158248"/>
-              <a:ext cx="3057689" cy="877163"/>
+              <a:ext cx="3057689" cy="1038506"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
+              <a:pPr algn="ctr"/>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1" smtClean="0">
+                <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                   <a:solidFill>
-                    <a:srgbClr val="1F497D"/>
+                    <a:schemeClr val="tx2"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>Жоғары</a:t>
+                <a:t>Выпускники технического и профессионального или </a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" smtClean="0">
+                <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
                   <a:solidFill>
-                    <a:srgbClr val="1F497D"/>
+                    <a:schemeClr val="tx2"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t> </a:t>
+                <a:t>послесреднего</a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                   <a:solidFill>
-                    <a:srgbClr val="1F497D"/>
+                    <a:schemeClr val="tx2"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>білімнің</a:t>
+                <a:t> образования, поступающих по образовательным программам высшего образования, предусматривающим сокращенные сроки обучения</a:t>
               </a:r>
-              <a:r>
-[...401 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="25" name="Isosceles Triangle 10">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7672754-CF5F-40C4-8606-EC57DCC1A1CE}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm rot="10800000">
               <a:off x="4355976" y="3651870"/>
               <a:ext cx="523857" cy="451601"/>
             </a:xfrm>
             <a:prstGeom prst="triangle">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
@@ -29873,1956 +7248,1795 @@
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
-[...4 lines deleted...]
-              </a:endParaRPr>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2052871414"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2352879580"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Прямоугольник 7"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7919173" y="1821128"/>
+            <a:ext cx="2783947" cy="1291476"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Прямоугольник 8"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7919173" y="3069554"/>
+            <a:ext cx="2783947" cy="2496855"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent5">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Прямоугольник 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1487295" y="1821128"/>
+            <a:ext cx="2783947" cy="1291476"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Прямоугольник 10"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1487295" y="3069554"/>
+            <a:ext cx="2783947" cy="2496855"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent5">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Прямоугольник 11"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4655235" y="1821128"/>
+            <a:ext cx="2783947" cy="1291476"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Прямоугольник 12"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4655235" y="3069554"/>
+            <a:ext cx="2783947" cy="2496855"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent5">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="TextBox 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{07F741B9-3A74-4FBE-8208-E5B13F846967}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1702718" y="2012281"/>
+            <a:ext cx="864096" cy="769441"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ko-KR" sz="4400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Segoe UI" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Segoe UI" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>15</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" altLang="ko-KR" sz="4400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Segoe UI" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Segoe UI" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="TextBox 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{07F741B9-3A74-4FBE-8208-E5B13F846967}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4871070" y="1989634"/>
+            <a:ext cx="864096" cy="769441"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ko-KR" sz="4400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Segoe UI" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Segoe UI" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>20</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" altLang="ko-KR" sz="4400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Segoe UI" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Segoe UI" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="TextBox 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{07F741B9-3A74-4FBE-8208-E5B13F846967}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8111430" y="1989634"/>
+            <a:ext cx="864096" cy="769441"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ko-KR" sz="4400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Segoe UI" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Segoe UI" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>35</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" altLang="ko-KR" sz="4400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Segoe UI" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Segoe UI" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="TextBox 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{07F741B9-3A74-4FBE-8208-E5B13F846967}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2566814" y="2133650"/>
+            <a:ext cx="1728192" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ko-KR" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ТЕСТОВЫХ  ЗАДАНИЙ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" altLang="ko-KR" sz="1600" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="TextBox 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{07F741B9-3A74-4FBE-8208-E5B13F846967}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5735166" y="2124939"/>
+            <a:ext cx="1728192" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ko-KR" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ТЕСТОВЫХ  ЗАДАНИЙ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" altLang="ko-KR" sz="1600" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="TextBox 18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{07F741B9-3A74-4FBE-8208-E5B13F846967}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8975526" y="2124939"/>
+            <a:ext cx="1728192" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ko-KR" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ТЕСТОВЫХ  ЗАДАНИЙ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" altLang="ko-KR" sz="1600" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="TextBox 19">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{07F741B9-3A74-4FBE-8208-E5B13F846967}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1486694" y="3359527"/>
+            <a:ext cx="2952328" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ko-KR" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>   - ИСТОРИЯ                                                    КАЗАХСТАНА</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" altLang="ko-KR" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="75000"/>
+                  <a:lumOff val="25000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="TextBox 20">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{07F741B9-3A74-4FBE-8208-E5B13F846967}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1558702" y="4151615"/>
+            <a:ext cx="2808312" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ko-KR" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>- МАТЕМАТИЧЕСКАЯ ГРАМОТНОСТЬ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" altLang="ko-KR" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="75000"/>
+                  <a:lumOff val="25000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="TextBox 21">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{07F741B9-3A74-4FBE-8208-E5B13F846967}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4727054" y="3359527"/>
+            <a:ext cx="2952328" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ko-KR" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>   - ГРАМОТНОСТЬ ЧТЕНИЯ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" altLang="ko-KR" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="75000"/>
+                  <a:lumOff val="25000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="TextBox 22">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{07F741B9-3A74-4FBE-8208-E5B13F846967}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7967414" y="3357786"/>
+            <a:ext cx="2952328" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ko-KR" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>   - 1-Й ПРОФИЛЬНЫЙ ПРЕДМЕТ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" altLang="ko-KR" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="75000"/>
+                  <a:lumOff val="25000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="TextBox 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{07F741B9-3A74-4FBE-8208-E5B13F846967}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7967414" y="4149874"/>
+            <a:ext cx="2952328" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ko-KR" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>   - 2-Й ПРОФИЛЬНЫЙ ПРЕДМЕТ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" altLang="ko-KR" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="75000"/>
+                  <a:lumOff val="25000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="TextBox 24">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{07F741B9-3A74-4FBE-8208-E5B13F846967}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1918742" y="5756697"/>
+            <a:ext cx="2088232" cy="769441"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ko-KR" sz="4400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Segoe UI" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Segoe UI" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ВСЕГО</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" altLang="ko-KR" sz="4400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:latin typeface="Segoe UI" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Segoe UI" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26" name="Прямоугольник 25"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4655047" y="5734050"/>
+            <a:ext cx="2808311" cy="864096"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="27" name="TextBox 26">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{07F741B9-3A74-4FBE-8208-E5B13F846967}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4871070" y="5869355"/>
+            <a:ext cx="1728192" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ko-KR" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ТЕСТОВЫХ  ЗАДАНИЙ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" altLang="ko-KR" sz="1600" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="28" name="TextBox 27">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{07F741B9-3A74-4FBE-8208-E5B13F846967}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6239222" y="5734050"/>
+            <a:ext cx="1152128" cy="769441"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ko-KR" sz="4400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Segoe UI" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Segoe UI" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>120</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" altLang="ko-KR" sz="4400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Segoe UI" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Segoe UI" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="29" name="Прямоугольник 28"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7919771" y="5734050"/>
+            <a:ext cx="2783947" cy="864096"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="30" name="TextBox 29">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{07F741B9-3A74-4FBE-8208-E5B13F846967}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8111430" y="5971560"/>
+            <a:ext cx="1728192" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ko-KR" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>БАЛЛОВ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" altLang="ko-KR" sz="1600" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="31" name="TextBox 30">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{07F741B9-3A74-4FBE-8208-E5B13F846967}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9431939" y="5734050"/>
+            <a:ext cx="1152128" cy="769441"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ko-KR" sz="4400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Segoe UI" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Segoe UI" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>140</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" altLang="ko-KR" sz="4400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Segoe UI" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Segoe UI" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="32" name="Прямоугольник 31"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2" y="5"/>
+            <a:ext cx="12190413" cy="884974"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="tx2"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="68577" tIns="34289" rIns="68577" bIns="34289" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ЕДИНОЕ НАЦИОНАЛЬНОЕ ТЕСТИРОВАНИЕ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="33" name="Прямоугольник 32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{CDABCAB6-FF20-4ABA-8C88-F2DC9EB4F12A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1640681" y="1022989"/>
+            <a:ext cx="8919815" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ФОРМАТ ЕНТ</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2889389092"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Прямоугольник 3">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3" y="-1"/>
-            <a:ext cx="12192000" cy="1228300"/>
+            <a:off x="2" y="7"/>
+            <a:ext cx="12190413" cy="884974"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="accent1"/>
+            <a:schemeClr val="tx2"/>
           </a:solidFill>
           <a:ln>
-            <a:noFill/>
+            <a:solidFill>
+              <a:schemeClr val="tx2"/>
+            </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:bodyPr lIns="68574" tIns="34289" rIns="68574" bIns="34289" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ЕДИНОЕ НАЦИОНАЛЬНОЕ ТЕСТИРОВАНИЕ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="accent1"/>
+                <a:prstClr val="white"/>
               </a:solidFill>
-              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
-[...784 lines deleted...]
-              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="29" name="Picture 4" descr="Похожее изображение"/>
+          <p:cNvPr id="5" name="Рисунок 4"/>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="225350" y="1888783"/>
-            <a:ext cx="986227" cy="932153"/>
+            <a:off x="335323" y="1629177"/>
+            <a:ext cx="3719122" cy="1809763"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...8 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="30" name="Picture 2" descr="Похожее изображение"/>
+          <p:cNvPr id="6" name="Рисунок 5" descr="photo_2021-02-19_07-58-03.jpg"/>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3" cstate="print">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId3" cstate="print"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="225351" y="4339785"/>
-            <a:ext cx="986227" cy="932152"/>
+            <a:off x="335316" y="3933966"/>
+            <a:ext cx="3711930" cy="2088716"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...8 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...83 lines deleted...]
-          <p:cNvPr id="53" name="TextBox 52"/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="TextBox 6"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1340201" y="1690133"/>
-            <a:ext cx="3763200" cy="1835540"/>
+            <a:off x="4583235" y="1629177"/>
+            <a:ext cx="7127864" cy="900244"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" lIns="89572" tIns="44786" rIns="89572" bIns="44786" rtlCol="0">
+          <a:bodyPr wrap="square" lIns="68576" tIns="34289" rIns="68576" bIns="34289" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr defTabSz="653132">
-[...12 lines deleted...]
-                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ҰБТ өткізу қағидаларының сақталуын бақылауды жүзеге асыру үшін ҰБТӨП-ке ҚР БҒМ БҒССҚК және ҚР БҒМ БҒССҚК БССҚД қызметкерлері қатарынан </a:t>
-[...3 lines deleted...]
-                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              <a:t>ТЕСТИРОВАНИЕ БУДЕТ ПРОВОДИТЬСЯ В </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>бақылаушылар</a:t>
-[...3 lines deleted...]
-                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              <a:t>50</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> жіберіледі</a:t>
-[...3 lines deleted...]
-              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:t> ПУНКТАХ ТОО «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>U</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>FUTURE</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>»</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, ОСНАЩЕННЫХ ПО ПРИНЦИПУ                                       </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>“1 ТЕСТИРУЕМЫЙ - 1 КОМПЬЮТЕР – 1 КАМЕРА”.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="54" name="TextBox 53"/>
+          <p:cNvPr id="8" name="TextBox 7"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1340204" y="4073495"/>
-            <a:ext cx="3453917" cy="1198442"/>
+            <a:off x="4655235" y="3933967"/>
+            <a:ext cx="6767871" cy="1177243"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" lIns="89572" tIns="44786" rIns="89572" bIns="44786" rtlCol="0">
+          <a:bodyPr wrap="square" lIns="68576" tIns="34289" rIns="68576" bIns="34289" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr fontAlgn="auto"/>
-[...2 lines deleted...]
-                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>«Адалдық алаңы» жобалық кеңсесі өкілдері мен арнайы мониторингтік топ мүшелері қатарынан </a:t>
-[...3 lines deleted...]
-                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              <a:t>3</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>бақылаушылар</a:t>
+              <a:t>   ПУНКТА В ГОРОДАХ РЕСПУБЛИКАНСКОГО ЗНАЧЕНИЯ;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>14</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>  ПУНКТОВ В ОБЛАСТНЫХ ЦЕНТРАХ;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>4</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>    ПУНКТА В МОНОГОРОДАХ;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>29</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>   ПУНКТ В РАЙОННЫХ ЦЕНТРАХ.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
-              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
-[...120 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="accent3">
-[...1 lines deleted...]
-                </a:schemeClr>
+                <a:schemeClr val="tx2"/>
               </a:solidFill>
-              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="88027416"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1167245851"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
-[...318 lines deleted...]
-
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
-  <a:themeElements>
-[...283 lines deleted...]
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="1_Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
@@ -32060,1765 +9274,81 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=ppt/theme/theme3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1669 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template/>
   <TotalTime></TotalTime>
-  <Words>1667</Words>
+  <Words>432</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Произвольный</PresentationFormat>
-  <Paragraphs>182</Paragraphs>
-  <Slides>17</Slides>
+  <Paragraphs>65</Paragraphs>
+  <Slides>6</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>17</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="20" baseType="lpstr">
+    <vt:vector size="7" baseType="lpstr">
       <vt:lpstr>Тема Office</vt:lpstr>
-      <vt:lpstr>1_Тема Office</vt:lpstr>
-[...17 lines deleted...]
-      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Слайд 1</vt:lpstr>
+      <vt:lpstr>Слайд 2</vt:lpstr>
+      <vt:lpstr>Слайд 3</vt:lpstr>
+      <vt:lpstr>Слайд 4</vt:lpstr>
+      <vt:lpstr>Слайд 5</vt:lpstr>
+      <vt:lpstr>Слайд 6</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Презентация PowerPoint</dc:title>
+  <dc:title>Слайд 1</dc:title>
+  <dc:creator>Акжан Хайдарова</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>