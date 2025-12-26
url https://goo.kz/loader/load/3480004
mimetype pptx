--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,86 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="257" r:id="rId3"/>
     <p:sldId id="258" r:id="rId4"/>
     <p:sldId id="259" r:id="rId5"/>
     <p:sldId id="260" r:id="rId6"/>
     <p:sldId id="261" r:id="rId7"/>
     <p:sldId id="262" r:id="rId8"/>
     <p:sldId id="263" r:id="rId9"/>
     <p:sldId id="264" r:id="rId10"/>
     <p:sldId id="265" r:id="rId11"/>
     <p:sldId id="266" r:id="rId12"/>
+    <p:sldId id="267" r:id="rId13"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ru-RU"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -164,82 +166,82 @@
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="86" d="100"/>
           <a:sy n="86" d="100"/>
         </p:scale>
         <p:origin x="708" y="96"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -373,51 +375,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец подзаголовка</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8C867C85-E728-41CB-A755-8871C8F8490C}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.03.2021</a:t>
+              <a:t>09.03.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -543,51 +545,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8C867C85-E728-41CB-A755-8871C8F8490C}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.03.2021</a:t>
+              <a:t>09.03.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -723,51 +725,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8C867C85-E728-41CB-A755-8871C8F8490C}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.03.2021</a:t>
+              <a:t>09.03.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -893,51 +895,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8C867C85-E728-41CB-A755-8871C8F8490C}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.03.2021</a:t>
+              <a:t>09.03.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1139,51 +1141,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8C867C85-E728-41CB-A755-8871C8F8490C}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.03.2021</a:t>
+              <a:t>09.03.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1371,51 +1373,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8C867C85-E728-41CB-A755-8871C8F8490C}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.03.2021</a:t>
+              <a:t>09.03.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1738,51 +1740,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Дата 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8C867C85-E728-41CB-A755-8871C8F8490C}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.03.2021</a:t>
+              <a:t>09.03.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Нижний колонтитул 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1856,51 +1858,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Дата 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8C867C85-E728-41CB-A755-8871C8F8490C}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.03.2021</a:t>
+              <a:t>09.03.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Нижний колонтитул 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1951,51 +1953,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Дата 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8C867C85-E728-41CB-A755-8871C8F8490C}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.03.2021</a:t>
+              <a:t>09.03.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Нижний колонтитул 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2228,51 +2230,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8C867C85-E728-41CB-A755-8871C8F8490C}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.03.2021</a:t>
+              <a:t>09.03.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2481,51 +2483,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8C867C85-E728-41CB-A755-8871C8F8490C}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.03.2021</a:t>
+              <a:t>09.03.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2698,51 +2700,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{8C867C85-E728-41CB-A755-8871C8F8490C}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.03.2021</a:t>
+              <a:t>09.03.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3098,50 +3100,54 @@
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
+<file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -3262,562 +3268,161 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="0"/>
             <a:ext cx="10515600" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
-              <a:t>ҰБТ-</a:t>
-[...31 lines deleted...]
-              <a:t>: </a:t>
+              <a:t>Для того, чтобы подать заявления на участие в ЕНТ, необходимо: </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="1024479"/>
+            <a:off x="838200" y="1325562"/>
             <a:ext cx="10515600" cy="5532437"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="77500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0"/>
-[...9 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
-              <a:t> </a:t>
-[...4 lines deleted...]
-            </a:r>
+              <a:t>Перейти во вкладку «Подать заявление»</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
-              <a:t> «</a:t>
-[...4 lines deleted...]
-            </a:r>
+              <a:t>Далее выбрать «Единое национальное тестирование» и выбрать тип тестирования:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
+              <a:t>Выпускники организаций среднего образования текущего года</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
-              <a:t> </a:t>
-[...65 lines deleted...]
-            <a:endParaRPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
+              <a:t>Заполнить персональные данные:</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
-              <a:t>Осы </a:t>
-[...4 lines deleted...]
-            </a:r>
+              <a:t>Ввести контактный телефон</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
-              <a:t> </a:t>
-[...4 lines deleted...]
-            </a:r>
+              <a:t>Выбрать гражданство из выпадающего списка</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
-              <a:t> орта </a:t>
-[...4 lines deleted...]
-            </a:r>
+              <a:t>Выбрать национальность из выпадающего списка</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
-              <a:t> беру </a:t>
-[...4 lines deleted...]
-            </a:r>
+              <a:t>Выбрать пол (мужской/женский)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
-              <a:t> </a:t>
-[...34 lines deleted...]
-            </a:r>
+              <a:t>Выбрать наличие/отсутствие международного сертификата английского языка и балл</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
-              <a:t> телефон </a:t>
-[...11 lines deleted...]
-            </a:r>
+              <a:t>Указать место обучения (область, район и наименование школы)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
-              <a:t> </a:t>
-[...11 lines deleted...]
-            </a:r>
+              <a:t>Выбрать профильные предметы</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
-              <a:t> </a:t>
-[...11 lines deleted...]
-            </a:r>
+              <a:t>Выбрать язык сдачи тестирования</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
-              <a:t> </a:t>
-[...4 lines deleted...]
-            </a:r>
+              <a:t>Выбрать место тестирования</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
-              <a:t> (ер/</a:t>
-[...227 lines deleted...]
-            <a:endParaRPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
+              <a:t>Выбрать дату тестирования</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3598648959"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -3825,1155 +3430,521 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="804747" y="844316"/>
             <a:ext cx="10515600" cy="5612239"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
-[...48 lines deleted...]
-              <a:t>барысының</a:t>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>После ввода полей необходимо ознакомиться с правилами проведения </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:t>Единого национального тестирования</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:t>поставить галочку</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> в знак подтверждения согласия.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>После согласия с правилами тестирования необходимо нажать на кнопку </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:t>«Подать заявление»</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>. На данном этапе откроется страница оплаты.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:t>Оплаты за тестирование можно произвести двумя способами</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
+              <a:t>Через приложение Каспи </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>(Инструкция по оплате представлена на рисунке)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
+              <a:t>Онлайн-оплата </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>При выборе данного способа оплаты необходимо нажать на кнопку «Оплатить» и ввести данные банковской карты. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
-              <a:t> </a:t>
-[...297 lines deleted...]
-              <a:t>. </a:t>
+              <a:t>Для оплаты можно использовать любую действующую карту</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
               <a:t>*</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0" err="1" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" b="1" i="1" dirty="0" smtClean="0"/>
-              <a:t> 30 минут </a:t>
-[...21 lines deleted...]
-            <a:endParaRPr lang="ru-RU" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:t>Оплату необходимо произвести в течение 30 минут</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Для проверки статуса заказа и заявления необходимо нажать на кнопку </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
+              <a:t>«Обновить». </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Когда оплата будет произведена  и заявление будет зарегистрировано отобразиться кнопка </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
+              <a:t>«Далее».</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>После нажатия кнопки «Далее» откроется история с заявлением, где будет указано место и время тестирования</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3629381168"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Моя история</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
+              <a:t>После успешной подачи заявления во </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
+              <a:t>вкладке «Моя история» отобразиться карточка с основными данными о заявлении</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>В случае, если </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
+              <a:t>необходимо изменить данные в заявлении</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>, необходимо нажать на кнопку </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:t>«Редактировать заявление»</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>В случае, если </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
+              <a:t>необходимо удалить заявление</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>, надо нажать на кнопку </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:t>«Удалить заявление»</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4082579509"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>:</a:t>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Для того чтобы подать заявление на участие в ЕНТ необходимо:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
-[...36 lines deleted...]
-              <a:t> </a:t>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>В адресной строке браузера ввести электронный адрес </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" i="1" dirty="0" smtClean="0"/>
               <a:t>app.testcenter.kz</a:t>
             </a:r>
-            <a:r>
-[...6 lines deleted...]
-            </a:r>
             <a:endParaRPr lang="ru-RU" b="1" i="1" dirty="0" smtClean="0"/>
           </a:p>
           <a:p>
             <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Выбрать нужный </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" b="1" i="1" dirty="0" smtClean="0"/>
-              <a:t>Интерфейс </a:t>
-[...4 lines deleted...]
-            </a:r>
+              <a:t>язык интерфейса </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>(казахский/русский)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" i="1" dirty="0" smtClean="0"/>
-              <a:t> </a:t>
-[...75 lines deleted...]
-            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Зарегистрироваться</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> в приложении с помощью электронного адреса</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3738899988"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
-[...52 lines deleted...]
-              <a:t>:</a:t>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Для регистрации необходимы следующие данные:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit fontScale="92500"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" i="1" dirty="0" err="1" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" b="1" i="1" dirty="0" smtClean="0"/>
-              <a:t> </a:t>
-[...3 lines deleted...]
-              <a:t>мекен-жай</a:t>
+              <a:t>Электронный адрес </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>(данный электронный адрес будет использоваться в качестве логина при авторизации в приложении)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>После введения данных необходимо нажать на кнопку </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" i="1" dirty="0" smtClean="0"/>
-              <a:t> </a:t>
-[...114 lines deleted...]
-              <a:t> </a:t>
+              <a:t>«Зарегистрироваться»</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Далее на указанный электронный адрес будет </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" i="1" dirty="0" smtClean="0"/>
-              <a:t>«</a:t>
-[...3 lines deleted...]
-              <a:t>Тіркелу</a:t>
+              <a:t>отправлено письмо с ссылкой </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>для подтверждения электронного адреса</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Далее пройти по ссылке указанной в этом письме. В случае, если письма нет в папке </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" i="1" dirty="0" smtClean="0"/>
-              <a:t>»</a:t>
-[...120 lines deleted...]
-              <a:t> хат </a:t>
+              <a:t>«Входящие»</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>, надо проверить папки </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" i="1" dirty="0" smtClean="0"/>
-              <a:t>«</a:t>
-[...31 lines deleted...]
-              <a:t>, </a:t>
+              <a:t>«Спам» </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>и </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" i="1" dirty="0" smtClean="0"/>
-              <a:t>«</a:t>
-            </a:r>
+              <a:t>«Вся почта»</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" i="1" dirty="0" smtClean="0"/>
-              <a:t>Спам» </a:t>
-[...58 lines deleted...]
-              <a:t>хабарласыңыз</a:t>
+              <a:t>*Если письмо не пришло, позвоните по телефону 8(7172)695069</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2891076884"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -4982,428 +3953,115 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
-[...20 lines deleted...]
-              <a:t>:</a:t>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Для заполнения данных необходимо:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
-[...12 lines deleted...]
-              <a:t> </a:t>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Нажать на кнопку </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" i="1" dirty="0" smtClean="0"/>
-              <a:t>«</a:t>
-[...106 lines deleted...]
-              <a:t> </a:t>
+              <a:t>«Подтвердить электронную почту» </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>и перейти на страницу для заполнения данных</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>*Для получения ФИО сделайте поиск по </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
-              <a:t>ЖСН</a:t>
-[...119 lines deleted...]
-              <a:t>парақшам</a:t>
+              <a:t>ИИН</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> с помощью кнопки поиска. Далее нажмите </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
-              <a:t>» </a:t>
-[...81 lines deleted...]
-              <a:t>аяқталады</a:t>
+              <a:t>«Сохранить» </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>и перейти на страницу </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
+              <a:t>«Мой профиль»</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>* Регистрация будет считаться завершенной только после подтверждения электронного адреса</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2510483246"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -5417,599 +4075,218 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="365126"/>
             <a:ext cx="10515600" cy="928416"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
-[...20 lines deleted...]
-              <a:t>:</a:t>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Для авторизации необходимо:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1401878"/>
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
-[...94 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" b="1" i="1" dirty="0" smtClean="0"/>
-              <a:t>«</a:t>
-[...3 lines deleted...]
-              <a:t>Кіру</a:t>
+              <a:t>Ввести электронный адрес</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>, с помощью которого тестируемый зарегистрировался в данном приложении, и </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" i="1" dirty="0" smtClean="0"/>
-              <a:t>» </a:t>
-[...13 lines deleted...]
-            <a:endParaRPr lang="ru-RU" dirty="0"/>
+              <a:t>пароль</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Нажать на кнопку </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:t>«Войти»</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1931171"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
-[...28 lines deleted...]
-              <a:t>:</a:t>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>В случае, если забыли пароль, необходимо:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Нажать на кнопку «Забыли пароль»</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Указать электронный адрес, с помощью которого тестируемый был зарегистрирован в приложении, и нажать на кнопку «Восстановить»</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Далее на указанный адрес будет </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" b="1" i="1" dirty="0" smtClean="0"/>
-              <a:t>«</a:t>
-[...3 lines deleted...]
-              <a:t>Құпия</a:t>
+              <a:t>отправлено письмо с ссылкой </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>для смены пароля. В случае, если письма нет в папке </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" i="1" dirty="0" smtClean="0"/>
-              <a:t> </a:t>
-[...3 lines deleted...]
-              <a:t>сөзді</a:t>
+              <a:t>«Входящие»</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>, надо проверить папки </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" i="1" dirty="0" smtClean="0"/>
-              <a:t> </a:t>
-[...3 lines deleted...]
-              <a:t>ұмыттыңыз</a:t>
+              <a:t>«Спам» </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>и </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" i="1" dirty="0" smtClean="0"/>
-              <a:t> ба?» </a:t>
-[...253 lines deleted...]
-            </a:r>
+              <a:t>«Вся почта»</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="772754552"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -6017,278 +4294,110 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
-[...8 lines deleted...]
-              <a:t>парақшам</a:t>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Мой профиль</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
-[...68 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Нажав на кнопку «Войти», тестируемый попадает на главную страницу «Мой профиль», которая содержит:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
-              <a:t> </a:t>
-[...4 lines deleted...]
-            </a:r>
+              <a:t>логотип и название </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Национального центра тестирования </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
-              <a:t> </a:t>
-[...30 lines deleted...]
-              <a:t>батырмасы</a:t>
+              <a:t>кнопку </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>для смены языкового интерфейса</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
               <a:t>, </a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
-[...5 lines deleted...]
-            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
-              <a:t> </a:t>
-[...69 lines deleted...]
-            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>боковое меню </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>с пунктами: Мой профиль, Подать Заявление, Моя история, Выход</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1288184089"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -6303,579 +4412,163 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="365126"/>
             <a:ext cx="10515600" cy="761148"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
-              <a:t>«</a:t>
-[...43 lines deleted...]
-              <a:t/>
+              <a:t>Страница «Мой профиль» содержит следующую информацию:</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
             </a:br>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1048215"/>
             <a:ext cx="10515600" cy="5542156"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit lnSpcReduction="10000"/>
+            <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
-              <a:t>Мен </a:t>
-[...4 lines deleted...]
-            </a:r>
+              <a:t>Мои данные:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
+              <a:t>ФИО тестируемого</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
+              <a:t>Контактный телефон</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
+              <a:t>ИИН</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
+              <a:t>Кнопку «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1"/>
+              <a:t>Р</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:t>едакировать</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
+              <a:t>» </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>для возможности отредактировать данные блока «Мои данные»</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
-              <a:t> </a:t>
-[...14 lines deleted...]
-            </a:r>
+              <a:t>Безопасность:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
-              <a:t> </a:t>
-[...11 lines deleted...]
-            </a:r>
+              <a:t>Электронный адрес</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0"/>
-              <a:t> </a:t>
-[...409 lines deleted...]
-              <a:t>.</a:t>
+              <a:t>Кнопка «Редактировать электронный адрес»</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>, для того, чтобы изменить электронный адрес, необходимо указать новый электронный адрес и ввести текущий пароль</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>*Для того чтобы завершить изменение электронного адреса, новый электронный адрес необходимо подтвердить через письмо, которое будет отправлено на новый электронный адрес, и авторизоваться с помощью нового логина.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>* Кнопка «Редактирование пароля» необходима для того, чтобы сменить пароль и повторить ввод нового пароля</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2232053639"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -6885,273 +4578,92 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
-              <a:t>Назар </a:t>
-[...7 lines deleted...]
-              <a:t>:</a:t>
+              <a:t>Необходимо:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
-              <a:t>«</a:t>
-[...27 lines deleted...]
-              <a:t>қызыл</a:t>
+              <a:t>Внимательно ознакомиться с информацией, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" i="1" dirty="0" smtClean="0"/>
-              <a:t> </a:t>
-[...3 lines deleted...]
-              <a:t>әріпті</a:t>
+              <a:t>выделенной красным шрифтом!</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Обратиться по </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" i="1" dirty="0" smtClean="0"/>
-              <a:t> </a:t>
-[...150 lines deleted...]
-              <a:t>болады</a:t>
+              <a:t>указанным контактам</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>, если возникнут вопросы по организации тестирования и по работе веб-приложения</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="17765834"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -7390,93 +4902,94 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>528</Words>
+  <Words>638</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Широкоэкранный</PresentationFormat>
-  <Paragraphs>58</Paragraphs>
-  <Slides>11</Slides>
+  <Paragraphs>66</Paragraphs>
+  <Slides>12</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Использованные шрифты</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>11</vt:i4>
+        <vt:i4>12</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="15" baseType="lpstr">
+    <vt:vector size="16" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Тема Office</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
-      <vt:lpstr>ҰБТ-ге қатысуға өтініш беру үшін:</vt:lpstr>
-[...7 lines deleted...]
-      <vt:lpstr>ҰБТ-ге қатысуға өтініш беру үшін: </vt:lpstr>
+      <vt:lpstr>Для того чтобы подать заявление на участие в ЕНТ необходимо:</vt:lpstr>
+      <vt:lpstr>Для регистрации необходимы следующие данные:</vt:lpstr>
+      <vt:lpstr>Для заполнения данных необходимо:</vt:lpstr>
+      <vt:lpstr>Для авторизации необходимо:</vt:lpstr>
+      <vt:lpstr>В случае, если забыли пароль, необходимо:</vt:lpstr>
+      <vt:lpstr>Мой профиль</vt:lpstr>
+      <vt:lpstr>Страница «Мой профиль» содержит следующую информацию: </vt:lpstr>
+      <vt:lpstr>Необходимо:</vt:lpstr>
+      <vt:lpstr>Для того, чтобы подать заявления на участие в ЕНТ, необходимо: </vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Моя история</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Презентация PowerPoint</dc:title>
   <dc:creator>426</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>