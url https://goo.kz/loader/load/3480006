--- v0 (2025-12-06)
+++ v1 (2025-12-06)
@@ -1,5062 +1,3833 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00FE6439" w:rsidRDefault="00FE6439" w:rsidP="00FE6439">
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="36"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE6439">
+      <w:r w:rsidRPr="00666147">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="36"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>О некоторых вопросах педагогической этики</w:t>
-[...60 lines deleted...]
-        <w:r w:rsidRPr="00FE6439">
+        <w:t>Педагогикалық әдептің кейбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мәселелері туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім және ғылым министрінің 2020 жылғы 11 мамырдағы № 190 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 12 мамырда № 20619 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аңының 5-бабының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z1009" w:history="1">
+        <w:r w:rsidRPr="00666147">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>статьи 5</w:t>
+          <w:t>34-1) тармақшасына</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00FE6439">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00FE6439">
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> сәйкес, "Педагог мәртебесі туралы" 2019 жылғы 27 желтоқсандағы Қазақстан Республикасы Заңының 5-бабының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z35" w:history="1">
+        <w:r w:rsidRPr="00666147">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>пунктом 3</w:t>
+          <w:t>3-тармағына</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00FE6439">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00FE6439">
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> және 16-бабының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z66" w:history="1">
+        <w:r w:rsidRPr="00666147">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>пункта 1</w:t>
+          <w:t>1-тармағына</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00FE6439">
-[...57 lines deleted...]
-        <w:r w:rsidRPr="00FE6439">
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> негізінде БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қоса берілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отырған:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="375"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="00666147">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>приложению 1</w:t>
+          <w:t>1-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00FE6439">
-[...33 lines deleted...]
-        <w:r w:rsidRPr="00FE6439">
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> сәйкес Педагогикалық ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қағидалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z62" w:history="1">
+        <w:r w:rsidRPr="00666147">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>приложению 2</w:t>
+          <w:t>2-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00FE6439">
-[...30 lines deleted...]
-        <w:t>      2. Признать утратившим силу </w:t>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> сәйкес Педагогикалық ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жөніндегі кеңестің жұмысын ұйымдастырудың үлгілік қағидалары бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. "Педагогикалық әдеп қағидаларын бекіту туралы" Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім және ғылым министрі міндетін атқарушының 2016 жылғы 8 қаңтардағы № 9 </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:anchor="z1" w:history="1">
-        <w:r w:rsidRPr="00FE6439">
+        <w:r w:rsidRPr="00666147">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>приказ</w:t>
+          <w:t>бұйрығының</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00FE6439">
-[...210 lines deleted...]
-        <w:t>      5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13038 болып тіркелген, 2017 жылғы 1 қаңтарда Қазақстан Республикасы нормативтік құқықтық актілерінің электрондық түрдегі эталондық бақылау банкінде жарияланған) күші жойылды </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> танылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім және ғылым министрлігінің Заң департаменті (Н.Ә. Байжанов) Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім және ғылым министрлігінің интернет-ресурсында орналастыруды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасыны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім және ғылым вице-министрі Ш.Т. Кариноваға жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олданыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13380" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8702"/>
         <w:gridCol w:w="4678"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE6439" w:rsidRPr="00FE6439" w:rsidTr="00FE6439">
+      <w:tr w:rsidR="00666147" w:rsidRPr="00666147" w:rsidTr="00666147">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6439" w:rsidRPr="00FE6439" w:rsidRDefault="00FE6439" w:rsidP="00FE6439">
+          <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE6439">
+            <w:r w:rsidRPr="00666147">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>      </w:t>
+              <w:t>      Қазақстан Республикасыны</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="z14"/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FE6439">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00666147">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Министр образования и науки</w:t>
+              <w:t>ң</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE6439">
+            <w:r w:rsidRPr="00666147">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00666147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ілім және ғылым министрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3225" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6439" w:rsidRPr="00FE6439" w:rsidRDefault="00FE6439" w:rsidP="00FE6439">
+          <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE6439">
+            <w:r w:rsidRPr="00666147">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">А. </w:t>
+              <w:t>А. Аймагамбетов</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FE6439" w:rsidRPr="00FE6439" w:rsidRDefault="00FE6439" w:rsidP="00FE6439">
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13380" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8420"/>
         <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE6439" w:rsidRPr="00FE6439" w:rsidTr="00FE6439">
+      <w:tr w:rsidR="00666147" w:rsidRPr="00666147" w:rsidTr="00666147">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6439" w:rsidRPr="00FE6439" w:rsidRDefault="00FE6439" w:rsidP="00FE6439">
+          <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE6439">
+            <w:r w:rsidRPr="00666147">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00FE6439" w:rsidRPr="00FE6439" w:rsidRDefault="00FE6439" w:rsidP="00FE6439">
+          <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="z15"/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FE6439">
+            <w:bookmarkStart w:id="0" w:name="z11"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00666147">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Приложение 1 к приказу</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE6439">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00666147">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>Министра образования и науки</w:t>
+              <w:t>Б</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE6439">
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00666147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ілім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00666147">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>2020 жылғы 11 мамырдағы</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE6439">
+            <w:r w:rsidRPr="00666147">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>от 11 мая 2020 года № 190</w:t>
+              <w:t>№ 190 Бұйрыққа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00666147">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FE6439" w:rsidRPr="00FE6439" w:rsidRDefault="00FE6439" w:rsidP="00FE6439">
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE6439">
-[...11 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагогикалық ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="135" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE6439">
-[...32 lines deleted...]
-        <w:r w:rsidRPr="00FE6439">
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Осы Педагогикалық әдеп қағидалары (бұдан әрі - Педагогикалық әдеп) "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00666147">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Закона</w:t>
+          <w:t>З</w:t>
         </w:r>
-      </w:hyperlink>
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00FE6439">
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00666147">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Закона</w:t>
+          <w:t>аңының</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00FE6439">
-[...45 lines deleted...]
-      <w:r w:rsidRPr="00FE6439">
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> және "Педагог мәртебесі туралы" 2019 жылғы 27 желтоқсандағы Қазақстан Республикасы </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00666147">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Заңының</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ережелеріне </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00666147">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      3. Знание и соблюдение педагогами положений педагогической этики является одним из критериев оценки качества их профессиональной деятельности и трудовой дисциплины.</w:t>
-[...391 lines deleted...]
-      <w:r w:rsidRPr="00FE6439">
+        <w:t>сәйкес әзірленді, сондай-ақ Қазақстан Республикасының жалпыға бірдей танылған адамгершілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қағидаттары мен нормаларына негізделген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Педагогикалық ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру ұйымдарының педагогтері басшылыққа алатын педагогикалық әдеп қағидаттары мен нормаларының жалпы жиынтығын білдіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Педагогикалық ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ережелерін педагогтердің білуі және сақтауы олардың кәсіби қызметі мен еңбек тәртібі сапасын бағалау өлшемшарттарының бірі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Педагогикалық ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мәтіні білім беру процесінің қатысушылары үшін белгілі бір қолжетімді орында орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Педагогке қатысты талқылаулар және олардың негізінде қабылданған шешімдер педагогтің жазбаша келісі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>імен ғана жария етілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2-тарау. Педагогикалық әдептің негі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зг</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і қағидаттары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Педагогикалық әдептің негі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зг</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і қағидаттары мыналар болып табылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) адалдық:   педагогтің адалдығы олардың оқыту мен тәрбиелеу нәтижесіне, өз қызметіндегі түзетулерді жүзеге асыра білуіне, сынға және рефлексияға қабілетін дамытуға, білім алушылар мен тәрбиеленушілердің, олардың ата-аналарының (заңды өкілдерінің), ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іптестерінің кез келген пікірі үшін ашықтығына жауапкершілігін білді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ред</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) әділдік:  педагогтің әділдігі оның бағалау кызметінің ашықтығын, олардың құ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ған білім беру ортасының айқындылығын білдіреді. Әділдік педагогке білім алушылар мен тәрбиеленушілердің, олардың ата-аналарының (заңды өкілдерінің), әріптестерінің құқығын бұзуға тыйым салады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) жеке тұлғаның абыройын және қаді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қасиетін құрметтеу:  педагог өзінің кәсіби назарындағы объектілер болып табылатын білім алушылар мен тәрбиеленушілердің, олардың ата-аналарының (заңды өкілдерінің), адамдардың абыройы мен қадір-қасиетін құрметтейді, олармен қарым-қатынас жасауда әдепті болады. Ол баланың дамуын шынымен қалап, оған ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қашан көмектесуге дайын екендігін білдіріп, білім алушы мен тәрбиеленушінің жеке басының өсуіне ықпал ету мақсатында білім алушының жетістіктерін (жетіспеушілігін) бағалауда сыпайылықты қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Білім беру процесінің қатысушыларына қатысты күш көрсету, моральдық және психикалық қысым жасау әдістерін қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олдану</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға жол бермейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) патриотизм:   педагог өз Отаны - Қазақстан Республикасына, тарихына, дә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үрлеріне және тіліне адал және сүйіспеншілікпен қарайды. Қазақстан Республикасының мәдени және тарихи дәстүрлерін сақтайды, бұл қарым-қатынасты білім алушыларға береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) жалпы адами құндылықтарды құрметтеу және төзімділік:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Педагог жалпы адами құндылықтардың басымдылығын мойындай отырып, әрбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұлт мәдениетінің ерекшелігіне, құндылығына және қадір-қасиетіне құрметпен қарайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Педагог ұлтаралық қатынастар мәдениетін тәрбиелейді, білім алушыларды жасына, жынысына, тіліне, ұлтына, діни көзқарасына, азаматтығына, шығу тегіне, әлеуметтік, лауазымдық және мүліктік жағдайына немесе өзге де кез келген жағдайларға қарамастан барлық ұлттар мен барлық адамдардың құқығы мен қаді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қасиетін құрметтеуге үйретеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>культуре, убеждениям, месту рождения и жительства, а также умение понимать и учитывать в работе несовершенства обучающихся и воспитанников.</w:t>
-[...582 lines deleted...]
-      <w:r w:rsidRPr="00FE6439">
+        <w:t>      Педагогтің толеранттылығы білім алушылар мен тәрбиеленушілерге, олардың ата-аналарына (заңды өкілдеріне) төзімділікті, олардың әлеуметтік, лауазымдық және мүліктік жағдайына, жынысына, нәсіліне, ұлтына, тіліне, дінге көзқарасына, мәдениетке, наным-сеніміне, туған жері иен тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғылықты жеріне төзімділікті, сондай-ақ жұмыста білім алушылар мен тәрбиеленушілердің жетілмегенін түсі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әне ескере білуді көздейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Педагог мектеп ұжымында сенім білдіру және құрметтеу ахуалын </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға ықпал етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) кәсіби ынтымақтастық:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      педагог кәсіптің беделі туралы ойлайды, ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іптестерінің абыройы мен қадір-қасиетін құрметтейді, мұғалімнің беделіне нұқсан келтіретін іс-әрекеттерге жол бермейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қандай да бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нысанда өз әріптестерінің сенімін теріс пайдалануға, олардың кәсіби міндеттерін атқаруына кедергі жасауға, оларға қандай да бір шығын келтіруге жол бермейді. Педагог өз әріптестерінің теориялық және әдістемелік шеберлік деңгейін арттыруға, шығармашылық қабілетін дамытуға жәрдем көрсетеді, қиын жағдайға тап болған ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іптестеріне көмекке келеді. Кәсіби ынтымақтастық жалғандық пен әділетсіздікті ақтауға қызмет етпейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) үздіксіз </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әсіби даму:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      педагог өзінің </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әсіби шеберлігін, зияткерлік, шығармашылық және жалпы ғылыми деңгейін жетілдіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3-тарау. Педагогикалық әдептің негізгі нормалары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Педагогтер қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әне қызметтік емес уақытта:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) педагогикалық әдептің негізгі принциптерін сақтайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) білім алушылар мен тәрбиеленушілерді жоғары адамгершілік рухына, ата-аналарына, этномәдени құндылық</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға құрмет көрсетуге, қоршаған әлемге ұқыпты қарауға тәрбиелеуге мүмкіндік жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) білім </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға Отанына - Қазақстан Республикасына құрметпен қарауды үйретеді, патриотизм рухын ұялатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) Қазақстан Республикасы педагогінің жоғары атағының беделін түсіруге мүмкіндік туғызатын і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әрекеттерді жасауға жол бермейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) өзінің қызметтік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>індеттерін адал және сапалы орындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) өзінің кәсіби шеберлігін үздіксіз жетілді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ред</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і, өз бетінше білім алу және өзін-өзі жетілдірумен белсенді түрде айналысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) еңбек тәртібі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұлжытпай сақтайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім беру ұйымының мүлкіне ұқыпты қарайды және оны жеке мақсатта пайдаланбайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) сыбайлас жемқорлықтың алдын алу бойынша шаралар қабылдайды, өзінің шыншыл, адал және әділ міне</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>з-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құлқымен үлгі болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) қызметтік ақпараттарды пайдакүнемдік және өзге де жеке мақсаттарда </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдалану</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға жол бермейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) өзі үлгі бола отырып, ұжымда тұрақты және жағымды моральды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>психологиялық жағдай қалыптастыруға мүмкіндік жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12) өзінің қызметтік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>індеттерін орындау кезеңінде іскерлік киім үлгісін ұстанады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) педагог мәртебесін пайдакүнемді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және өзге де жеке мақсаттарда пайдаланудан аулақ болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14) өз қызметінде академиялық адалдық принциптерін мүлтіксіз сақтайды, соның ішінде академиялық ортада адалдық пен өзара сыйластық қалыптастыратын негізгі институционалдық құндылық ретінде академиялық адалдықты қамтамасыз етеді, педагогтің академиялық мәдениетті қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алыптастыр</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға ықпал ететін тәлімгер ретінде өзінің білім алушылары мен тәрбиеленушілеріне құрмет көрсету, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00666147">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>поощрять и стимулировать участников образовательного процесса к продвижению и защите высоких стандартов академической честности, определение педагогом четкой политики дисциплины, ожидаемых</w:t>
-[...404 lines deleted...]
-      <w:r w:rsidRPr="00FE6439">
+        <w:t xml:space="preserve">білім беру процесіне қатысушыларды академиялық адалдықтың жоғары стандарттарын алға жылжытуға және қорғауға ынталандыру және көтермелеу, педагогтің </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әннің нақты саясатын, білім алушылардан күтілетін талаптарды анықтауы, білім алушылардың жауапкершілігін қамтамасыз ету және олардың академиялық адалдық қағидалары мен стандарттарын бұзғаны үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әрменді шаралар қабылдау, білім алушыларға білім беру, әлеуметтік және психологиялық қолдау көрсететін және академиялық әділетсіздік танытуға мүмкіндік бермейтін академиялық орта құру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15) материалдарды БА</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">та, оның ішінде интернет-басылымдарда жариялайды, жеке тұлға ретінде өз атынан ғана көпшілік алдында сөйлейді, бұл ретте педагогтің жоғары атағына нұқсан келтірмей, пікірталасты дұрыс түрде жүргізуді қамтамасыз етеді, мемлекеттің лауазымды тұлғаларының атына сындарлы емес сыннан және әдепсіз </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ікірден тартынады, жариялауға рұқсат етілмеген қызметтік ақпаратты ашпайды, қоғамда педагогтің жоғары атағына нұқсан келтірмейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16) бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім беру ұйымының атынан бұқаралық сөз сөйлеулер, БАҚ жарияланымдары осы ұйымның басшысымен келісіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17) әлеуметтік желілерде тексерілмеген және (немесе) дәйексіз және (немесе) әдепсі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпаратты таратпайды, қоғамда педагогтің жоғары атағын нығайтуға ықпал етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      18) білім және ғылым саласындағы мемлекеттік саясатты іске </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға ықпал етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19) білім алушы мен тәрбиеленушінің жеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іктерінің (жетістікке жетпеуінің), оның әлеуметтік жағдайының, ата-анасының (заңды өкілдерінің) жұмыс орнының құпиялылығын қамтамасыз етеді және бұл мәліметтер қәмелетке толмаған білім алушы мен тәрбиеленушінің ата-аналарының (заңды өкілдерінің) немесе қәмелетке толған бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім алушы мен тәрбиеленушінің жазба келісімімен ғана жария етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Білім беру процесіне қатысушылармен қары</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатынас жасауда педагогтер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) жасына, жынысына, ұлтына, діни сеніміне, азаматтығына, шығу тегіне, әлеуметтік, лауазымдық және мүліктік жағдайларына немесе кез келген өзге де мән-жайларға қарамастан адамның құқығын, абыройы мен қаді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қасиетін құрметтейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) білім беру процесіне қатысушыларға есімін атап, құрметті және мәдени түрде, сондай-ақ жалпы қабылданған моральдық-этикалық нормаларды сақтай отырып жүгінеді, білім беру процесіне қатысушылардың аты-жөні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жазуда және айтуда ерікті түрде бұрмалау фактілеріне жол бермейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) білім беру процесіне қатысушыларға қатысты қаржылық және өзге де бопсалау фактілеріне жол бермейді, өз ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іптестерінің тарапынан осындай әрекеттердің жолын кесуге күш салады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) өз і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әрекетімен қоғам тарапынан дәлелді сындарға жол бермейді, оған сабырлылықпен қарайды, өзінің кәсіби қызметіндегі кемшіліктерді жою және оны жақсарту үшін сындарлы сынды пайдаланады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім беру процесінің қатысушыларына кәсіби қолдау көрсетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) педагогикалық әдептің бұзылуына </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ша</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғым жасаған адамдарды кемсітпейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9. Ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іптестермен қарым-қатынас жасауда педагогтер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) жалпы қабылданған моральдық-әдептілік нормаларын, сыпайылық пен биязылықты сақтайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа педагогтің кәсіби біліктілігіне көпшілік алдында күмән келтірмейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      3) воздерживаются от голословных и бездоказательных жалоб и обращений, не принимают ответных мер против лица, </w:t>
-[...2586 lines deleted...]
-    <w:sectPr w:rsidR="00A5645F" w:rsidRPr="00FE6439" w:rsidSect="00FE6439">
+        <w:t xml:space="preserve">      3) дәйексіз және дәлелсіз шағымдардан бас тартады, педагогикалық әдіптің бұзылғанына шағым жасаған </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға қарсы жауап шараларын қабылдамайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10. Педагогикалық этиканы бұзғаны үшін педагогтер Қазақстан Республикасының заңнамасына сәйкес жауапкершілікке тартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00666147" w:rsidRPr="00666147" w:rsidRDefault="00666147" w:rsidP="00666147">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11. Педагогикалық әдепті сақтау мониторингі Қазақстан Республикасының заңнамасында белгіленген тәртіппен білім беру ұйымдарының тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00666147">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і Педагогикалық әдеп жөніндегі кеңестері жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00666147" w:rsidRPr="00666147" w:rsidSect="00666147">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="851" w:right="1134" w:bottom="1701" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="24AB61F1"/>
+    <w:nsid w:val="0D3D1D1E"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="2B9459B8"/>
+    <w:tmpl w:val="A1EEC442"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -5158,72 +3929,164 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="59421242"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="37369962"/>
+    <w:lvl w:ilvl="0" w:tplc="7E78625E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="735" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1455" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2175" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2895" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3615" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4335" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5055" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5775" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6495" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="116"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00FE6439"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FE6439"/>
+    <w:rsidRoot w:val="00666147"/>
+    <w:rsid w:val="00666147"/>
+    <w:rsid w:val="006D2AC4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -5373,170 +4236,211 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE6439"/>
+    <w:rsid w:val="00666147"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE6439"/>
+    <w:rsid w:val="00666147"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00FE6439"/>
+    <w:rsid w:val="00666147"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00FE6439"/>
+    <w:rsid w:val="00666147"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FE6439"/>
+    <w:rsid w:val="00666147"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FE6439"/>
+    <w:rsid w:val="00666147"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666147"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00666147"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666147"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -5664,266 +4568,307 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE6439"/>
+    <w:rsid w:val="00666147"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE6439"/>
+    <w:rsid w:val="00666147"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00FE6439"/>
+    <w:rsid w:val="00666147"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00FE6439"/>
+    <w:rsid w:val="00666147"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FE6439"/>
+    <w:rsid w:val="00666147"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FE6439"/>
+    <w:rsid w:val="00666147"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666147"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00666147"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666147"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="852887090">
+    <w:div w:id="23945958">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="249895588">
+        <w:div w:id="509025499">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1736392678">
+        <w:div w:id="277177580">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="867453259">
+            <w:div w:id="1750732388">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="3674848">
+        <w:div w:id="41944228">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="363092778">
+            <w:div w:id="1258172533">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1600013038" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020619" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020619" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1600013038" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020619" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020619" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6172,50 +5117,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>3639</Words>
-  <Characters>20746</Characters>
+  <Words>1861</Words>
+  <Characters>10608</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>172</Lines>
-  <Paragraphs>48</Paragraphs>
+  <Lines>88</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24337</CharactersWithSpaces>
+  <CharactersWithSpaces>12445</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>завуч</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>