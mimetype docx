--- v0 (2025-12-14)
+++ v1 (2026-03-06)
@@ -1,19715 +1,18454 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00AB6A06" w:rsidRPr="000C1CD0" w:rsidRDefault="00AB6A06">
-[...5 lines deleted...]
-    </w:p>
+    <w:p w:rsidR="00AB6A06" w:rsidRDefault="00AB6A06"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14175" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7283"/>
         <w:gridCol w:w="6892"/>
       </w:tblGrid>
       <w:tr w:rsidR="00557470" w:rsidRPr="008558EF" w:rsidTr="00D565B0">
         <w:trPr>
           <w:trHeight w:val="1"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00557470" w:rsidRPr="005F2286" w:rsidRDefault="00557470" w:rsidP="00075294">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6892" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="0087131D" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00557470" w:rsidRPr="008558EF" w:rsidRDefault="00557470" w:rsidP="00075294">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="3949" w:hanging="425"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="0087131D" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>УТВЕРЖДАЮ:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00557470" w:rsidRPr="008558EF" w:rsidRDefault="000C6A84" w:rsidP="00075294">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="3524"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель руководителя </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF2602" w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">отдела </w:t>
+            </w:r>
+            <w:r w:rsidR="00D83EFC" w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00557470" w:rsidRPr="008558EF" w:rsidRDefault="00066EB9" w:rsidP="00075294">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="3949" w:hanging="425"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:bCs/>
-[...136 lines deleted...]
-              <w:t>наурыз</w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>__________</w:t>
+            </w:r>
+            <w:r w:rsidR="000C6A84" w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000C6A84" w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>К.Кыдралин</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000C6A84" w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00557470" w:rsidRPr="008558EF" w:rsidRDefault="00557470" w:rsidP="009438D2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="3949" w:hanging="425"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00695FCD" w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="008558EF" w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> марта</w:t>
+            </w:r>
+            <w:r w:rsidR="00F20987" w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003925AC" w:rsidRPr="008558EF" w:rsidTr="00DF60AE">
         <w:trPr>
           <w:trHeight w:val="1"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="003925AC" w:rsidRPr="008558EF" w:rsidRDefault="003925AC" w:rsidP="00075294">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6892" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="003925AC" w:rsidRPr="008558EF" w:rsidRDefault="003925AC" w:rsidP="00075294">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000C1CD0" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
-[...78 lines deleted...]
-    <w:p w:rsidR="000C6A84" w:rsidRPr="008558EF" w:rsidRDefault="000C6A84" w:rsidP="000C6A84">
+    <w:p w:rsidR="002A1523" w:rsidRPr="008558EF" w:rsidRDefault="002A1523" w:rsidP="002A1523">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="008558EF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>План работы</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000C1CD0" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+    <w:p w:rsidR="002A1523" w:rsidRPr="008558EF" w:rsidRDefault="002A1523" w:rsidP="002A1523">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F7E5B">
+      <w:r w:rsidRPr="008558EF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Әдіскерлерге кеңес беру кестесі</w:t>
+        <w:t>методического кабинета отдела образования г</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2602" w:rsidRPr="008558EF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орода </w:t>
+      </w:r>
+      <w:r w:rsidR="005959F8" w:rsidRPr="008558EF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008558EF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>авлодара</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C1CD0" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+    <w:p w:rsidR="002A1523" w:rsidRPr="008558EF" w:rsidRDefault="000C6A84" w:rsidP="000C6A84">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008558EF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidR="00A12EE1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>апрель</w:t>
+      </w:r>
+      <w:r w:rsidR="006B1A40" w:rsidRPr="008558EF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008558EF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2021</w:t>
+      </w:r>
+      <w:r w:rsidR="002A1523" w:rsidRPr="008558EF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> год</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008558EF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C6A84" w:rsidRPr="008558EF" w:rsidRDefault="000C6A84" w:rsidP="000C6A84">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000C6A84" w:rsidRPr="008558EF" w:rsidRDefault="000C6A84" w:rsidP="000C6A84">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008558EF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">График консультаций методистов </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C6A84" w:rsidRPr="008558EF" w:rsidRDefault="000C6A84" w:rsidP="000C6A84">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ae"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2376"/>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="000C6A84" w:rsidTr="000C1CD0">
+      <w:tr w:rsidR="000C6A84" w:rsidRPr="008558EF" w:rsidTr="00196DE4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00196DE4" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="000C6A84" w:rsidRPr="008558EF" w:rsidRDefault="000C6A84" w:rsidP="00EF2602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00196DE4">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Г.Ш. Шиндлярская</w:t>
+              <w:t>Шиндлярская</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Ш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00196DE4" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="000C6A84" w:rsidRPr="008558EF" w:rsidRDefault="00AF5778" w:rsidP="00EF2602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Сәрсенбі</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00196DE4">
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidR="000C6A84" w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 15-17-00</w:t>
+              <w:t>реда 15-17-00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00196DE4" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="000C6A84" w:rsidRPr="008558EF" w:rsidRDefault="000C6A84" w:rsidP="00EF2602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00196DE4">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Г.Е. Айтжанова</w:t>
+              <w:t>Айтжанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Е.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00196DE4" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="000C6A84" w:rsidRPr="008558EF" w:rsidRDefault="00CF61D3" w:rsidP="00EF2602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Сәрсенбі</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> 15-17-00</w:t>
+              <w:t>Среда 15-17-00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="000C6A84" w:rsidTr="000C1CD0">
+      <w:tr w:rsidR="000C6A84" w:rsidRPr="008558EF" w:rsidTr="00196DE4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00196DE4" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="000C6A84" w:rsidRPr="008558EF" w:rsidRDefault="000C6A84" w:rsidP="00EF2602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00196DE4">
+              </w:rPr>
+              <w:t>Алимова С.Ж</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF2602" w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>С.Ж</w:t>
-[...6 lines deleted...]
-              </w:rPr>
               <w:t>.</w:t>
-            </w:r>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> Алимова</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00196DE4" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="000C6A84" w:rsidRPr="008558EF" w:rsidRDefault="00AF5778" w:rsidP="00EF2602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Бейсенбі 15-17-00</w:t>
+              <w:t>Четверг 15-17-00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00196DE4" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="000C6A84" w:rsidRPr="008558EF" w:rsidRDefault="000C6A84" w:rsidP="00EF2602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00196DE4">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ш.Ш. </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Кайргазина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Қ</w:t>
-[...41 lines deleted...]
-              <w:t>азина</w:t>
+              <w:t xml:space="preserve"> Ш.Ш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00196DE4" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="000C6A84" w:rsidRPr="008558EF" w:rsidRDefault="00AF5778" w:rsidP="00EF2602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> 15-17-00</w:t>
+              </w:rPr>
+              <w:t>Четверг 15-17-00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="000C6A84" w:rsidTr="000C1CD0">
+      <w:tr w:rsidR="000C6A84" w:rsidRPr="008558EF" w:rsidTr="00196DE4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00196DE4" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="000C6A84" w:rsidRPr="008558EF" w:rsidRDefault="000C6A84" w:rsidP="00EF2602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>.К. Ильясова</w:t>
+              </w:rPr>
+              <w:t>Ильясова К.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00196DE4" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="000C6A84" w:rsidRPr="008558EF" w:rsidRDefault="000759D8" w:rsidP="00EF2602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>15-17-00</w:t>
+              </w:rPr>
+              <w:t>Вторник 15-17-00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00196DE4" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="000C6A84" w:rsidRPr="008558EF" w:rsidRDefault="000C6A84" w:rsidP="00EF2602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00196DE4">
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Н.</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Нургалиева </w:t>
+            </w:r>
+            <w:r w:rsidR="003570E5" w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...43 lines deleted...]
-              <w:t>алиева</w:t>
+              </w:rPr>
+              <w:t>Н.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00196DE4" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="000C6A84" w:rsidRPr="008558EF" w:rsidRDefault="00E10676" w:rsidP="00EF2602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Сәрсенбі 10-12</w:t>
-[...7 lines deleted...]
-              <w:t>-00</w:t>
+              <w:t>Среда 10-12-00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="000C6A84" w:rsidTr="000C1CD0">
+      <w:tr w:rsidR="000C6A84" w:rsidRPr="008558EF" w:rsidTr="00196DE4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00196DE4" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="000C6A84" w:rsidRPr="008558EF" w:rsidRDefault="000C6A84" w:rsidP="00EF2602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00196DE4">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ш.С. </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Нурахметова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Нұ</w:t>
-[...7 lines deleted...]
-              <w:t>рахметова</w:t>
+              <w:t xml:space="preserve"> Ш.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00196DE4" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="000C6A84" w:rsidRPr="008558EF" w:rsidRDefault="00A66F57" w:rsidP="00EF2602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Сәрсенбі</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> 15-17-00</w:t>
+              <w:t>Среда 15-17-00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00196DE4" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="000C6A84" w:rsidRPr="008558EF" w:rsidRDefault="000C6A84" w:rsidP="00EF2602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00196DE4">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>М.К. Касенуалиева</w:t>
+              <w:t>Касенуалиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00196DE4" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="000C6A84" w:rsidRPr="008558EF" w:rsidRDefault="00E10676" w:rsidP="00EF2602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Сәрсенбі</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> 15-17-00</w:t>
+              <w:t>Среда 15-17-00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="000C6A84" w:rsidTr="000C1CD0">
+      <w:tr w:rsidR="000C6A84" w:rsidRPr="008558EF" w:rsidTr="00196DE4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00196DE4" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="000C6A84" w:rsidRPr="008558EF" w:rsidRDefault="000C6A84" w:rsidP="00EF2602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00196DE4">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Н.С. Сабитова</w:t>
+              <w:t>Сабитова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Н.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00196DE4" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="000C6A84" w:rsidRPr="008558EF" w:rsidRDefault="00AF5778" w:rsidP="00EF2602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>15-17-00</w:t>
+              </w:rPr>
+              <w:t>Четверг 15-17-00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00196DE4" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="000C6A84" w:rsidRPr="008558EF" w:rsidRDefault="000C6A84" w:rsidP="003B4B84">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00196DE4">
+              </w:rPr>
+              <w:t>Рах</w:t>
+            </w:r>
+            <w:r w:rsidR="003B4B84" w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>.М. Рах</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ы</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00196DE4">
+              <w:t>мжанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>мжанова</w:t>
+              <w:t xml:space="preserve"> К.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00196DE4" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="000C6A84" w:rsidRPr="008558EF" w:rsidRDefault="00E10676" w:rsidP="00EF2602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...17 lines deleted...]
-              <w:t>-00</w:t>
+              </w:rPr>
+              <w:t>Четверг 10-12-00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="000C6A84" w:rsidTr="000C1CD0">
+      <w:tr w:rsidR="00196DE4" w:rsidRPr="008558EF" w:rsidTr="00196DE4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2376" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00196DE4" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00196DE4" w:rsidRPr="008558EF" w:rsidRDefault="00196DE4" w:rsidP="00EF2602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00196DE4">
+              </w:rPr>
+              <w:t>Раисов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>.С. Раисов</w:t>
+              <w:t xml:space="preserve"> К.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00196DE4" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00196DE4" w:rsidRPr="008558EF" w:rsidRDefault="00823CC3" w:rsidP="00EF2602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Сәрсенбі</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> 15-17-00</w:t>
+              <w:t>Среда 15-17-00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00196DE4" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00196DE4" w:rsidRPr="008558EF" w:rsidRDefault="00196DE4" w:rsidP="00EF2602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00196DE4">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>З.С. Жанакова</w:t>
+              <w:t>Жанакова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> З.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00196DE4" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00196DE4" w:rsidRPr="008558EF" w:rsidRDefault="004D4E14" w:rsidP="00EF2602">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> 15-17-00</w:t>
+              </w:rPr>
+              <w:t>Четверг 15-17-00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000C6A84" w:rsidRDefault="000C6A84" w:rsidP="000C6A84">
+    <w:p w:rsidR="000C6A84" w:rsidRPr="008558EF" w:rsidRDefault="000C6A84" w:rsidP="000C6A84">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C6A84">
+    <w:p w:rsidR="00D73612" w:rsidRPr="008558EF" w:rsidRDefault="00D73612" w:rsidP="000C6A84">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D73612" w:rsidRPr="008558EF" w:rsidRDefault="00D73612" w:rsidP="000C6A84">
-[...13 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ae"/>
         <w:tblW w:w="5246" w:type="pct"/>
         <w:jc w:val="center"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="367"/>
         <w:gridCol w:w="1306"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="6410"/>
         <w:gridCol w:w="53"/>
-        <w:gridCol w:w="2665"/>
+        <w:gridCol w:w="363"/>
+        <w:gridCol w:w="2302"/>
         <w:gridCol w:w="161"/>
         <w:gridCol w:w="3819"/>
         <w:gridCol w:w="372"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="00822C5A" w:rsidRPr="008558EF" w:rsidTr="00B01BDD">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="118" w:type="pct"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="537" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="003A609D" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
-[...112 lines deleted...]
-              <w:t xml:space="preserve">Жауаптылар </w:t>
+          <w:p w:rsidR="00822C5A" w:rsidRPr="008558EF" w:rsidRDefault="00822C5A" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>№ п./п.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2200" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00822C5A" w:rsidRPr="008558EF" w:rsidRDefault="00822C5A" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Направление деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="794" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00822C5A" w:rsidRPr="008558EF" w:rsidRDefault="00822C5A" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ответственные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1351" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="003A609D" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
-[...22 lines deleted...]
-              <w:t xml:space="preserve">Мерзімі </w:t>
+          <w:p w:rsidR="00822C5A" w:rsidRPr="008558EF" w:rsidRDefault="00822C5A" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сроки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="004C3AFE" w:rsidRPr="008558EF" w:rsidTr="00B01BDD">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="118" w:type="pct"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="537" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="004C3AFE" w:rsidRPr="008558EF" w:rsidRDefault="004C3AFE" w:rsidP="00695FCD">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2083" w:type="pct"/>
-[...51 lines deleted...]
-              <w:t>Әдіскерлер, білім беру мекемелері</w:t>
+            <w:tcW w:w="2200" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C3AFE" w:rsidRPr="008558EF" w:rsidRDefault="004C3AFE" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Организационные мероприятия  по внедрению областных проектов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="794" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C3AFE" w:rsidRPr="008558EF" w:rsidRDefault="004C3AFE" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Методисты, учреждения образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1351" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="000C1CD0">
-[...27 lines deleted...]
-              <w:t>бір ай бойы</w:t>
+          <w:p w:rsidR="004C3AFE" w:rsidRPr="008558EF" w:rsidRDefault="004C3AFE" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течение месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="004C3AFE" w:rsidRPr="008558EF" w:rsidTr="00B01BDD">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="118" w:type="pct"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="537" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
-[...20 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="004C3AFE" w:rsidRPr="008558EF" w:rsidRDefault="004C3AFE" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2200" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C3AFE" w:rsidRPr="008558EF" w:rsidRDefault="004C3AFE" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ізгілік пен тәрбие</w:t>
+              <w:t>Ізгілі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> пен тәрбие</w:t>
             </w:r>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="911" w:type="pct"/>
-[...29 lines deleted...]
-              <w:t xml:space="preserve">Касенуалиева </w:t>
+            <w:tcW w:w="794" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C3AFE" w:rsidRPr="008558EF" w:rsidRDefault="004C3AFE" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Касенуалиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М.К. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1351" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="004C3AFE" w:rsidRPr="008558EF" w:rsidRDefault="004C3AFE" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="004C3AFE" w:rsidRPr="008558EF" w:rsidTr="00B01BDD">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="118" w:type="pct"/>
           <w:trHeight w:val="346"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="537" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
-[...20 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="004C3AFE" w:rsidRPr="008558EF" w:rsidRDefault="004C3AFE" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2200" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C3AFE" w:rsidRPr="008558EF" w:rsidRDefault="004C3AFE" w:rsidP="008113A4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«Ақылды ұрпақ мұратқа жетеді»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="911" w:type="pct"/>
-[...29 lines deleted...]
-              <w:t xml:space="preserve">Сабитова </w:t>
+            <w:tcW w:w="794" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C3AFE" w:rsidRPr="008558EF" w:rsidRDefault="004C3AFE" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Сабитова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Н.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1351" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="004C3AFE" w:rsidRPr="008558EF" w:rsidRDefault="004C3AFE" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="004C3AFE" w:rsidRPr="008558EF" w:rsidTr="00B01BDD">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="118" w:type="pct"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="537" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
-[...20 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="004C3AFE" w:rsidRPr="008558EF" w:rsidRDefault="004C3AFE" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2200" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C3AFE" w:rsidRPr="008558EF" w:rsidRDefault="004C3AFE" w:rsidP="008113A4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3836"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«Биік талғамды ұрпақ»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="911" w:type="pct"/>
-[...37 lines deleted...]
-              <w:t xml:space="preserve">Алимова </w:t>
+            <w:tcW w:w="794" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C3AFE" w:rsidRPr="008558EF" w:rsidRDefault="004C3AFE" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Алимова С.Ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1351" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="004C3AFE" w:rsidRPr="008558EF" w:rsidRDefault="004C3AFE" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="004C3AFE" w:rsidRPr="008558EF" w:rsidTr="00B01BDD">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="118" w:type="pct"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="537" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
-[...20 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="004C3AFE" w:rsidRPr="008558EF" w:rsidRDefault="004C3AFE" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2200" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C3AFE" w:rsidRPr="008558EF" w:rsidRDefault="004C3AFE" w:rsidP="008113A4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3836"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«Құқықтық мәдениеті толысқан қоғам»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="911" w:type="pct"/>
-[...37 lines deleted...]
-              <w:t xml:space="preserve">Айтжанова </w:t>
+            <w:tcW w:w="794" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C3AFE" w:rsidRPr="008558EF" w:rsidRDefault="004C3AFE" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Айтжанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Е.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1351" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="004C3AFE" w:rsidRPr="008558EF" w:rsidRDefault="004C3AFE" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="004C3AFE" w:rsidRPr="008558EF" w:rsidTr="00B01BDD">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="118" w:type="pct"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="537" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
-[...20 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="004C3AFE" w:rsidRPr="008558EF" w:rsidRDefault="004C3AFE" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2200" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C3AFE" w:rsidRPr="008558EF" w:rsidRDefault="004C3AFE" w:rsidP="008113A4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3836"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«Оқуға құштар мектеп»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="911" w:type="pct"/>
-[...29 lines deleted...]
-              <w:t xml:space="preserve">Ильясова </w:t>
+            <w:tcW w:w="794" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C3AFE" w:rsidRPr="008558EF" w:rsidRDefault="004C3AFE" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ильясова К.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1351" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="004C3AFE" w:rsidRPr="008558EF" w:rsidRDefault="004C3AFE" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008113A4" w:rsidRPr="008558EF" w:rsidTr="00B01BDD">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="118" w:type="pct"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="537" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008113A4" w:rsidRPr="008558EF" w:rsidRDefault="008113A4" w:rsidP="00695FCD">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2083" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+            <w:tcW w:w="2200" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008113A4" w:rsidRPr="008558EF" w:rsidRDefault="008113A4" w:rsidP="00695FCD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3836"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F21914">
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Сараптама кеңесінің отырысы</w:t>
-[...43 lines deleted...]
-              <w:t xml:space="preserve">Шиндлярская </w:t>
+              <w:t xml:space="preserve">Заседание экспертного совета . </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="794" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="008113A4" w:rsidRPr="008558EF" w:rsidRDefault="00695FCD" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Шиндлярская</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Ш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1351" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008113A4" w:rsidRPr="008558EF" w:rsidRDefault="008113A4" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="00695FCD" w:rsidRPr="008558EF" w:rsidTr="00B01BDD">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="118" w:type="pct"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="537" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00695FCD" w:rsidRPr="008558EF" w:rsidRDefault="00695FCD" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2083" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+            <w:tcW w:w="2200" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00695FCD" w:rsidRPr="008558EF" w:rsidRDefault="00695FCD" w:rsidP="008113A4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3836"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F21914">
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтердің материалдарын сараптау</w:t>
-[...43 lines deleted...]
-              <w:t xml:space="preserve">Жанакова </w:t>
+              <w:t>Экспертиза материалов педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="794" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00695FCD" w:rsidRPr="008558EF" w:rsidRDefault="00695FCD" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жанакова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> З.С</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1351" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00695FCD" w:rsidRPr="008558EF" w:rsidRDefault="00695FCD" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">1-5.04. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="00695FCD" w:rsidRPr="008558EF" w:rsidTr="00B01BDD">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="118" w:type="pct"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="537" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
-[...20 lines deleted...]
-          <w:p w:rsidR="00B35529" w:rsidRPr="008558EF" w:rsidRDefault="00376171" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00695FCD" w:rsidRPr="008558EF" w:rsidRDefault="00695FCD" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2200" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00695FCD" w:rsidRPr="008558EF" w:rsidRDefault="00695FCD" w:rsidP="008113A4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3836"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00376171">
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру мекемелерінің материалдарын сараптау</w:t>
-[...43 lines deleted...]
-              <w:t xml:space="preserve">Шиндлярская </w:t>
+              <w:t>Экспертиза материалов учреждений образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="794" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00695FCD" w:rsidRPr="008558EF" w:rsidRDefault="00695FCD" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Шиндлярская</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Ш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1351" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00695FCD" w:rsidRPr="008558EF" w:rsidRDefault="00695FCD" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="00695FCD" w:rsidRPr="008558EF" w:rsidTr="00B01BDD">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="118" w:type="pct"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="537" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00695FCD" w:rsidRPr="008558EF" w:rsidRDefault="00695FCD" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2083" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="0072757C" w:rsidRDefault="0072757C" w:rsidP="0072757C">
+            <w:tcW w:w="2200" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00695FCD" w:rsidRPr="008558EF" w:rsidRDefault="00695FCD" w:rsidP="00695FCD">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Экспертиза Программы развития школы № 37</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00695FCD" w:rsidRPr="008558EF" w:rsidRDefault="00695FCD" w:rsidP="008113A4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3836"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0072757C">
-[...33 lines deleted...]
-              <w:t>Сараптамалық кеңес</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="794" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00695FCD" w:rsidRPr="008558EF" w:rsidRDefault="00695FCD" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Экспертный совет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1351" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00695FCD" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008558EF">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>15-25.04.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="00E24ED4" w:rsidRPr="008558EF" w:rsidTr="00B01BDD">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="118" w:type="pct"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="537" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00E24ED4" w:rsidRPr="008558EF" w:rsidRDefault="00E24ED4" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2083" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="0072757C" w:rsidP="0072757C">
+            <w:tcW w:w="2200" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E24ED4" w:rsidRPr="008558EF" w:rsidRDefault="00E24ED4" w:rsidP="00695FCD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0072757C">
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">№26 арнайы мектепке дейінгі мекеме жағдайында мемлекеттік стандартты іске асыру қорытындысы бойынша </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Экспертный совет по итогам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> реализации государственного стандарта в условиях специального дошкольного учреждения №26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="794" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E24ED4" w:rsidRPr="008558EF" w:rsidRDefault="00E24ED4" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нургалиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Н.К., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Рахымжанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.М</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1351" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E24ED4" w:rsidRPr="008558EF" w:rsidRDefault="00E24ED4" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>с</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0072757C">
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>араптамалық кеңес</w:t>
-[...129 lines deleted...]
-              <w:t>10.00</w:t>
+              <w:t>27.04.2021 в 10.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="00E24ED4" w:rsidRPr="008558EF" w:rsidTr="00B01BDD">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="118" w:type="pct"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="537" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00E24ED4" w:rsidRPr="008558EF" w:rsidRDefault="00E24ED4" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2083" w:type="pct"/>
-[...3 lines deleted...]
-            <w:pPr>
+            <w:tcW w:w="2200" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E24ED4" w:rsidRPr="008558EF" w:rsidRDefault="00E24ED4" w:rsidP="00695FCD">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0072757C">
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">№52 арнайы мектепке дейінгі мекеме жағдайында мемлекеттік стандартты </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Экспертный совет по итогам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> реализации государственного стандарта в условиях специального дошкольного учреждения №52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="794" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E24ED4" w:rsidRPr="008558EF" w:rsidRDefault="00E24ED4" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нургалиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Н.К., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Рахымжанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.М</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1351" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E24ED4" w:rsidRPr="008558EF" w:rsidRDefault="00E24ED4" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>іске асыру қорытындысы бойынша с</w:t>
-[...65 lines deleted...]
-              <w:t>10.00</w:t>
+              <w:t>28.04.2021 в 10.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="00695FCD" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00695FCD" w:rsidRPr="008558EF" w:rsidRDefault="00695FCD" w:rsidP="00695FCD">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4341" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
-[...22 lines deleted...]
-              <w:t>Жас басшының, әдіскердің, директор орынбасарының, тәлімгердің әдістемелік жұмысын, эксперименттік қызметін ұйымдастыру және басқару</w:t>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00695FCD" w:rsidRPr="008558EF" w:rsidRDefault="00695FCD" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Организация и руководство методической работой, экспериментальной деятельностью, Школами молодого руководителя, методиста, заместителя директора, наставника</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="00695FCD" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00695FCD" w:rsidRPr="008558EF" w:rsidRDefault="00695FCD" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="0072757C" w:rsidP="0072757C">
+          <w:p w:rsidR="00695FCD" w:rsidRPr="008558EF" w:rsidRDefault="00695FCD" w:rsidP="008113A4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3836"/>
               </w:tabs>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0072757C">
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жас директор мектебі. </w:t>
-[...15 lines deleted...]
-              <w:t>ектептің оқу жұмыс жоспары МЖМБС жүзеге асыру сапасын арттырудың маңызды құралы ретінде»</w:t>
+              <w:t xml:space="preserve">Школа молодого директора. </w:t>
+            </w:r>
+            <w:r w:rsidR="00A022DE" w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Стратегическая сессия «Рабочий учебный план школы как важнейший инструмент повышения качества реализации ГОСО»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve">Шиндлярская </w:t>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00695FCD" w:rsidRPr="008558EF" w:rsidRDefault="00695FCD" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Шиндлярская</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Ш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00A022DE" w:rsidRPr="008558EF" w:rsidRDefault="00A022DE" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>13.04. 15-00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="0087131D" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
-[...12 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00695FCD" w:rsidRPr="008558EF" w:rsidRDefault="00695FCD" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">платформа </w:t>
+            </w:r>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ZOOM</w:t>
             </w:r>
-            <w:r w:rsidR="0087131D" w:rsidRPr="008558EF">
-[...17 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          </w:p>
+          <w:p w:rsidR="00A022DE" w:rsidRPr="008558EF" w:rsidRDefault="00A022DE" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Идентификатор 6498115858, пароль 12345</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="00695FCD" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00695FCD" w:rsidRPr="008558EF" w:rsidRDefault="00A022DE" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0072757C" w:rsidRPr="0072757C" w:rsidRDefault="0072757C" w:rsidP="0072757C">
+          <w:p w:rsidR="00CA4E07" w:rsidRPr="008558EF" w:rsidRDefault="00695FCD" w:rsidP="00695FCD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3836"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="0072757C" w:rsidP="0072757C">
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Школа молодого заместителя директора </w:t>
+            </w:r>
+            <w:r w:rsidR="00015C05" w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00695FCD" w:rsidRPr="008558EF" w:rsidRDefault="00A022DE" w:rsidP="00695FCD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3836"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0072757C">
-[...24 lines deleted...]
-              <w:t>Мектептің әдістемелік жұмысын жоспарлау. Жаңартылған стандарттарды іске асырудағы МҰ-ның жаңа рөлі</w:t>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Форсайт-сессия</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>. Планирование методической работы школы. Новая роль МО в  реализации обновленных стандартов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve">Шиндлярская </w:t>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00695FCD" w:rsidRPr="008558EF" w:rsidRDefault="00695FCD" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Шиндлярская</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Ш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00A022DE" w:rsidRPr="008558EF" w:rsidRDefault="00A022DE" w:rsidP="00A022DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>22.04. 15-00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
-[...11 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00695FCD" w:rsidRPr="008558EF" w:rsidRDefault="00A022DE" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">платформа </w:t>
+            </w:r>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ZOOM</w:t>
             </w:r>
-            <w:r w:rsidR="0087131D" w:rsidRPr="008558EF">
-[...17 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          </w:p>
+          <w:p w:rsidR="00A022DE" w:rsidRPr="008558EF" w:rsidRDefault="00A022DE" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Идентификатор 6498115858, пароль 12345</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00CA4E07" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0072757C" w:rsidRDefault="0072757C" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="00695FCD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3836"/>
               </w:tabs>
               <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="0072757C">
+              <w:t xml:space="preserve">Творческая лаборатория </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+              <w:t>заместителя директора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>№ 21 ЖОМ директорының ғылыми-әдістемелік жұмыс жөніндегі орынбасары А. А. Кайкенованың шығармашылық зертханасы</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="0072757C" w:rsidP="00585321">
+              <w:t xml:space="preserve"> по научно-методической работе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>СОШ №21 Кайкеновой  А.А.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="00695FCD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3836"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0072757C">
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мектеп жағдайында нәтижелер с</w:t>
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> тәсілін енгізу</w:t>
+              <w:t>Внедрение подхода «Исследование урока» в системе  обеспечения качества результатов в условиях школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve">Шиндлярская </w:t>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Шиндлярская</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Ш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="00015C05">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>27.04. 15-00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
-[...11 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="00015C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">платформа </w:t>
+            </w:r>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ZOOM</w:t>
             </w:r>
-            <w:r w:rsidR="0087131D" w:rsidRPr="008558EF">
-[...17 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          </w:p>
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="00015C05">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Идентификатор 6498115858, пароль 12345</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="00CA4E07">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4341" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="00B133A5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="13253"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">   </w:t>
-[...7 lines deleted...]
-              <w:t>Қорытынды аттестаттауға дайындықты әдістемелік сүйемелдеу</w:t>
+              <w:t xml:space="preserve">   Методическое сопровождение  подготовки к итоговой аттестации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="00695FCD">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2199" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="006A6B11" w:rsidRDefault="006A6B11" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="00B133A5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="13253"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> ДОТІЖО арналған кеңес</w:t>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Совещание для ЗД по УВР </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Формат  итоговой аттестации. Методические рекомендации по подготовке к завершению учебного года»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="859" w:type="pct"/>
-          </w:tcPr>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">Шиндлярская </w:t>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="00015C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Шиндлярская</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Ш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRDefault="0087131D" w:rsidP="000C1CD0">
-[...35 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="00B133A5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По телефонограмме</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="00B133A5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">платформа </w:t>
+            </w:r>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ZOOM</w:t>
             </w:r>
-            <w:r w:rsidR="0087131D" w:rsidRPr="008558EF">
-[...17 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          </w:p>
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="00B133A5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Идентификатор 6498115858, пароль 12345</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="00695FCD">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2199" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="006A6B11" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="00B133A5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="13253"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A6B11">
-[...5 lines deleted...]
-              <w:t>Қорытынды аттестаттауды ұйымдастыру және өткізу мәселелері бойынша қалалық МҰ мұғалімдерінің отырыстары</w:t>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заседания городских МО учителей по вопросам  организации </w:t>
+            </w:r>
+            <w:r w:rsidR="00015C05" w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и проведения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>итоговой аттестации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="859" w:type="pct"/>
-          </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="0087131D" w:rsidRDefault="0087131D" w:rsidP="000C1CD0">
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="00B133A5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="13253"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Әдіскерлер </w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Методисты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRDefault="0087131D" w:rsidP="000C1CD0">
-[...34 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="00B133A5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="13253"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По телефонограмме</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="00CA4E07">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">платформа </w:t>
+            </w:r>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ZOOM</w:t>
             </w:r>
-            <w:r w:rsidR="0087131D" w:rsidRPr="008558EF">
-[...15 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="00CA4E07">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4341" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="006A6B11" w:rsidP="000C1CD0">
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="00CA4E07">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="13253"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A6B11">
-[...5 lines deleted...]
-              <w:t>Жас мамандарды әдістемелік сүйемелдеу: жас педагогтар қауымдастығының (ПРОЛС клубы), тәлімгер мектебінің қызметі</w:t>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Методическое </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сопровождение молодых специалистов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>: деятельность ассоциации молодых педагогов (клуб ПРОЛС), Школы наставника</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="005D2FE1">
+      <w:tr w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidTr="005D2FE1">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="006A6B11" w:rsidP="000C1CD0">
-[...25 lines deleted...]
-              <w:t>Жас педагог мектебі»</w:t>
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Школа молодого педагога»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="008113A4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00B62534" w:rsidRDefault="00B62534" w:rsidP="00B62534">
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="005D2FE1" w:rsidP="005D2FE1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Вебинар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>для молодых специалистов в рамках проекта « Клуб «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ПроЛС</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» - ЦПМ»: «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Эффективное применение модель 4к в планировании урока</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="008113A4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B62534">
+              <w:t>Нурахметова Ш.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="005D2FE1" w:rsidRPr="008558EF" w:rsidRDefault="005D2FE1" w:rsidP="005D2FE1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>18.04.2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005D2FE1" w:rsidRPr="008558EF" w:rsidRDefault="005D2FE1" w:rsidP="005D2FE1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>15.00 - 17.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="005D2FE1" w:rsidP="005D2FE1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>ПроЛС</w:t>
-[...189 lines deleted...]
-              <w:t>сында</w:t>
+              <w:t>платформа ZOOM</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
           <w:trHeight w:val="195"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="005D2FE1" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="00B62534" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62534">
-[...74 lines deleted...]
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Школа молодого логопеда: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на платформе ZOOM </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005D2FE1" w:rsidRPr="008558EF" w:rsidRDefault="005D2FE1" w:rsidP="005D2FE1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B62534">
-[...5 lines deleted...]
-              <w:t>Кекіру</w:t>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Общее недоразвитие речи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005D2FE1" w:rsidRPr="008558EF" w:rsidRDefault="005D2FE1" w:rsidP="005D2FE1">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Дислексия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="005D2FE1" w:rsidP="005D2FE1">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Дисграфия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="005D2FE1" w:rsidRPr="008558EF" w:rsidRDefault="005D2FE1" w:rsidP="005D2FE1">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:color w:val="333333"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заикание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">Ш.С.Нұрахметова </w:t>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="008113A4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Нурахметова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ш.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="005D2FE1" w:rsidRPr="008558EF" w:rsidRDefault="005D2FE1" w:rsidP="005D2FE1">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">ZOOM </w:t>
-[...19 lines deleted...]
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+              <w:t xml:space="preserve">платформа ZOOM </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005D2FE1" w:rsidRPr="008558EF" w:rsidRDefault="005D2FE1" w:rsidP="005D2FE1">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3.04.2021</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="005D2FE1" w:rsidRPr="008558EF" w:rsidRDefault="005D2FE1" w:rsidP="005D2FE1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10.04.2021</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="005D2FE1" w:rsidP="005D2FE1">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>17.04.2021</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="005D2FE1" w:rsidRPr="008558EF" w:rsidRDefault="005D2FE1" w:rsidP="005D2FE1">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>24.04.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
           <w:trHeight w:val="195"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="005D2FE1" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="004B5508" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B5508">
-[...21 lines deleted...]
-              <w:t>ас маман-психологтарға OOP бар балалармен сабақ өткізуде жеке көмек көрсету»</w:t>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Методический час молодого психолога</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Оказание индивидуальной помощи молодым специалистам-психологам в проведении занятий с детьми с ООП»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">Ш.С.Нұрахметова </w:t>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Нурахметова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ш.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="0087131D" w:rsidRDefault="0087131D" w:rsidP="0087131D">
-[...18 lines deleted...]
-              <w:t>бір ай бойы</w:t>
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>в течение месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
           <w:trHeight w:val="195"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00D73612" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="004B5508" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B5508">
-[...21 lines deleted...]
-              <w:t>аңа бастаған мұғалімнің дербес педагогикалық қызметке бейімделуінің тиімділігін анықтау»</w:t>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Школа наставников</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="005D2FE1" w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Определение эффективности адаптации начинающего учителя к  самостоятельной педагогической деятельности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">Ш.С.Нұрахметова </w:t>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Нурахметова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ш.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="005D2FE1" w:rsidRPr="008558EF" w:rsidRDefault="005D2FE1" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>15.04.2021 15-00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="005D2FE1" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>ZOOM</w:t>
-[...16 lines deleted...]
-              <w:t>сында</w:t>
+              <w:t>платформа ZOOM</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="005D2FE1" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
           <w:trHeight w:val="195"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="005D2FE1" w:rsidRPr="008558EF" w:rsidRDefault="00D73612" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="005D2FE1" w:rsidRPr="008558EF" w:rsidRDefault="005D2FE1" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B5508">
-[...6 lines deleted...]
-              <w:t>Жас педагогтар арасында КТК</w:t>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>КВН среди молодых педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">Ш.С.Нұрахметова </w:t>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="005D2FE1" w:rsidRPr="008558EF" w:rsidRDefault="005D2FE1" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Нурахметова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ш.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="0087131D" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="005D2FE1" w:rsidRPr="008558EF" w:rsidRDefault="005D2FE1" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:color w:val="333333"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Т</w:t>
-[...16 lines deleted...]
-              <w:t>а бойынша</w:t>
+              <w:t>По телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="00D73612">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4341" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="004B5508">
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="00D73612">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагог кадрларды аттестаттау</w:t>
+              <w:t>Аттестация педагогических кадров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="004B5508" w:rsidRDefault="004B5508" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="008113A4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3836"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B5508">
-              <w:rPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Басшылар мен педагогтарды аттестаттауды әдістемелік сүйемелдеу</w:t>
+              <w:t xml:space="preserve">Методическое сопровождение аттестации руководителей </w:t>
+            </w:r>
+            <w:r w:rsidR="008558EF" w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...50 lines deleted...]
-              <w:t>әдіскерлер</w:t>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Шиндлярская</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Ш.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005D2FE1" w:rsidRPr="008558EF" w:rsidRDefault="005D2FE1" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>методисты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="0087131D" w:rsidRDefault="0087131D" w:rsidP="000C1CD0">
-[...21 lines deleted...]
-              <w:t>Бір ай бойы</w:t>
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В течение месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="00D73612">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4341" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
-[...21 lines deleted...]
-              <w:t>Білім алушылардың білімін толықтыру және олқылықтарды жою бойынша жұмысты ұйымдастыруды әдістемелік сүйемелдеу</w:t>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Методическое сопровождение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> организации работы  по у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="SimSun"/>
+                <w:b/>
+                <w:kern w:val="1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>странению  пробелов и восполнению  знаний обучающихся</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="004B5508" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="008113A4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="SimSun"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-              <w:t>Білім олқылықтарын жою және қорытынды аттестаттауға дайындық бойынша жұмысты ұйымдастырудың өзекті мәселелері бойынша директордың ОТЖ жөніндегі орынбасарының сағаты»</w:t>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Час заместителя директора по УВР по актуальным проблемам организации работы по у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="SimSun"/>
+                <w:kern w:val="1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">странению  пробелов восполнению  знаний и подготовке к итоговой аттестации» </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...22 lines deleted...]
-            <w:r w:rsidRPr="008558EF">
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Шиндлярская</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Ш., </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ЗД СОШ</w:t>
+            </w:r>
+            <w:r w:rsidR="008558EF" w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...20 lines deleted...]
-            </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>№39</w:t>
             </w:r>
-            <w:r w:rsidR="0087131D">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>16.04.2021</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>15-00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
-[...11 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">платформа </w:t>
+            </w:r>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ZOOM</w:t>
             </w:r>
-            <w:r w:rsidR="0087131D" w:rsidRPr="008558EF">
-[...17 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          </w:p>
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Идентификатор 6498115858</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00B133A5" w:rsidRPr="008558EF" w:rsidRDefault="00B133A5" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Код 12345</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00015C05">
+      <w:tr w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidTr="00015C05">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="00D73612">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4341" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
-[...31 lines deleted...]
-            <w:r w:rsidR="00CD6111">
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="00015C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Инновационная площадка «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>И</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> (тұрақты жұмыс істейтін семинар)</w:t>
+              <w:t>Ключевой аспект деятельности психолого-педагогической службы школы по инклюзивному образованию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>» (постоянно-действующий семинар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidTr="00015C05">
+      <w:tr w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidTr="00015C05">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00D73612" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2199" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
-[...66 lines deleted...]
-              <w:t>М жұмыс тәжірибесінен).</w:t>
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="00015C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Основные направления коррекционной работы с детьми с особыми образовательными потребностями (из опыта работы СОШ № 41).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="859" w:type="pct"/>
-          </w:tcPr>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Ш.С.Нұрахметова </w:t>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="00015C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Нурахметова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ш.С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="00D93136" w:rsidRPr="008558EF" w:rsidRDefault="00D93136" w:rsidP="00D93136">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>27 .04.2021</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00D93136" w:rsidP="00D93136">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
-[...11 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00D93136" w:rsidRPr="008558EF" w:rsidRDefault="00D93136" w:rsidP="00D93136">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">платформа </w:t>
+            </w:r>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ZOOM</w:t>
             </w:r>
-            <w:r w:rsidRPr="008558EF">
-[...15 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidTr="00015C05">
+      <w:tr w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidTr="00015C05">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00D73612" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2199" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00D93136" w:rsidP="005D2FE1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...78 lines deleted...]
-              <w:t>ебинар өтті</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Вебинар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в рамках проекта «Школа-ВУЗ» совместно с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ИнЕУ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для заместителей директоров, курирующих инклюзив, учителей, психологов, логопедов школ города: «Технологии развития мотивации достижения у педагогов и обучающих» на платформе ZOOM  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="859" w:type="pct"/>
-          </w:tcPr>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Ш.С.Нұрахметова </w:t>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="00015C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Нурахметова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ш.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="00D93136" w:rsidRPr="008558EF" w:rsidRDefault="00D93136" w:rsidP="00D93136">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>26.04.2021</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="00D93136" w:rsidRPr="008558EF" w:rsidRDefault="00D93136" w:rsidP="00D93136">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
-[...11 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00D93136" w:rsidRPr="008558EF" w:rsidRDefault="00D93136" w:rsidP="00D93136">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">платформа </w:t>
+            </w:r>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ZOOM</w:t>
             </w:r>
-            <w:r w:rsidRPr="008558EF">
-[...17 lines deleted...]
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          </w:p>
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="00D93136">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidTr="00015C05">
+      <w:tr w:rsidR="005D2FE1" w:rsidRPr="008558EF" w:rsidTr="00015C05">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="005D2FE1" w:rsidRPr="008558EF" w:rsidRDefault="00D73612" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2199" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="005D2FE1" w:rsidRPr="008558EF" w:rsidRDefault="005D2FE1" w:rsidP="005D2FE1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...34 lines deleted...]
-              <w:t>ер шығармашылық тобының отырысы</w:t>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заседание творческой группы логопедов школ города «Инновационные технологии в работе учителя – логопеда»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="859" w:type="pct"/>
-          </w:tcPr>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Ш.С.Нұрахметова </w:t>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="005D2FE1" w:rsidRPr="008558EF" w:rsidRDefault="005D2FE1" w:rsidP="005D2FE1">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Нурахметова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ш.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="005D2FE1" w:rsidP="005D2FE1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">22.04.2021                  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="005D2FE1" w:rsidRPr="008558EF" w:rsidRDefault="005D2FE1" w:rsidP="005D2FE1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 15.00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="005D2FE1" w:rsidRPr="008558EF" w:rsidRDefault="005D2FE1" w:rsidP="005D2FE1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">платформа </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ZOOM</w:t>
             </w:r>
-            <w:r w:rsidRPr="008558EF">
-[...15 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="00D31A0E" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="00D73612">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:hanging="153"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4341" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
-[...174 lines deleted...]
-              <w:t>қызмет</w:t>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организация деятельности профессиональных методических, творческих объединений, инструктивно-методическая деятельность </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="00D31A0E" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00CD6111" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
-[...11 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4341" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
-[...113 lines deleted...]
-              <w:t>:</w:t>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Организация работы предметных творческих групп:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="00CD6111" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="008113A4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD6111">
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>бастауыш сынып мұғалімдері үшін:</w:t>
+              <w:t>для учителей начальных классов:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="000C1CD0">
-[...69 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Кайргазина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ш.Ш.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="00CD6111" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD6111">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00CD6111">
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Разработка заданий для развития функциональной грамотности учащихся и подготовке к международному исследованию PIRLS в начальных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>оқушылардың функционалдық сауаттылығын дамыту және PIRLS халықаралық зерттеуіне дайындық тапсырмаларын әзірлеу</w:t>
+              <w:t>классах с русским   языком обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.04.2021</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
-[...18 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Идентификатор 727 1243 2333</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="008558EF">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Код доступа: a7yb8Z</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="00185A23" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00185A23">
-[...5 lines deleted...]
-              <w:t>Оқушылардың функционалдық сауаттылығын дамыту және орыс тілінде оқытатын бастауыш сыныптарда TIMSS халықаралық зерттеуіне дайындық үшін құзыреттілікке бағытталған тапсырмалар әзірлеу</w:t>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Разработка </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>компетентностно-ориентированных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заданий для развития функциональной грамотности учащихся и подготовке к международному исследованию TIMSS в начальных классах с русским языком обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.04.2021</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Идентификатор </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>750 1222 8093</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Код доступа: ja8TBS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="00185A23" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00185A23">
-[...5 lines deleted...]
-              <w:t>Қазақ тілінде оқытатын бастауыш сыныптарда оқушылардың функционалдық сауаттылығын дамыту және PIRLS халықаралық зерттеуіне дайындық тапсырмаларын әзірлеу</w:t>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Разработка заданий для развития функциональной грамотности учащихся и подготовке к международному исследованию PIRLS в начальных классах с казахским языком обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.04.2021</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.30</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Идентификатор 796 7539 7327</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="008558EF">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Код доступа: vnze3h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="00185A23" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00185A23">
-[...5 lines deleted...]
-              <w:t>Оқушылардың функционалдық сауаттылығын дамыту және қазақ тілінде оқытатын бастауыш сыныптарда TIMSS халықаралық зерттеуіне дайындық үшін құзыреттілікке бағытталған тапсырмалар әзірлеу</w:t>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Разработка </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>компетентностно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ориентированных заданий для развития функциональной грамотности учащихся и подготовке к международному исследованию TIMSS в начальных классах с  казахским  языком обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.04.2021</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Идентификатор</w:t>
             </w:r>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> 733 9616 5640</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Код доступа: JG0axt</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="00185A23" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="008113A4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00185A23">
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>ЕМН мұғалімдері үшін:</w:t>
+              <w:t>для учителей ЕМН:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
-[...15 lines deleted...]
-              <w:t>Үш тілде оқыту режимінде мемлекеттік тілде оқытатын мектептердің 10, 11-сыныптары үшін физика бойынша жұмыс дәптерін әзірлеу</w:t>
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="00E551C2">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Разработка рабочей тетради по физике для 10, 11 классов школ с государственным языком обучения в режиме трёхъязычного обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
-[...18 lines deleted...]
-              <w:t xml:space="preserve">Н.С.Сабитова </w:t>
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="00015C05" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Сабитова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Н.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="0087131D" w:rsidRDefault="0087131D" w:rsidP="0087131D">
-[...12 lines deleted...]
-              <w:t>Телефонограмма бойынша</w:t>
+          <w:p w:rsidR="00015C05" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
-[...15 lines deleted...]
-              <w:t>Үш тілде оқыту режимінде орыс тілінде оқытатын мектептердің 10-11 сыныптарына арналған физика бойынша практикалық жұмыстар жинағын әзірлеу</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00E551C2">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Разработка сборника практических работ по физике  для 10-11 классов школ с русским языком обучения в режиме трёхъязычного обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="0087131D" w:rsidRDefault="0087131D" w:rsidP="0087131D">
-[...12 lines deleted...]
-              <w:t>Телефонограмма бойынша</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DA7F8B">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
-[...15 lines deleted...]
-              <w:t>Үш тілде оқыту режимінде мемлекеттік және орыс тілдерінде оқытатын мектептердің 10-11 сыныптары үшін информатика бойынша формативті бағалау тапсырмаларын әзірлеу</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00E551C2">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Разработка заданий для </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>формативного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оценивания по информатике для 10-11 классов школ с государственным и русским языками обучения в режиме трёхъязычного обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="0087131D" w:rsidRDefault="0087131D" w:rsidP="0087131D">
-[...12 lines deleted...]
-              <w:t>Телефонограмма бойынша</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DA7F8B">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
-[...17 lines deleted...]
-            <w:r w:rsidRPr="002046A4">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00E551C2">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Разработка сборника практических работ по химии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>мектептердің 10-11 сыныптарына арналған химия бойынша практикалық жұмыстар жинағын әзірлеу</w:t>
+              <w:t>для 10-11 классов школ с русским языком обучения в режиме трёхъязычного обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="0087131D" w:rsidRDefault="0087131D" w:rsidP="0087131D">
-[...12 lines deleted...]
-              <w:t>Телефонограмма бойынша</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DA7F8B">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
-[...15 lines deleted...]
-              <w:t>Үш тілде оқыту режимінде мемлекеттік тілде оқытатын мектептердің 10-11 сыныптары үшін биология бойынша тірек схемаларының жинағын әзірлеу</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00E551C2">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Разработка сборника опорных схем по биологии для 10-11 классов школ с государственным языком обучения языком обучения в режиме трёхъязычного обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="0087131D" w:rsidRDefault="0087131D" w:rsidP="0087131D">
-[...12 lines deleted...]
-              <w:t>Телефонограмма бойынша</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DA7F8B">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
-[...15 lines deleted...]
-              <w:t>Үш тілде оқыту режимінде орыс тілінде оқытатын мектептер үшін пән пропедевтикасы үшін 10-сыныпқа арналған биология бойынша вариативтік компонент курсын әзірлеу</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00E551C2">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Разработка курса вариативного компонента по биологии для 10 класса для пропедевтики предмета для школ с русским языком обучения в режиме трёхъязычного обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="0087131D" w:rsidRDefault="0087131D" w:rsidP="0087131D">
-[...12 lines deleted...]
-              <w:t>Телефонограмма бойынша</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DA7F8B">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E8253C">
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>орыс тілі мен әдебиеті, ағылшын тілі мұғалімдеріне:</w:t>
+              <w:t xml:space="preserve">для учителей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>русского языка и литературы, английского языка</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
-[...18 lines deleted...]
-              <w:t xml:space="preserve">К.К.Ильясова </w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ильясова К.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="0087131D" w:rsidRDefault="0087131D" w:rsidP="0087131D">
-[...12 lines deleted...]
-              <w:t>Телефонограмма бойынша</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E8253C">
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">5-11 сынып үшін </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Составление заданий для </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00E8253C">
+              </w:rPr>
+              <w:t>суммативного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>рыс тілі мен әдебиеті, ағылшын тілі бойынша жиынтық және қалыптастырушы бағалау үшін тапсырмалар құрастыру.</w:t>
+              <w:t xml:space="preserve"> и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>формативного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оценивания по русскому языку и литературе, английскому языку для 5-11 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="0087131D" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E8253C">
-[...4 lines deleted...]
-              <w:t>Тілдік пәндер бойынша сабақ үшін мәтіндік оқу материалдарын іріктеу</w:t>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подбор текстовых учебных материалов для урока по языковым предметам </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">К.К.Ильясова </w:t>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ильясова К.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="0087131D" w:rsidRDefault="0087131D" w:rsidP="0087131D">
-[...12 lines deleted...]
-              <w:t>Телефонограмма бойынша</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E8253C">
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>тарих және өзін-өзі тану мұғалімдері үшін:</w:t>
+              <w:t>для учителей истории и самопознания:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="0087131D" w:rsidRDefault="0087131D" w:rsidP="0087131D">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2392">
-[...4 lines deleted...]
-              <w:t>Дүниежүзілік тарих бойынша бейнесабақтар жинағын әзірлеу (5-сынып)</w:t>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Разработка сборника </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>видеоуроков</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по Всемирной истории (5 класс)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">Г.Е.Айтжанова </w:t>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Айтжанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Е.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="0087131D" w:rsidRDefault="0087131D" w:rsidP="0087131D">
-[...12 lines deleted...]
-              <w:t>Телефонограмма бойынша</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
-[...43 lines deleted...]
-              <w:t xml:space="preserve">әзірлеу. </w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Разработка « Цифрового  образовательного  канала «Самопознание. Павлодар»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">Г.Е.Айтжанова </w:t>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Айтжанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Е.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="0087131D" w:rsidRDefault="0087131D" w:rsidP="0087131D">
-[...12 lines deleted...]
-              <w:t>Телефонограмма бойынша</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2392">
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Дене шынықтыру мұғалімдері мен Мтвп оқытушыларына арналған семинар-практикумдар:</w:t>
+              <w:t xml:space="preserve">Семинары-практикумы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">для учителей физической культуры и преподавателей </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>НВиПТ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="0087131D" w:rsidRDefault="0087131D" w:rsidP="0087131D">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2392">
-[...5 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заседание </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>методсовета</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учителей физической культуры и преподавателей </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>НВиПТ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">К.С.Раисов </w:t>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="0072138C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Раисов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="0087131D" w:rsidRDefault="0087131D" w:rsidP="0087131D">
-[...12 lines deleted...]
-              <w:t>Телефонограмма бойынша</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00015C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="0087131D">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="0072138C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Совещание преподавателей </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>НВиТП</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2392">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">К.С.Раисов </w:t>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="0072138C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Раисов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0087131D" w:rsidRPr="0087131D" w:rsidRDefault="0087131D" w:rsidP="0087131D">
-[...12 lines deleted...]
-              <w:t>Телефонограмма бойынша</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00015C05">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008558EF">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4341" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
-[...23 lines deleted...]
-              <w:t>МББ-дағы инновациялық үдерістерді әдістемелік сүйемелдеуді қамтамасыз ету</w:t>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00CC753C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Обеспечение методического сопровождения инновационных процессов в ДДУ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4341" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
-[...65 lines deleted...]
-                <w:bCs/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="005F3266">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Проект «Обновление содержания дошкольного воспитания и образования»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="005F3266">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
-[...9 lines deleted...]
-            </w:r>
+              <w:t>(постоянно-действующий семинар-тренинг для воспитателей</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00E119E2" w:rsidRDefault="00E119E2" w:rsidP="00E119E2">
-[...13 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Семинар - практикум для воспитателей </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ДО</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теме «Реализация дифференцированного подхода к обучению и развитию дошкольников» в формате </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ZOOM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«М</w:t>
-[...22 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Рахымжанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.М.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>с</w:t>
-[...17 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...23 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+              <w:t>21.04.2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>21.04.2021</w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4341" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
-[...43 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="005F3266">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Проект «Инклюзивное образование в дошкольной организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E119E2">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> жобасы:</w:t>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для педагогов дошкольных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00E119E2" w:rsidRDefault="00E119E2" w:rsidP="00E119E2">
-[...13 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Семинар для логопедов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по теме "Практическое использование нетрадиционных приёмов с детьми дошкольного возраста" я/с № 14 в 10.00 в формате </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ZOOM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Рахымжанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.М.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«М</w:t>
-[...22 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>с</w:t>
-[...47 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+              <w:t>09.04.2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>д</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/с № 14, </w:t>
+            </w:r>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>09.04.2021</w:t>
-[...38 lines deleted...]
-              </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4341" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
-[...48 lines deleted...]
-              <w:t xml:space="preserve"> әдістемелік сүйемелдеуді қамтамасыз ету</w:t>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Обеспечение методического сопровождения инновационных процессов в учреждениях общего среднего образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="00E119E2" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00E551C2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E119E2">
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мұғалімдерге арналған семинар-практикумдар</w:t>
+              <w:t xml:space="preserve">Семинары-практикумы для учителей </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00E119E2" w:rsidRDefault="00E119E2" w:rsidP="00E119E2">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...45 lines deleted...]
-              <w:t>і</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Коучинг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Задания в формате </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>PISA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>метапредметные</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> универсальные учебные действия учащихся».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...24 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="0087131D" w:rsidP="00803F4F">
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00E551C2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сабитова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Н.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00E551C2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-              <w:t>ТІЖО</w:t>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ЗДУВР</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00E551C2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>13.04. 2021 г 15.00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00803F4F" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008558EF">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00E551C2">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Платформа </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>ZOOM</w:t>
             </w:r>
-            <w:r w:rsidR="00803F4F" w:rsidRPr="008558EF">
-[...30 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00E551C2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="00E119E2" w:rsidP="00E119E2">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...27 lines deleted...]
-              <w:t xml:space="preserve"> (№34 ЖОМ ЖМБ педагогтерінің жұмыс тәжірибесінен)</w:t>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Разработка ЦОР для организации самостоятельной работы учащихся и самоконтроля в освоении учебного материала» </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(из опыта работы педагогов ЕМН СОШ № 34)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...46 lines deleted...]
-              <w:t xml:space="preserve">Поляков </w:t>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00E551C2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сабитова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Н.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00E551C2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ЗДУВР Поляков И.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00E551C2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>20.04. 2021 г 15.00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00E551C2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Платформа </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ZOOM</w:t>
             </w:r>
-            <w:r w:rsidR="00803F4F">
-[...23 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00E551C2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00E35307" w:rsidRDefault="00E35307" w:rsidP="00E35307">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00E119E2" w:rsidRPr="00E35307">
+              <w:t>Коучинг</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
-              <w:t>Дарынды оқушыларды шығармашылыққа баулуда нәтижеге жетудің жолдары</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> «Дарынды оқушыларды шығармашылыққа баулуда нәтижеге жетудің жолдары»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (из опыта работы педагогов, СОШ № 19</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
-              <w:t>»</w:t>
-[...27 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              <w:t xml:space="preserve"> Унгарова Г.С., Алькеева Г.С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...18 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00E35307" w:rsidRDefault="00E9611B" w:rsidP="000C1CD0">
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>З.С.</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Жанакова З.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-            </w:r>
+            </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Жанакова</w:t>
-[...8 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+              <w:t>06.04.2021 г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>06.04.2021 г.</w:t>
-[...9 lines deleted...]
-              <w:rPr>
+              <w:t>15.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">платформа </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ZOOM</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Идентификатор конференции:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 953 668 8180</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>15.00</w:t>
-[...145 lines deleted...]
-            <w:r w:rsidR="000C1CD0" w:rsidRPr="008558EF">
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Код доступа:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Zarina1987</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00025B66" w:rsidRPr="00025B66" w:rsidRDefault="00025B66" w:rsidP="00025B66">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00025B66">
+              <w:t xml:space="preserve">Круглый стол </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ғылыми жобаға дайындау – фунциялық </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00025B66">
+              <w:t xml:space="preserve"> «Ғылыми жобаға дайындау – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>сауатт</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">фунционалдық сауаттылықты қалыптастырудың бір жолы» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(из опыта работы педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
-              <w:t>ылықты қалыптастырудың бір жолы»</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00025B66">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> атты дөңгелек үстел (педагогтардың жұмыс тәжірибесінен</w:t>
-[...4 lines deleted...]
-              <w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00025B66">
+              <w:t>СОШ №37,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...35 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>Умрахимов Сакен Балтекович)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="00E9611B" w:rsidP="00E9611B">
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>З.С.</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Жанакова З.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="000C1CD0" w:rsidRPr="008558EF">
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жанакова </w:t>
-[...26 lines deleted...]
-              </w:rPr>
               <w:t>08.04.2021 г.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">платформа </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ZOOM</w:t>
             </w:r>
-            <w:r w:rsidR="00803F4F">
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Идентификатор конференции:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 953 668 8180</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> п</w:t>
-[...60 lines deleted...]
-              <w:t>Код:</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Код доступа:</w:t>
             </w:r>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Zarina1987</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00D26412" w:rsidRDefault="00797ECC" w:rsidP="00D26412">
-            <w:pPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>Мастер-класс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00797ECC">
+              <w:t xml:space="preserve">  «Жаңартылған  білім  беру  бағдарламасы  аясында қазақ тілі  мен әдебиет сабақтарында оқушылардың коммуникативтік шығармашылығын арттырудың маңыздылығы»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(из опыта работы педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> СОШ №40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
-              <w:t>Жаңартылған білім беру бағдарламасы аясында қазақ тілі мен әдебиет сабақтарында оқушылардың коммуникативтік шығармашылығын арттырудың маңызы</w:t>
-[...59 lines deleted...]
-              <w:t>Мукушева)</w:t>
+              <w:t>Мукушева А.Н.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="00E9611B" w:rsidP="000C1CD0">
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>З.С.</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Жанакова З.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-            </w:r>
+            </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Жанакова</w:t>
-[...8 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+              <w:t>13.04.2021 г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>13.04.2021 г.</w:t>
-[...9 lines deleted...]
-              <w:rPr>
+              <w:t>15.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">платформа </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ZOOM</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Идентификатор конференции:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 953 668 8180</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>15.00</w:t>
-[...92 lines deleted...]
-              <w:t>Код:</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Код доступа:</w:t>
             </w:r>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Zarina1987</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="00D26412" w:rsidP="00D26412">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Семинар </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Исследовательская работа на уроках самопознания с использованием </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>googl</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>форм</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="001B01C6" w:rsidP="001B01C6">
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Г.Е.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="000C1CD0" w:rsidRPr="008558EF">
+              <w:t>Айтжанова Г.Е.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Айтжанова </w:t>
-[...14 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              <w:t>Телефонограмма бойынша</w:t>
+              <w:t>По телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4341" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="001D1068" w:rsidP="001D1068">
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00B133A5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...60 lines deleted...]
-              <w:t>инновациялық алаңы</w:t>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Инновационная площадка «Формирование функциональной  грамотности в рамках обновления содержания образования»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00875CFF" w:rsidRDefault="00875CFF" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00B133A5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...18 lines deleted...]
-              <w:t>Функционалдық сауаттылық: жаһандық құзыреттер заманауи білім берудің маңызды трендтері ретінде» ОТЖ және НМР бойынша БҚ үшін практикалық сессия.</w:t>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Практическая сессия для ЗД по УВР и НМР.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="+mj-ea" w:hAnsi="Calibri" w:cs="+mj-cs"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Функциональная грамотность: глобальные компетенции как важнейшие  тренды современного образования»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve">Шиндлярская </w:t>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Шиндлярская</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Ш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00B133A5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8.04.2021</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00B133A5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>15-00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
-[...11 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00B133A5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">платформа </w:t>
+            </w:r>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ZOOM</w:t>
             </w:r>
-            <w:r w:rsidR="00803F4F">
-[...23 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00B133A5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Идентификатор 6498115858</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00B133A5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Код 12345</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="00875CFF" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00875CFF">
-[...6 lines deleted...]
-              <w:t>Пән мұғалімдеріне арналған практикалық сессия</w:t>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Практическая сессия для учителей - предметников</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...136 lines deleted...]
-            <w:r w:rsidR="000C1CD0" w:rsidRPr="008558EF">
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жанакова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> З.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ильясова К.К.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Алимова С.Ж,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Сабитова</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Н.С.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>9.04.2021</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>16-00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
-[...11 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00B133A5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">платформа </w:t>
+            </w:r>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ZOOM</w:t>
             </w:r>
-            <w:r w:rsidR="00803F4F">
-[...23 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00CA4E07">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00CA4E07">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4341" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="00875CFF" w:rsidP="000C1CD0">
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00CA4E07">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00875CFF">
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Қосымша білім беру педагогтерін</w:t>
-[...8 lines deleted...]
-              <w:t>е арналған семинар-практикумдар</w:t>
+              <w:t>Семинары-практикумы для педагогов дополнительного образования:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="00875CFF" w:rsidP="00875CFF">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00875CFF">
+              <w:t xml:space="preserve">Семинар «Эффективные методы воспитательной работы старших важатых» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
+            <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Маңызды тәрбие жұмысының тиімді әдістері</w:t>
-[...1 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>» семинары</w:t>
-[...8 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+              <w:t xml:space="preserve">ЦЗРДО </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00CA4E07">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">ЦЗРДО </w:t>
-[...4 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">Касенуалиева М.К. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">М.К. </w:t>
-[...37 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> 9.04.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00875CFF" w:rsidRPr="00875CFF" w:rsidRDefault="00875CFF" w:rsidP="00875CFF">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:t>Шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>class</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«Т</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00875CFF">
+              <w:t xml:space="preserve"> «Возможности использования  станков с числовым программным обеспечением  в кружках </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...14 lines deleted...]
-                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ш</w:t>
-[...10 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="00875CFF" w:rsidP="00875CFF">
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">технического творчества» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00875CFF">
-[...4 lines deleted...]
-              <w:t>(республиканың техникалық мектептері)</w:t>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(технические школы республики)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00B1064E" w:rsidRDefault="00B1064E" w:rsidP="000C1CD0">
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B1064E">
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Балалар техникалық мектебі</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="00B1064E" w:rsidP="00B1064E">
+              <w:lastRenderedPageBreak/>
+              <w:t>Детская техническая школа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00CA4E07">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">М.К. </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Касенуалиева М.К. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00CA4E07">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Касенуалиева </w:t>
-[...11 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>23 .04.2021</w:t>
             </w:r>
-            <w:r w:rsidR="00B1064E">
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="00875CFF" w:rsidP="00875CFF">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Семинар-совещание «Организация летней кампании «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жаз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 2021»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00CA4E07">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...9 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">Касенуалиева М.К. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00CA4E07">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">» </w:t>
-[...9 lines deleted...]
-              <w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> с</w:t>
-[...66 lines deleted...]
-              </w:rPr>
               <w:t>30.04.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="00875CFF" w:rsidP="00875CFF">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00875CFF">
-[...6 lines deleted...]
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Вебинар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>для педагогов дополнительного образования, для руководителей кружков по направлению театр школ города:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Методическое сопровождение организации деятельности  по театральному </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> направлению»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«Т</w:t>
-[...8 lines deleted...]
-            <w:r>
+              <w:t>Школа национального возрождения</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00CA4E07">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>»</w:t>
-[...17 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">Касенуалиева М.К. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B1064E">
-              <w:rPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ұлттық жаңғыру мектебі</w:t>
-[...68 lines deleted...]
-              </w:rPr>
               <w:t>12-23.04.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008558EF">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:hanging="153"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4341" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
-[...22 lines deleted...]
-              <w:t>Озық педагогикалық тәжірибені зерттеу, жинақтау және тарату</w:t>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Изучение, обобщение и распространение передового педагогического опыта</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="00875CFF" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00875CFF">
-[...4 lines deleted...]
-              <w:t>Педагогтың табысты педагогикалық тәжірибесін тарату С. М. Атласевич № 17 б/б 15.00</w:t>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Диссеминация успешного педагогического опыта педагога  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Атласевич</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  С.М. я/с № 17 в 15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="00B1064E" w:rsidP="000C1CD0">
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Н.К.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="000C1CD0" w:rsidRPr="008558EF">
+              <w:t>Нургалиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Н</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+              <w:t xml:space="preserve"> Н.К.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ұ</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>07.04.2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ғ</w:t>
-[...12 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>д</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>/с № 17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...59 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="000C1CD0" w:rsidRPr="008558EF">
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00875CFF" w:rsidRDefault="00875CFF" w:rsidP="00875CFF">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
+              <w:t xml:space="preserve">Диссеминация педагогического опыта </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00875CFF">
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
-              <w:t>Жобалау әрекеті арқылы оқушылардың не</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Жобалау әрекеті арқылы оқушылардың негізгі құзыреттіліктерін қалыптастыру» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(из опыта работы педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-                <w:bCs/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
-              <w:t>гізгі құзыреттерін қалыптастыру»</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00875CFF">
+              <w:t xml:space="preserve"> КСОШ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> педагогикалық тәжірибесін тарату (К</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>, Апсаликова Айгуль Машраповна)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">ОМ </w:t>
-[...67 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">     </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">Жанакова </w:t>
+              <w:t>Жанакова З.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00251189">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="195"/>
                 <w:tab w:val="center" w:pos="1663"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:t>15.04.2021 г</w:t>
             </w:r>
-          </w:p>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+            <w:r w:rsidR="00251189">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:t>15.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">платформа </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ZOOM</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Идентификатор:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 953 668 8180</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="195"/>
                 <w:tab w:val="center" w:pos="1663"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
-                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-[...92 lines deleted...]
-              <w:t>Код:</w:t>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Код доступа:</w:t>
             </w:r>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Zarina1987</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00DC6056" w:rsidRDefault="00DC6056" w:rsidP="00DC6056">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DC6056">
+              <w:t xml:space="preserve">Диссеминация педагогического опыта </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
-              <w:t>Қазақ тілін оқыту б</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>«Қазақ тілін оқыту барысында инклюзияның ерекшелігі »</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
-              <w:t>арысында инклюзияның ерекшелігі»</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DC6056">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(из опыта работы педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-                <w:bCs/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> педагогикалық тәжірибесін тарату (№28 ЖОМ педагогтарының жұмыс тәжірибесінен: Бұшымбаева Құралай Темірболатқызы, Есембаева Бахтылы Иланбекқызы)</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">СОШ №28, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұшымбаева Құралай Темірболатовна, Есембаева Бахтылы Иланбековна)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>З.С.Жанакова</w:t>
+              <w:t>Жанакова З.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00C361ED">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>20.04.2021 г.</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidR="00C361ED">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">платформа </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ZOOM</w:t>
             </w:r>
-            <w:r w:rsidR="00B1064E" w:rsidRPr="008558EF">
-[...9 lines deleted...]
-                <w:bCs/>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Идентификатор конференции:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 953 668 8180</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>сында</w:t>
-[...45 lines deleted...]
-              <w:t>Код:</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Код доступа:</w:t>
             </w:r>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Zarina1987</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00D73612">
+      <w:tr w:rsidR="00C361ED" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
-[...40 lines deleted...]
-                <w:b/>
+          <w:p w:rsidR="00C361ED" w:rsidRPr="00C361ED" w:rsidRDefault="00C361ED" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00251189">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2182" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C361ED" w:rsidRPr="00251189" w:rsidRDefault="00251189" w:rsidP="00251189">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00251189">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Презентация авторской программы «Нестандартные решения для 5-6 классов»</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00251189">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00251189">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C361ED" w:rsidRPr="00251189">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00251189">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00251189">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">пыт учителя школы № 7 </w:t>
+            </w:r>
+            <w:r w:rsidR="00C361ED" w:rsidRPr="00251189">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 7 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00251189">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>А. Б. Закарьяновой)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C361ED" w:rsidRPr="00251189" w:rsidRDefault="00251189" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Тамыз педагогикалық оқуларына дайындық бойынша ұйымдастыру іс-шаралары</w:t>
-            </w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00251189">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00251189">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мова С.Ж.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C361ED" w:rsidRPr="00251189" w:rsidRDefault="00C361ED" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00D73612">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008558EF">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:widowControl w:val="0"/>
-              <w:autoSpaceDE w:val="0"/>
-[...30 lines deleted...]
-              <w:rPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:hanging="153"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4341" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...75 lines deleted...]
-              <w:t xml:space="preserve"> дейін</w:t>
+              <w:t>Организационные мероприятия по подготовке к августовским педагогическим чтениям</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="002B7475" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3836"/>
               </w:tabs>
               <w:rPr>
-                <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B7475">
-[...1 lines deleted...]
-                <w:i/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бағдарламаны қалыптастыру</w:t>
+              <w:t>Формирование тематики  докладов секци</w:t>
+            </w:r>
+            <w:r w:rsidR="00251189">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>й</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...28 lines deleted...]
-              <w:t>Алимова</w:t>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Методисты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008C741C" w:rsidRDefault="000C1CD0" w:rsidP="008C741C">
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> дейін</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>До 10.04.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="002B7475" w:rsidP="0049126A">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3836"/>
               </w:tabs>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B7475">
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Шығармашылық топтар әзірлеген әдістемелік материалдар жинағын дайындау</w:t>
+              <w:t xml:space="preserve">Формирование программы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...289 lines deleted...]
-              <w:t xml:space="preserve">азина </w:t>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Алимова С</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>,Ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008C741C" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> дейін</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>До 30.04.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>4</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="00627F44" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3836"/>
               </w:tabs>
               <w:rPr>
+                <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00627F44">
-              <w:rPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Әдістемелік кабинет жинағына аналитикалық материалдар дайындау</w:t>
+              <w:t xml:space="preserve">Подготовка сборников  м етодических материалов, разработанных творческими группами </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">Әдіскерлер </w:t>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Методисты</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Алимова С.Ж.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Ильясова К.К.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Айтжанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Е.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жанакова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> З.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Сабитова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Н.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Кайргазина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ш.Ш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008C741C" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> дейін</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>До 25.04.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:widowControl w:val="0"/>
-              <w:numPr>
-[...13 lines deleted...]
-            </w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="00627F44" w:rsidP="000C1CD0">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3836"/>
               </w:tabs>
               <w:rPr>
-                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Олимпиадалар, байқаулар</w:t>
+              <w:t xml:space="preserve">Подготовка  аналитических материалов для сборника  методического кабинета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...13 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Методисты</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
-[...12 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>До 1.05.2021</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:hanging="153"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="00627F44" w:rsidP="00627F44">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3836"/>
               </w:tabs>
               <w:rPr>
-                <w:i/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> облыстық байқауы</w:t>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Олимпиады, конкурсы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00834253" w:rsidRDefault="000C1CD0" w:rsidP="00834253">
-[...29 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
-[...18 lines deleted...]
-              <w:t>2</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="00627F44" w:rsidP="00627F44">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3836"/>
               </w:tabs>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...42 lines deleted...]
-              <w:t xml:space="preserve"> облыстық байқауы</w:t>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Областной конкурс  «Учитель года – 2021»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...80 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Айтжанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Е.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="000C1CD0">
-[...19 lines deleted...]
-              <w:t>сәуір</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00CC753C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> апрель </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
-[...18 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="00627F44" w:rsidP="00627F44">
-[...40 lines deleted...]
-              <w:t>қалалық байқауы</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00CC753C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3836"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Областной конкурс  «Педагог дошкольной организации 2021»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00834253" w:rsidRDefault="00834253" w:rsidP="00834253">
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00CC753C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Н.К.Н</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Нургалиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t xml:space="preserve"> Н.К.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00D31A0E" w:rsidRDefault="00D31A0E" w:rsidP="000C1CD0">
-[...14 lines deleted...]
-              <w:t>Бір ай бойы</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
-[...18 lines deleted...]
-              <w:t>4</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="00627F44" w:rsidP="000C1CD0">
-[...16 lines deleted...]
-              <w:t>Қазақ тілі мұғалімдерінің форумы</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Городской конкурс «Лучший методист-2021»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve">Жанакова </w:t>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нургалиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Н.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00D31A0E" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...36 lines deleted...]
-              <w:t>а бойынша</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течение месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
-[...18 lines deleted...]
-              <w:t>5</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="00627F44" w:rsidP="00627F44">
-[...69 lines deleted...]
-              <w:t xml:space="preserve"> (Өлкетану сағаты)</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3836"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форум учителей казахского языка </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...48 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жанакова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> З.С.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
-[...103 lines deleted...]
-              <w:t>YouTube</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
-[...18 lines deleted...]
-              <w:t>6</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="00627F44" w:rsidP="00627F44">
-[...34 lines deleted...]
-              <w:t>йлығы</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00DF5D2F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>EDCRUNCH</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>PRODUCT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: «Использование краеведческих ресурсов для привлечения учащихся к творческой самореализации». (Краеведческий час) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00E551C2">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сабитова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Н.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00E551C2">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="00D31A0E" w:rsidRDefault="00D31A0E" w:rsidP="000C1CD0">
-[...18 lines deleted...]
-              <w:t>сәуір, мамыр</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00E551C2">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>27.04.2021 г 15.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00E551C2">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Платформа </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ZOOM</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00E551C2">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>YouTube</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...18 lines deleted...]
-              <w:t>7</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...34 lines deleted...]
-              <w:t>жарыстарын өткізу</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00015C05">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Месячник «Патриот»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...22 lines deleted...]
-              <w:t>.С.Раисов</w:t>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="0072138C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Раисов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...10 lines deleted...]
-              <w:t>сәуір</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>апрель, май</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...18 lines deleted...]
-              <w:t>8</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="006E2301" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...67 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00015C05">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Проведение соревнований «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Улан»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00015C05">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Раисов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>» байқауына</w:t>
-[...93 lines deleted...]
-              <w:t>сәуір</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
-[...18 lines deleted...]
-              <w:t>9</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="00640D4A" w:rsidP="00640D4A">
-[...40 lines deleted...]
-              <w:t xml:space="preserve"> облыстық байқауы</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00015C05">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подготовительные мероприятия  к участию </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="0072138C">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в областном смотре-конкурсе строя и песни</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="0072138C">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурсу  «Равнение на флаг» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="0072138C">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Параду   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>посвященного</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 76-летию победы в ВОВ </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="0072138C">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>подготовка к УПС в ОСОЛ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...76 lines deleted...]
-              <w:t xml:space="preserve">рахметова </w:t>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Раисов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="000C1CD0" w:rsidRPr="008558EF" w:rsidRDefault="000C1CD0" w:rsidP="000C1CD0">
-[...12 lines deleted...]
-              <w:t>7-30.04.2021</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...18 lines deleted...]
-              <w:t>10</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...55 lines deleted...]
-              <w:t xml:space="preserve"> аймақтық қашықтық акциясы</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00015C05">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Областной конкурс «ППО в инклюзивном образовании»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">М.К. Касенуалиева </w:t>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Рахымжанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.М.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нурахметова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ш.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...41 lines deleted...]
-              <w:t xml:space="preserve">2021 </w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7-30.04.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...18 lines deleted...]
-              <w:t>14</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Региональная дистанционная акция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...9 lines deleted...]
-            <w:r>
+              <w:t>Қанатты достар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>»</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> қалалық қашықтық акциясы</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>посвященная Всемирному Дню птиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...2 lines deleted...]
-            <w:pPr>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">М.К. Касенуалиева </w:t>
+              <w:t>Касенуалиева М.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="auto"/>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="auto"/>
-[...4 lines deleted...]
-              <w:t>25.03-20.04.2021</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>15.03-16.04.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2021 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...18 lines deleted...]
-              <w:t>15</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Городская дистанционная акция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Всемирный день воды</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...9 lines deleted...]
-              <w:rPr>
+              <w:t>Касенуалиева М.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>»</w:t>
-[...57 lines deleted...]
-              <w:t>26-30.04.2021</w:t>
+              <w:t>25.03-20.04.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...18 lines deleted...]
-              <w:t>16</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...13 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Областной этап форума юных краеведов, экологов и натуралистов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Табиғатты </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>аяла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ж</w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve">М.К. Касенуалиева </w:t>
+              <w:t>Касенуалиева М.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...31 lines deleted...]
-              <w:t>2021</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>26-30.04.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...19 lines deleted...]
-              <w:t>17</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Региональный трудовой десант «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жасыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> әлем», посвященный Международному дню Земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>Касенуалиева М.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...8 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>»</w:t>
-[...15 lines deleted...]
-            <w:r>
+              <w:t>12.04-12.05.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>А</w:t>
-[...50 lines deleted...]
-              <w:t>22.04-21.05.2021</w:t>
+              <w:t>2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...18 lines deleted...]
-              <w:t>18</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...8 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Городская акция «День деревьев» в рамках </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>спецп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">» </w:t>
-[...17 lines deleted...]
-            <w:r>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>оекта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...8 lines deleted...]
-            <w:r>
+              <w:t>Үнем - қоғам қуаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>»</w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve">М.К. Касенуалиева </w:t>
+              <w:t>Касенуалиева М.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...12 lines deleted...]
-              <w:t>19.04-19.05.2021</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>22.04-21.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...18 lines deleted...]
-              <w:t>19</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00490CB5">
-[...41 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Городская акция «Марш парков» в рамках </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>спецп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>оекта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Үнем - қоғам қуаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00490CB5">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ф</w:t>
-[...29 lines deleted...]
-              <w:t xml:space="preserve">М.К. Касенуалиева </w:t>
+              <w:t>Касенуалиева М.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">.-4.2021 </w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>19.04-19.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...18 lines deleted...]
-              <w:t>20</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00490CB5">
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">Дина Нұрпейісованың 160 жылдығына арналған Павлодар қаласының </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Фестиваль-конкурс «Алтын </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>булак</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» учащихся отделения сольного и ансамблевого пения ДМШ г. Павлодара посвященного 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>летию</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Независимости Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>б</w:t>
-[...27 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+              <w:t>Касенуалиева М.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00CA4E07">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19-20 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>»</w:t>
-[...51 lines deleted...]
-              <w:t>26-27 .04.2021</w:t>
+              <w:t xml:space="preserve">.-4.2021 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...18 lines deleted...]
-              <w:t>21</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-            <w:pPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Городской дистанционный конкурс «Той </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бастар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>среди учащихся Детской музыкальной школы и средних обще образовательных школ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара, посвященного160-летию Дины Нурпеисовой </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...60 lines deleted...]
-              <w:t xml:space="preserve">М.К. Касенуалиева </w:t>
+              <w:t>Касенуалиева М.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...12 lines deleted...]
-              <w:t>16 .04.2021</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00CA4E07">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>26-27 .04.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...18 lines deleted...]
-              <w:t>22</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00490CB5">
+              <w:t>Городской этап фестиваля детского дошкольного творчества «Рауан»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қазақстан балалары шексіз әлемде!</w:t>
-[...45 lines deleted...]
-              <w:t xml:space="preserve">М.К. Касенуалиева </w:t>
+              <w:t>Касенуалиева М.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...12 lines deleted...]
-              <w:t>19 .04.2021</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00CA4E07">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>16 .04.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...18 lines deleted...]
-              <w:t>23</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00490CB5">
+              <w:t>Городской этап Республиканского фестиваля детского кино «Дети Казахстана в мире без границ!»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Жас қозғалыс инспекторлары</w:t>
-[...45 lines deleted...]
-              <w:t xml:space="preserve">М.К. Касенуалиева </w:t>
+              <w:t>Касенуалиева М.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="00D31A0E" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...14 lines deleted...]
-              <w:t>сәуір</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00CA4E07">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>19 .04.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...18 lines deleted...]
-              <w:t>24</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...13 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...13 lines deleted...]
-                <w:color w:val="000000"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>»</w:t>
-[...17 lines deleted...]
-              <w:t>ылығының қалалық көрме-байқауы</w:t>
+              <w:t>Городской этап республиканского  конкурса «Юные инспектора движения»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...2 lines deleted...]
-            <w:pPr>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">М.К. Касенуалиева </w:t>
+              <w:t>Касенуалиева М.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...12 lines deleted...]
-              <w:t>1-7 .04.2021</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...18 lines deleted...]
-              <w:t>25</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Городской конкурс– </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>вы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ставка художественного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>и декоративно-прикладного детского творчества</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Алтын қазына»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="3294"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...57 lines deleted...]
-              <w:t xml:space="preserve">М.К. Касенуалиева </w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>Касенуалиева М.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...12 lines deleted...]
-              <w:t>26-30 .04.2021</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00CA4E07">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1-7 .04.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...18 lines deleted...]
-              <w:t>26</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:t>Челлендж по созданию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> творческих работ среди учащихся общеобразовательных школ города по мотивам рисунков древнего человека</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в рамках проекта</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...8 lines deleted...]
-            <w:r>
+              <w:t>«Ожившие петроглифы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">» </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve">М.К. Касенуалиева </w:t>
+              <w:t>Касенуалиева М.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">26-30.04.2021 </w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00CA4E07">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>26-30 .04.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
         <w:tblPrEx>
           <w:jc w:val="left"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="120" w:type="pct"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="539" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...18 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2182" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Областной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурс декоративно-прикладного искусства,  проводимого в рамках фестиваля «Экология моей страны».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="876" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Касенуалиева М.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1283" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00CA4E07">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">26-30.04.2021 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidTr="00B133A5">
+        <w:tblPrEx>
+          <w:jc w:val="left"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="120" w:type="pct"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="539" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="008558EF" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...11 lines deleted...]
-              <w:t>Кеме -, авто -, авиамодельдердің қарапайым үлгілері бойынша техникалық шығармашылық жарыстарының қалалық кезеңі</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Городской этап соревнований технического творчества по простейшим моделям </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>судо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-, авто-, авиамоделям</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="876" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
-[...2 lines deleted...]
-            <w:pPr>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="008113A4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008558EF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">М.К. Касенуалиева </w:t>
+              <w:t>Касенуалиева М.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D31A0E" w:rsidRPr="00D31A0E" w:rsidRDefault="00D31A0E" w:rsidP="00D31A0E">
-[...14 lines deleted...]
-              <w:t>сәуір</w:t>
+          <w:p w:rsidR="008558EF" w:rsidRPr="008558EF" w:rsidRDefault="008558EF" w:rsidP="00D73612">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008558EF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="0065112E" w:rsidRPr="008558EF" w:rsidRDefault="0065112E" w:rsidP="008113A4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="10065"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008558EF" w:rsidRDefault="0065112E" w:rsidP="008113A4">
@@ -19745,291 +18484,253 @@
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="10065"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008558EF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve">  Заведующий методического кабинета                                    </w:t>
       </w:r>
-      <w:r w:rsidR="00FC10BC">
+      <w:r w:rsidR="00EF2602" w:rsidRPr="008558EF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                        </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">                                                                                  </w:t>
+        <w:t xml:space="preserve">                  </w:t>
       </w:r>
       <w:r w:rsidRPr="008558EF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Г.</w:t>
-[...21 lines deleted...]
-        <w:t>Шиндлярская</w:t>
+        <w:t xml:space="preserve">  Г.Шиндлярская</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="005959F8" w:rsidRPr="008558EF" w:rsidSect="00EA0D7E">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="993" w:right="1134" w:bottom="850" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007E75E8" w:rsidRDefault="007E75E8" w:rsidP="00286BFE">
+    <w:p w:rsidR="00323DA0" w:rsidRDefault="00323DA0" w:rsidP="00286BFE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007E75E8" w:rsidRDefault="007E75E8" w:rsidP="00286BFE">
+    <w:p w:rsidR="00323DA0" w:rsidRDefault="00323DA0" w:rsidP="00286BFE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="+mj-ea">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="+mj-cs">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="22657962"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="0087131D" w:rsidRDefault="0087131D">
+      <w:p w:rsidR="00D73612" w:rsidRDefault="00541E9A">
         <w:pPr>
           <w:pStyle w:val="ac"/>
           <w:jc w:val="right"/>
         </w:pPr>
-        <w:r>
-[...19 lines deleted...]
-        </w:r>
+        <w:fldSimple w:instr=" PAGE   \* MERGEFORMAT ">
+          <w:r w:rsidR="00251189">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>9</w:t>
+          </w:r>
+        </w:fldSimple>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="0087131D" w:rsidRDefault="0087131D">
+  <w:p w:rsidR="00D73612" w:rsidRDefault="00D73612">
     <w:pPr>
       <w:pStyle w:val="ac"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007E75E8" w:rsidRDefault="007E75E8" w:rsidP="00286BFE">
+    <w:p w:rsidR="00323DA0" w:rsidRDefault="00323DA0" w:rsidP="00286BFE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007E75E8" w:rsidRDefault="007E75E8" w:rsidP="00286BFE">
+    <w:p w:rsidR="00323DA0" w:rsidRDefault="00323DA0" w:rsidP="00286BFE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="FFFFFFFE"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="A2E809F8"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="*"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="00D22E63"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9C3AFFF8"/>
     <w:lvl w:ilvl="0" w:tplc="79D687BC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -20097,51 +18798,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="0BF85582"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BCE2B6B6"/>
     <w:lvl w:ilvl="0" w:tplc="CB866BE6">
       <w:start w:val="4"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="501" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
@@ -20188,51 +18889,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="0FB96074"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D7440546"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -20277,51 +18978,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="16016054"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="23F0FB06"/>
     <w:lvl w:ilvl="0" w:tplc="EDE2A728">
       <w:start w:val="6"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -20368,51 +19069,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="170C6B76"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C80850CE"/>
     <w:lvl w:ilvl="0" w:tplc="C652EF8A">
       <w:start w:val="4"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -20459,51 +19160,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="1CE65406"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AAA6C6A"/>
     <w:lvl w:ilvl="0" w:tplc="ACB2990C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -20571,51 +19272,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="20DE09F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AF4459E4"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -20684,51 +19385,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="25210D38"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B09E40BE"/>
     <w:lvl w:ilvl="0" w:tplc="554E05B4">
       <w:start w:val="7"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -20775,51 +19476,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="2C7D69E2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="051C4D52"/>
     <w:lvl w:ilvl="0" w:tplc="4B6017A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -20866,51 +19567,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10">
     <w:nsid w:val="2EA51C57"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8C80B28A"/>
     <w:lvl w:ilvl="0" w:tplc="04190013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -20952,51 +19653,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="326E75CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="398E6DC4"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -21065,51 +19766,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="3A1629F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0F94DFA0"/>
     <w:lvl w:ilvl="0" w:tplc="51CEB428">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="252" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="972" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -21154,51 +19855,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4572" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5292" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6012" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13">
     <w:nsid w:val="3CDC1637"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A3243FB4"/>
     <w:lvl w:ilvl="0" w:tplc="04190013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -21240,51 +19941,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14">
     <w:nsid w:val="4A636B4F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="412E1250"/>
     <w:lvl w:ilvl="0" w:tplc="4CD26B2A">
       <w:start w:val="3"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -21331,51 +20032,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15">
     <w:nsid w:val="4B490040"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2B0243F6"/>
     <w:lvl w:ilvl="0" w:tplc="85662C12">
       <w:start w:val="20"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -21444,51 +20145,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16">
     <w:nsid w:val="4E822243"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3A263522"/>
     <w:lvl w:ilvl="0" w:tplc="C652EF8A">
       <w:start w:val="4"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
@@ -21535,51 +20236,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17">
     <w:nsid w:val="4EB37720"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="27A67F22"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -21624,51 +20325,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18">
     <w:nsid w:val="55142605"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A0A2EA36"/>
     <w:lvl w:ilvl="0" w:tplc="04190013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -21710,51 +20411,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19">
     <w:nsid w:val="589D3A83"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0068F3D6"/>
     <w:lvl w:ilvl="0" w:tplc="C652EF8A">
       <w:start w:val="4"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
@@ -21801,51 +20502,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20">
     <w:nsid w:val="5B1C115A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AF8E7024"/>
     <w:lvl w:ilvl="0" w:tplc="04190013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
@@ -21892,51 +20593,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21">
     <w:nsid w:val="6BF27D1D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2D3A5B26"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -21981,51 +20682,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22">
     <w:nsid w:val="6C942E66"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4A0AE46E"/>
     <w:lvl w:ilvl="0" w:tplc="F8E4ED54">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -22093,51 +20794,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23">
     <w:nsid w:val="707038B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F830012E"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -22179,51 +20880,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24">
     <w:nsid w:val="79A868F0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6F2A0E44"/>
     <w:lvl w:ilvl="0" w:tplc="4412F71C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -22291,51 +20992,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25">
     <w:nsid w:val="7B9607D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="48065C8A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -22380,51 +21081,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26">
     <w:nsid w:val="7DA02F7E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9F7E2492"/>
     <w:lvl w:ilvl="0" w:tplc="C652EF8A">
       <w:start w:val="4"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -22571,1180 +21272,887 @@
   <w:num w:numId="21">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="23554"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
-  <w:compat>
-[...1 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00903DC4"/>
     <w:rsid w:val="0000329D"/>
     <w:rsid w:val="000057AC"/>
     <w:rsid w:val="0001522B"/>
     <w:rsid w:val="000154C0"/>
     <w:rsid w:val="00015C05"/>
-    <w:rsid w:val="00025B66"/>
     <w:rsid w:val="00026601"/>
     <w:rsid w:val="000350DD"/>
     <w:rsid w:val="00047986"/>
     <w:rsid w:val="00047FB9"/>
     <w:rsid w:val="00052233"/>
     <w:rsid w:val="000569DA"/>
-    <w:rsid w:val="00056D5C"/>
     <w:rsid w:val="00065F26"/>
     <w:rsid w:val="00066EB9"/>
     <w:rsid w:val="00073E95"/>
     <w:rsid w:val="00075294"/>
     <w:rsid w:val="000759D8"/>
+    <w:rsid w:val="00080D67"/>
     <w:rsid w:val="00086C37"/>
     <w:rsid w:val="0008781C"/>
     <w:rsid w:val="000A02FA"/>
     <w:rsid w:val="000A2276"/>
     <w:rsid w:val="000B238B"/>
-    <w:rsid w:val="000B3002"/>
-    <w:rsid w:val="000B487D"/>
     <w:rsid w:val="000B6AED"/>
     <w:rsid w:val="000C1996"/>
     <w:rsid w:val="000C19DE"/>
-    <w:rsid w:val="000C1CD0"/>
     <w:rsid w:val="000C58BA"/>
     <w:rsid w:val="000C6A84"/>
     <w:rsid w:val="000C7999"/>
     <w:rsid w:val="000D1D79"/>
     <w:rsid w:val="000E2DAF"/>
     <w:rsid w:val="000E455C"/>
     <w:rsid w:val="000E6578"/>
     <w:rsid w:val="000F2329"/>
     <w:rsid w:val="000F5B51"/>
     <w:rsid w:val="00105246"/>
     <w:rsid w:val="001062E0"/>
     <w:rsid w:val="00110EE7"/>
     <w:rsid w:val="00127B12"/>
     <w:rsid w:val="0013117E"/>
     <w:rsid w:val="0013411A"/>
     <w:rsid w:val="001343CA"/>
     <w:rsid w:val="00135903"/>
     <w:rsid w:val="00140BF1"/>
     <w:rsid w:val="001424DD"/>
     <w:rsid w:val="00143B5B"/>
     <w:rsid w:val="001564D0"/>
     <w:rsid w:val="00156BA6"/>
     <w:rsid w:val="001621E2"/>
     <w:rsid w:val="00165785"/>
     <w:rsid w:val="00171C53"/>
-    <w:rsid w:val="00185A23"/>
     <w:rsid w:val="001908B6"/>
     <w:rsid w:val="001919F2"/>
     <w:rsid w:val="00196DE4"/>
     <w:rsid w:val="00196E28"/>
     <w:rsid w:val="001A3099"/>
     <w:rsid w:val="001A5FAE"/>
     <w:rsid w:val="001A6BA6"/>
-    <w:rsid w:val="001B01C6"/>
     <w:rsid w:val="001B0A0E"/>
     <w:rsid w:val="001B0E2F"/>
     <w:rsid w:val="001B21C5"/>
     <w:rsid w:val="001B2990"/>
     <w:rsid w:val="001B2BA7"/>
     <w:rsid w:val="001B6743"/>
     <w:rsid w:val="001C25E0"/>
     <w:rsid w:val="001C7382"/>
     <w:rsid w:val="001C7C4D"/>
     <w:rsid w:val="001D0140"/>
     <w:rsid w:val="001D0ED7"/>
-    <w:rsid w:val="001D1068"/>
     <w:rsid w:val="001D199C"/>
     <w:rsid w:val="001D44B8"/>
     <w:rsid w:val="001D6A69"/>
     <w:rsid w:val="001D6D0F"/>
     <w:rsid w:val="001E0A3E"/>
-    <w:rsid w:val="001E614D"/>
     <w:rsid w:val="001E7735"/>
     <w:rsid w:val="001F5693"/>
     <w:rsid w:val="001F5B1E"/>
     <w:rsid w:val="001F65E7"/>
     <w:rsid w:val="001F6717"/>
     <w:rsid w:val="001F7D0C"/>
     <w:rsid w:val="00201DB3"/>
-    <w:rsid w:val="002046A4"/>
     <w:rsid w:val="0020504E"/>
     <w:rsid w:val="002053A3"/>
     <w:rsid w:val="00207223"/>
     <w:rsid w:val="00207FC2"/>
     <w:rsid w:val="00211DE5"/>
     <w:rsid w:val="00212061"/>
     <w:rsid w:val="002279C4"/>
     <w:rsid w:val="00227EA7"/>
-    <w:rsid w:val="00250C33"/>
-    <w:rsid w:val="00254C4E"/>
+    <w:rsid w:val="00251189"/>
     <w:rsid w:val="00266B8F"/>
     <w:rsid w:val="00274C99"/>
-    <w:rsid w:val="002756D4"/>
     <w:rsid w:val="00275A04"/>
     <w:rsid w:val="00281AA6"/>
     <w:rsid w:val="00286BD2"/>
     <w:rsid w:val="00286BFE"/>
     <w:rsid w:val="00291619"/>
     <w:rsid w:val="0029289A"/>
     <w:rsid w:val="00292E17"/>
     <w:rsid w:val="002A1523"/>
     <w:rsid w:val="002A524B"/>
     <w:rsid w:val="002A52F7"/>
     <w:rsid w:val="002B0C6B"/>
     <w:rsid w:val="002B196C"/>
-    <w:rsid w:val="002B2392"/>
     <w:rsid w:val="002B30A2"/>
-    <w:rsid w:val="002B7475"/>
     <w:rsid w:val="002C06ED"/>
     <w:rsid w:val="002C4126"/>
     <w:rsid w:val="002D0455"/>
-    <w:rsid w:val="002D274F"/>
     <w:rsid w:val="002D4900"/>
     <w:rsid w:val="002D597D"/>
     <w:rsid w:val="002D7DBF"/>
     <w:rsid w:val="002E31BB"/>
     <w:rsid w:val="002E3B00"/>
     <w:rsid w:val="002E6655"/>
     <w:rsid w:val="00300299"/>
     <w:rsid w:val="00306A1A"/>
     <w:rsid w:val="003116D7"/>
     <w:rsid w:val="00312390"/>
     <w:rsid w:val="003174E9"/>
+    <w:rsid w:val="00323DA0"/>
     <w:rsid w:val="00323DF5"/>
     <w:rsid w:val="0032546E"/>
     <w:rsid w:val="00354DE0"/>
     <w:rsid w:val="00355D97"/>
     <w:rsid w:val="00356CEB"/>
     <w:rsid w:val="003570E5"/>
     <w:rsid w:val="0036020A"/>
     <w:rsid w:val="00361A7C"/>
     <w:rsid w:val="00364EAB"/>
     <w:rsid w:val="00371780"/>
     <w:rsid w:val="00372357"/>
     <w:rsid w:val="00372A90"/>
-    <w:rsid w:val="00376171"/>
     <w:rsid w:val="00377DEC"/>
     <w:rsid w:val="00384D27"/>
     <w:rsid w:val="00386322"/>
     <w:rsid w:val="003925AC"/>
     <w:rsid w:val="00396DAD"/>
     <w:rsid w:val="00397D39"/>
     <w:rsid w:val="003A1F4D"/>
     <w:rsid w:val="003A6927"/>
     <w:rsid w:val="003B0FBB"/>
     <w:rsid w:val="003B4B84"/>
     <w:rsid w:val="003B505A"/>
     <w:rsid w:val="003B6483"/>
-    <w:rsid w:val="003B6850"/>
     <w:rsid w:val="003B75ED"/>
     <w:rsid w:val="003B7D74"/>
     <w:rsid w:val="003C24DB"/>
     <w:rsid w:val="003C4542"/>
     <w:rsid w:val="003C7250"/>
     <w:rsid w:val="003C7E6D"/>
     <w:rsid w:val="003D4F83"/>
     <w:rsid w:val="003D6583"/>
     <w:rsid w:val="003D731C"/>
     <w:rsid w:val="003E06CA"/>
     <w:rsid w:val="003E6CFD"/>
     <w:rsid w:val="003E73D9"/>
     <w:rsid w:val="003E7E60"/>
     <w:rsid w:val="00400172"/>
     <w:rsid w:val="00401959"/>
     <w:rsid w:val="004101BE"/>
     <w:rsid w:val="00413857"/>
     <w:rsid w:val="0042384D"/>
     <w:rsid w:val="00430F93"/>
-    <w:rsid w:val="00432BDA"/>
     <w:rsid w:val="004347A2"/>
     <w:rsid w:val="004351EB"/>
     <w:rsid w:val="00437683"/>
     <w:rsid w:val="00442190"/>
     <w:rsid w:val="00442540"/>
     <w:rsid w:val="00444828"/>
     <w:rsid w:val="004474EF"/>
     <w:rsid w:val="00452D64"/>
     <w:rsid w:val="004558D1"/>
     <w:rsid w:val="004560A2"/>
-    <w:rsid w:val="0045663E"/>
     <w:rsid w:val="00457B1A"/>
     <w:rsid w:val="004606CC"/>
     <w:rsid w:val="00464692"/>
     <w:rsid w:val="004673D2"/>
     <w:rsid w:val="00471178"/>
     <w:rsid w:val="004722A5"/>
     <w:rsid w:val="00475371"/>
     <w:rsid w:val="004755AE"/>
     <w:rsid w:val="00476AA7"/>
     <w:rsid w:val="0047792B"/>
     <w:rsid w:val="00485F07"/>
-    <w:rsid w:val="00490CB5"/>
-    <w:rsid w:val="0049126A"/>
     <w:rsid w:val="004914DC"/>
     <w:rsid w:val="0049353D"/>
     <w:rsid w:val="004A3225"/>
-    <w:rsid w:val="004A5981"/>
     <w:rsid w:val="004A769B"/>
-    <w:rsid w:val="004B5508"/>
     <w:rsid w:val="004B67A0"/>
     <w:rsid w:val="004B70C5"/>
     <w:rsid w:val="004C3AFE"/>
     <w:rsid w:val="004C66DF"/>
     <w:rsid w:val="004C6BDB"/>
     <w:rsid w:val="004C6D97"/>
     <w:rsid w:val="004D0E64"/>
     <w:rsid w:val="004D4E14"/>
     <w:rsid w:val="004D7A24"/>
     <w:rsid w:val="004E2C38"/>
     <w:rsid w:val="004F15E4"/>
     <w:rsid w:val="004F36AE"/>
     <w:rsid w:val="004F371E"/>
     <w:rsid w:val="004F6C7F"/>
     <w:rsid w:val="005038C4"/>
     <w:rsid w:val="00504F74"/>
     <w:rsid w:val="00506807"/>
     <w:rsid w:val="00507E24"/>
     <w:rsid w:val="005145BB"/>
-    <w:rsid w:val="00514BF7"/>
     <w:rsid w:val="00514EB9"/>
     <w:rsid w:val="00515301"/>
     <w:rsid w:val="005157AD"/>
     <w:rsid w:val="00515AA8"/>
     <w:rsid w:val="005168F9"/>
     <w:rsid w:val="0052012A"/>
     <w:rsid w:val="005203F7"/>
     <w:rsid w:val="0052519A"/>
     <w:rsid w:val="005262A3"/>
     <w:rsid w:val="00527DF3"/>
     <w:rsid w:val="0053078D"/>
+    <w:rsid w:val="00541E9A"/>
     <w:rsid w:val="00550BFD"/>
     <w:rsid w:val="00553012"/>
-    <w:rsid w:val="005548C9"/>
     <w:rsid w:val="00557470"/>
     <w:rsid w:val="00561D00"/>
     <w:rsid w:val="00563728"/>
     <w:rsid w:val="00563A11"/>
     <w:rsid w:val="00563A76"/>
     <w:rsid w:val="0056454D"/>
     <w:rsid w:val="00572B55"/>
     <w:rsid w:val="00582863"/>
-    <w:rsid w:val="00585321"/>
     <w:rsid w:val="005933E7"/>
     <w:rsid w:val="00594BC8"/>
     <w:rsid w:val="0059503A"/>
     <w:rsid w:val="005959F8"/>
     <w:rsid w:val="005A021D"/>
     <w:rsid w:val="005A70E6"/>
     <w:rsid w:val="005A7487"/>
     <w:rsid w:val="005B03D9"/>
     <w:rsid w:val="005C0F36"/>
     <w:rsid w:val="005C2460"/>
     <w:rsid w:val="005C50CE"/>
     <w:rsid w:val="005C5B26"/>
     <w:rsid w:val="005D2FE1"/>
     <w:rsid w:val="005E097C"/>
     <w:rsid w:val="005E46F6"/>
     <w:rsid w:val="005E6182"/>
-    <w:rsid w:val="005E6361"/>
     <w:rsid w:val="005E7AA7"/>
     <w:rsid w:val="005F0679"/>
     <w:rsid w:val="005F2286"/>
     <w:rsid w:val="005F3266"/>
     <w:rsid w:val="00603919"/>
     <w:rsid w:val="00604797"/>
     <w:rsid w:val="00610866"/>
     <w:rsid w:val="006155E7"/>
     <w:rsid w:val="00616586"/>
     <w:rsid w:val="006170D4"/>
     <w:rsid w:val="006219F6"/>
     <w:rsid w:val="006274CB"/>
-    <w:rsid w:val="00627F44"/>
     <w:rsid w:val="006331FD"/>
-    <w:rsid w:val="00640D4A"/>
     <w:rsid w:val="0064182F"/>
     <w:rsid w:val="00641A57"/>
     <w:rsid w:val="0064525B"/>
     <w:rsid w:val="006460D4"/>
-    <w:rsid w:val="00646224"/>
     <w:rsid w:val="00647227"/>
     <w:rsid w:val="0065112E"/>
     <w:rsid w:val="0065752E"/>
     <w:rsid w:val="00660860"/>
     <w:rsid w:val="00660DE5"/>
     <w:rsid w:val="00670845"/>
     <w:rsid w:val="00673D9C"/>
+    <w:rsid w:val="0068680E"/>
     <w:rsid w:val="00693EA1"/>
     <w:rsid w:val="00695FCD"/>
     <w:rsid w:val="006A0B8D"/>
     <w:rsid w:val="006A650D"/>
-    <w:rsid w:val="006A6B11"/>
     <w:rsid w:val="006A6C7A"/>
     <w:rsid w:val="006A6E99"/>
     <w:rsid w:val="006A7AF8"/>
     <w:rsid w:val="006B0FA1"/>
     <w:rsid w:val="006B1A40"/>
     <w:rsid w:val="006D3965"/>
-    <w:rsid w:val="006D46CF"/>
     <w:rsid w:val="006D674D"/>
     <w:rsid w:val="006D6822"/>
-    <w:rsid w:val="006E2301"/>
     <w:rsid w:val="006E2BE4"/>
     <w:rsid w:val="006E5F00"/>
     <w:rsid w:val="006E6609"/>
-    <w:rsid w:val="006F1C65"/>
     <w:rsid w:val="006F7BF4"/>
     <w:rsid w:val="00703C25"/>
     <w:rsid w:val="007065E0"/>
     <w:rsid w:val="007102B4"/>
     <w:rsid w:val="0071169A"/>
     <w:rsid w:val="00711D80"/>
     <w:rsid w:val="00714091"/>
     <w:rsid w:val="0072138C"/>
-    <w:rsid w:val="0072757C"/>
     <w:rsid w:val="00730550"/>
     <w:rsid w:val="00740134"/>
-    <w:rsid w:val="00741395"/>
     <w:rsid w:val="00743A16"/>
     <w:rsid w:val="00745BF5"/>
     <w:rsid w:val="00747286"/>
     <w:rsid w:val="0075395E"/>
     <w:rsid w:val="00754959"/>
     <w:rsid w:val="00755DBC"/>
     <w:rsid w:val="00764ACD"/>
     <w:rsid w:val="007654EB"/>
     <w:rsid w:val="00766864"/>
     <w:rsid w:val="007818A4"/>
-    <w:rsid w:val="00783652"/>
     <w:rsid w:val="00794A8D"/>
-    <w:rsid w:val="00797ECC"/>
     <w:rsid w:val="007A1460"/>
     <w:rsid w:val="007A3290"/>
     <w:rsid w:val="007A6253"/>
     <w:rsid w:val="007B3AF7"/>
     <w:rsid w:val="007B53A1"/>
     <w:rsid w:val="007B55C0"/>
+    <w:rsid w:val="007B5E52"/>
     <w:rsid w:val="007B65CB"/>
     <w:rsid w:val="007B6909"/>
     <w:rsid w:val="007B6B57"/>
     <w:rsid w:val="007C1A01"/>
     <w:rsid w:val="007C751D"/>
     <w:rsid w:val="007C7772"/>
     <w:rsid w:val="007D1906"/>
     <w:rsid w:val="007D3A9F"/>
     <w:rsid w:val="007D6532"/>
-    <w:rsid w:val="007E75E8"/>
     <w:rsid w:val="007F0DAA"/>
     <w:rsid w:val="0080066D"/>
-    <w:rsid w:val="00803F4F"/>
     <w:rsid w:val="00806282"/>
     <w:rsid w:val="008073FD"/>
     <w:rsid w:val="008113A4"/>
     <w:rsid w:val="008115D6"/>
     <w:rsid w:val="0081198A"/>
     <w:rsid w:val="00815264"/>
     <w:rsid w:val="00822C5A"/>
     <w:rsid w:val="008233EF"/>
     <w:rsid w:val="00823CC3"/>
     <w:rsid w:val="00824918"/>
     <w:rsid w:val="00826E1A"/>
     <w:rsid w:val="0083187F"/>
-    <w:rsid w:val="00834253"/>
     <w:rsid w:val="00837A23"/>
     <w:rsid w:val="0085014A"/>
     <w:rsid w:val="00853FAF"/>
     <w:rsid w:val="00854053"/>
     <w:rsid w:val="008558EF"/>
     <w:rsid w:val="0085717B"/>
-    <w:rsid w:val="0087131D"/>
     <w:rsid w:val="008759CA"/>
-    <w:rsid w:val="00875CFF"/>
     <w:rsid w:val="0088146F"/>
     <w:rsid w:val="00881741"/>
-    <w:rsid w:val="00882954"/>
     <w:rsid w:val="00892153"/>
     <w:rsid w:val="008A1EF2"/>
     <w:rsid w:val="008A2D38"/>
     <w:rsid w:val="008A4730"/>
-    <w:rsid w:val="008B619F"/>
     <w:rsid w:val="008B6A54"/>
     <w:rsid w:val="008C0231"/>
     <w:rsid w:val="008C03D5"/>
-    <w:rsid w:val="008C741C"/>
     <w:rsid w:val="008D2E71"/>
     <w:rsid w:val="008D2FF2"/>
     <w:rsid w:val="008D3E26"/>
     <w:rsid w:val="008F2DF6"/>
     <w:rsid w:val="008F4CF8"/>
     <w:rsid w:val="0090232E"/>
     <w:rsid w:val="00902F96"/>
     <w:rsid w:val="00903DC4"/>
     <w:rsid w:val="009102C4"/>
     <w:rsid w:val="0091174D"/>
     <w:rsid w:val="0091793E"/>
     <w:rsid w:val="00923753"/>
     <w:rsid w:val="00923D28"/>
     <w:rsid w:val="00924367"/>
     <w:rsid w:val="00926764"/>
     <w:rsid w:val="00926F26"/>
     <w:rsid w:val="00927434"/>
+    <w:rsid w:val="00931731"/>
     <w:rsid w:val="00934D81"/>
     <w:rsid w:val="00936C72"/>
     <w:rsid w:val="00943597"/>
     <w:rsid w:val="009438D2"/>
     <w:rsid w:val="0094470E"/>
     <w:rsid w:val="00953DA4"/>
     <w:rsid w:val="00961946"/>
     <w:rsid w:val="00963A84"/>
     <w:rsid w:val="009652C2"/>
     <w:rsid w:val="009707FB"/>
     <w:rsid w:val="00970FEC"/>
     <w:rsid w:val="00972D99"/>
     <w:rsid w:val="009756B4"/>
     <w:rsid w:val="0098056B"/>
     <w:rsid w:val="0098324F"/>
     <w:rsid w:val="00983F99"/>
     <w:rsid w:val="00984372"/>
     <w:rsid w:val="009868FF"/>
     <w:rsid w:val="0099537E"/>
     <w:rsid w:val="00997D97"/>
     <w:rsid w:val="009B3FEA"/>
     <w:rsid w:val="009C109F"/>
     <w:rsid w:val="009C7C6F"/>
     <w:rsid w:val="009D2D95"/>
     <w:rsid w:val="009D4270"/>
     <w:rsid w:val="009D6277"/>
     <w:rsid w:val="009D73C0"/>
     <w:rsid w:val="009E1D45"/>
     <w:rsid w:val="009E28CC"/>
     <w:rsid w:val="009E5517"/>
     <w:rsid w:val="00A01B60"/>
     <w:rsid w:val="00A022DE"/>
     <w:rsid w:val="00A037BC"/>
     <w:rsid w:val="00A03B54"/>
     <w:rsid w:val="00A12821"/>
+    <w:rsid w:val="00A12EE1"/>
     <w:rsid w:val="00A155A4"/>
     <w:rsid w:val="00A16793"/>
     <w:rsid w:val="00A169DA"/>
     <w:rsid w:val="00A273A5"/>
     <w:rsid w:val="00A32AAC"/>
     <w:rsid w:val="00A36479"/>
     <w:rsid w:val="00A37A44"/>
     <w:rsid w:val="00A44EAB"/>
     <w:rsid w:val="00A512F1"/>
     <w:rsid w:val="00A53DED"/>
     <w:rsid w:val="00A5694F"/>
     <w:rsid w:val="00A60888"/>
     <w:rsid w:val="00A66961"/>
     <w:rsid w:val="00A66F57"/>
     <w:rsid w:val="00A711B2"/>
     <w:rsid w:val="00A74FDB"/>
-    <w:rsid w:val="00A77C56"/>
     <w:rsid w:val="00A81747"/>
-    <w:rsid w:val="00A81CC0"/>
     <w:rsid w:val="00A94D09"/>
     <w:rsid w:val="00AB0DB4"/>
     <w:rsid w:val="00AB12AA"/>
     <w:rsid w:val="00AB6A06"/>
     <w:rsid w:val="00AC486D"/>
     <w:rsid w:val="00AE0944"/>
     <w:rsid w:val="00AE2200"/>
     <w:rsid w:val="00AE52A4"/>
     <w:rsid w:val="00AF5778"/>
     <w:rsid w:val="00AF6B31"/>
-    <w:rsid w:val="00B1064E"/>
+    <w:rsid w:val="00B01BDD"/>
     <w:rsid w:val="00B133A5"/>
     <w:rsid w:val="00B134DD"/>
     <w:rsid w:val="00B1494D"/>
     <w:rsid w:val="00B21A1B"/>
     <w:rsid w:val="00B22092"/>
     <w:rsid w:val="00B2657B"/>
     <w:rsid w:val="00B27EDB"/>
     <w:rsid w:val="00B313E3"/>
-    <w:rsid w:val="00B35529"/>
     <w:rsid w:val="00B370E6"/>
     <w:rsid w:val="00B439EE"/>
     <w:rsid w:val="00B45539"/>
     <w:rsid w:val="00B479D2"/>
     <w:rsid w:val="00B50950"/>
     <w:rsid w:val="00B519B8"/>
     <w:rsid w:val="00B6016D"/>
     <w:rsid w:val="00B6041E"/>
     <w:rsid w:val="00B60902"/>
-    <w:rsid w:val="00B62534"/>
     <w:rsid w:val="00B64EE3"/>
     <w:rsid w:val="00B71119"/>
     <w:rsid w:val="00B7573E"/>
     <w:rsid w:val="00B77FAC"/>
     <w:rsid w:val="00B812C5"/>
     <w:rsid w:val="00B91BFE"/>
     <w:rsid w:val="00B951C6"/>
     <w:rsid w:val="00B97A8F"/>
     <w:rsid w:val="00BA33EA"/>
     <w:rsid w:val="00BA3DF3"/>
     <w:rsid w:val="00BA58E7"/>
     <w:rsid w:val="00BB1184"/>
     <w:rsid w:val="00BB1B16"/>
     <w:rsid w:val="00BB2B9B"/>
     <w:rsid w:val="00BB39F9"/>
     <w:rsid w:val="00BC0A35"/>
-    <w:rsid w:val="00BC2871"/>
     <w:rsid w:val="00BC3EE9"/>
     <w:rsid w:val="00BC5CB5"/>
     <w:rsid w:val="00BD2C78"/>
     <w:rsid w:val="00BD6172"/>
     <w:rsid w:val="00BE26E6"/>
     <w:rsid w:val="00BE4B02"/>
     <w:rsid w:val="00BF59CF"/>
     <w:rsid w:val="00BF7705"/>
     <w:rsid w:val="00C06254"/>
-    <w:rsid w:val="00C06C77"/>
-    <w:rsid w:val="00C13F1E"/>
     <w:rsid w:val="00C16ED2"/>
     <w:rsid w:val="00C23418"/>
+    <w:rsid w:val="00C237E9"/>
     <w:rsid w:val="00C26055"/>
     <w:rsid w:val="00C32CE1"/>
+    <w:rsid w:val="00C361ED"/>
     <w:rsid w:val="00C44C0D"/>
     <w:rsid w:val="00C458DB"/>
     <w:rsid w:val="00C46345"/>
     <w:rsid w:val="00C51E0B"/>
     <w:rsid w:val="00C51E94"/>
     <w:rsid w:val="00C525D8"/>
     <w:rsid w:val="00C563FE"/>
     <w:rsid w:val="00C61D01"/>
     <w:rsid w:val="00C65B8B"/>
     <w:rsid w:val="00C700FF"/>
     <w:rsid w:val="00C71263"/>
     <w:rsid w:val="00C80770"/>
     <w:rsid w:val="00C8386F"/>
     <w:rsid w:val="00C86B56"/>
     <w:rsid w:val="00C92108"/>
     <w:rsid w:val="00C92818"/>
     <w:rsid w:val="00CA0E0D"/>
     <w:rsid w:val="00CA4E07"/>
     <w:rsid w:val="00CA63FD"/>
     <w:rsid w:val="00CB11B3"/>
     <w:rsid w:val="00CC0D2D"/>
     <w:rsid w:val="00CC753C"/>
     <w:rsid w:val="00CD0359"/>
     <w:rsid w:val="00CD07F1"/>
     <w:rsid w:val="00CD26FF"/>
-    <w:rsid w:val="00CD6111"/>
     <w:rsid w:val="00CE031C"/>
     <w:rsid w:val="00CE3D9A"/>
     <w:rsid w:val="00CE658C"/>
     <w:rsid w:val="00CF2B41"/>
     <w:rsid w:val="00CF61D3"/>
     <w:rsid w:val="00D03789"/>
     <w:rsid w:val="00D03883"/>
     <w:rsid w:val="00D1518C"/>
     <w:rsid w:val="00D2290F"/>
     <w:rsid w:val="00D23984"/>
     <w:rsid w:val="00D255AB"/>
-    <w:rsid w:val="00D26412"/>
-    <w:rsid w:val="00D31A0E"/>
     <w:rsid w:val="00D335DC"/>
     <w:rsid w:val="00D35D4F"/>
     <w:rsid w:val="00D37680"/>
     <w:rsid w:val="00D45809"/>
     <w:rsid w:val="00D53327"/>
     <w:rsid w:val="00D54F0D"/>
     <w:rsid w:val="00D565B0"/>
     <w:rsid w:val="00D572F8"/>
     <w:rsid w:val="00D5782F"/>
-    <w:rsid w:val="00D62478"/>
     <w:rsid w:val="00D624B7"/>
     <w:rsid w:val="00D632E2"/>
     <w:rsid w:val="00D633B6"/>
     <w:rsid w:val="00D73612"/>
     <w:rsid w:val="00D73D72"/>
     <w:rsid w:val="00D83EFC"/>
     <w:rsid w:val="00D86703"/>
     <w:rsid w:val="00D86F44"/>
     <w:rsid w:val="00D92F21"/>
     <w:rsid w:val="00D93136"/>
     <w:rsid w:val="00DA03DC"/>
     <w:rsid w:val="00DA6645"/>
     <w:rsid w:val="00DB3183"/>
     <w:rsid w:val="00DB4AF9"/>
     <w:rsid w:val="00DC22B0"/>
     <w:rsid w:val="00DC38D8"/>
     <w:rsid w:val="00DC4AA4"/>
     <w:rsid w:val="00DC5E58"/>
-    <w:rsid w:val="00DC6056"/>
+    <w:rsid w:val="00DD2C20"/>
     <w:rsid w:val="00DD2DBF"/>
     <w:rsid w:val="00DD2FC9"/>
     <w:rsid w:val="00DE3B5E"/>
     <w:rsid w:val="00DE7691"/>
     <w:rsid w:val="00DE7720"/>
     <w:rsid w:val="00DF0E07"/>
     <w:rsid w:val="00DF5D2F"/>
     <w:rsid w:val="00DF5D82"/>
     <w:rsid w:val="00DF60AE"/>
     <w:rsid w:val="00E043C7"/>
     <w:rsid w:val="00E10676"/>
     <w:rsid w:val="00E11726"/>
-    <w:rsid w:val="00E119E2"/>
     <w:rsid w:val="00E17357"/>
     <w:rsid w:val="00E17624"/>
     <w:rsid w:val="00E177CE"/>
     <w:rsid w:val="00E2001F"/>
     <w:rsid w:val="00E220DF"/>
     <w:rsid w:val="00E234ED"/>
     <w:rsid w:val="00E24ED4"/>
     <w:rsid w:val="00E26ED1"/>
     <w:rsid w:val="00E307A3"/>
     <w:rsid w:val="00E30D79"/>
     <w:rsid w:val="00E322E3"/>
     <w:rsid w:val="00E32C4E"/>
-    <w:rsid w:val="00E32D61"/>
     <w:rsid w:val="00E34451"/>
-    <w:rsid w:val="00E35307"/>
     <w:rsid w:val="00E42B48"/>
     <w:rsid w:val="00E455BC"/>
     <w:rsid w:val="00E51F4E"/>
-    <w:rsid w:val="00E53B76"/>
     <w:rsid w:val="00E5516F"/>
     <w:rsid w:val="00E551C2"/>
     <w:rsid w:val="00E562CC"/>
     <w:rsid w:val="00E577B1"/>
     <w:rsid w:val="00E60C73"/>
     <w:rsid w:val="00E661BB"/>
     <w:rsid w:val="00E80C1E"/>
-    <w:rsid w:val="00E8253C"/>
-    <w:rsid w:val="00E9611B"/>
     <w:rsid w:val="00E96BD0"/>
     <w:rsid w:val="00E97F99"/>
     <w:rsid w:val="00EA0D7E"/>
     <w:rsid w:val="00EB5C78"/>
     <w:rsid w:val="00EB71A3"/>
     <w:rsid w:val="00EC0C06"/>
     <w:rsid w:val="00EC2A7B"/>
     <w:rsid w:val="00ED3638"/>
     <w:rsid w:val="00ED6316"/>
     <w:rsid w:val="00ED640C"/>
     <w:rsid w:val="00ED6A21"/>
     <w:rsid w:val="00EE12A2"/>
     <w:rsid w:val="00EE1346"/>
     <w:rsid w:val="00EE2D67"/>
     <w:rsid w:val="00EF2602"/>
     <w:rsid w:val="00EF4AF7"/>
     <w:rsid w:val="00F001AA"/>
     <w:rsid w:val="00F15BE9"/>
     <w:rsid w:val="00F15FF2"/>
-    <w:rsid w:val="00F2095E"/>
     <w:rsid w:val="00F20987"/>
     <w:rsid w:val="00F2490B"/>
     <w:rsid w:val="00F33CF5"/>
     <w:rsid w:val="00F40C8D"/>
     <w:rsid w:val="00F45291"/>
     <w:rsid w:val="00F47F06"/>
     <w:rsid w:val="00F51B3C"/>
     <w:rsid w:val="00F520C7"/>
     <w:rsid w:val="00F617B4"/>
     <w:rsid w:val="00F6535D"/>
     <w:rsid w:val="00F66F73"/>
     <w:rsid w:val="00F7598E"/>
     <w:rsid w:val="00F761C1"/>
     <w:rsid w:val="00F86C1B"/>
     <w:rsid w:val="00F900AE"/>
     <w:rsid w:val="00F90423"/>
     <w:rsid w:val="00F935FF"/>
     <w:rsid w:val="00F9587A"/>
     <w:rsid w:val="00F967FC"/>
     <w:rsid w:val="00F9760F"/>
     <w:rsid w:val="00FA6B7A"/>
     <w:rsid w:val="00FB0132"/>
-    <w:rsid w:val="00FC10BC"/>
     <w:rsid w:val="00FC2DF1"/>
     <w:rsid w:val="00FC5580"/>
     <w:rsid w:val="00FC5DA2"/>
     <w:rsid w:val="00FD1CB1"/>
     <w:rsid w:val="00FD2F91"/>
     <w:rsid w:val="00FD4684"/>
     <w:rsid w:val="00FE005D"/>
     <w:rsid w:val="00FE0B86"/>
     <w:rsid w:val="00FE2EE9"/>
     <w:rsid w:val="00FF0EFF"/>
     <w:rsid w:val="00FF3AA7"/>
     <w:rsid w:val="00FF59A6"/>
-    <w:rsid w:val="00FF6550"/>
     <w:rsid w:val="00FF656D"/>
     <w:rsid w:val="00FF79DA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="23554"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="54C0E27C"/>
-  <w15:docId w15:val="{DF5C7064-ED16-4331-B170-00368B4558C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00557470"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00B91BFE"/>
     <w:pPr>
       <w:keepNext/>
@@ -23774,50 +22182,51 @@
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00557470"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
@@ -23978,93 +22387,392 @@
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ad">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00286BFE"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="ae">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="000C6A84"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00292E17"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableContents">
     <w:name w:val="Table Contents"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00CA4E07"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Tahoma"/>
       <w:color w:val="000000"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00557470"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00557470"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F7598E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F7598E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="0013411A"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Абзац списка Знак"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="004F6C7F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="No Spacing"/>
+    <w:aliases w:val="мелкий,мой рабочий,No Spacing,норма,Обя,Айгерим,Без интервала1,No Spacing1,свой,14 TNR,Без интервала11,МОЙ СТИЛЬ,Без интервала_new_roman_12,Рабочий,обычный 14,Без интеБез интервала,Без интервала2,Без интервала111,Елжан,No Spacing11,ARSH_N"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="0091174D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Без интервала Знак"/>
+    <w:aliases w:val="мелкий Знак,мой рабочий Знак,No Spacing Знак,норма Знак,Обя Знак,Айгерим Знак,Без интервала1 Знак,No Spacing1 Знак,свой Знак,14 TNR Знак,Без интервала11 Знак,МОЙ СТИЛЬ Знак,Без интервала_new_roman_12 Знак,Рабочий Знак,обычный 14 Знак"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="0091174D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="243610150">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="723137997">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -24173,51 +22881,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2022125479">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -24470,78 +23178,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C5C11C43-0D7B-4612-A38B-FAC4376B5614}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20C70002-A561-44D2-A7CB-936274A506DB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>13766</Characters>
+  <Pages>12</Pages>
+  <Words>2401</Words>
+  <Characters>13687</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>114</Lines>
   <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16148</CharactersWithSpaces>
+  <CharactersWithSpaces>16056</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Специалист</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>