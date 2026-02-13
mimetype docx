--- v0 (2025-12-05)
+++ v1 (2026-02-13)
@@ -3,2842 +3,7734 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="0049052A" w:rsidRPr="00DD1167" w:rsidRDefault="005D6A3E" w:rsidP="00E760A8">
+    <w:p w:rsidR="00ED4847" w:rsidRPr="00591FBB" w:rsidRDefault="00ED4847" w:rsidP="00ED4847">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00591FBB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>АЛГОРИТМ</w:t>
+        <w:t xml:space="preserve">2020-2021 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00591FBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00591FBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00591FBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00591FBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00591FBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9 (10) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00591FBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00591FBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591FBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім алушыларының </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00633E01" w:rsidRDefault="009937EE" w:rsidP="00104A34">
+    <w:p w:rsidR="00ED4847" w:rsidRPr="00591FBB" w:rsidRDefault="001934B2" w:rsidP="00ED4847">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00591FBB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>п</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C115D7" w:rsidRPr="00E809E9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00591FBB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>одготовк</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00591FBB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">и </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AC4D47">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00591FBB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>к</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C115D7" w:rsidRPr="00E809E9">
+        <w:t>аттестаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00ED4847" w:rsidRPr="00591FBB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00E760A8" w:rsidRPr="00E809E9">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00591FBB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">итоговой аттестации </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A47BF7" w:rsidRPr="00E809E9">
+        <w:t>дайындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00ED4847" w:rsidRPr="00591FBB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...52 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00217738" w:rsidRPr="00E809E9" w:rsidRDefault="005D7A93" w:rsidP="00104A34">
+    <w:p w:rsidR="00ED4847" w:rsidRPr="00591FBB" w:rsidRDefault="00ED4847" w:rsidP="00ED4847">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00591FBB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00511598">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>АЛГОРИТМ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591FBB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>20</w:t>
-[...37 lines deleted...]
-      </w:r>
+        <w:t>І</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00104A34" w:rsidRDefault="00104A34" w:rsidP="00104A34">
+    <w:p w:rsidR="001934B2" w:rsidRPr="00ED4847" w:rsidRDefault="001934B2" w:rsidP="00ED4847">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00217738" w:rsidRPr="00187E0E" w:rsidRDefault="0034553A" w:rsidP="00104A34">
+    <w:p w:rsidR="001934B2" w:rsidRPr="00ED4847" w:rsidRDefault="001934B2" w:rsidP="001934B2">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187E0E">
+    </w:p>
+    <w:p w:rsidR="001934B2" w:rsidRPr="00ED4847" w:rsidRDefault="001934B2" w:rsidP="001934B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>1.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00217738" w:rsidRPr="00187E0E">
+      </w:pPr>
+      <w:r w:rsidRPr="00ED4847">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00202261" w:rsidRPr="00187E0E">
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4847" w:rsidRPr="00ED4847">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Согласно приказу Министра образования и науки Республики Казахстан от 18 марта</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00104A34" w:rsidRPr="00187E0E">
+        <w:t>2020 жылғы 21 қазандағы жағдай бойынша өзгерістер мен толықтырулар енгізіл</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4847" w:rsidRPr="00ED4847">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00202261" w:rsidRPr="00187E0E">
+        <w:t>ген «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED4847">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2008 года № 125 «Об утверждении Типовых правил проведения  текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся для организаций</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D70CBD" w:rsidRPr="00187E0E">
+        <w:t>Орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары үшін білім алушылардың үлгеріміне ағымдағы бақылау, аралық және қорытынды аттестаттау жүргізудің үлгілік қағидаларын бекіту туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4847" w:rsidRPr="00ED4847">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00202261" w:rsidRPr="00187E0E">
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED4847">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>среднего, технического и профессионального, послесреднего образования»  с изменениями и дополнениями</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F82E1D" w:rsidRPr="00187E0E">
+        <w:t xml:space="preserve"> Қазақстан Республикасы Білім және ғылым министрінің 2008 жылғы 18 наурыздағы № 125 бұйрығына сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4847" w:rsidRPr="00ED4847">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> по состоянию </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00202261" w:rsidRPr="00187E0E">
+        <w:t xml:space="preserve"> 9(10) сыныптарға қорытынды аттестаттау мынадай пәндер бойынша өтеді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED4847">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> на </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00511598" w:rsidRPr="00187E0E">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001934B2" w:rsidRPr="00ED4847" w:rsidRDefault="001934B2" w:rsidP="001934B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тілінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жазбаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жазбаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (эссе), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гуманитарлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> цикл </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пәндерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тереңдетіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқытатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқушылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін-жазбаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мақала</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әңгіме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, эссе);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001934B2" w:rsidRPr="00ED4847" w:rsidRDefault="001934B2" w:rsidP="001934B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) Математика (Алгебра) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жазбаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001934B2" w:rsidRPr="00ED4847" w:rsidRDefault="001934B2" w:rsidP="001934B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйғыр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәжік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тілдерінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқытатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыныптардағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қазақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әдебиеті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жазбаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қазақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тілінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқытатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыныптардағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әдебиеті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жазбаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001934B2" w:rsidRPr="00ED4847" w:rsidRDefault="001934B2" w:rsidP="001934B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>таңдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пәні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жазбаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(физика, химия, биология, география, геометрия, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тарихы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дүниежүзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тарихы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Әдебиет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ағылшын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, француз, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>неміс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>), информатика).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001934B2" w:rsidRPr="00ED4847" w:rsidRDefault="001934B2" w:rsidP="001934B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4847" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2020 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00ED4847" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00ED4847" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13-17 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00ED4847" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қаңтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00ED4847" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00ED4847" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аралығында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00ED4847" w:rsidRPr="00ED4847">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>21 октября</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00202261" w:rsidRPr="00187E0E">
+        <w:t xml:space="preserve"> Ы. Алтынсарин атындағы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұлттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>академияс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00ED4847" w:rsidRPr="00ED4847">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 20</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00511598" w:rsidRPr="00187E0E">
+        <w:t>ы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4847" w:rsidRPr="00ED4847">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>20</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00202261" w:rsidRPr="00187E0E">
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Назарбаев </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Зияткерлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектептері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00ED4847" w:rsidRPr="00ED4847">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> г. и</w:t>
-[...7 lines deleted...]
-        <w:t>тоговая аттестация для обучающихся 9 (10) класса проводится в следующих формах:</w:t>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДББҰ (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - НЗМ) НЗМ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>базасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>облыстардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нұр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00ED4847" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-С</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұлтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Алматы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Шымкент </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалаларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқармаларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00ED4847" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4847" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқармалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мамандары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаттықтырушылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4847" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9 (10) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00ED4847" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аттестаттауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00ED4847" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тақырыбы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>семинарларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастырды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00217738" w:rsidRPr="00187E0E" w:rsidRDefault="00217738" w:rsidP="00104A34">
+    <w:p w:rsidR="001934B2" w:rsidRPr="00ED4847" w:rsidRDefault="00ED4847" w:rsidP="001934B2">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-          <w:spacing w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187E0E">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00187E0E">
+      <w:r w:rsidRPr="00ED4847">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t>для обучающихся школ с углубленным изучением предметов гуманитарного цикла - письменная работа (статья, рассказ, эссе);</w:t>
+        <w:t xml:space="preserve">Одан әрі </w:t>
+      </w:r>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9 (10) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқушыларына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыстарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>материалдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқармалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>семинарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатысқан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мамандардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатысуымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дайындайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00217738" w:rsidRPr="00187E0E" w:rsidRDefault="00217738" w:rsidP="00104A34">
+    <w:p w:rsidR="001934B2" w:rsidRPr="00ED4847" w:rsidRDefault="00ED4847" w:rsidP="001934B2">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-          <w:spacing w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187E0E">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">2) письменного экзамена по математике (алгебре); </w:t>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аттестаттаудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мазмұны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күтілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нәтижелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрбір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пән</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бөлінісінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ерекшелікпен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>регламенттеледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ерекшеліктер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 24.01.2020 ж. № 5-11-2/166-И </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 5-11-2/166-И-1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>хаттармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жолдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ған</w:t>
+      </w:r>
+      <w:r w:rsidR="001934B2" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00217738" w:rsidRPr="00187E0E" w:rsidRDefault="00217738" w:rsidP="00104A34">
+    <w:p w:rsidR="001934B2" w:rsidRPr="00ED4847" w:rsidRDefault="001934B2" w:rsidP="001934B2">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-          <w:spacing w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқармасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басшылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.02.2021 ж. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9 (10) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқушыларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аттестаттауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дайындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пәндер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аттестаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ерекшелігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пән</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мұғалімдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4847" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>жеткізеді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001934B2" w:rsidRPr="00ED4847" w:rsidRDefault="001934B2" w:rsidP="001934B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187E0E">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00187E0E">
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пән</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мұғалімдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9 (10) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқушыларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аттестаттауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дайындауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бастайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001934B2" w:rsidRPr="00ED4847" w:rsidRDefault="001934B2" w:rsidP="001934B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мұғалімдер-тренерлер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әдіскерлер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыстарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>материалдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әзірлеушілерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сарапшыларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (балл </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қою</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тапсырмалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>схемалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өңірлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>семинарларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өткізеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мерзімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: 01.02. – 15.02.2021 ж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001934B2" w:rsidRPr="00F0395B" w:rsidRDefault="001934B2" w:rsidP="001934B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>;</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Әзірлеуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>топтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрбір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пән</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бөлінісінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрбір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пән</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нұсқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көлемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыстарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>материалдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әзірлейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыстары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>материалдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жобалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқармасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұсынылуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0395B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE1C4A" w:rsidRPr="00161C9C" w:rsidRDefault="00217738" w:rsidP="00104A34">
+    <w:p w:rsidR="001934B2" w:rsidRPr="00ED4847" w:rsidRDefault="001934B2" w:rsidP="001934B2">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-          <w:i/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Әзірлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мерзімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: 16.02. – 31.03.2021 ж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001934B2" w:rsidRPr="00ED4847" w:rsidRDefault="001934B2" w:rsidP="001934B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пәндері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сарапшылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тобы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыстары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>материалдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрбір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пән</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бөлінісінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ерекшелікке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкестігіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сараптама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүргізеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыстарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>материалдары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сараптамалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқармасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұсынылуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001934B2" w:rsidRPr="00ED4847" w:rsidRDefault="001934B2" w:rsidP="001934B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сараптама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүргізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мерзімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: 01.04-15.04.2021 ж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001934B2" w:rsidRPr="00ED4847" w:rsidRDefault="001934B2" w:rsidP="001934B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Әзірлеуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>топтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сарапшылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ескертулері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұсыныстарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ескере</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыстарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>материалдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пысықтауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001934B2" w:rsidRPr="00ED4847" w:rsidRDefault="001934B2" w:rsidP="001934B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пысықтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мерзімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: 15.04-30.04.2021 ж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001934B2" w:rsidRPr="00ED4847" w:rsidRDefault="001934B2" w:rsidP="001934B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>Әзірлеуші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>топтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқармасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>материалдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>соңғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жобасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұсынады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001934B2" w:rsidRPr="00ED4847" w:rsidRDefault="001934B2" w:rsidP="001934B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187E0E">
-[...26 lines deleted...]
-          <w:i/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тапсыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мерзімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: 04.05.2021</w:t>
+      </w:r>
+      <w:r w:rsidR="00051E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00511598" w:rsidRPr="00187E0E" w:rsidRDefault="0034553A" w:rsidP="00511598">
+    <w:p w:rsidR="001934B2" w:rsidRPr="00ED4847" w:rsidRDefault="001934B2" w:rsidP="001934B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыстарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>материалдары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқармасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бекітіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001934B2" w:rsidRPr="00ED4847" w:rsidRDefault="001934B2" w:rsidP="001934B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бекіту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мерзімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: 04.05-06.05.2021 ж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001934B2" w:rsidRPr="00ED4847" w:rsidRDefault="001934B2" w:rsidP="001934B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқармалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыстарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>материалдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аттестаттау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басталғанға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>апта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұрын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеткізуді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001934B2" w:rsidRPr="00ED4847" w:rsidRDefault="001934B2" w:rsidP="001934B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқармасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басшылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыстары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>материалдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақталуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құпиялылығына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>материалдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әзірлеушілермен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>материалдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00ED4847" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00ED4847" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00ED4847" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бөлімдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00ED4847" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00ED4847" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00ED4847" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеткізушілермен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құпия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жарияламау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келісімге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қояды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001934B2" w:rsidRPr="00ED4847" w:rsidRDefault="001934B2" w:rsidP="001934B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бөлімдерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басшылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыстары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>материалдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақталуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құпиялылығына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>материалдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеткізушілермен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құпия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жарияламау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келісімге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қояды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001934B2" w:rsidRPr="00ED4847" w:rsidRDefault="001934B2" w:rsidP="001934B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құпия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жария</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етпеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келісімнің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нысаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қоса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001934B2" w:rsidRPr="00ED4847" w:rsidRDefault="001934B2" w:rsidP="001934B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басшылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыстары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>материалдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақталуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құпиялылығына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жауапты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A25D87" w:rsidRPr="00ED4847" w:rsidRDefault="001934B2" w:rsidP="001934B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9 (10) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алушыларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аттестаттауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мерзімдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ҚР БҒМ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C353DB" w:rsidRPr="00ED4847">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82E1D" w:rsidRPr="00ED4847" w:rsidRDefault="00F82E1D" w:rsidP="00104A34">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00187E0E">
-[...169 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="006F1D67" w:rsidRPr="00187E0E" w:rsidRDefault="000E4FD3" w:rsidP="00511598">
-[...2093 lines deleted...]
-    <w:p w:rsidR="00726F49" w:rsidRPr="00187E0E" w:rsidRDefault="00726F49" w:rsidP="00104A34">
+    <w:p w:rsidR="00726F49" w:rsidRPr="00ED4847" w:rsidRDefault="00726F49" w:rsidP="00104A34">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00352CA2" w:rsidRPr="00187E0E" w:rsidRDefault="00352CA2" w:rsidP="00956EC5">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="2"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
@@ -2848,157 +7740,160 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00AF37B4" w:rsidRPr="00187E0E" w:rsidSect="00187E0E">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0038301B" w:rsidRDefault="0038301B" w:rsidP="00187E0E">
+    <w:p w:rsidR="00FB29F1" w:rsidRDefault="00FB29F1" w:rsidP="00187E0E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0038301B" w:rsidRDefault="0038301B" w:rsidP="00187E0E">
+    <w:p w:rsidR="00FB29F1" w:rsidRDefault="00FB29F1" w:rsidP="00187E0E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0038301B" w:rsidRDefault="0038301B" w:rsidP="00187E0E">
+    <w:p w:rsidR="00FB29F1" w:rsidRDefault="00FB29F1" w:rsidP="00187E0E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0038301B" w:rsidRDefault="0038301B" w:rsidP="00187E0E">
+    <w:p w:rsidR="00FB29F1" w:rsidRDefault="00FB29F1" w:rsidP="00187E0E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="443360502"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w:rsidR="00187E0E" w:rsidRDefault="00187E0E">
         <w:pPr>
           <w:pStyle w:val="a7"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="001934B2">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w:rsidR="00187E0E" w:rsidRDefault="00187E0E">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F555D1E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B2421EE4"/>
     <w:lvl w:ilvl="0" w:tplc="D632FEE8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -3347,229 +8242,234 @@
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="110"/>
-  <w:proofState w:grammar="clean"/>
+  <w:zoom w:percent="160"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001F05B2"/>
     <w:rsid w:val="000073FE"/>
     <w:rsid w:val="00027389"/>
+    <w:rsid w:val="00031CEA"/>
+    <w:rsid w:val="00051E94"/>
     <w:rsid w:val="00080496"/>
     <w:rsid w:val="00084DD8"/>
     <w:rsid w:val="000A11F7"/>
     <w:rsid w:val="000C4D46"/>
     <w:rsid w:val="000C51D1"/>
     <w:rsid w:val="000D60CB"/>
-    <w:rsid w:val="000E4FD3"/>
     <w:rsid w:val="00104A34"/>
     <w:rsid w:val="00121F74"/>
     <w:rsid w:val="00125561"/>
     <w:rsid w:val="0013475F"/>
     <w:rsid w:val="00140500"/>
     <w:rsid w:val="00161C9C"/>
     <w:rsid w:val="00187E0E"/>
+    <w:rsid w:val="001934B2"/>
     <w:rsid w:val="001D1551"/>
     <w:rsid w:val="001F05B2"/>
     <w:rsid w:val="001F486C"/>
     <w:rsid w:val="00202261"/>
     <w:rsid w:val="0020471B"/>
     <w:rsid w:val="0021254F"/>
     <w:rsid w:val="00217738"/>
     <w:rsid w:val="002321AF"/>
     <w:rsid w:val="00293D96"/>
     <w:rsid w:val="0029485B"/>
     <w:rsid w:val="00307122"/>
     <w:rsid w:val="0034553A"/>
     <w:rsid w:val="00352CA2"/>
     <w:rsid w:val="00362836"/>
-    <w:rsid w:val="0038301B"/>
     <w:rsid w:val="003A4B3F"/>
     <w:rsid w:val="003A4CB3"/>
     <w:rsid w:val="003C33DC"/>
     <w:rsid w:val="003D3B9D"/>
     <w:rsid w:val="004163DF"/>
     <w:rsid w:val="00432067"/>
     <w:rsid w:val="004B24B5"/>
     <w:rsid w:val="004C25DD"/>
     <w:rsid w:val="00511598"/>
     <w:rsid w:val="00524AC1"/>
     <w:rsid w:val="005372ED"/>
     <w:rsid w:val="00574662"/>
+    <w:rsid w:val="00591FBB"/>
     <w:rsid w:val="00597F80"/>
     <w:rsid w:val="005B2982"/>
     <w:rsid w:val="005D09D8"/>
     <w:rsid w:val="005D6A3E"/>
+    <w:rsid w:val="005D7184"/>
     <w:rsid w:val="005D7A93"/>
     <w:rsid w:val="006177A3"/>
     <w:rsid w:val="00627764"/>
     <w:rsid w:val="00633E01"/>
-    <w:rsid w:val="0064426D"/>
     <w:rsid w:val="00691B05"/>
+    <w:rsid w:val="006A27F4"/>
     <w:rsid w:val="006C0CD7"/>
     <w:rsid w:val="006D51A8"/>
     <w:rsid w:val="006E7F3E"/>
     <w:rsid w:val="006F1D67"/>
     <w:rsid w:val="006F4506"/>
     <w:rsid w:val="0071315C"/>
     <w:rsid w:val="00726F49"/>
     <w:rsid w:val="0074625B"/>
     <w:rsid w:val="0077154A"/>
     <w:rsid w:val="007915C2"/>
     <w:rsid w:val="007B6A68"/>
     <w:rsid w:val="007C397A"/>
     <w:rsid w:val="008120FA"/>
     <w:rsid w:val="00816D7A"/>
     <w:rsid w:val="00873D42"/>
     <w:rsid w:val="008842CF"/>
     <w:rsid w:val="008C71F4"/>
     <w:rsid w:val="00934537"/>
     <w:rsid w:val="00941858"/>
     <w:rsid w:val="00952296"/>
     <w:rsid w:val="0095354A"/>
     <w:rsid w:val="00955723"/>
     <w:rsid w:val="00956EC5"/>
     <w:rsid w:val="00971417"/>
     <w:rsid w:val="00973300"/>
     <w:rsid w:val="009937EE"/>
     <w:rsid w:val="009A4617"/>
     <w:rsid w:val="009E499A"/>
     <w:rsid w:val="009F032D"/>
     <w:rsid w:val="009F2135"/>
     <w:rsid w:val="00A25D87"/>
     <w:rsid w:val="00A47BF7"/>
     <w:rsid w:val="00AA352C"/>
     <w:rsid w:val="00AB194A"/>
     <w:rsid w:val="00AC4D47"/>
     <w:rsid w:val="00AD2385"/>
     <w:rsid w:val="00AD3796"/>
     <w:rsid w:val="00AD4E4E"/>
     <w:rsid w:val="00AF37B4"/>
     <w:rsid w:val="00B0142C"/>
     <w:rsid w:val="00B219F8"/>
     <w:rsid w:val="00B76F56"/>
     <w:rsid w:val="00B83044"/>
     <w:rsid w:val="00B97046"/>
     <w:rsid w:val="00BB7C43"/>
     <w:rsid w:val="00BD17AC"/>
     <w:rsid w:val="00BE1C4A"/>
     <w:rsid w:val="00BE3714"/>
     <w:rsid w:val="00C115D7"/>
     <w:rsid w:val="00C353DB"/>
+    <w:rsid w:val="00C85AC7"/>
     <w:rsid w:val="00C92139"/>
     <w:rsid w:val="00C950C9"/>
     <w:rsid w:val="00CD2618"/>
     <w:rsid w:val="00D27D5E"/>
     <w:rsid w:val="00D63C70"/>
     <w:rsid w:val="00D64084"/>
     <w:rsid w:val="00D70CBD"/>
     <w:rsid w:val="00DB05AE"/>
     <w:rsid w:val="00DD0D3E"/>
     <w:rsid w:val="00DD1167"/>
     <w:rsid w:val="00DD4875"/>
     <w:rsid w:val="00DE0658"/>
     <w:rsid w:val="00DF11A6"/>
     <w:rsid w:val="00E10DC1"/>
     <w:rsid w:val="00E13EFE"/>
     <w:rsid w:val="00E30C3A"/>
     <w:rsid w:val="00E3549D"/>
     <w:rsid w:val="00E760A8"/>
     <w:rsid w:val="00E809E9"/>
     <w:rsid w:val="00EB510F"/>
+    <w:rsid w:val="00ED4847"/>
     <w:rsid w:val="00ED760F"/>
     <w:rsid w:val="00EF24BC"/>
+    <w:rsid w:val="00F0395B"/>
     <w:rsid w:val="00F05D3B"/>
     <w:rsid w:val="00F74BD9"/>
     <w:rsid w:val="00F774DB"/>
     <w:rsid w:val="00F82E1D"/>
     <w:rsid w:val="00F92074"/>
-    <w:rsid w:val="00FF7524"/>
+    <w:rsid w:val="00FB29F1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="50A80F43"/>
-  <w15:docId w15:val="{57428762-65CF-45C9-BEE2-E5DF93577DA3}"/>
+  <w14:docId w14:val="5D7DA322"/>
+  <w15:docId w15:val="{7D5AB99A-3021-4E61-BCF6-2A66B474E0BB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3701,51 +8601,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -4365,66 +9265,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>704</Words>
-  <Characters>4013</Characters>
+  <Words>670</Words>
+  <Characters>3821</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>31</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4708</CharactersWithSpaces>
+  <CharactersWithSpaces>4483</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>VICE_PREZIDENT_1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>