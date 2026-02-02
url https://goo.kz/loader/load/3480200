--- v0 (2025-12-10)
+++ v1 (2026-02-02)
@@ -24,51 +24,50 @@
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId22"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="257" r:id="rId2"/>
     <p:sldId id="258" r:id="rId3"/>
     <p:sldId id="266" r:id="rId4"/>
     <p:sldId id="265" r:id="rId5"/>
     <p:sldId id="268" r:id="rId6"/>
     <p:sldId id="271" r:id="rId7"/>
     <p:sldId id="269" r:id="rId8"/>
@@ -470,51 +469,51 @@
             </a:ln>
           </a:insideV>
         </a:tcBdr>
         <a:fill>
           <a:noFill/>
         </a:fill>
       </a:tcStyle>
     </a:wholeTbl>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="10867" autoAdjust="0"/>
     <p:restoredTop sz="93738" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr>
         <p:scale>
           <a:sx n="77" d="100"/>
           <a:sy n="77" d="100"/>
         </p:scale>
-        <p:origin x="-834" y="-210"/>
+        <p:origin x="-2022" y="-630"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2257"/>
         <p:guide pos="3833"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -581,51 +580,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5592027" y="1"/>
             <a:ext cx="4279918" cy="341297"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B46E1BDE-64D1-40B2-8418-E0E2D64D29ED}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>21.04.2021</a:t>
+              <a:t>20.04.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Образ слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2990850" y="850900"/>
             <a:ext cx="3892550" cy="2292350"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -848,138 +847,50 @@
     </a:lvl7pPr>
     <a:lvl8pPr marL="4266133" algn="l" defTabSz="1218895" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1600" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="4875581" algn="l" defTabSz="1218895" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1600" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...86 lines deleted...]
-
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1159,51 +1070,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец подзаголовка</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>21.04.2021</a:t>
+              <a:t>20.04.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1322,51 +1233,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>21.04.2021</a:t>
+              <a:t>20.04.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1495,51 +1406,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>21.04.2021</a:t>
+              <a:t>20.04.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1658,51 +1569,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>21.04.2021</a:t>
+              <a:t>20.04.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1898,51 +1809,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>21.04.2021</a:t>
+              <a:t>20.04.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2178,51 +2089,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>21.04.2021</a:t>
+              <a:t>20.04.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2592,51 +2503,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Дата 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>21.04.2021</a:t>
+              <a:t>20.04.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Нижний колонтитул 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2704,51 +2615,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Дата 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>21.04.2021</a:t>
+              <a:t>20.04.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Нижний колонтитул 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2794,51 +2705,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Дата 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>21.04.2021</a:t>
+              <a:t>20.04.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Нижний колонтитул 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3064,51 +2975,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>21.04.2021</a:t>
+              <a:t>20.04.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3311,51 +3222,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>21.04.2021</a:t>
+              <a:t>20.04.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3521,51 +3432,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="608489" y="6640327"/>
             <a:ext cx="2839614" cy="381438"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="121890" tIns="60945" rIns="121890" bIns="60945" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1600">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>21.04.2021</a:t>
+              <a:t>20.04.2021</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4158008" y="6640327"/>
             <a:ext cx="3853762" cy="381438"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3899,99 +3810,99 @@
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.testcenter.kz/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://certificate.testcenter.kz/search" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto2.wdp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1800017565" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://testcenter.kz/shkolnikam/ent/edinoe-natsionalnoe-testirovanie-ent/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://esuvo.platonus.kz/#/register/education_program" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.testcenter.kz/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@testcenter.kz" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.testcenter.kz/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@testcenter.kz" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
@@ -4000,71 +3911,82 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FCF8CFC6-334F-4785-9438-ACD92A176958}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="975667" y="1926010"/>
             <a:ext cx="10637757" cy="2400627"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="121890" tIns="60945" rIns="121890" bIns="60945" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="ru-RU" sz="3700" b="1" dirty="0" smtClean="0">
+            <a:endParaRPr lang="kk-KZ" sz="3700" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3700" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="3700" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>По организации и проведению Единого национального тестирования в электронном формате</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="3700" b="1" dirty="0">
+              <a:t>Электрондық форматтағы Ұлттық бірыңғай тестілеуді ұйымдастыру және өткізу </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="3700" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бойынша</a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" sz="3700" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Подзаголовок 3"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3" y="2"/>
             <a:ext cx="12169774" cy="974393"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -4074,160 +3996,137 @@
               <a:lumMod val="75000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="800"/>
               </a:spcBef>
               <a:defRPr sz="2800" b="1">
                 <a:solidFill>
                   <a:srgbClr val="31489F"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>МИНИСТЕРСТВО ОБРАЗОВАНИЯ И НАУКИ РЕСПУБЛИКИ КАЗАХСТАН</a:t>
-[...6 lines deleted...]
-            </a:endParaRPr>
+              <a:t>ҚАЗАҚСТАН РЕСПУБЛИКАСЫ БІЛІМ ЖӘНЕ ҒЫЛЫМ МИНИСТРЛІГІ</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="800"/>
               </a:spcBef>
               <a:defRPr sz="2800" b="1">
                 <a:solidFill>
                   <a:srgbClr val="31489F"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>«НАЦИОНАЛЬНЫЙ ЦЕНТР ТЕСТИРОВАНИЯ»</a:t>
-[...6 lines deleted...]
-            </a:endParaRPr>
+              <a:t>«ҰЛТТЫҚ ТЕСТІЛЕУ ОРТАЛЫҒЫ»</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5126532" y="6089695"/>
             <a:ext cx="2779233" cy="492412"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="12700">
             <a:miter lim="400000"/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{C572A759-6A51-4108-AA02-DFA0A04FC94B}">
               <ma14:wrappingTextBoxFlag xmlns="" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" val="1"/>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="60943" tIns="60945" rIns="60943" bIns="60945">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2800" b="1">
                 <a:solidFill>
                   <a:srgbClr val="31489F"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2400" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Нур-Султан</a:t>
-[...10 lines deleted...]
-              <a:t>, 2021</a:t>
+              <a:t>Нұр-Сұлтан, 2021</a:t>
             </a:r>
             <a:endParaRPr sz="2400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent2">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2174315869"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
@@ -4309,117 +4208,150 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1692399" y="169767"/>
             <a:ext cx="9217024" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Подача заявления на ЕНТ</a:t>
-            </a:r>
+              <a:t>ҰБТ-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="3200" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ӨТІНІШ БЕРУ БОЙЫНША</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="11" name="Группа 10"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="87369" y="911997"/>
             <a:ext cx="11957457" cy="1200329"/>
             <a:chOff x="100335" y="924304"/>
             <a:chExt cx="12060194" cy="1200329"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="12" name="TextBox 11"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="963073" y="924304"/>
               <a:ext cx="11197456" cy="1200329"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="just"/>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="FF0000"/>
                   </a:solidFill>
                 </a:rPr>
-                <a:t>ВОПРОС : </a:t>
+                <a:t>СҰРАҚ: </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-                <a:t>Можно ли изменить после регистрации ИИН, данные полученные  из НОБД и электронную почту?</a:t>
+                <a:t>Тіркелгеннен кейін ЖСН-н, НОБД-дан шыққан мәліметті, электрондық поштаны  өзгертуге бола ма?</a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="FF0000"/>
                   </a:solidFill>
                 </a:rPr>
-                <a:t>ОТВЕТ: </a:t>
+                <a:t>ЖАУАП: </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-                <a:t>НЕТ!</a:t>
+                <a:t>ЖОҚ!</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="13" name="Группа 12"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="100335" y="1101976"/>
               <a:ext cx="734069" cy="552771"/>
               <a:chOff x="7705746" y="4600959"/>
               <a:chExt cx="602159" cy="546392"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="14" name="Right Triangle 17">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6ADCC979-BA1C-4251-B6F5-CE5AA2B72FD0}"/>
@@ -4723,128 +4655,116 @@
             <p:txBody>
               <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                 <a:prstTxWarp prst="textNoShape">
                   <a:avLst/>
                 </a:prstTxWarp>
                 <a:noAutofit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="ctr"/>
                 <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2700"/>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="16" name="Группа 15"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="106162" y="3551967"/>
-            <a:ext cx="11949667" cy="2308324"/>
+            <a:ext cx="11957457" cy="2308324"/>
             <a:chOff x="100335" y="924304"/>
-            <a:chExt cx="12052337" cy="2308324"/>
+            <a:chExt cx="12060194" cy="2308324"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="17" name="TextBox 16"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="955216" y="924304"/>
+              <a:off x="963073" y="924304"/>
               <a:ext cx="11197456" cy="2308324"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="FF0000"/>
                   </a:solidFill>
                 </a:rPr>
-                <a:t>ВОПРОС: </a:t>
+                <a:t>СҰРАҚ: </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-                <a:t>Будут </a:t>
-[...21 lines deleted...]
-                <a:t> </a:t>
+                <a:t>Егер 1-ші мүмкіндікте мамырды белгілеген болса және 2-ші мүмкіндікте маусымды таңдағысы келсе тестілеудің бос орындары бола ма?</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="FF0000"/>
                   </a:solidFill>
                 </a:rPr>
-                <a:t>ОТВЕТ: </a:t>
-[...3 lines deleted...]
-                <a:t>Можно выбрать, если будут свободные места. А если не будет свободных мест, то тогда придется выбрать оставшиеся свободные места;</a:t>
+                <a:t> </a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:r>
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:srgbClr val="FF0000"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>ЖАУАП: </a:t>
+              </a:r>
+              <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-                <a:t>Или же можно выбрать близлежащий пункт тестирования , если есть свободные места в том пункте. </a:t>
+                <a:t>- 2-ші мүмкіндікте бос орындар болған жағдайда таңдай аласыз, егер болмаған жағдайда бос қалған мерзімді таңдауға тура келеді;</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:r>
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
+                <a:t>- Сізге тағы да жақын маңдағы тестілеу өткізу пункттерінде маусымға орын болған жағдайда сол пунктті таңдауға болады.</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="18" name="Группа 17"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="100335" y="1101976"/>
               <a:ext cx="734069" cy="552771"/>
               <a:chOff x="7705746" y="4600959"/>
               <a:chExt cx="602159" cy="546392"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="19" name="Right Triangle 17">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6ADCC979-BA1C-4251-B6F5-CE5AA2B72FD0}"/>
@@ -5147,137 +5067,113 @@
             </p:style>
             <p:txBody>
               <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                 <a:prstTxWarp prst="textNoShape">
                   <a:avLst/>
                 </a:prstTxWarp>
                 <a:noAutofit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="ctr"/>
                 <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2700"/>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="21" name="Группа 20"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="93805" y="1993984"/>
-[...2 lines deleted...]
-            <a:chExt cx="12053702" cy="1569660"/>
+            <a:off x="93805" y="2222351"/>
+            <a:ext cx="11957457" cy="1200329"/>
+            <a:chOff x="100335" y="924304"/>
+            <a:chExt cx="12060194" cy="1200329"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="22" name="TextBox 21"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="956581" y="695937"/>
-              <a:ext cx="11197456" cy="1569660"/>
+              <a:off x="963073" y="924304"/>
+              <a:ext cx="11197456" cy="1200329"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="just"/>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="FF0000"/>
                   </a:solidFill>
                 </a:rPr>
-                <a:t>ВОПРОС: </a:t>
+                <a:t>СҰРАҚ: </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-                <a:t>Когда будет доступен прием заявления для </a:t>
-[...15 lines deleted...]
-                <a:t>? </a:t>
+                <a:t>Колледж бітірушілер және ЖОО-дағы қысқартылған оқу мерзімін таңдағандар қашан өтініш бере алады? </a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:pPr algn="just"/>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="FF0000"/>
                   </a:solidFill>
                 </a:rPr>
-                <a:t>ОТВЕТ: </a:t>
+                <a:t>ЖАУАП: </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-                <a:t>Для </a:t>
+                <a:t>Өтініш </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0"/>
-                <a:t>этой категории лиц кнопка </a:t>
+                <a:t>беру тетігі 26.04-нен кейін іске қосылады</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-                <a:t>в интерфейсе будет </a:t>
-[...7 lines deleted...]
-                <a:t>осле 26.04.21.</a:t>
+                <a:t>.</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="23" name="Группа 22"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="100335" y="1101976"/>
               <a:ext cx="734069" cy="552771"/>
               <a:chOff x="7705746" y="4600959"/>
               <a:chExt cx="602159" cy="546392"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="25" name="Right Triangle 17">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6ADCC979-BA1C-4251-B6F5-CE5AA2B72FD0}"/>
@@ -5581,110 +5477,134 @@
             <p:txBody>
               <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                 <a:prstTxWarp prst="textNoShape">
                   <a:avLst/>
                 </a:prstTxWarp>
                 <a:noAutofit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="ctr"/>
                 <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2700"/>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="27" name="Группа 26"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="106162" y="5842594"/>
-            <a:ext cx="12243421" cy="1200329"/>
+            <a:ext cx="11957457" cy="1200329"/>
             <a:chOff x="100335" y="924304"/>
-            <a:chExt cx="12348615" cy="1200329"/>
+            <a:chExt cx="12060194" cy="1200329"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="28" name="TextBox 27"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="963073" y="924304"/>
-              <a:ext cx="11485877" cy="1200329"/>
+              <a:ext cx="11197456" cy="1200329"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="FF0000"/>
                   </a:solidFill>
                 </a:rPr>
-                <a:t>ВОПРОС:  </a:t>
+                <a:t>СҰРАҚ: </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-                <a:t>Какие действия если ученика нет в базе НОБД? </a:t>
-[...2 lines deleted...]
-            <a:p>
+                <a:t>Оқушы</a:t>
+              </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="FF0000"/>
                   </a:solidFill>
                 </a:rPr>
-                <a:t>ОТВЕТ: </a:t>
+                <a:t> </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-                <a:t>Список выпускников текущего года (ИИН и ФИО) отсутствующих в базе НОБД необходимо направить </a:t>
+                <a:t>НОБД базасында жоқ болса не істеу керек? </a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:r>
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:srgbClr val="FF0000"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>ЖАУАП: </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0"/>
-                <a:t>сотрудникам </a:t>
+                <a:t>НОБД базасында </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-                <a:t>филиала НЦТ, они для работы направят в НЦТ.</a:t>
+                <a:t>жоқ, </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" dirty="0"/>
+                <a:t>ағымдағы жылғы оқушылар тізімін (ТАӘ және ЖСН) </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
+                <a:t>ҰТО </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" dirty="0"/>
+                <a:t>филиалы </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
+                <a:t>қызметшілеріне жіберу және сол арқылы ҰТО-ға жолдау.</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="29" name="Группа 28"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="100335" y="1101976"/>
               <a:ext cx="734069" cy="552771"/>
               <a:chOff x="7705746" y="4600959"/>
               <a:chExt cx="602159" cy="546392"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="30" name="Right Triangle 17">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6ADCC979-BA1C-4251-B6F5-CE5AA2B72FD0}"/>
@@ -6099,143 +6019,167 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1692399" y="169767"/>
             <a:ext cx="9217024" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Подача заявления на ЕНТ</a:t>
-            </a:r>
+              <a:t>ҰБТ-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="3200" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ӨТІНІШ БЕРУ БОЙЫНША</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="16" name="Группа 15"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="104094" y="4980033"/>
-            <a:ext cx="11957457" cy="1569660"/>
+            <a:ext cx="11957457" cy="1938992"/>
             <a:chOff x="100335" y="924304"/>
-            <a:chExt cx="12060194" cy="1569660"/>
+            <a:chExt cx="12060194" cy="1938992"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="17" name="TextBox 16"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="963073" y="924304"/>
-              <a:ext cx="11197456" cy="1569660"/>
+              <a:ext cx="11197456" cy="1938992"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
-                <a:rPr lang="kk-KZ" dirty="0">
-[...6 lines deleted...]
-              <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="FF0000"/>
                   </a:solidFill>
                 </a:rPr>
-                <a:t> </a:t>
+                <a:t>СҰРАҚ: </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-                <a:t> Можно ли выпукникам колледжа, </a:t>
-[...17 lines deleted...]
-                <a:rPr lang="kk-KZ" dirty="0">
+                <a:t>Колледж бітірген және толық немесе қысқартылған оқу мерзімін әлі де болса таңдамаған өтініш беруші екі түрлі форматтағы ҰБТ-ны тапсыруына болады ма?</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="FF0000"/>
                   </a:solidFill>
                 </a:rPr>
-                <a:t>ОТВЕТ :</a:t>
-[...3 lines deleted...]
-                <a:t> ДА. </a:t>
+                <a:t> </a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:r>
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:srgbClr val="FF0000"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>ЖАУАП:</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" dirty="0"/>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-                <a:t>В 1-ой попытке  может сдать по 5 предметам, во 2-ой попытке по 2 предметам. </a:t>
+                <a:t>ИӘ. </a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:r>
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
+                <a:t>Бір мүмкіндікте 5 пән бойынша, екінші мүмкіндікте 2 пән бойынша тапсыра алады.</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="18" name="Группа 17"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="100335" y="1101976"/>
               <a:ext cx="734069" cy="552771"/>
               <a:chOff x="7705746" y="4600959"/>
               <a:chExt cx="602159" cy="546392"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="19" name="Right Triangle 17">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6ADCC979-BA1C-4251-B6F5-CE5AA2B72FD0}"/>
@@ -6568,91 +6512,75 @@
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="22" name="TextBox 21"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="963073" y="924304"/>
               <a:ext cx="11197456" cy="1200329"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="just"/>
               <a:r>
-                <a:rPr lang="kk-KZ" dirty="0">
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="FF0000"/>
                   </a:solidFill>
                 </a:rPr>
-                <a:t>ВОПРОС : </a:t>
+                <a:t>СҰРАҚ: </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-                <a:t>Какие действия если забыли пароль личного кабинета?</a:t>
+                <a:t>Жеке кабинетінің паролін ұмытқан жағдайда не істеуге болады? </a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:pPr algn="just"/>
               <a:r>
-                <a:rPr lang="kk-KZ" dirty="0">
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="FF0000"/>
                   </a:solidFill>
                 </a:rPr>
-                <a:t>ОТВЕТ : </a:t>
-[...19 lines deleted...]
-                <a:t>восстановить пароль через кнопку «Забыли пароль».</a:t>
+                <a:t>ЖАУАП: </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
+                <a:t>Жүйенің төменгі жағында паролді қайта қалыпқа келтіру немесе өзгерту тетігі арқылы реттеуге болады.</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="23" name="Группа 22"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="100335" y="1101976"/>
               <a:ext cx="734069" cy="552771"/>
               <a:chOff x="7705746" y="4600959"/>
               <a:chExt cx="602159" cy="546392"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="25" name="Right Triangle 17">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6ADCC979-BA1C-4251-B6F5-CE5AA2B72FD0}"/>
@@ -6984,128 +6912,80 @@
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="33" name="TextBox 32"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="963073" y="924304"/>
               <a:ext cx="11197456" cy="2308324"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
-                <a:rPr lang="kk-KZ" dirty="0">
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="FF0000"/>
                   </a:solidFill>
                 </a:rPr>
-                <a:t>ВОПРОС : </a:t>
-[...15 lines deleted...]
-                <a:t>взломан аккаунт</a:t>
+                <a:t>СҰРАҚ: </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-                <a:t>? </a:t>
+                <a:t>Егер электрондық поштасының паролін қалпына келтіре алмаған немесе аккаунты бұзылған жағдайда жаңа поштамен қалай ауыстыруға болады? </a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:r>
-                <a:rPr lang="kk-KZ" dirty="0">
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="FF0000"/>
                   </a:solidFill>
                 </a:rPr>
-                <a:t>ОТВЕТ : </a:t>
+                <a:t>ЖАУАП: </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-                <a:t>через НЦТ. </a:t>
+                <a:t>ҰТО арқылы. </a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:r>
-                <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
-[...32 lines deleted...]
-                <a:t> сотрудникам регионального филиала НЦТ. </a:t>
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
+                <a:t>Ол үшін жергілікті жердегі ҰТО филиалы қызметшілері арқылы ЖСН және өзгертетін поштаны жазып жіберу керек. Филиал қызметшісіне жеке куәлік көшірмесін ұсынады.</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="34" name="Группа 33"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="100335" y="1101976"/>
               <a:ext cx="734069" cy="552771"/>
               <a:chOff x="7705746" y="4600959"/>
               <a:chExt cx="602159" cy="546392"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="35" name="Right Triangle 17">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6ADCC979-BA1C-4251-B6F5-CE5AA2B72FD0}"/>
@@ -7520,166 +7400,177 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1692399" y="169767"/>
             <a:ext cx="9217024" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Подача заявления на ЕНТ</a:t>
-            </a:r>
+              <a:t>ҰБТ-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="3200" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ӨТІНІШ БЕРУ БОЙЫНША</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="21" name="Группа 20"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="165670" y="3786970"/>
-[...2 lines deleted...]
-            <a:chExt cx="12000175" cy="1938992"/>
+            <a:off x="165670" y="3839715"/>
+            <a:ext cx="11957457" cy="1938992"/>
+            <a:chOff x="100335" y="924304"/>
+            <a:chExt cx="12060194" cy="1938992"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="22" name="TextBox 21"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="903054" y="871559"/>
+              <a:off x="963073" y="924304"/>
               <a:ext cx="11197456" cy="1938992"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="just"/>
               <a:r>
-                <a:rPr lang="kk-KZ" dirty="0">
-[...6 lines deleted...]
-              <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="FF0000"/>
                   </a:solidFill>
                 </a:rPr>
-                <a:t> </a:t>
+                <a:t>СҰРАҚ: </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-                <a:t>Где можно посмотреть сертификаты ЕНТ?</a:t>
-[...10 lines deleted...]
-                <a:t>ОТВЕТ : </a:t>
+                <a:t>ҰБТ</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="FF0000"/>
                   </a:solidFill>
                 </a:rPr>
-                <a:t>Результат тестирования можно посмотреть в личном кабинете или через ссылку </a:t>
-[...5 lines deleted...]
-                <a:t>https</a:t>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
+                <a:t>сертификатын қайдан көруге болады?</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr algn="just"/>
+              <a:r>
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:srgbClr val="FF0000"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>ЖАУАП: </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" dirty="0"/>
+                <a:t>Тестілеу нәтижесін жеке кабинетіңіз арқылы немесе </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" u="sng" dirty="0">
                   <a:hlinkClick r:id="rId2"/>
                 </a:rPr>
-                <a:t>://certificate.testcenter.kz/search</a:t>
+                <a:t>https://certificate.testcenter.kz/search</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0"/>
-                <a:t> </a:t>
+                <a:t> сілтемесі арқылы (ЖСН мен ТЖК-ны тере отырып) көруге болады? </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-                <a:t>(набрав ИИН и ИКТ). </a:t>
-[...15 lines deleted...]
-                <a:t>РАК).</a:t>
+                <a:t>Апелляцияға берген тұлғалардың сертификаты 30 жұмыс күнінен кейін қолжетімді (РАҚ-тың шешімі шығарылғаннан кейін).</a:t>
               </a:r>
               <a:endParaRPr lang="kk-KZ" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="23" name="Группа 22"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="100335" y="1101976"/>
               <a:ext cx="734069" cy="552771"/>
               <a:chOff x="7705746" y="4600959"/>
               <a:chExt cx="602159" cy="546392"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="25" name="Right Triangle 17">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6ADCC979-BA1C-4251-B6F5-CE5AA2B72FD0}"/>
@@ -8012,147 +7903,416 @@
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="33" name="TextBox 32"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="963073" y="924304"/>
               <a:ext cx="11197456" cy="2677656"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="just"/>
               <a:r>
-                <a:rPr lang="kk-KZ" dirty="0">
-[...6 lines deleted...]
-              <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="FF0000"/>
                   </a:solidFill>
-                </a:rPr>
-[...11 lines deleted...]
-                <a:rPr lang="ru-RU" dirty="0"/>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>СҰРАҚ: </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>SAT, ACT, </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>IB  </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>халықаралық</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> сертификаты бар </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>тұлғалар</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> тест </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>нәтижесін</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> ҰБТ </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>сертификатына</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>қашан</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>айырбастай</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>алады</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
                 <a:t>?</a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
                 <a:t> </a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:pPr algn="just"/>
-              <a:r>
-[...6 lines deleted...]
-              </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="FF0000"/>
                   </a:solidFill>
-                </a:rPr>
-[...4 lines deleted...]
-                <a:t>28.04 на сайте регистрации </a:t>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>ЖАУАП: </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" dirty="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                  <a:hlinkClick r:id="rId3"/>
+                </a:rPr>
+                <a:t>https://app.testcenter.kz/</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" dirty="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
-                  <a:hlinkClick r:id="rId3"/>
-[...7 lines deleted...]
-                <a:t>://app.testcenter.kz</a:t>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> сайтында 28.04 күндерінде қосымша тетік пайда болады. </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>SAT, ACT, </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>IB сертификаты бар </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>тұлғалар</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> осы </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>тетік</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>арқылы</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>өздерінің</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> сертификат </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>мәліметтері</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> мен </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>құжат</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>көшірмесін</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>жүктейді</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>. ҰТО </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>одан</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>әрі</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>қарай</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>тексеру</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>, ҚР БҒМ </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>жолдайды</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>. </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>Нәтижесі</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>конкурсқа</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>дейін</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>шығарылады</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>.</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
-                  <a:hlinkClick r:id="rId3"/>
-[...27 lines deleted...]
-              <a:endParaRPr lang="ru-RU" dirty="0"/>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" dirty="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="34" name="Группа 33"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="100335" y="1101976"/>
               <a:ext cx="734069" cy="552771"/>
               <a:chOff x="7705746" y="4600959"/>
               <a:chExt cx="602159" cy="546392"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="35" name="Right Triangle 17">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6ADCC979-BA1C-4251-B6F5-CE5AA2B72FD0}"/>
                   </a:ext>
                 </a:extLst>
@@ -8453,137 +8613,113 @@
             </p:style>
             <p:txBody>
               <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                 <a:prstTxWarp prst="textNoShape">
                   <a:avLst/>
                 </a:prstTxWarp>
                 <a:noAutofit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="ctr"/>
                 <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2700"/>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="27" name="Группа 26"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="106162" y="5594728"/>
-[...2 lines deleted...]
-            <a:chExt cx="12060194" cy="1569660"/>
+            <a:off x="106162" y="5778707"/>
+            <a:ext cx="11957457" cy="1200329"/>
+            <a:chOff x="100335" y="924304"/>
+            <a:chExt cx="12060194" cy="1200329"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="28" name="TextBox 27"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="963073" y="740325"/>
-              <a:ext cx="11197456" cy="1569660"/>
+              <a:off x="963073" y="924304"/>
+              <a:ext cx="11197456" cy="1200329"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="just"/>
               <a:r>
-                <a:rPr lang="kk-KZ" dirty="0">
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="FF0000"/>
                   </a:solidFill>
                 </a:rPr>
-                <a:t>ВОПРОС : </a:t>
-[...19 lines deleted...]
-                <a:t>процессе тестирования</a:t>
+                <a:t>СҰРАҚ: </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
+                <a:t>Тестілеу барысында бағдарламадағы калькулятор </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" smtClean="0"/>
+                <a:t>процентті есептей ме</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
                 <a:t>? </a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:pPr algn="just"/>
               <a:r>
-                <a:rPr lang="kk-KZ" dirty="0">
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="FF0000"/>
                   </a:solidFill>
                 </a:rPr>
-                <a:t>ОТВЕТ : </a:t>
+                <a:t>ЖАУАП: </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-                <a:t>НЕТ. Выполняет простые операции: </a:t>
-[...11 lines deleted...]
-                <a:t>умножение, деление.</a:t>
+                <a:t>ЖОҚ. Жай қарапайым қосу, азайту, көбейту, бөлу амалдарын ғана орындайды.</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="29" name="Группа 28"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="100335" y="1101976"/>
               <a:ext cx="734069" cy="552771"/>
               <a:chOff x="7705746" y="4600959"/>
               <a:chExt cx="602159" cy="546392"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="30" name="Right Triangle 17">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6ADCC979-BA1C-4251-B6F5-CE5AA2B72FD0}"/>
@@ -8960,88 +9096,85 @@
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>КОЛИЧЕСТВО ЗАДАНИЙ </a:t>
-[...8 lines deleted...]
-              <a:t>ЕНТ</a:t>
+              <a:t>ҰБТ ТАПСЫРМАЛАР САНЫ </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>(ДЛЯ СДАЮЩИХ НА ПОЛНУЮ ФОРМУ ОБУЧЕНИЯ)</a:t>
-            </a:r>
+              <a:t>(ТОЛЫҚ ОҚУ НЫСАНЫ НА ТАПСЫРАТЫНДАР ҮШІН)</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Прямоугольник 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4EECF816-4953-44B7-A5A5-BCB52861BFA3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1397701" y="1271656"/>
             <a:ext cx="1712831" cy="1354217"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -9091,81 +9224,81 @@
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="121917" tIns="60958" rIns="121917" bIns="60958">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="380990" indent="-137581">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ИСТОРИЯ КАЗАХСТАНА</a:t>
+              <a:t>ҚАЗАҚСТАН ТАРИХЫ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="85000"/>
                   <a:lumOff val="15000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="380990" indent="-137581">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>МАТЕМАТИЧЕСКАЯ ГРАМОТНОСТЬ</a:t>
+              <a:t>МАТЕМАТИКАЛЫҚ САУАТТЫЛЫҚ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="85000"/>
                   <a:lumOff val="15000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Прямоугольник 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{29979D5F-724E-46F7-ACEC-61FE3780CD58}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
@@ -9225,165 +9358,153 @@
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="121917" tIns="60958" rIns="121917" bIns="60958">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="380990" indent="-137581">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>1-ПРОФИЛЬНЫЙ ПРЕДМЕТ</a:t>
+              <a:t>1-БЕЙІНДІК ПӘН</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="85000"/>
                   <a:lumOff val="15000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="380990" indent="-137581">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>2-ПРОФИЛЬНЫЙ </a:t>
-[...11 lines deleted...]
-              <a:t>ПРЕДМЕТ</a:t>
+              <a:t>2-БЕЙІНДІК ПӘН </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Прямоугольник 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F05AD07A-B113-474B-B149-564E377BA06A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
             <a:off x="2251660" y="1746228"/>
             <a:ext cx="1960377" cy="553994"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="121917" tIns="60958" rIns="121917" bIns="60958">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1400" b="1" u="sng" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="50000"/>
                     <a:lumOff val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ТЕСТОВЫЕ ЗАДАНИЯ</a:t>
+              <a:t>ТЕСТ ТАПСЫРМАСЫ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1400" b="1" u="sng" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="50000"/>
                   <a:lumOff val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="8" name="Группа 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EE9F0DF1-EC74-4332-BDF5-90A89BC46337}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="8466301" y="1206892"/>
-            <a:ext cx="3235210" cy="4892993"/>
+            <a:off x="8466302" y="1206892"/>
+            <a:ext cx="2355840" cy="4892993"/>
             <a:chOff x="10827495" y="3811527"/>
             <a:chExt cx="1391992" cy="2373866"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="9" name="Прямоугольник 8">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F72DAF0C-90EC-43C8-9807-B92937EBA311}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="10854974" y="3811527"/>
               <a:ext cx="1337026" cy="2373866"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
@@ -9417,51 +9538,51 @@
               <a:endParaRPr lang="ru-RU" sz="4300" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="10" name="Прямоугольник 9">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7F65CAB3-8DED-41AD-AF86-26CA05225718}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="11035687" y="4552371"/>
+              <a:off x="11021297" y="4486003"/>
               <a:ext cx="961561" cy="604745"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="none">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr">
                 <a:defRPr sz="1862" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                   <a:solidFill>
                     <a:prstClr val="black">
                       <a:lumMod val="65000"/>
                       <a:lumOff val="35000"/>
                     </a:prstClr>
                   </a:solidFill>
                   <a:latin typeface="+mn-lt"/>
                   <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="+mn-cs"/>
                 </a:defRPr>
               </a:pPr>
@@ -9475,72 +9596,90 @@
                 <a:t>120</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" sz="7500" b="1" u="sng" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="11" name="Прямоугольник 10">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C0489A6B-C36E-4660-A937-242551757631}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="10827495" y="3983596"/>
-              <a:ext cx="1391992" cy="582347"/>
+              <a:off x="10827495" y="4104413"/>
+              <a:ext cx="1391992" cy="447959"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
                 <a:rPr lang="kk-KZ" b="1" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>КОЛИЧЕСТВО ТЕСТОВЫХ ЗАДАНИЙ</a:t>
+                <a:t>ТЕСТ </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>ТАПСЫРМАЛАРЫ </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>САНЫ</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="12" name="Прямоугольник 11">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D658D335-412A-48D8-9989-5CC30EF5BFEB}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="11029749" y="5429570"/>
               <a:ext cx="961561" cy="604745"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
@@ -9573,72 +9712,72 @@
                 <a:t>140</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" sz="7500" b="1" u="sng" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="13" name="Прямоугольник 12">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B60739E-1729-4B75-B535-D653B8D7FFA2}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="11257538" y="5295506"/>
-              <a:ext cx="531907" cy="201581"/>
+              <a:off x="11044605" y="5295506"/>
+              <a:ext cx="957773" cy="201581"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="none">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
                 <a:rPr lang="kk-KZ" sz="2100" b="1" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>БАЛЛЫ</a:t>
+                <a:t>БАЛДАРЫ</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" sz="2100" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Прямоугольник 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4EECF816-4953-44B7-A5A5-BCB52861BFA3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -9667,184 +9806,184 @@
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>20</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Прямоугольник 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FA376EA5-4DD6-4431-8154-9632D5CA5F40}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3724148" y="3421035"/>
-            <a:ext cx="3541911" cy="999308"/>
+            <a:ext cx="3541911" cy="584636"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="121917" tIns="60958" rIns="121917" bIns="60958">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="380990" indent="-137581">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ГРАМОТНОСТЬ ЧТЕНИЯ</a:t>
+              <a:t>ОҚУ САУАТТЫЛЫҒЫ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="85000"/>
                   <a:lumOff val="15000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Прямоугольник 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F05AD07A-B113-474B-B149-564E377BA06A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
             <a:off x="2177129" y="3511634"/>
             <a:ext cx="2109434" cy="553994"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="121917" tIns="60958" rIns="121917" bIns="60958">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" b="1" u="sng" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1400" b="1" u="sng" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="50000"/>
                     <a:lumOff val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ТЕСТОВЫЕ ЗАДАНИЯ</a:t>
+              <a:t>ТЕСТ ТАПСЫРМАСЫ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1400" b="1" u="sng" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="50000"/>
                   <a:lumOff val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Прямоугольник 16">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F05AD07A-B113-474B-B149-564E377BA06A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
             <a:off x="2251660" y="5245177"/>
             <a:ext cx="1960377" cy="553994"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="121917" tIns="60958" rIns="121917" bIns="60958">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" b="1" u="sng" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1400" b="1" u="sng" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="50000"/>
                     <a:lumOff val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ТЕСТОВЫЕ ЗАДАНИЯ</a:t>
+              <a:t>ТЕСТ ТАПСЫРМАСЫ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1400" b="1" u="sng" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="50000"/>
                   <a:lumOff val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2270337492"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
@@ -9905,103 +10044,79 @@
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>КОЛИЧЕСТВО ЗАДАНИЙ ЕНТ</a:t>
+              <a:t>ҰБТ ТАПСЫРМАЛАР САНЫ</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>(ДЛЯ </a:t>
+              <a:t>(ҚЫСҚАРТЫЛҒАН </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>СДАЮЩИХ НА </a:t>
-[...24 lines deleted...]
-            </a:endParaRPr>
+              <a:t>ОҚУ НЫСАНЫ НА ТАПСЫРАТЫНДАР ҮШІН)</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Прямоугольник 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{29979D5F-724E-46F7-ACEC-61FE3780CD58}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
@@ -10044,110 +10159,110 @@
                   <a:srgbClr val="000000">
                     <a:alpha val="43137"/>
                   </a:srgbClr>
                 </a:outerShdw>
               </a:effectLst>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Прямоугольник 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B519C812-C13C-4549-83B3-D54266FE0B0B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3810322" y="4374592"/>
-            <a:ext cx="4655980" cy="999308"/>
+            <a:ext cx="4655980" cy="584771"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="121917" tIns="60958" rIns="121917" bIns="60958">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="586309" indent="-342900">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>СПЕЦИАЛЬНАЯ ДИСЦИПЛИНА</a:t>
+              <a:t>АРНАЙЫ  ПӘН</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="85000"/>
                   <a:lumOff val="15000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="8" name="Группа 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EE9F0DF1-EC74-4332-BDF5-90A89BC46337}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="8430290" y="1206892"/>
+            <a:off x="8466304" y="1206892"/>
             <a:ext cx="3091194" cy="4892993"/>
-            <a:chOff x="10810891" y="3811527"/>
+            <a:chOff x="10827495" y="3811527"/>
             <a:chExt cx="1425191" cy="2373866"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="9" name="Прямоугольник 8">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F72DAF0C-90EC-43C8-9807-B92937EBA311}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="10854974" y="3811527"/>
               <a:ext cx="1337026" cy="2373866"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent1"/>
@@ -10238,79 +10353,91 @@
                 <a:t>60</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" sz="7500" b="1" u="sng" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="11" name="Прямоугольник 10">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C0489A6B-C36E-4660-A937-242551757631}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="10810891" y="3985736"/>
+              <a:off x="10827495" y="4104413"/>
               <a:ext cx="1425191" cy="582347"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
+                <a:rPr lang="kk-KZ" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>ТЕСТ </a:t>
+              </a:r>
+              <a:r>
                 <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>КОЛИЧЕСТВО ТЕСТОВЫХ ЗАДАНИЙ</a:t>
-[...6 lines deleted...]
-              </a:endParaRPr>
+                <a:t>ТАПСЫРМАЛАРЫ </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>САНЫ</a:t>
+              </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="12" name="Прямоугольник 11">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D658D335-412A-48D8-9989-5CC30EF5BFEB}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="11171823" y="5429570"/>
               <a:ext cx="677412" cy="604745"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
           <p:txBody>
@@ -10342,72 +10469,72 @@
                 <a:t>70</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" sz="7500" b="1" u="sng" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="13" name="Прямоугольник 12">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B60739E-1729-4B75-B535-D653B8D7FFA2}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="11238509" y="5295506"/>
-              <a:ext cx="569965" cy="201581"/>
+              <a:off x="11044605" y="5295506"/>
+              <a:ext cx="957773" cy="201581"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="none">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
                 <a:rPr lang="kk-KZ" sz="2100" b="1" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>БАЛЛЫ</a:t>
+                <a:t>БАЛДАРЫ</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" sz="2100" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Прямоугольник 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4EECF816-4953-44B7-A5A5-BCB52861BFA3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -10435,185 +10562,185 @@
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>20</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Прямоугольник 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FA376EA5-4DD6-4431-8154-9632D5CA5F40}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3708624" y="2012480"/>
-            <a:ext cx="4721666" cy="1046436"/>
+            <a:off x="3852639" y="2012480"/>
+            <a:ext cx="4320480" cy="584771"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="121917" tIns="60958" rIns="121917" bIns="60958">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="380990" indent="-137581">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ОБЩЕПРОФЕССИОНАЛЬНАЯ ДИСЦИПЛИНА</a:t>
+              <a:t>ЖАЛПЫ КӘСІПТІК  ПӘН</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="85000"/>
                   <a:lumOff val="15000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Прямоугольник 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F05AD07A-B113-474B-B149-564E377BA06A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
             <a:off x="2213722" y="2127666"/>
             <a:ext cx="2109434" cy="553994"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="121917" tIns="60958" rIns="121917" bIns="60958">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" b="1" u="sng" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1400" b="1" u="sng" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="50000"/>
                     <a:lumOff val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ТЕСТОВЫЕ ЗАДАНИЯ</a:t>
+              <a:t>ТЕСТ ТАПСЫРМАСЫ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1400" b="1" u="sng" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="50000"/>
                   <a:lumOff val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Прямоугольник 16">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F05AD07A-B113-474B-B149-564E377BA06A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
             <a:off x="2251660" y="5245177"/>
             <a:ext cx="1960377" cy="553994"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="121917" tIns="60958" rIns="121917" bIns="60958">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" b="1" u="sng" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1400" b="1" u="sng" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="50000"/>
                     <a:lumOff val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ТЕСТОВЫЕ ЗАДАНИЯ</a:t>
+              <a:t>ТЕСТ ТАПСЫРМАСЫ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1400" b="1" u="sng" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="50000"/>
                   <a:lumOff val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3083834228"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
@@ -10629,213 +10756,253 @@
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="12" name="Таблица 11"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3714502607"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3423878180"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="1404366" y="1061914"/>
-          <a:ext cx="9361039" cy="4396563"/>
+          <a:off x="2134005" y="1454760"/>
+          <a:ext cx="8337702" cy="4396563"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:tableStyleId>{616DA210-FB5B-4158-B5E0-FEB733F419BA}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="981959">
+                <a:gridCol w="916933">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="2977853">
+                <a:gridCol w="2780656">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="3889059">
+                <a:gridCol w="3335081">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1512168">
+                <a:gridCol w="1305032">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20003"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="312447">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="7030A0"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t>№</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="1" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="7030A0"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9508" marR="9508" marT="9951" marB="0" anchor="ctr">
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="20000"/>
                         <a:lumOff val="80000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr"/>
                       <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="7030A0"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Бейіндік</a:t>
+                      </a:r>
+                      <a:r>
                         <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="7030A0"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>Профильный предмет</a:t>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="7030A0"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>пән</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="1" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="7030A0"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9508" marR="9508" marT="9951" marB="0" anchor="ctr">
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="20000"/>
                         <a:lumOff val="80000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr"/>
                       <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="7030A0"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Бейіндік</a:t>
+                      </a:r>
+                      <a:r>
                         <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="7030A0"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>Профильный предмет</a:t>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="7030A0"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>пән</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="1" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="7030A0"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9508" marR="9508" marT="9951" marB="0" anchor="ctr">
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="20000"/>
                         <a:lumOff val="80000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="7030A0"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>Кол-во ГОП</a:t>
+                        <a:t>ББТ саны</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="7030A0"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="1" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="7030A0"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9508" marR="9508" marT="9951" marB="0" anchor="ctr">
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="20000"/>
                         <a:lumOff val="80000"/>
@@ -11271,79 +11438,107 @@
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike">
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t>5</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9508" marR="9508" marT="9951" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr"/>
                       <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Шетел</a:t>
+                      </a:r>
+                      <a:r>
                         <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>Иностранный язык</a:t>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>тілі</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9508" marR="9508" marT="9951" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr"/>
                       <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Дүниежүзі</a:t>
+                      </a:r>
+                      <a:r>
                         <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>Всемирная история</a:t>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>тарихы</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9508" marR="9508" marT="9951" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t>6</a:t>
                       </a:r>
@@ -11398,55 +11593,69 @@
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t>География</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9508" marR="9508" marT="9951" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr"/>
                       <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Шетел</a:t>
+                      </a:r>
+                      <a:r>
                         <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>Иностранный язык</a:t>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>тілі</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9508" marR="9508" marT="9951" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t>2</a:t>
                       </a:r>
@@ -11477,79 +11686,107 @@
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike">
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t>7</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9508" marR="9508" marT="9951" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>Всемирная история</a:t>
+                        <a:t>Дүниежүзі</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>тарихы</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9508" marR="9508" marT="9951" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr"/>
                       <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Құқық</a:t>
+                      </a:r>
+                      <a:r>
                         <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>Основы права</a:t>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>негіздері</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9508" marR="9508" marT="9951" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t>2</a:t>
                       </a:r>
@@ -11580,55 +11817,69 @@
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike">
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t>8</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9508" marR="9508" marT="9951" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr"/>
                       <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Дүниежүзі</a:t>
+                      </a:r>
+                      <a:r>
                         <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>Всемирная история</a:t>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>тарихы</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9508" marR="9508" marT="9951" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t>География</a:t>
                       </a:r>
@@ -11683,86 +11934,163 @@
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t>9</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9508" marR="9508" marT="9951" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr"/>
                       <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Қазақ</a:t>
+                      </a:r>
+                      <a:r>
                         <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>Казахский язык/Русский язык</a:t>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>тілі</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>/</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Орыс</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" baseline="0" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" baseline="0" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>тілі</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9508" marR="9508" marT="9951" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr"/>
                       <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Қазақ</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" baseline="0" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" baseline="0" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>әдебиеті</a:t>
+                      </a:r>
+                      <a:r>
                         <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>Казахская литература/Русская </a:t>
+                        <a:t>/</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>литератураі</a:t>
+                        <a:t>Орыс</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>әдебиеті</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9508" marR="9508" marT="9951" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t>4</a:t>
                       </a:r>
@@ -11896,144 +12224,137 @@
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike">
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t>11</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9508" marR="9508" marT="9951" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>Творческий </a:t>
+                        <a:t>Шығармашылық</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9508" marR="9508" marT="9951" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>Творческий</a:t>
-[...6 lines deleted...]
-                        <a:t> </a:t>
+                        <a:t>Шығармашылық</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="0" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9508" marR="9508" marT="9951" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t>19</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="1" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9508" marR="9508" marT="9951" marB="0" anchor="b"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10011"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="312447">
                 <a:tc gridSpan="3">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="b"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="2000" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="7030A0"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>Всего</a:t>
+                        <a:t>Барлығы</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="1" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="7030A0"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Palatino Linotype" panose="02040502050505030304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="9508" marR="9508" marT="9951" marB="0" anchor="b">
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="20000"/>
                         <a:lumOff val="80000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="ru-RU"/>
@@ -12081,933 +12402,104 @@
                       <a:schemeClr val="accent1">
                         <a:lumMod val="20000"/>
                         <a:lumOff val="80000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10012"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="TextBox 12"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="5471617"/>
-            <a:ext cx="12169773" cy="1692771"/>
+            <a:off x="2" y="5942587"/>
+            <a:ext cx="12169773" cy="1169551"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1400" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1F497D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Лица, имеющие международные сертификаты</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1300" dirty="0" smtClean="0">
+              <a:t>TOEFL ITP (ТОЙФЛ АЙТИПИ) - кемінде 310 балл, TOEFL (ТОЙФЛ) шекті балл –567 баллдан кем емес, International English Language Tests System (Интернашнал Инглиш Лангудж Тестс Систем (IELTS (АЙЛТС), шекті балл – 6.0 баллдан кем емес, халықаралық сертификаттары бар адамдар қалауы бойынша «Шет тілі (ағылшын)» бейіндік пәнінен тестілеу тапсырудан босатылады. Білім беру грантын беру конкурсына қатысуда, сондай-ақ ЖОО-ға ақылы негізде оқуға қабылдау кезінде бұл тұлғалар үшін «Шет тілі (ағылшын)» бейіндік пәнінен </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" kern="1200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="1F497D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>, </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1300" dirty="0">
+              <a:t>45 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1F497D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>по желанию освобождаются от сдачи профильного предмета или специальной дисциплины «Иностранный язык (английский)» по английскому языку: </a:t>
-[...834 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1300" dirty="0">
+              <a:t>балл деп есептеледі.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="1F497D"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Прямоугольник 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4" y="6"/>
             <a:ext cx="12169775" cy="924298"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent4">
               <a:lumMod val="75000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln>
@@ -13015,82 +12507,82 @@
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
               <a:solidFill>
-                <a:prstClr val="white"/>
+                <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
-                  <a:prstClr val="white"/>
-[...3 lines deleted...]
-              <a:t>КОМБИАНЦИЯ ПРОФИЛЬНЫХ ПРЕДМЕТОВ ЕНТ</a:t>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ҰБТ БЕЙІНДІК ПӘНДЕР КОМБИНАЦИЯЛАРЫ</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
               <a:solidFill>
-                <a:prstClr val="white"/>
+                <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1836884118"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2816293662"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -13140,61 +12632,1946 @@
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ПРОДОЛЖИТЕЛЬНОСТЬ ЕНТ</a:t>
-            </a:r>
+              <a:t>ҰБТ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ҰЗАҚТЫҒЫ </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="44" name="Группа 43"/>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="413248" y="1345622"/>
+            <a:ext cx="11470077" cy="2399188"/>
+            <a:chOff x="309934" y="1009216"/>
+            <a:chExt cx="8602558" cy="1799391"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="45" name="Прямая соединительная линия 44"/>
+            <p:cNvCxnSpPr/>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="784291" y="1333252"/>
+              <a:ext cx="8108953" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="19050"/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="46" name="Овал 45"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="426373" y="1009216"/>
+              <a:ext cx="684076" cy="648072"/>
+            </a:xfrm>
+            <a:prstGeom prst="ellipse">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln>
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="ru-RU" sz="1100" b="1" dirty="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="47" name="Овал 46"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="1669536" y="1081224"/>
+              <a:ext cx="504056" cy="504056"/>
+            </a:xfrm>
+            <a:prstGeom prst="ellipse">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln>
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="ru-RU"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="48" name="TextBox 47"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="443249" y="1061507"/>
+              <a:ext cx="579727" cy="484748"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>09:00/</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:r>
+                <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>14:00</a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="49" name="TextBox 48"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="309934" y="1852804"/>
+              <a:ext cx="1016004" cy="507831"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1900" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx2">
+                      <a:lumMod val="75000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>ҰБТ-</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1900" b="1" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx2">
+                      <a:lumMod val="75000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>ның</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1900" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx2">
+                      <a:lumMod val="75000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1900" b="1" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx2">
+                      <a:lumMod val="75000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>басталуы</a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" sz="1900" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="50" name="TextBox 49"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="1671444" y="1144428"/>
+              <a:ext cx="506389" cy="415499"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1500" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>10:00/</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:r>
+                <a:rPr lang="kk-KZ" sz="1500" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>15:00</a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="51" name="TextBox 50"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="1387975" y="1683527"/>
+              <a:ext cx="1118611" cy="415499"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1500" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx2">
+                      <a:lumMod val="75000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>2-минуттық </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1500" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx2">
+                      <a:lumMod val="75000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>үзіліс</a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" sz="1500" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="52" name="Овал 51"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="2732679" y="1081224"/>
+              <a:ext cx="504056" cy="504056"/>
+            </a:xfrm>
+            <a:prstGeom prst="ellipse">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln>
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="ru-RU"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="53" name="TextBox 52"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="2734674" y="1155497"/>
+              <a:ext cx="506389" cy="415499"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1500" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>10:02/</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:r>
+                <a:rPr lang="kk-KZ" sz="1500" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>15:02</a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="54" name="TextBox 53"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="2405242" y="1676214"/>
+              <a:ext cx="1158929" cy="415499"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1500" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx2">
+                      <a:lumMod val="75000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>ҰБТ-</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1500" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx2">
+                      <a:lumMod val="75000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>ның</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1500" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx2">
+                      <a:lumMod val="75000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1500" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx2">
+                      <a:lumMod val="75000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>жалғасуы</a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" sz="1500" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="55" name="Овал 54"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="5038985" y="1081224"/>
+              <a:ext cx="504056" cy="504056"/>
+            </a:xfrm>
+            <a:prstGeom prst="ellipse">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln>
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="ru-RU" sz="1100" b="1" dirty="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="56" name="Овал 55"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6102128" y="1081224"/>
+              <a:ext cx="504056" cy="504056"/>
+            </a:xfrm>
+            <a:prstGeom prst="ellipse">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln>
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="ru-RU"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="57" name="TextBox 56"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="5040980" y="1141178"/>
+              <a:ext cx="506389" cy="415499"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1500" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>11:15/</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:r>
+                <a:rPr lang="kk-KZ" sz="1500" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>16:15</a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="58" name="TextBox 57"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6103125" y="1137125"/>
+              <a:ext cx="506389" cy="415499"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1500" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>12:15/</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:r>
+                <a:rPr lang="kk-KZ" sz="1500" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>17:15</a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="59" name="Овал 58"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7165271" y="1081224"/>
+              <a:ext cx="504056" cy="504056"/>
+            </a:xfrm>
+            <a:prstGeom prst="ellipse">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln>
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="ru-RU"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="60" name="TextBox 59"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7166844" y="1145231"/>
+              <a:ext cx="506389" cy="415499"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1500" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>12</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1500" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>:18/</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:r>
+                <a:rPr lang="kk-KZ" sz="1500" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>17:18</a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="61" name="Овал 60"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="8228416" y="1009216"/>
+              <a:ext cx="684076" cy="648072"/>
+            </a:xfrm>
+            <a:prstGeom prst="ellipse">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln>
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="ru-RU" sz="1100" b="1" dirty="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="62" name="TextBox 61"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="8313517" y="1109804"/>
+              <a:ext cx="579727" cy="484748"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>13:00/</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:r>
+                <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>18:00</a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="63" name="TextBox 62"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="5794850" y="1657288"/>
+              <a:ext cx="1118611" cy="430887"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1500" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx2">
+                      <a:lumMod val="75000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>3-минутный перерыв</a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" sz="1500" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="64" name="Овал 63"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="3795822" y="1028142"/>
+              <a:ext cx="684076" cy="648072"/>
+            </a:xfrm>
+            <a:prstGeom prst="ellipse">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln>
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="ru-RU" sz="1100" b="1" dirty="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="65" name="TextBox 64"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="3813176" y="1127546"/>
+              <a:ext cx="579727" cy="484748"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>11:00/</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:r>
+                <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>16:00</a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="66" name="TextBox 65"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="3399683" y="1852804"/>
+              <a:ext cx="1476353" cy="507831"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1900" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx2">
+                      <a:lumMod val="75000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>15-минуттық </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1900" b="1" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx2">
+                      <a:lumMod val="75000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>үзіліс</a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" sz="1900" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="67" name="Равнобедренный треугольник 66"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm rot="10800000" flipV="1">
+              <a:off x="1452190" y="2374909"/>
+              <a:ext cx="6177818" cy="432048"/>
+            </a:xfrm>
+            <a:prstGeom prst="triangle">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent5">
+                <a:lumMod val="40000"/>
+                <a:lumOff val="60000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:solidFill>
+                <a:schemeClr val="accent5">
+                  <a:lumMod val="40000"/>
+                  <a:lumOff val="60000"/>
+                </a:schemeClr>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="ru-RU"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="68" name="TextBox 67"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="3813176" y="2427734"/>
+              <a:ext cx="1427314" cy="380873"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>240 минут</a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" sz="2700" b="1" dirty="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="69" name="Группа 68"/>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="659264" y="3995898"/>
+            <a:ext cx="6062045" cy="2301666"/>
+            <a:chOff x="494445" y="2996923"/>
+            <a:chExt cx="4546534" cy="1726249"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="70" name="Прямая соединительная линия 69"/>
+            <p:cNvCxnSpPr/>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm flipH="1">
+              <a:off x="951452" y="3332499"/>
+              <a:ext cx="3469512" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="19050"/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="71" name="Овал 70"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="494445" y="3068931"/>
+              <a:ext cx="504056" cy="504056"/>
+            </a:xfrm>
+            <a:prstGeom prst="ellipse">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln>
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="ru-RU"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="72" name="TextBox 71"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="496440" y="3148273"/>
+              <a:ext cx="506389" cy="415498"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1500" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>13:00/</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:r>
+                <a:rPr lang="kk-KZ" sz="1500" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>18:00</a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="73" name="Овал 72"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="2114638" y="2996923"/>
+              <a:ext cx="684076" cy="648072"/>
+            </a:xfrm>
+            <a:prstGeom prst="ellipse">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln>
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="ru-RU" sz="1100" b="1" dirty="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="74" name="TextBox 73"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="2133510" y="3079022"/>
+              <a:ext cx="579727" cy="484748"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>13:05/</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:r>
+                <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>18:05</a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="75" name="TextBox 74"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="1669536" y="3835141"/>
+              <a:ext cx="1567199" cy="507831"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1900" b="1" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx2">
+                      <a:lumMod val="75000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>Апелляцияның</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1900" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx2">
+                      <a:lumMod val="75000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1900" b="1" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx2">
+                      <a:lumMod val="75000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>басталуы</a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" sz="1900" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="76" name="Овал 75"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="3914850" y="2996923"/>
+              <a:ext cx="684076" cy="648072"/>
+            </a:xfrm>
+            <a:prstGeom prst="ellipse">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln>
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="ru-RU" sz="1100" b="1" dirty="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="77" name="TextBox 76"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="3961370" y="3068931"/>
+              <a:ext cx="579727" cy="484748"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>13:35/</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:r>
+                <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>18:35</a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="78" name="TextBox 77"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="3399682" y="3835141"/>
+              <a:ext cx="1641297" cy="523220"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1900" b="1" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:schemeClr val="tx2">
+                      <a:lumMod val="75000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>Апелляцияның</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1900" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx2">
+                      <a:lumMod val="75000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1900" b="1" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx2">
+                      <a:lumMod val="75000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>аяқталуы</a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" sz="1900" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="79" name="Равнобедренный треугольник 78"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm rot="10800000" flipV="1">
+              <a:off x="1905640" y="4299942"/>
+              <a:ext cx="2870672" cy="412865"/>
+            </a:xfrm>
+            <a:prstGeom prst="triangle">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent5">
+                <a:lumMod val="40000"/>
+                <a:lumOff val="60000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:solidFill>
+                <a:schemeClr val="accent5">
+                  <a:lumMod val="40000"/>
+                  <a:lumOff val="60000"/>
+                </a:schemeClr>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="ru-RU"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="80" name="TextBox 79"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="2677172" y="4342299"/>
+              <a:ext cx="1297471" cy="380873"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
+                  <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>30 минут</a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" sz="2700" b="1" dirty="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="81" name="Скругленный прямоугольник 80"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7551635" y="4005068"/>
+            <a:ext cx="3744416" cy="1785364"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent5"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent5"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="121917" tIns="60958" rIns="121917" bIns="60958" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="82" name="TextBox 81"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7727163" y="4197698"/>
             <a:ext cx="3393361" cy="1000270"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="121917" tIns="60958" rIns="121917" bIns="60958" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -13249,2041 +14626,50 @@
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>27</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>0</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> минут</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
-              </a:solidFill>
-[...1989 lines deleted...]
-                </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="163458692"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
@@ -15335,51 +14721,51 @@
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ПРОДОЛЖИТЕЛЬНОСТЬ ЕНТ</a:t>
+              <a:t>ҰБТ ҰЗАҚТЫҒЫ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="327546" y="1381842"/>
             <a:ext cx="11668836" cy="4827890"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -15506,252 +14892,164 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="5180305" indent="-304724" algn="l" defTabSz="1218895" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="2700" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0">
-[...24 lines deleted...]
-              <a:t>)</a:t>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Тестілеу уақыты – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>240 минут</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2400" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" i="1" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1600" i="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>По истечении 60 минут тестирования осуществляется упражнения для глаз и физических упражнений перерыв в объеме 2 минут.</a:t>
+              <a:t>Тестілеудің 60 минуты өткеннен кейін көзге арналған жаттығуларға және дене жаттығуларына арналған 2 минут көлемінде үзіліс беріледі.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" i="1" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1600" i="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>По истечении 120 минут тестирования предоставляется перерыв в объеме 15 минут</a:t>
-[...8 lines deleted...]
-              <a:t>.</a:t>
+              <a:t> Тестілеудің 120 минуты өткеннен кейін 15 минут көлемінде үзіліс беріледі;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" i="1" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1600" i="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>По истечении </a:t>
-[...35 lines deleted...]
-              <a:t>минут.</a:t>
+              <a:t>Тестілеудің 180 минуты өткеннен кейін көзге арналған жаттығуларға және дене жаттығуларына арналған 3 минут көлемінде үзіліс беріледі.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
-[...25 lines deleted...]
-              <a:t> минут.</a:t>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Шығармашылық дайындықты талап ететін білім беру бағдарламалары топтарының түсушілеріне – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>65 минут.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
-[...25 lines deleted...]
-              <a:t>).</a:t>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Қысқартылған оқыту мерзімдерін көздейтін білім беру бағдарламалары бойынша оқуға түсушілер үшін – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>120 минут (2 сағат).</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
-[...21 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Шығармашылық дайындықты талап ететін, қысқартылған оқыту мерзімдерін көздейтін білім беру бағдарламаларының ұқсас бағыттарына оқуға түсушілер үшін – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>80 минут</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" sz="2000" dirty="0">
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3191699375"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
@@ -15795,581 +15093,674 @@
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ЗАПРЕЩЕННЫЕ ДЛЯ ПРОНОСА ПРЕДМЕТЫ</a:t>
-            </a:r>
+              <a:t>ҰБТ-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дағы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> ТЫЙЫМ САЛЫНҒАН ЗАТТАР</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="28" name="Picture 3" descr="C:\Users\magzhan\Desktop\Новая папка\images (1).jpg"/>
+          <p:cNvPr id="3" name="Picture 3" descr="C:\Users\magzhan\Desktop\Новая папка\images (1).jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1041159" y="2315926"/>
-            <a:ext cx="930004" cy="930004"/>
+            <a:off x="1334063" y="3655906"/>
+            <a:ext cx="718376" cy="718376"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="29" name="Picture 2" descr="C:\Users\magzhan\Desktop\Новая папка\Без названия (1).jpg"/>
+          <p:cNvPr id="4" name="Picture 2" descr="C:\Users\magzhan\Desktop\Новая папка\Без названия (1).jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="644248" y="1256334"/>
-            <a:ext cx="720000" cy="723214"/>
+            <a:off x="350684" y="1061914"/>
+            <a:ext cx="720000" cy="723215"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="30" name="TextBox 29"/>
+          <p:cNvPr id="5" name="TextBox 4"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1513293" y="1316536"/>
-            <a:ext cx="9937104" cy="677108"/>
+            <a:off x="1321988" y="1061914"/>
+            <a:ext cx="10576623" cy="623248"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
+          <a:bodyPr wrap="square" lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0">
-[...4 lines deleted...]
-            </a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>АҚПАРАТТАРДЫ ТАСЫМАЛДАУ ФУНКЦИЯСЫМЕН ЖАБДЫҚТАЛҒАН КЕЗ КЕЛГЕН ҰЯЛЫ БАЙЛАНЫС ҚҰРАЛДАРЫН (ПЕЙДЖЕР, ҰЯЛЫ ТЕЛЕФОНДАР, ПЛАНШЕТТЕР)</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="31" name="TextBox 30"/>
+          <p:cNvPr id="6" name="TextBox 5"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1957921" y="2544255"/>
-            <a:ext cx="7875290" cy="369332"/>
+            <a:off x="2238864" y="3624284"/>
+            <a:ext cx="7958178" cy="346169"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
+          <a:bodyPr wrap="square" lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0">
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>НОУТБУКИ, ПЛЕЙЕРЫ, МОДЕМЫ (МОБИЛЬНЫЕ РОУТЕРЫ)</a:t>
-            </a:r>
+              <a:t>НОУТБУКТЕР, ПЛЕЙЕРЛЕР, МОДЕМДЕР (МОБИЛЬДІ РОУТЕРЛЕР)</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="32" name="TextBox 31"/>
+          <p:cNvPr id="7" name="TextBox 6"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2335012" y="3515216"/>
-            <a:ext cx="8888592" cy="677108"/>
+            <a:off x="1891175" y="2297274"/>
+            <a:ext cx="9881446" cy="623248"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
+          <a:bodyPr wrap="square" lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0">
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ЛЮБЫЕ ВИДЫ РАДИО-ЭЛЕКТРОННОЙ СВЯЗИ (</a:t>
-[...3 lines deleted...]
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:t>РАДИО-ЭЛЕКТРОНДЫҚ БАЙЛАНЫСТЫҢ БАРЛЫҚ ТҮРЛЕРІ, ОНЫҢ ІШІНДЕ (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>WI-FI, BLUETOOTH, DECT, 3G, </a:t>
+              <a:t>WI-FI (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ВАЙ-ФАЙ), </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" smtClean="0">
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>4G</a:t>
-[...3 lines deleted...]
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:t>BLUETOOTH (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>, </a:t>
+              <a:t>БЛЮТУЗ), </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" smtClean="0">
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>5G</a:t>
+              <a:t>DECT (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>)</a:t>
+              <a:t>ДЕКТ), 3</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>G (3 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ДЖИ), 4</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>G (4 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ДЖИ), 5</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>G (5 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ДЖИ)</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="33" name="TextBox 32"/>
+          <p:cNvPr id="8" name="TextBox 7"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3100352" y="4539625"/>
-            <a:ext cx="7875290" cy="369332"/>
+            <a:off x="2972621" y="4634849"/>
+            <a:ext cx="8015396" cy="346169"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
+          <a:bodyPr wrap="square" lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0">
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>НАУШНИКИ ПРОВОДНЫЕ, БЕСПРОВОДНЫЕ И ПРОЧИЕ</a:t>
-            </a:r>
+              <a:t>СМАРТ САҒАТТАР, СЫМДЫ ЖӘНЕ СЫМСЫЗ ҚҰЛАҚҚАПТАР</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="34" name="TextBox 33"/>
+          <p:cNvPr id="9" name="TextBox 8"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3965356" y="5422835"/>
-            <a:ext cx="7875290" cy="369332"/>
+            <a:off x="3684899" y="5415514"/>
+            <a:ext cx="8087725" cy="346169"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
+          <a:bodyPr wrap="square" lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0">
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ШПАРГАЛКИ, УЧЕБНИКИ И МЕТОДИЧЕСКАЯ ЛИТЕРАТУРА</a:t>
-            </a:r>
+              <a:t>ШПАРГАЛКАЛАР</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, ОҚУЛЫҚТАР ЖӘНЕ ӘДІСТЕМЕЛІК ҚҰРАЛДАР</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="35" name="TextBox 34"/>
+          <p:cNvPr id="10" name="TextBox 9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4574561" y="6198855"/>
-            <a:ext cx="7414982" cy="830997"/>
+            <a:off x="4189865" y="6261442"/>
+            <a:ext cx="7979909" cy="931024"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
+          <a:bodyPr wrap="square" lIns="68580" tIns="34290" rIns="68580" bIns="34290" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>КАЛЬКУЛЯТОРЫ</a:t>
+              <a:t>КАЛЬКУЛЯТОРЛАР</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1200" i="1" dirty="0" smtClean="0">
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="kk-KZ" sz="1600" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Примечание: Калькулятор, таблицы Менделеева и растворимости солей </a:t>
-[...5 lines deleted...]
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:t>Тестілеу </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" i="1" dirty="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>будут установлены на компьютере.</a:t>
-[...2 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:t>өткізілетін компьютердің интерфейсіндегі калькуляторларды, Менделеев кестесін және тұздардың ерігіштігі кестесін пайдалануға рұқсат етіледі</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" i="1" dirty="0">
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="36" name="Picture 6"/>
+          <p:cNvPr id="11" name="Picture 6"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="2341312" y="4427298"/>
+            <a:off x="1920977" y="4593515"/>
             <a:ext cx="759040" cy="716871"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="37" name="Picture 7"/>
+          <p:cNvPr id="12" name="Picture 7"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="3002501" y="5307298"/>
-            <a:ext cx="994587" cy="798845"/>
+            <a:off x="2582888" y="5472921"/>
+            <a:ext cx="837703" cy="701561"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="38" name="Picture 8"/>
+          <p:cNvPr id="13" name="Picture 8"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="3720409" y="6188749"/>
-            <a:ext cx="738619" cy="745522"/>
+            <a:off x="3161676" y="6365064"/>
+            <a:ext cx="837118" cy="745522"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="39" name="Рисунок 38"/>
+          <p:cNvPr id="14" name="Рисунок 13"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId7" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1626159" y="3532443"/>
+            <a:off x="828303" y="2441293"/>
             <a:ext cx="708853" cy="708853"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4172738808"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
@@ -16421,111 +15812,271 @@
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ЕДИНОЕ НАЦИОНАЛЬНОЕ ТЕСТИРОВАНИЕ</a:t>
+              <a:t>ҰЛТТЫҚ БІРЫҢҒАЙ ТЕСТІЛЕУ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Прямоугольник 1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3204567" y="2427238"/>
             <a:ext cx="8856984" cy="2677656"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
-              <a:t>Если Вы нарушили правила при </a:t>
+              <a:t>ҰБТ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>тапсырудың</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> 1-ші </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>мүмкіндігіңізде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>тәртіп</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>бұзған</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
-              <a:t>1-й </a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>болсаңыз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
-              <a:t>попытке ЕНТ, Вам не предоставляется 2-я попытка;</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>екінші</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>мүмкіндік</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>берілмейді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
           </a:p>
           <a:p>
             <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>ҰБТ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>тапсырудың</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
-              <a:t>Если Вы нарушили правила во время 2-й попытки, тогда Вы не можете участвовать с результатом 1-й попытки в </a:t>
+              <a:t>2-ші </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>мүмкіндігіңізде</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
-              <a:t>конкурсе на присуждение </a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>тәртіп</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>бұзған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>болсаңыз</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
-              <a:t>образовательного гранта!</a:t>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>Сіз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> 1-ші </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>мүмкіндігіңіздің</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>нәтижесімен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> грант </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>тағайындау</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>конкурсына</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>қатысу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>құқығынан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>айырыласыз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>!</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1026" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
@@ -16614,213 +16165,396 @@
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3902069" y="320392"/>
             <a:ext cx="8159482" cy="1200286"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91397" tIns="45699" rIns="91397" bIns="45699" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Тестирование будет проводиться в 51 пункте </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+              <a:t>Тестілеу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>UStudy</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>, оснащенных по принципу </a:t>
-[...5 lines deleted...]
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+              <a:t>бір</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>«1 тестируемый –1 компьютер – 1 камера».</a:t>
-[...9 lines deleted...]
-            </a:endParaRPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>тестіленуші</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>бір</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> компьютер – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>бір</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> камера" </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>принципі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>бойынша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>компьютерлермен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>жабдықталған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>U-FUTURE» </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ЖШС-да </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>өткізіледі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="TextBox 5"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3953021" y="5166370"/>
             <a:ext cx="8216754" cy="1569618"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91397" tIns="45699" rIns="91397" bIns="45699" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0">
+              <a:rPr lang="kk-KZ" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>4   </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+              <a:t>4 пункт - республикалық маңызы бар қалаларда; </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>пункта в городах республиканского значения;</a:t>
+              <a:t>14  пункт - облыстық орталықтарында; </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>14 пунктов в областных центрах;</a:t>
+              <a:t>4    пункт - моноқалаларда;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>4   пункта в моногородах;</a:t>
-[...24 lines deleted...]
-            </a:endParaRPr>
+              <a:t>29   пункт - аудан орталықтарында.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Picture 4" descr="C:\Users\i.magzhan\Desktop\ГОТОВНОСТЬ\отпр\608+++\WhatsApp Image 2021-04-03 at 15.33.38 (2).jpeg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
@@ -17122,73 +16856,73 @@
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ЕДИНОЕ НАЦИОНАЛЬНОЕ ТЕСТИРОВАНИЕ</a:t>
+              <a:t>ҰЛТТЫҚ БІРЫҢҒАЙ ТЕСТІЛЕУ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="3" name="Группа 2"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="1270835" y="1053286"/>
-            <a:ext cx="9650328" cy="4374647"/>
+            <a:ext cx="9650328" cy="4613010"/>
             <a:chOff x="-270324" y="935666"/>
-            <a:chExt cx="9649072" cy="4375660"/>
+            <a:chExt cx="9649072" cy="4614079"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="4" name="Прямоугольник 3">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F65CAB3-8DED-41AD-AF86-26CA05225718}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="2970036" y="935666"/>
               <a:ext cx="3166731" cy="646331"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
@@ -17226,275 +16960,1893 @@
                 </a:rPr>
                 <a:t>АПЕЛЛЯЦИЯ</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" sz="3600" b="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C0504D">
                     <a:lumMod val="75000"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="5" name="Группа 17"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="-270324" y="3063382"/>
-              <a:ext cx="9649072" cy="2247944"/>
+              <a:ext cx="9649072" cy="2486363"/>
               <a:chOff x="-324544" y="3063382"/>
-              <a:chExt cx="9649072" cy="2247944"/>
+              <a:chExt cx="9649072" cy="2486363"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="14" name="Скругленный прямоугольник 13">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C0489A6B-C36E-4660-A937-242551757631}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="4644008" y="3063382"/>
-                <a:ext cx="4680520" cy="2247944"/>
+                <a:ext cx="4680520" cy="2486363"/>
               </a:xfrm>
               <a:prstGeom prst="roundRect">
                 <a:avLst/>
               </a:prstGeom>
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="95000"/>
                 </a:schemeClr>
               </a:solidFill>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="square">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
-                <a:pPr marL="171450" indent="-171450" algn="just" defTabSz="914310">
+                <a:pPr marL="171450" indent="-171450" algn="just" defTabSz="914310" hangingPunct="1">
                   <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
                   <a:buChar char="v"/>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
                     <a:solidFill>
                       <a:srgbClr val="1F497D"/>
                     </a:solidFill>
                     <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                   </a:rPr>
-                  <a:t>Апелляция по техническим причинам подается во время тестирования. </a:t>
+                  <a:t>Техникалық</a:t>
                 </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>себептер</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>бойынша</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>апелляцияға</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>өтінішті</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>түсуші</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>тестілеу</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>кезінде</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>береді</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>.</a:t>
+                </a:r>
+                <a:endParaRPr lang="ru-RU" sz="1400" kern="1200" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                </a:endParaRPr>
               </a:p>
               <a:p>
-                <a:pPr marL="171450" indent="-171450" algn="just" defTabSz="914310">
+                <a:pPr marL="171450" indent="-171450" algn="just" defTabSz="914310" hangingPunct="1">
                   <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
                   <a:buChar char="v"/>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
                     <a:solidFill>
                       <a:srgbClr val="1F497D"/>
                     </a:solidFill>
                     <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                   </a:rPr>
-                  <a:t>Если </a:t>
+                  <a:t>Түсуші</a:t>
                 </a:r>
                 <a:r>
-                  <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
                     <a:solidFill>
                       <a:srgbClr val="1F497D"/>
                     </a:solidFill>
                     <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                   </a:rPr>
-                  <a:t>отсутствует фрагмент условия задания (текст, схемы, рисунки, таблицы) в результате, которого невозможно определить правильный ответ.</a:t>
+                  <a:t> тест </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>тапсырмасының</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>шартында</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>дұрыс</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>жауапты</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>анықтауға</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>қажетті</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>фрагменттің</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> (</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>мәтін</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>, </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>сызбалар</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>, </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>суреттер</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>, </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>кестелер</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>) </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>жоқтығын</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>анықтаған</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>жағдайда</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>экрандағы</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> «</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>техникалық</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> апелляция» </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>қосымшасына</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>белгі</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>қояды</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>.</a:t>
                 </a:r>
               </a:p>
               <a:p>
-                <a:pPr marL="171450" indent="-171450" algn="just" defTabSz="914310">
+                <a:pPr marL="171450" indent="-171450" algn="just" defTabSz="914310" hangingPunct="1">
                   <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
                   <a:buChar char="v"/>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1" smtClean="0">
                     <a:solidFill>
                       <a:srgbClr val="1F497D"/>
                     </a:solidFill>
                     <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                   </a:rPr>
-                  <a:t>При </a:t>
+                  <a:t>Техникалық</a:t>
                 </a:r>
                 <a:r>
-                  <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" smtClean="0">
                     <a:solidFill>
                       <a:srgbClr val="1F497D"/>
                     </a:solidFill>
                     <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                   </a:rPr>
-                  <a:t>подаче заявления по техническим причинам программа фиксирует ошибку (делает скриншот</a:t>
+                  <a:t> </a:t>
                 </a:r>
                 <a:r>
-                  <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
                     <a:solidFill>
                       <a:srgbClr val="1F497D"/>
                     </a:solidFill>
                     <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>себептерге</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>байланысты</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>өтініш</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>берген</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>кезде</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>бағдарлама</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>қатені</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1" smtClean="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>анықтайды</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" smtClean="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>(скриншот </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>жасайды</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" smtClean="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                   </a:rPr>
                   <a:t>).</a:t>
                 </a:r>
-                <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
-[...5 lines deleted...]
-                </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="15" name="Скругленный прямоугольник 14">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C0489A6B-C36E-4660-A937-242551757631}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="-324544" y="3063382"/>
-                <a:ext cx="4680000" cy="2009527"/>
+                <a:ext cx="4680000" cy="2486363"/>
               </a:xfrm>
               <a:prstGeom prst="roundRect">
                 <a:avLst/>
               </a:prstGeom>
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="95000"/>
                 </a:schemeClr>
               </a:solidFill>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="square">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
-                <a:pPr marL="171450" indent="-171450" algn="just" defTabSz="914310">
+                <a:pPr marL="171450" indent="-171450" algn="just" defTabSz="914310" hangingPunct="1">
                   <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
                   <a:buChar char="v"/>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
                     <a:solidFill>
                       <a:srgbClr val="1F497D"/>
                     </a:solidFill>
                     <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                   </a:rPr>
-                  <a:t>Если правильный ответ не совпадает с кодом правильных ответов, отсутствует правильный ответ, имеется более одного правильного ответа в тестовых заданиях с выбором одного правильного ответа из всех предложенных, некорректно составленное тестовое задание.</a:t>
+                  <a:t>Тест </a:t>
                 </a:r>
-              </a:p>
-[...4 lines deleted...]
-                </a:pPr>
                 <a:r>
-                  <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
                     <a:solidFill>
                       <a:srgbClr val="1F497D"/>
                     </a:solidFill>
                     <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                   </a:rPr>
-                  <a:t>Подача заявлении на апелляцию по содержанию в течение 30 </a:t>
+                  <a:t>тапсырмаларының</a:t>
                 </a:r>
                 <a:r>
-                  <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
-[...29 lines deleted...]
-                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" smtClean="0">
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
                     <a:solidFill>
                       <a:srgbClr val="1F497D"/>
                     </a:solidFill>
                     <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                   </a:rPr>
                   <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>мазмұны</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>бойынша</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> апелляция </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>дұрыс</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>жауап</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>дұрыс</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>жауаптар</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>кодымен</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>сәйкес</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>келмеген</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>, </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>дұрыс</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>жауап</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>болмаған</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>, </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>бір</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>дұрыс</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>жауапты</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>таңдауға</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>арналған</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> тест </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>тапсырмаларында</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>бірден</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>көп</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>дұрыс</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>жауап</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>болған</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>, тест </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>тапсырмасы</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>дұрыс</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>құрылмаған</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>жағдайларда</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>қарастырылады</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="kk-KZ" sz="1400" kern="1200" dirty="0" smtClean="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>.</a:t>
+                </a:r>
+              </a:p>
+              <a:p>
+                <a:pPr marL="171450" indent="-171450" algn="just" defTabSz="914310" hangingPunct="1">
+                  <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+                  <a:buChar char="v"/>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>Апелляцияға</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> тест </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>тапсырмаларының</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>мазмұны</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>бойынша</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>өтініш</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>тестілеу</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>аяқталғаннан</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>кейін</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> 30 минут </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>аралығында</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>беріледі</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1F497D"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>. </a:t>
                 </a:r>
                 <a:endParaRPr lang="kk-KZ" sz="1400" kern="1200" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="1F497D"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                   <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                 </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="6" name="Группа 6"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="377748" y="2089535"/>
               <a:ext cx="8280921" cy="646481"/>
               <a:chOff x="216289" y="2089535"/>
               <a:chExt cx="8280921" cy="646481"/>
@@ -17511,108 +18863,126 @@
               </p:cNvPr>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="216289" y="2089535"/>
                 <a:ext cx="3662768" cy="646481"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:solidFill>
                 <a:schemeClr val="tx2">
                   <a:lumMod val="60000"/>
                   <a:lumOff val="40000"/>
                 </a:schemeClr>
               </a:solidFill>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="square">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
-                <a:pPr algn="ctr" defTabSz="914310"/>
+                <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
                 <a:r>
-                  <a:rPr lang="kk-KZ" sz="1800" b="1" dirty="0">
+                  <a:rPr lang="kk-KZ" sz="1800" b="1" kern="1200" dirty="0" smtClean="0">
                     <a:solidFill>
                       <a:prstClr val="white"/>
                     </a:solidFill>
                     <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                   </a:rPr>
-                  <a:t>ПО СОДЕРЖАНИЮ ТЕСТОВЫХ ЗАДАНИЙ</a:t>
+                  <a:t>ТЕСТ ТАПСЫРМАЛАРЫНЫҢ МАЗМҰНЫ БОЙЫНША</a:t>
                 </a:r>
+                <a:endParaRPr lang="ru-RU" sz="1800" b="1" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:prstClr val="white"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="13" name="Прямоугольник 12">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C0489A6B-C36E-4660-A937-242551757631}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="4870016" y="2089535"/>
                 <a:ext cx="3627194" cy="646481"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:solidFill>
                 <a:schemeClr val="tx2">
                   <a:lumMod val="60000"/>
                   <a:lumOff val="40000"/>
                 </a:schemeClr>
               </a:solidFill>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="square">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
-                <a:pPr algn="ctr" defTabSz="914310"/>
+                <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
                 <a:r>
-                  <a:rPr lang="kk-KZ" sz="1800" b="1" dirty="0">
+                  <a:rPr lang="kk-KZ" sz="1800" b="1" kern="1200" dirty="0" smtClean="0">
                     <a:solidFill>
                       <a:prstClr val="white"/>
                     </a:solidFill>
                     <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                   </a:rPr>
-                  <a:t>ПО ТЕХНИЧЕСКИМ ПРИЧИНАМ</a:t>
+                  <a:t>ТЕХНИКАЛЫҚ СЕБЕП БОЙЫНША</a:t>
                 </a:r>
+                <a:endParaRPr lang="ru-RU" sz="1800" b="1" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:prstClr val="white"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="7" name="Группа 15"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="3370139" y="1582031"/>
               <a:ext cx="2403722" cy="361747"/>
               <a:chOff x="3424439" y="1582031"/>
               <a:chExt cx="2403722" cy="361747"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:cxnSp>
             <p:nvCxnSpPr>
               <p:cNvPr id="10" name="Прямая со стрелкой 9"/>
               <p:cNvCxnSpPr/>
               <p:nvPr/>
             </p:nvCxnSpPr>
             <p:spPr>
@@ -17786,90 +19156,343 @@
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
               <a:endParaRPr lang="ru-RU" sz="2800" kern="1200">
                 <a:solidFill>
                   <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Прямоугольник 15"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1446663" y="5942547"/>
-            <a:ext cx="9678784" cy="830997"/>
+            <a:ext cx="9376012" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr" defTabSz="914310"/>
-[...1 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0">
+            <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" kern="1200" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="1F497D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>При возникновении ситуации связанных с зависанием или сбоем программы обязательно составляется соответствующий </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+              <a:t>Бағдарламаның</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1F497D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>акт</a:t>
-[...7 lines deleted...]
-            </a:endParaRPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" kern="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>тоқтап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" kern="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>қалуымен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" kern="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>немесе</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" kern="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>істен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" kern="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>шығуымен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" kern="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>байланысты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" kern="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>жағдай</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" kern="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>туындаған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" kern="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>кезде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" kern="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>міндетті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" kern="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>түрде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" kern="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>тиісті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> акт </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" kern="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>жасалынады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3325646853"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
@@ -17911,58 +19534,64 @@
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ЕДИНОЕ НАЦИОНАЛЬНОЕ ТЕСТИРОВАНИЕ</a:t>
-            </a:r>
+              <a:t>ҰЛТТЫҚ БІРЫҢҒАЙ ТЕСТІЛЕУ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="30" name="Группа 29"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="765318" y="1250758"/>
             <a:ext cx="10661131" cy="4256183"/>
             <a:chOff x="766614" y="1730949"/>
             <a:chExt cx="10679211" cy="4075109"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="2" name="Группа 3"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
@@ -18293,76 +19922,85 @@
                   <a:solidFill>
                     <a:schemeClr val="tx1">
                       <a:lumMod val="65000"/>
                       <a:lumOff val="35000"/>
                     </a:schemeClr>
                   </a:solidFill>
                 </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="10" name="TextBox 9">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{45D02C78-B123-4621-9CB5-B3DEA00D7754}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1"/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="4823307" y="3423786"/>
-                <a:ext cx="2566909" cy="924522"/>
+                <a:ext cx="2566909" cy="645697"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="square" rtlCol="0">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="ctr"/>
                 <a:r>
-                  <a:rPr lang="kk-KZ" sz="1900" b="1" i="1" dirty="0">
+                  <a:rPr lang="kk-KZ" sz="1900" b="1" i="1" dirty="0" smtClean="0">
                     <a:solidFill>
                       <a:schemeClr val="accent2">
                         <a:lumMod val="75000"/>
                       </a:schemeClr>
                     </a:solidFill>
                     <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                     <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                   </a:rPr>
-                  <a:t>КОЛИЧЕСТВО КОМПЬЮТЕРОВ И ПОТОКОВ</a:t>
+                  <a:t>КОМПЬЮТЕРЛЕР МЕН ЛЕКТЕР САНЫ</a:t>
                 </a:r>
+                <a:endParaRPr lang="kk-KZ" sz="1900" b="1" i="1" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent2">
+                      <a:lumMod val="75000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:grpSp>
             <p:nvGrpSpPr>
               <p:cNvPr id="3" name="Group 62">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{91B02555-40DE-484D-A7AC-05018CFDBA36}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvGrpSpPr/>
               <p:nvPr/>
             </p:nvGrpSpPr>
             <p:grpSpPr>
               <a:xfrm>
                 <a:off x="7854123" y="2141773"/>
                 <a:ext cx="3282436" cy="1143344"/>
                 <a:chOff x="270022" y="1638320"/>
                 <a:chExt cx="2605242" cy="1154780"/>
               </a:xfrm>
             </p:grpSpPr>
             <p:sp>
               <p:nvSpPr>
@@ -18393,104 +20031,104 @@
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr algn="ctr"/>
                   <a:r>
                     <a:rPr lang="en-US" altLang="ko-KR" sz="1900" b="1" dirty="0" smtClean="0">
                       <a:solidFill>
                         <a:schemeClr val="tx2">
                           <a:lumMod val="75000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                       <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                     </a:rPr>
                     <a:t>25</a:t>
                   </a:r>
                   <a:r>
                     <a:rPr lang="kk-KZ" altLang="ko-KR" sz="1900" b="1" dirty="0" smtClean="0">
                       <a:solidFill>
                         <a:schemeClr val="tx2">
                           <a:lumMod val="75000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                       <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                     </a:rPr>
-                    <a:t> АПРЕЛЬ - 30 ИЮНЬ </a:t>
+                    <a:t> СӘУІР- 30 МАУСЫМ </a:t>
                   </a:r>
                   <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2600" b="1" dirty="0">
                     <a:solidFill>
                       <a:schemeClr val="tx2">
                         <a:lumMod val="75000"/>
                       </a:schemeClr>
                     </a:solidFill>
                     <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                     <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                   </a:endParaRPr>
                 </a:p>
               </p:txBody>
             </p:sp>
             <p:sp>
               <p:nvSpPr>
                 <p:cNvPr id="23" name="TextBox 22">
                   <a:extLst>
                     <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                       <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F3AF67D6-8A8B-45A7-8281-79F99B6A8FE7}"/>
                     </a:ext>
                   </a:extLst>
                 </p:cNvPr>
                 <p:cNvSpPr txBox="1"/>
                 <p:nvPr/>
               </p:nvSpPr>
               <p:spPr>
                 <a:xfrm>
                   <a:off x="270023" y="1638320"/>
-                  <a:ext cx="2605241" cy="503939"/>
+                  <a:ext cx="2605241" cy="296435"/>
                 </a:xfrm>
                 <a:prstGeom prst="rect">
                   <a:avLst/>
                 </a:prstGeom>
                 <a:noFill/>
               </p:spPr>
               <p:txBody>
                 <a:bodyPr wrap="square" rtlCol="0">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr algn="ctr"/>
                   <a:r>
                     <a:rPr lang="kk-KZ" altLang="ko-KR" sz="1400" b="1" dirty="0" smtClean="0">
                       <a:solidFill>
                         <a:schemeClr val="accent2">
                           <a:lumMod val="75000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                       <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                     </a:rPr>
-                    <a:t>СРОКИ ПРОВЕДЕНИЯ ТЕСТИРОВАНИЯ</a:t>
+                    <a:t>ТЕСТІЛЕУ ӨТКІЗУ МЕРЗІМІ</a:t>
                   </a:r>
                   <a:endParaRPr lang="ru-RU" sz="1400" b="1" dirty="0">
                     <a:solidFill>
                       <a:schemeClr val="accent2">
                         <a:lumMod val="75000"/>
                       </a:schemeClr>
                     </a:solidFill>
                     <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                     <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                   </a:endParaRPr>
                 </a:p>
               </p:txBody>
             </p:sp>
           </p:grpSp>
           <p:grpSp>
             <p:nvGrpSpPr>
               <p:cNvPr id="4" name="Group 62">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{91B02555-40DE-484D-A7AC-05018CFDBA36}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvGrpSpPr/>
               <p:nvPr/>
@@ -18549,91 +20187,85 @@
                       <a:schemeClr val="tx2">
                         <a:lumMod val="75000"/>
                       </a:schemeClr>
                     </a:solidFill>
                     <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                     <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                   </a:endParaRPr>
                 </a:p>
               </p:txBody>
             </p:sp>
             <p:sp>
               <p:nvSpPr>
                 <p:cNvPr id="21" name="TextBox 20">
                   <a:extLst>
                     <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                       <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F3AF67D6-8A8B-45A7-8281-79F99B6A8FE7}"/>
                     </a:ext>
                   </a:extLst>
                 </p:cNvPr>
                 <p:cNvSpPr txBox="1"/>
                 <p:nvPr/>
               </p:nvSpPr>
               <p:spPr>
                 <a:xfrm>
                   <a:off x="54325" y="1638321"/>
-                  <a:ext cx="2605241" cy="503938"/>
+                  <a:ext cx="2605241" cy="296435"/>
                 </a:xfrm>
                 <a:prstGeom prst="rect">
                   <a:avLst/>
                 </a:prstGeom>
                 <a:noFill/>
               </p:spPr>
               <p:txBody>
                 <a:bodyPr wrap="square" rtlCol="0">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr algn="ctr"/>
                   <a:r>
-                    <a:rPr lang="kk-KZ" altLang="ko-KR" sz="1400" b="1" dirty="0">
+                    <a:rPr lang="kk-KZ" altLang="ko-KR" sz="1400" b="1" dirty="0" smtClean="0">
                       <a:solidFill>
                         <a:schemeClr val="accent2">
                           <a:lumMod val="75000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                       <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                     </a:rPr>
-                    <a:t>КОЛИЧЕСТВО ПОТОКОВ </a:t>
+                    <a:t>БІР КҮНДЕГІ ЛЕКТЕР САНЫ</a:t>
                   </a:r>
-                </a:p>
-[...13 lines deleted...]
-                  </a:r>
+                  <a:endParaRPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                    <a:solidFill>
+                      <a:schemeClr val="accent2">
+                        <a:lumMod val="75000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:endParaRPr>
                 </a:p>
               </p:txBody>
             </p:sp>
           </p:grpSp>
           <p:grpSp>
             <p:nvGrpSpPr>
               <p:cNvPr id="11" name="Group 62">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{91B02555-40DE-484D-A7AC-05018CFDBA36}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvGrpSpPr/>
               <p:nvPr/>
             </p:nvGrpSpPr>
             <p:grpSpPr>
               <a:xfrm>
                 <a:off x="7854123" y="4422111"/>
                 <a:ext cx="3282436" cy="1116405"/>
                 <a:chOff x="270022" y="1638321"/>
                 <a:chExt cx="2605242" cy="1127571"/>
               </a:xfrm>
             </p:grpSpPr>
             <p:sp>
@@ -18697,61 +20329,70 @@
                       <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F3AF67D6-8A8B-45A7-8281-79F99B6A8FE7}"/>
                     </a:ext>
                   </a:extLst>
                 </p:cNvPr>
                 <p:cNvSpPr txBox="1"/>
                 <p:nvPr/>
               </p:nvSpPr>
               <p:spPr>
                 <a:xfrm>
                   <a:off x="270023" y="1638321"/>
                   <a:ext cx="2605241" cy="296435"/>
                 </a:xfrm>
                 <a:prstGeom prst="rect">
                   <a:avLst/>
                 </a:prstGeom>
                 <a:noFill/>
               </p:spPr>
               <p:txBody>
                 <a:bodyPr wrap="square" rtlCol="0">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr algn="ctr"/>
                   <a:r>
-                    <a:rPr lang="kk-KZ" altLang="ko-KR" sz="1400" b="1" dirty="0">
+                    <a:rPr lang="kk-KZ" altLang="ko-KR" sz="1400" b="1" dirty="0" smtClean="0">
                       <a:solidFill>
                         <a:schemeClr val="accent2">
                           <a:lumMod val="75000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                       <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                     </a:rPr>
-                    <a:t>КОЛИЧЕСТВО КОМПЬЮТЕРОВ</a:t>
+                    <a:t>КОМПЬЮТЕРЛЕР САНЫ</a:t>
                   </a:r>
+                  <a:endParaRPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                    <a:solidFill>
+                      <a:schemeClr val="accent2">
+                        <a:lumMod val="75000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:endParaRPr>
                 </a:p>
               </p:txBody>
             </p:sp>
           </p:grpSp>
           <p:grpSp>
             <p:nvGrpSpPr>
               <p:cNvPr id="12" name="Group 62">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{91B02555-40DE-484D-A7AC-05018CFDBA36}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvGrpSpPr/>
               <p:nvPr/>
             </p:nvGrpSpPr>
             <p:grpSpPr>
               <a:xfrm>
                 <a:off x="979823" y="2013339"/>
                 <a:ext cx="3604567" cy="1373116"/>
                 <a:chOff x="-62954" y="1435091"/>
                 <a:chExt cx="2860915" cy="1386850"/>
               </a:xfrm>
             </p:grpSpPr>
             <p:sp>
@@ -18815,61 +20456,70 @@
                       <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F3AF67D6-8A8B-45A7-8281-79F99B6A8FE7}"/>
                     </a:ext>
                   </a:extLst>
                 </p:cNvPr>
                 <p:cNvSpPr txBox="1"/>
                 <p:nvPr/>
               </p:nvSpPr>
               <p:spPr>
                 <a:xfrm>
                   <a:off x="-62954" y="1435091"/>
                   <a:ext cx="2860915" cy="503939"/>
                 </a:xfrm>
                 <a:prstGeom prst="rect">
                   <a:avLst/>
                 </a:prstGeom>
                 <a:noFill/>
               </p:spPr>
               <p:txBody>
                 <a:bodyPr wrap="square" rtlCol="0">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr algn="ctr"/>
                   <a:r>
-                    <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                    <a:rPr lang="kk-KZ" sz="1400" b="1" dirty="0" smtClean="0">
                       <a:solidFill>
                         <a:schemeClr val="accent2">
                           <a:lumMod val="75000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                       <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                     </a:rPr>
-                    <a:t>ВСЕГО ПУНКТОВ ТЕСТИРОВАНИЯ, ОБОРУДОВАННЫХ КОМПЬЮТЕРАМИ</a:t>
+                    <a:t>КОМПЬЮТЕРЛЕР ЖАБДЫҚТАЛҒАН ПУНКТТЕР САНЫ</a:t>
                   </a:r>
+                  <a:endParaRPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                    <a:solidFill>
+                      <a:schemeClr val="accent2">
+                        <a:lumMod val="75000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                    <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                  </a:endParaRPr>
                 </a:p>
               </p:txBody>
             </p:sp>
           </p:grpSp>
           <p:pic>
             <p:nvPicPr>
               <p:cNvPr id="15" name="Рисунок 14"/>
               <p:cNvPicPr>
                 <a:picLocks noChangeAspect="1"/>
               </p:cNvPicPr>
               <p:nvPr/>
             </p:nvPicPr>
             <p:blipFill>
               <a:blip r:embed="rId2" cstate="print">
                 <a:duotone>
                   <a:schemeClr val="accent2">
                     <a:shade val="45000"/>
                     <a:satMod val="135000"/>
                   </a:schemeClr>
                   <a:prstClr val="white"/>
                 </a:duotone>
                 <a:extLst>
                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                   </a:ext>
@@ -19138,84 +20788,72 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6C8A8695-61D4-44AD-8FA5-73288189910B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="468263" y="5719757"/>
             <a:ext cx="11377264" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" altLang="ko-KR" sz="1400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" altLang="ko-KR" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ОБЩЕЕ КОЛИЧЕСТВО </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" altLang="ko-KR" sz="1400" b="1" dirty="0">
+              <a:t>ЖАЛПЫ ТЕСТІЛЕУ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" altLang="ko-KR" sz="1400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ДНЕЙ </a:t>
-[...11 lines deleted...]
-              <a:t>ТЕСТИРОВАНИЯ – 32 - 49  </a:t>
+              <a:t>КҮНДЕРІНІҢ САНЫ – 32 - 49  </a:t>
             </a:r>
             <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent2">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1364791955"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
@@ -19319,67 +20957,61 @@
           <a:xfrm>
             <a:off x="2792643" y="1684576"/>
             <a:ext cx="3292247" cy="707870"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91426" tIns="45712" rIns="91426" bIns="45712">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" b="1" u="sng" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>СРОКИ ПРИЕМА </a:t>
-[...15 lines deleted...]
-            </a:r>
+              <a:t>ӨТІНІШТЕРДІ ҚАБЫЛДАУ МЕРЗІМІ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" u="sng" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Прямоугольник 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F72DAF0C-90EC-43C8-9807-B92937EBA311}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="256268" y="1684576"/>
             <a:ext cx="2006403" cy="4489906"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent4">
@@ -19415,120 +21047,129 @@
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="95000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Прямоугольник 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D658D335-412A-48D8-9989-5CC30EF5BFEB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="358960" y="3390928"/>
-            <a:ext cx="1837495" cy="954091"/>
+            <a:ext cx="1781229" cy="1077202"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent4">
               <a:lumMod val="75000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" lIns="91426" tIns="45712" rIns="91426" bIns="45712">
+          <a:bodyPr wrap="none" lIns="91426" tIns="45712" rIns="91426" bIns="45712">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr sz="1862" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
                   <a:prstClr val="black">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:prstClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>АПРЕЛЬ-</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="kk-KZ" sz="2800" b="1" dirty="0">
+              <a:t>С</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="3200" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>әуір-</a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" sz="3200" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr sz="1862" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
                   <a:prstClr val="black">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:prstClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>МАЙ</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0">
+              <a:t>маусым</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="14" name="Прямая соединительная линия 13"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2688877" y="3654202"/>
             <a:ext cx="9097670" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
@@ -19543,121 +21184,233 @@
             <a:schemeClr val="accent3"/>
           </a:fillRef>
           <a:effectRef idx="1">
             <a:schemeClr val="accent3"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Прямоугольник 16">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4EECF816-4953-44B7-A5A5-BCB52861BFA3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2684744" y="2763365"/>
-            <a:ext cx="3162575" cy="400093"/>
+            <a:ext cx="3162575" cy="707870"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91426" tIns="45712" rIns="91426" bIns="45712">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF6600"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>С 15 апреля 2021 года</a:t>
+              <a:t>2021 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF6600"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жылғы</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FF6600"/>
+              </a:solidFill>
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF6600"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>15 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF6600"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сәуірден</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF6600"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF6600"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бастап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF6600"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="Прямоугольник 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{DE2E0840-9350-41C3-823F-96A82D1B31BF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6804967" y="1684576"/>
-            <a:ext cx="2147003" cy="707870"/>
+            <a:off x="7002429" y="1684576"/>
+            <a:ext cx="1949541" cy="707870"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91426" tIns="45712" rIns="91426" bIns="45712">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" b="1" u="sng" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="2000" b="1" u="sng" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>СРОКИ ПРОВЕДЕНИЯ</a:t>
+              <a:t>ӨТКІЗУ МЕРЗІМДЕРІ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" b="1" u="sng" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="Прямоугольник 19">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4EECF816-4953-44B7-A5A5-BCB52861BFA3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
@@ -19669,51 +21422,163 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91426" tIns="45712" rIns="91426" bIns="45712">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF6600"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>25 апреля - 30 июня 2021 года</a:t>
+              <a:t>2021 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF6600"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жылғы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF6600"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> 25 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF6600"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сәуір</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF6600"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF6600"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>– </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF6600"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>30 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF6600"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>маусым</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF6600"/>
               </a:solidFill>
               <a:effectLst>
                 <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                   <a:srgbClr val="000000">
                     <a:alpha val="43137"/>
                   </a:srgbClr>
                 </a:outerShdw>
               </a:effectLst>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="22" name="Заголовок 1"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
@@ -19726,108 +21591,138 @@
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91426" tIns="45712" rIns="91426" bIns="45712" rtlCol="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="4400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>СРОКИ ПРОВЕДЕНИЯ ЕНТ</a:t>
+              <a:t>ҰБТ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>өткізу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>мерзімі</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="Прямоугольник 23">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{DE2E0840-9350-41C3-823F-96A82D1B31BF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9613339" y="1684576"/>
-            <a:ext cx="2166288" cy="707870"/>
+            <a:ext cx="1949541" cy="707870"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91426" tIns="45712" rIns="91426" bIns="45712">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" b="1" u="sng" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="2000" b="1" u="sng" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>КОЛИЧЕСТВО ПОПЫТОК</a:t>
+              <a:t>МҮМКІНДІКТЕР САНЫ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" b="1" u="sng" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="26" name="Прямоугольник 25">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4EECF816-4953-44B7-A5A5-BCB52861BFA3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
@@ -19839,103 +21734,152 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91426" tIns="45712" rIns="91426" bIns="45712">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF6600"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>2 попытки</a:t>
+              <a:t>2 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF6600"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мүмкіндік</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF6600"/>
               </a:solidFill>
               <a:effectLst>
                 <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                   <a:srgbClr val="000000">
                     <a:alpha val="43137"/>
                   </a:srgbClr>
                 </a:outerShdw>
               </a:effectLst>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="36" name="TextBox 35"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3" y="6456518"/>
             <a:ext cx="12169771" cy="707870"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91426" tIns="45712" rIns="91426" bIns="45712" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>С наилучшим результатом ЕНТ из двух тестирований можно участвовать в конкурсе на присуждение образовательных грантов</a:t>
-            </a:r>
+              <a:t>ҰБТ-дағы </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ең жоғары нәтижесімен білім беру гранттарын тағайындау конкурсына қатысуға мүмкіндік </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>беріледі </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="23" name="Прямая соединительная линия 22"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2556493" y="4878338"/>
             <a:ext cx="9223134" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
@@ -19958,257 +21902,374 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4EECF816-4953-44B7-A5A5-BCB52861BFA3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2556493" y="3726210"/>
             <a:ext cx="5184577" cy="1015647"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="91426" tIns="45712" rIns="91426" bIns="45712">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" u="sng" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" u="sng" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Регистрация в 2 этапа:</a:t>
-[...9 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Екі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" u="sng" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кезеңде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" u="sng" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тіркелу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:buFontTx/>
               <a:buChar char="-"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF6600"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>15-30 апреля (1 - попытка)</a:t>
+              <a:t>15-30 сәуір (1 - мүмкіндік)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:buFontTx/>
               <a:buChar char="-"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF6600"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>1 мая – 29 июня (2 - попытка)</a:t>
+              <a:t>1 мамыр – 29 маусым (2 - мүмкіндік)</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="FF6600"/>
               </a:solidFill>
               <a:effectLst>
                 <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                   <a:srgbClr val="000000">
                     <a:alpha val="43137"/>
                   </a:srgbClr>
                 </a:outerShdw>
               </a:effectLst>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Прямоугольник 15"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2412479" y="5099464"/>
-            <a:ext cx="6395475" cy="923330"/>
+            <a:ext cx="6395475" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1800" kern="1200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent6">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>На </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+              <a:t>Өтініш берудің </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1800" kern="1200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="7030A0"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>1-м </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+              <a:t>1-ші</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1800" kern="1200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent6">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>(15.04 – 30.04) и </a:t>
-[...11 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1800" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent6">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> (1.05 – 29.06) этапах подачи </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
+              <a:t>15</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1800" kern="1200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent6">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>заявления </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+              <a:t>.04 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1800" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent6">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>доступен выбор даты сдачи </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
+              <a:t>– 30.04) және </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1800" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7030A0"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2-ші</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1800" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent6">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>тестирования </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1800" dirty="0">
+              <a:t> (1.05 – 29.06) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1800" kern="1200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent6">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>из всех диапазонов дат тестирования (25.04 – </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
+              <a:t>кезеңдерінде </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1800" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent6">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>30.06)</a:t>
+              <a:t>тестілеу </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1800" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent6">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>күндерінің </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1800" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent6">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>барлық </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1800" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent6">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>диапазондарынан тест тапсыру күнін таңдау </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent6">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(25.04 – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1800" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent6">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>30.06) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1800" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent6">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қолжетімді</a:t>
             </a:r>
             <a:endParaRPr lang="kk-KZ" sz="1800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent6">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="716703384"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
@@ -20258,81 +22319,87 @@
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>УЧАСТНИКИ ЕНТ</a:t>
-            </a:r>
+              <a:t>ҰБТ ҚАТЫСУШЫЛАРЫ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="22" name="Группа 26"/>
+          <p:cNvPr id="3" name="Группа 2"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="253085" y="1337735"/>
-            <a:ext cx="11108254" cy="5021080"/>
+            <a:off x="695401" y="1720683"/>
+            <a:ext cx="11109700" cy="4804794"/>
             <a:chOff x="521550" y="1431816"/>
-            <a:chExt cx="8332275" cy="3764938"/>
+            <a:chExt cx="8332275" cy="3603595"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="23" name="Oval 1">
+            <p:cNvPr id="4" name="Oval 1">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5F390D66-A7E3-4334-B267-9DEE2AB5FCE4}"/>
+                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F390D66-A7E3-4334-B267-9DEE2AB5FCE4}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="3633629" y="1563638"/>
               <a:ext cx="1899065" cy="1899065"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="tx2">
                 <a:lumMod val="60000"/>
                 <a:lumOff val="40000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln w="44450">
               <a:noFill/>
             </a:ln>
             <a:effectLst>
               <a:outerShdw blurRad="50800" dist="38100" dir="5400000" algn="t" rotWithShape="0">
@@ -20340,987 +22407,2778 @@
                   <a:alpha val="40000"/>
                 </a:prstClr>
               </a:outerShdw>
             </a:effectLst>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="ctr"/>
-[...2 lines deleted...]
-                  <a:srgbClr val="7030A0"/>
+              <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
+              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
                 </a:solidFill>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="25" name="Isosceles Triangle 9">
+            <p:cNvPr id="5" name="Isosceles Triangle 9">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5B8689E3-AE4A-4C9E-AC96-5FBCC753EFD9}"/>
+                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5B8689E3-AE4A-4C9E-AC96-5FBCC753EFD9}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm rot="16200000">
               <a:off x="2621492" y="2294778"/>
               <a:ext cx="523858" cy="451601"/>
             </a:xfrm>
             <a:prstGeom prst="triangle">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="bg1">
                 <a:lumMod val="65000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="ctr"/>
-              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0"/>
+              <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
+              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+              </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="26" name="Isosceles Triangle 10">
+            <p:cNvPr id="6" name="Isosceles Triangle 10">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C7672754-CF5F-40C4-8606-EC57DCC1A1CE}"/>
+                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7672754-CF5F-40C4-8606-EC57DCC1A1CE}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm rot="5400000">
               <a:off x="6020975" y="2294778"/>
               <a:ext cx="523857" cy="451601"/>
             </a:xfrm>
             <a:prstGeom prst="triangle">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="bg1">
                 <a:lumMod val="65000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="ctr"/>
-              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0"/>
+              <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
+              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+              </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="27" name="TextBox 26">
+            <p:cNvPr id="7" name="TextBox 6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A95958DA-62EF-4D96-8DDB-872D8223EDE3}"/>
+                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A95958DA-62EF-4D96-8DDB-872D8223EDE3}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="539552" y="1451560"/>
               <a:ext cx="2679647" cy="392324"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
-              <a:r>
-                <a:rPr lang="ru-RU" altLang="ko-KR" sz="1400" dirty="0" smtClean="0">
+              <a:pPr defTabSz="914310" hangingPunct="1"/>
+              <a:r>
+                <a:rPr lang="ru-RU" altLang="ko-KR" sz="1400" kern="1200" dirty="0" smtClean="0">
                   <a:solidFill>
-                    <a:schemeClr val="tx2">
-[...1 lines deleted...]
-                    </a:schemeClr>
+                    <a:srgbClr val="1F497D"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="맑은 고딕"/>
                   <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>Выпускники организаций среднего образования текущего года</a:t>
-[...5 lines deleted...]
-                  </a:schemeClr>
+                <a:t>Орта </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" altLang="ko-KR" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="맑은 고딕"/>
+                  <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>білім</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" altLang="ko-KR" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="맑은 고딕"/>
+                  <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> беру </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" altLang="ko-KR" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="맑은 고딕"/>
+                  <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>ұйымдарының</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" altLang="ko-KR" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="맑은 고딕"/>
+                  <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" altLang="ko-KR" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="맑은 고딕"/>
+                  <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>ағымдағы</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" altLang="ko-KR" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="맑은 고딕"/>
+                  <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" altLang="ko-KR" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="맑은 고딕"/>
+                  <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>жылғы</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" altLang="ko-KR" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="맑은 고딕"/>
+                  <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" altLang="ko-KR" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="맑은 고딕"/>
+                  <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>бітірушілері</a:t>
+              </a:r>
+              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="맑은 고딕"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:grpSp>
           <p:nvGrpSpPr>
-            <p:cNvPr id="28" name="그룹 9">
+            <p:cNvPr id="8" name="그룹 9">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C8D14D8A-C2ED-420C-87A2-BBDAA825675C}"/>
+                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8D14D8A-C2ED-420C-87A2-BBDAA825675C}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="1118868" y="2196541"/>
               <a:ext cx="1014344" cy="634888"/>
               <a:chOff x="676746" y="2310751"/>
               <a:chExt cx="1352458" cy="846518"/>
             </a:xfrm>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
             <a:effectLst>
               <a:outerShdw blurRad="50800" dist="38100" dir="5400000" algn="t" rotWithShape="0">
                 <a:prstClr val="black">
                   <a:alpha val="40000"/>
                 </a:prstClr>
               </a:outerShdw>
             </a:effectLst>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
-              <p:cNvPr id="39" name="Rectangle 14">
+              <p:cNvPr id="19" name="Rectangle 14">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6CBC7DF2-E55F-46D1-830B-103806951D9A}"/>
+                    <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6CBC7DF2-E55F-46D1-830B-103806951D9A}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="683569" y="2609587"/>
                 <a:ext cx="1345635" cy="259650"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:solidFill>
                 <a:schemeClr val="tx2">
                   <a:lumMod val="60000"/>
                   <a:lumOff val="40000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:ln>
                 <a:noFill/>
               </a:ln>
             </p:spPr>
             <p:style>
               <a:lnRef idx="2">
                 <a:schemeClr val="accent1">
                   <a:shade val="50000"/>
                 </a:schemeClr>
               </a:lnRef>
               <a:fillRef idx="1">
                 <a:schemeClr val="accent1"/>
               </a:fillRef>
               <a:effectRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:effectRef>
               <a:fontRef idx="minor">
                 <a:schemeClr val="lt1"/>
               </a:fontRef>
             </p:style>
             <p:txBody>
               <a:bodyPr rtlCol="0" anchor="ctr"/>
               <a:lstStyle/>
               <a:p>
-                <a:pPr algn="ctr"/>
-                <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0"/>
+                <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
+                <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:prstClr val="white"/>
+                  </a:solidFill>
+                </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
-              <p:cNvPr id="40" name="Isosceles Triangle 15">
+              <p:cNvPr id="20" name="Isosceles Triangle 15">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EBC0FFF7-9EA1-477C-9E0E-EC84708FB969}"/>
+                    <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EBC0FFF7-9EA1-477C-9E0E-EC84708FB969}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="676746" y="2310751"/>
                 <a:ext cx="1352457" cy="216024"/>
               </a:xfrm>
               <a:prstGeom prst="triangle">
                 <a:avLst/>
               </a:prstGeom>
               <a:solidFill>
                 <a:schemeClr val="tx2">
                   <a:lumMod val="60000"/>
                   <a:lumOff val="40000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:ln>
                 <a:noFill/>
               </a:ln>
             </p:spPr>
             <p:style>
               <a:lnRef idx="2">
                 <a:schemeClr val="accent1">
                   <a:shade val="50000"/>
                 </a:schemeClr>
               </a:lnRef>
               <a:fillRef idx="1">
                 <a:schemeClr val="accent1"/>
               </a:fillRef>
               <a:effectRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:effectRef>
               <a:fontRef idx="minor">
                 <a:schemeClr val="lt1"/>
               </a:fontRef>
             </p:style>
             <p:txBody>
               <a:bodyPr rtlCol="0" anchor="ctr"/>
               <a:lstStyle/>
               <a:p>
-                <a:pPr algn="ctr"/>
-                <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0"/>
+                <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
+                <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:prstClr val="white"/>
+                  </a:solidFill>
+                </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
-              <p:cNvPr id="41" name="Isosceles Triangle 16">
+              <p:cNvPr id="21" name="Isosceles Triangle 16">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F0D5A127-FB58-4CD8-A30D-8163806BD2E0}"/>
+                    <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0D5A127-FB58-4CD8-A30D-8163806BD2E0}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm rot="10800000">
                 <a:off x="676746" y="2941245"/>
                 <a:ext cx="1352457" cy="216024"/>
               </a:xfrm>
               <a:prstGeom prst="triangle">
                 <a:avLst/>
               </a:prstGeom>
               <a:solidFill>
                 <a:schemeClr val="tx2">
                   <a:lumMod val="60000"/>
                   <a:lumOff val="40000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:ln>
                 <a:noFill/>
               </a:ln>
             </p:spPr>
             <p:style>
               <a:lnRef idx="2">
                 <a:schemeClr val="accent1">
                   <a:shade val="50000"/>
                 </a:schemeClr>
               </a:lnRef>
               <a:fillRef idx="1">
                 <a:schemeClr val="accent1"/>
               </a:fillRef>
               <a:effectRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:effectRef>
               <a:fontRef idx="minor">
                 <a:schemeClr val="lt1"/>
               </a:fontRef>
             </p:style>
             <p:txBody>
               <a:bodyPr rtlCol="0" anchor="ctr"/>
               <a:lstStyle/>
               <a:p>
-                <a:pPr algn="ctr"/>
-                <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0"/>
+                <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
+                <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:prstClr val="white"/>
+                  </a:solidFill>
+                </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="29" name="TextBox 28">
+            <p:cNvPr id="9" name="TextBox 8">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{918B62FB-4AFA-4D43-A7C0-50A2E5BF55A7}"/>
+                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{918B62FB-4AFA-4D43-A7C0-50A2E5BF55A7}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="521550" y="2931790"/>
-              <a:ext cx="2970330" cy="1038506"/>
+              <a:ext cx="2970330" cy="877163"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
-              <a:r>
-                <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+              <a:pPr defTabSz="914310" hangingPunct="1"/>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1" smtClean="0">
                   <a:solidFill>
-                    <a:schemeClr val="tx2">
-[...1 lines deleted...]
-                    </a:schemeClr>
+                    <a:srgbClr val="1F497D"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>Выпускники организаций среднего образования, обучавшихся за рубежом, а также лица казахской национальности, не являющиеся гражданами Республики Казахстан, окончившие учебные заведения </a:t>
-[...2 lines deleted...]
-                <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                <a:t>Шетелде</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" smtClean="0">
                   <a:solidFill>
-                    <a:schemeClr val="tx2">
-[...1 lines deleted...]
-                    </a:schemeClr>
+                    <a:srgbClr val="1F497D"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>зарубежом</a:t>
-[...6 lines deleted...]
-                </a:solidFill>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>білім</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>алған</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> орта </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>білім</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> беру </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>ұйымдарының</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>бітірушілері</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> мен </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>шетелде</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>білім</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>алған</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>, </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Қазақстан</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Республикасының</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>азаматы</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>болып</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>табылмайтын</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>, </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>ұлты</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>қазақ</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>адамдар</a:t>
+              </a:r>
+              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="맑은 고딕"/>
+                <a:cs typeface="+mn-cs"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="30" name="TextBox 29">
+            <p:cNvPr id="10" name="TextBox 9">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AA72E6CE-0EC7-4DAF-A318-538BF6139188}"/>
+                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA72E6CE-0EC7-4DAF-A318-538BF6139188}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="5796136" y="1431816"/>
               <a:ext cx="3057689" cy="715415"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="r"/>
-[...1 lines deleted...]
-                <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+              <a:pPr algn="r" defTabSz="914310" hangingPunct="1"/>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" smtClean="0">
                   <a:solidFill>
-                    <a:schemeClr val="tx2">
-[...1 lines deleted...]
-                    </a:schemeClr>
+                    <a:srgbClr val="1F497D"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>Выпускники организаций среднего образования прошлых лет, технического и профессионального или </a:t>
-[...2 lines deleted...]
-                <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                <a:t>Орта </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
                   <a:solidFill>
-                    <a:schemeClr val="tx2">
-[...1 lines deleted...]
-                    </a:schemeClr>
+                    <a:srgbClr val="1F497D"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>послесреднего</a:t>
-[...2 lines deleted...]
-                <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:t>білім</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
                   <a:solidFill>
-                    <a:schemeClr val="tx2">
-[...1 lines deleted...]
-                    </a:schemeClr>
+                    <a:srgbClr val="1F497D"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t> образования</a:t>
-[...6 lines deleted...]
-                </a:solidFill>
+                <a:t> беру </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>ұйымдарының</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>өткен</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>жылғы</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>бітірушілері</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> мен </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>техникалық</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>және</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>кәсіптік</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>немесе</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> орта </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>білімнен</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>кейінгі</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>білім</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> беру </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>ұйымдарының</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>бітірушілері</a:t>
+              </a:r>
+              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="맑은 고딕"/>
+                <a:cs typeface="+mn-cs"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="31" name="TextBox 30">
+            <p:cNvPr id="11" name="TextBox 10">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{99C54FC5-92F2-4908-B1EA-0259421ED681}"/>
+                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{99C54FC5-92F2-4908-B1EA-0259421ED681}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="5580112" y="2931790"/>
-              <a:ext cx="3240360" cy="1361596"/>
+              <a:ext cx="3240360" cy="1038746"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="r"/>
-[...1 lines deleted...]
-                <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+              <a:pPr algn="r" defTabSz="914310" hangingPunct="1"/>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
                   <a:solidFill>
-                    <a:schemeClr val="tx2">
-[...1 lines deleted...]
-                    </a:schemeClr>
+                    <a:srgbClr val="1F497D"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>Лица, зачисленные в ОВПО по очной форме обучения на платной основе, не набравшие пороговый балл по результатам ЕНТ, с результатами ЕНТ с несоответствующими комбинациями профильных предметов, с аннулированными результатами ЕНТ для дальнейшего зачисления в ОВПО на платной основе в календарном году</a:t>
-[...6 lines deleted...]
-                </a:solidFill>
+                <a:t>ЖЖОКБҰ-</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>ға</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>күндізгі</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>оқу</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>бөліміне</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>ақылы</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>негізде</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>қабылдау</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>үшін</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> ҰБТ </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>нәтижесі</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>бойынша</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>шекті</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> балл </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>алмаған</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>, ҰБТ </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>нәтижелері</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>жойылған</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>, </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>бейінді</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>пәндер</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>комбинациясы</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>сәйкес</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>келмейтін</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> ҰБТ </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>нәтижелері</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> бар </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>тұлғаларды</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>күнтізбелік</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>жылы</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>ақылы</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>негізде</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>одан</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>әрі</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>қабылдау</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>үшін</a:t>
+              </a:r>
+              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="맑은 고딕"/>
+                <a:cs typeface="+mn-cs"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="32" name="TextBox 31">
+            <p:cNvPr id="12" name="TextBox 11">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8F944A2E-41C0-4A94-BC87-F73915762F2F}"/>
+                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F944A2E-41C0-4A94-BC87-F73915762F2F}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="3653898" y="2103726"/>
-              <a:ext cx="1836204" cy="923116"/>
+              <a:off x="3653898" y="2103619"/>
+              <a:ext cx="1836204" cy="923329"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="ctr"/>
-[...1 lines deleted...]
-                <a:rPr lang="kk-KZ" altLang="ko-KR" sz="2800" b="1" dirty="0" smtClean="0">
+              <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
+              <a:r>
+                <a:rPr lang="kk-KZ" altLang="ko-KR" sz="2800" b="1" kern="1200" dirty="0" smtClean="0">
                   <a:solidFill>
-                    <a:schemeClr val="bg1"/>
+                    <a:prstClr val="white"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="맑은 고딕"/>
                   <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>УЧАСТНИКИ ЕНТ</a:t>
-[...5 lines deleted...]
-                <a:rPr lang="kk-KZ" altLang="ko-KR" b="1" dirty="0" smtClean="0">
+                <a:t>ҰБТ </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" altLang="ko-KR" sz="2000" b="1" kern="1200" dirty="0" smtClean="0">
                   <a:solidFill>
-                    <a:schemeClr val="bg1"/>
+                    <a:prstClr val="white"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="맑은 고딕"/>
                   <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>(апрель-июнь)</a:t>
-[...3 lines deleted...]
-                  <a:schemeClr val="bg1"/>
+                <a:t>қатысушылары</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" altLang="ko-KR" sz="2800" b="1" kern="1200" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:prstClr val="white"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="맑은 고딕"/>
+                  <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" altLang="ko-KR" b="1" kern="1200" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:prstClr val="white"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="맑은 고딕"/>
+                  <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>(сәуір-маусым)</a:t>
+              </a:r>
+              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2800" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="맑은 고딕"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:grpSp>
           <p:nvGrpSpPr>
-            <p:cNvPr id="33" name="그룹 9">
+            <p:cNvPr id="13" name="그룹 9">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C8D14D8A-C2ED-420C-87A2-BBDAA825675C}"/>
+                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8D14D8A-C2ED-420C-87A2-BBDAA825675C}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="7110282" y="2183356"/>
               <a:ext cx="1014344" cy="634888"/>
               <a:chOff x="676746" y="2310751"/>
               <a:chExt cx="1352458" cy="846518"/>
             </a:xfrm>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
             <a:effectLst>
               <a:outerShdw blurRad="50800" dist="38100" dir="5400000" algn="t" rotWithShape="0">
                 <a:prstClr val="black">
                   <a:alpha val="40000"/>
                 </a:prstClr>
               </a:outerShdw>
             </a:effectLst>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
-              <p:cNvPr id="36" name="Rectangle 14">
+              <p:cNvPr id="16" name="Rectangle 14">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6CBC7DF2-E55F-46D1-830B-103806951D9A}"/>
+                    <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6CBC7DF2-E55F-46D1-830B-103806951D9A}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="683569" y="2609587"/>
                 <a:ext cx="1345635" cy="259650"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:solidFill>
                 <a:schemeClr val="tx2">
                   <a:lumMod val="60000"/>
                   <a:lumOff val="40000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:ln>
                 <a:noFill/>
               </a:ln>
             </p:spPr>
             <p:style>
               <a:lnRef idx="2">
                 <a:schemeClr val="accent1">
                   <a:shade val="50000"/>
                 </a:schemeClr>
               </a:lnRef>
               <a:fillRef idx="1">
                 <a:schemeClr val="accent1"/>
               </a:fillRef>
               <a:effectRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:effectRef>
               <a:fontRef idx="minor">
                 <a:schemeClr val="lt1"/>
               </a:fontRef>
             </p:style>
             <p:txBody>
               <a:bodyPr rtlCol="0" anchor="ctr"/>
               <a:lstStyle/>
               <a:p>
-                <a:pPr algn="ctr"/>
-                <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0"/>
+                <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
+                <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:prstClr val="white"/>
+                  </a:solidFill>
+                </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
-              <p:cNvPr id="37" name="Isosceles Triangle 15">
+              <p:cNvPr id="17" name="Isosceles Triangle 15">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EBC0FFF7-9EA1-477C-9E0E-EC84708FB969}"/>
+                    <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EBC0FFF7-9EA1-477C-9E0E-EC84708FB969}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="676746" y="2310751"/>
                 <a:ext cx="1352457" cy="216024"/>
               </a:xfrm>
               <a:prstGeom prst="triangle">
                 <a:avLst/>
               </a:prstGeom>
               <a:solidFill>
                 <a:schemeClr val="tx2">
                   <a:lumMod val="60000"/>
                   <a:lumOff val="40000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:ln>
                 <a:noFill/>
               </a:ln>
             </p:spPr>
             <p:style>
               <a:lnRef idx="2">
                 <a:schemeClr val="accent1">
                   <a:shade val="50000"/>
                 </a:schemeClr>
               </a:lnRef>
               <a:fillRef idx="1">
                 <a:schemeClr val="accent1"/>
               </a:fillRef>
               <a:effectRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:effectRef>
               <a:fontRef idx="minor">
                 <a:schemeClr val="lt1"/>
               </a:fontRef>
             </p:style>
             <p:txBody>
               <a:bodyPr rtlCol="0" anchor="ctr"/>
               <a:lstStyle/>
               <a:p>
-                <a:pPr algn="ctr"/>
-                <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0"/>
+                <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
+                <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:prstClr val="white"/>
+                  </a:solidFill>
+                </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
-              <p:cNvPr id="38" name="Isosceles Triangle 16">
+              <p:cNvPr id="18" name="Isosceles Triangle 16">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F0D5A127-FB58-4CD8-A30D-8163806BD2E0}"/>
+                    <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0D5A127-FB58-4CD8-A30D-8163806BD2E0}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm rot="10800000">
                 <a:off x="676746" y="2941245"/>
                 <a:ext cx="1352457" cy="216024"/>
               </a:xfrm>
               <a:prstGeom prst="triangle">
                 <a:avLst/>
               </a:prstGeom>
               <a:solidFill>
                 <a:schemeClr val="tx2">
                   <a:lumMod val="60000"/>
                   <a:lumOff val="40000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:ln>
                 <a:noFill/>
               </a:ln>
             </p:spPr>
             <p:style>
               <a:lnRef idx="2">
                 <a:schemeClr val="accent1">
                   <a:shade val="50000"/>
                 </a:schemeClr>
               </a:lnRef>
               <a:fillRef idx="1">
                 <a:schemeClr val="accent1"/>
               </a:fillRef>
               <a:effectRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:effectRef>
               <a:fontRef idx="minor">
                 <a:schemeClr val="lt1"/>
               </a:fontRef>
             </p:style>
             <p:txBody>
               <a:bodyPr rtlCol="0" anchor="ctr"/>
               <a:lstStyle/>
               <a:p>
-                <a:pPr algn="ctr"/>
-                <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0"/>
+                <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
+                <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:prstClr val="white"/>
+                  </a:solidFill>
+                </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="34" name="TextBox 33">
+            <p:cNvPr id="14" name="TextBox 13">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AA72E6CE-0EC7-4DAF-A318-538BF6139188}"/>
+                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA72E6CE-0EC7-4DAF-A318-538BF6139188}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="3098487" y="4158248"/>
-              <a:ext cx="3057689" cy="1038506"/>
+              <a:ext cx="3057689" cy="877163"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="ctr"/>
-[...1 lines deleted...]
-                <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+              <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1" smtClean="0">
                   <a:solidFill>
-                    <a:schemeClr val="tx2">
-[...1 lines deleted...]
-                    </a:schemeClr>
+                    <a:srgbClr val="1F497D"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>Выпускники технического и профессионального или </a:t>
-[...2 lines deleted...]
-                <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                <a:t>Жоғары</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" smtClean="0">
                   <a:solidFill>
-                    <a:schemeClr val="tx2">
-[...1 lines deleted...]
-                    </a:schemeClr>
+                    <a:srgbClr val="1F497D"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>послесреднего</a:t>
-[...2 lines deleted...]
-                <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
                   <a:solidFill>
-                    <a:schemeClr val="tx2">
-[...1 lines deleted...]
-                    </a:schemeClr>
+                    <a:srgbClr val="1F497D"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t> образования, поступающих по образовательным программам высшего образования, предусматривающим сокращенные сроки обучения</a:t>
-[...6 lines deleted...]
-                </a:solidFill>
+                <a:t>білімнің</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>қысқартылған</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>оқыту</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>мерзімдерін</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>көздейтін</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>білім</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> беру </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>бағдарламалары</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>бойынша</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>оқуға</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>түсетін</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>техникалық</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>және</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>кәсіптік</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>немесе</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> орта </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>білімнен</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>кейінгі</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>білім</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> беру </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>ұйымдарының</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="1F497D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>бітірушілері</a:t>
+              </a:r>
+              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1400" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="맑은 고딕"/>
+                <a:cs typeface="+mn-cs"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="35" name="Isosceles Triangle 10">
+            <p:cNvPr id="15" name="Isosceles Triangle 10">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C7672754-CF5F-40C4-8606-EC57DCC1A1CE}"/>
+                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7672754-CF5F-40C4-8606-EC57DCC1A1CE}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm rot="10800000">
               <a:off x="4355976" y="3651870"/>
               <a:ext cx="523857" cy="451601"/>
             </a:xfrm>
             <a:prstGeom prst="triangle">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="bg1">
                 <a:lumMod val="65000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="ctr"/>
-              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" dirty="0"/>
+              <a:pPr algn="ctr" defTabSz="914310" hangingPunct="1"/>
+              <a:endParaRPr lang="ko-KR" altLang="en-US" sz="2000" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="white"/>
+                </a:solidFill>
+              </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3398325380"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
@@ -21363,84 +25221,84 @@
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>10 шагов для поступления в ВУЗ</a:t>
+              <a:t>ЖОО-ға түсу үшін 10 қадам</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="3" name="Объект 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3104049385"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3046376258"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="72015" y="917898"/>
-          <a:ext cx="12061544" cy="6673631"/>
+          <a:ext cx="12061544" cy="6201310"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{BDBED569-4797-4DF1-A0F4-6AAB3CD982D8}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="751799"/>
                 <a:gridCol w="1574774">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="930549">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1288451">
                   <a:extLst>
@@ -21727,603 +25585,635 @@
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="1200" b="1" dirty="0" smtClean="0">
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>Определение профильных предметов ЕНТ</a:t>
+                        <a:t>ҰБТ – ның бейіндік пәндерін анықтау</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1200" b="1" dirty="0">
                         <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="1200" b="1" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>Подача заявления</a:t>
+                        <a:t>Өтініш беру</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1200" b="1" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="1200" b="1" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>Подготовка</a:t>
+                        <a:t>Дайындалу</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1200" b="1" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="1200" b="1" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>Сдача</a:t>
-[...10 lines deleted...]
-                        <a:t> ЕНТ</a:t>
+                        <a:t>ҰБТ тапсыру</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1200" b="1" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="1200" b="1" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>Выб</a:t>
+                        <a:t>Білім</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1200" b="1" kern="1200" dirty="0" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1200" b="1" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>ор</a:t>
+                        <a:t> беру бағдарламасын таңдау</a:t>
                       </a:r>
-                      <a:r>
-[...9 lines deleted...]
-                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1200" b="1" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="1200" b="1" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1200" b="1" kern="1200" dirty="0" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1200" b="1" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>Подача заявления на прохождение творческих и специальных экзаменов</a:t>
+                        <a:t>Шығармашылық</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="1200" b="1" kern="1200" dirty="0">
-[...32 lines deleted...]
-                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1200" b="1" kern="1200" dirty="0" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1200" b="1" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>Прохождение творческих экзаменов и специальных экзаменов</a:t>
-[...89 lines deleted...]
-                        <a:t>Конкурс по присуждению  образовательного гранта</a:t>
+                        <a:t> және арнайы емтихандардан  өтуге өтініш беру</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1200" b="1" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="1200" b="1" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>Зачисление в ВУЗ</a:t>
+                        <a:t>Шығармашылық</a:t>
                       </a:r>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1200" b="1" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t> емтихандар мен арнайы емтихандардан өту</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1200" b="1" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1200" b="1" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>Білім беру гранты конкурсына өтініш беру</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1200" b="1" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1200" b="1" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>Білім беру гранты конкурсы</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1200" b="1" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1200" b="1" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>ЖОО-ға оқуға қабылдану</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1200" b="1" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="1200" b="1" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10001"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="1661041">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="1200" b="1" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>Примечание</a:t>
+                        <a:t>Ескерту</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1200" b="1" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="1200" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>В приложениях</a:t>
-[...21 lines deleted...]
-                        <a:t>Правилам проведения ЕНТ  (204 приказ)</a:t>
+                        <a:t>ҰБТ өткізу Қағидасының қосымшаларында (204 бұйрық)</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="1200" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="1200" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1200" kern="1200" dirty="0">
                         <a:solidFill>
@@ -22346,485 +26236,471 @@
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="1200" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>Через сайт НЦТ</a:t>
+                        <a:t>ҰТО сайты арқылы</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1200" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="1200" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>1) учебно-методические пособия</a:t>
+                        <a:t>1) оқу әдістемелік құралдар</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="1200" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>2) онлайн пробное тестирование</a:t>
+                        <a:t>2) онлайн байқау сынағы</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1200" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="1200" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>В указанные сроки явиться в пункт проведения ЕНТ</a:t>
+                        <a:t>Белгіленген мерзімде  ҰБТ өткізу пунктіне  бару</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1200" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="1200" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>1) </a:t>
-[...21 lines deleted...]
-                        <a:t>;</a:t>
+                        <a:t>1) ҚР ЖОО кадрларды даярлау бағыттарының сыныптауышымен танысу;</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="1200" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>2) Выбор группы образовательных программ</a:t>
-[...36 lines deleted...]
-                        <a:t>Подача заявления в приемную комиссию ВУЗа</a:t>
+                        <a:t>2) Білім беру бағдарламар тобын таңдау</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1200" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1200" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1200" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>Прохождение на базе ВУЗа в установленные сроки (определить онлайн, офлайн)</a:t>
+                        <a:t>ЖОО-лардың қабылдау комиссиясына өтініш беру</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1200" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1200" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>Белгіленген мерзімде  ЖОО базасында өту (онлайн, офлайн анықтау)</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1200" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="1200" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>Через портал "egov.kz" или специальная система* </a:t>
+                        <a:t>"egov.kz" порталы немесе арнайы жүйе* </a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1200" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="1200" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>МОН РК</a:t>
+                        <a:t>ҚР БҒМ</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1200" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="1200" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>Подача документов в ВУЗ</a:t>
+                        <a:t>ЖОО-ға құжат тапсыру</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1200" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10002"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="2726590">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
@@ -22832,131 +26708,147 @@
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="1200" b="1" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>Источники </a:t>
+                        <a:t>Дереккөздер</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1200" b="1" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="1200" kern="1200" dirty="0" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1200" kern="1200" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>Ссылка на нормативно-правовой</a:t>
-[...10 lines deleted...]
-                        <a:t> документ</a:t>
+                        <a:t>Нормативтік </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="1200" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>: </a:t>
+                        <a:t>құжаттар сілтемесі: </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="1200" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                           <a:hlinkClick r:id="rId2"/>
                         </a:rPr>
                         <a:t>http://testcenter.kz/shkolnikam/ent/edinoe-natsionalnoe-testirovanie-ent/</a:t>
                       </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1200" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="1200" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
@@ -23069,341 +26961,319 @@
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="1200" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>Данные в личном кабинете поступающего</a:t>
+                        <a:t>Мәліметтер  өтініш берушінің жеке кабинетінде </a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1200" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="1100" kern="1200" dirty="0" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1200" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>1) Ссылка таблицы классификатора : </a:t>
+                        <a:t>1) Жіктеуіш кестесінің сілтемесі: </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="1100" kern="1200" dirty="0" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1200" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                           <a:hlinkClick r:id="rId3"/>
                         </a:rPr>
                         <a:t>http://adilet.zan.kz/kaz/docs/V1800017565</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="1100" kern="1200" dirty="0" smtClean="0">
+                      <a:endParaRPr lang="ru-RU" sz="1200" kern="1200" dirty="0" smtClean="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="1100" kern="1200" dirty="0" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1200" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>2) </a:t>
+                        <a:t>2) Білім беру бағдарламаларының тізіліміне сілтеме: </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1100" kern="1200" dirty="0" smtClean="0">
-[...21 lines deleted...]
-                        <a:rPr lang="kk-KZ" sz="1100" kern="1200" dirty="0" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1200" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                           <a:hlinkClick r:id="rId4"/>
                         </a:rPr>
                         <a:t>http://esuvo.platonus.kz/#/register/education_program</a:t>
-                      </a:r>
-[...84 lines deleted...]
-                        <a:t>20 июня- 14 августа*</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1200" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="1200" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>1) Творческий 8-13 июля*</a:t>
+                        <a:t>1) Шығармашылық 20 маусым мен 7 шілде*</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="1200" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>2) Специальный экзамен 20 июня- 14 августа*</a:t>
+                        <a:t>2) Арнайы емтихан</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1200" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t> 20 маусым мен 14 тамыз*</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1200" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1200" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>1) Шығармашылық 8-13 шілде*</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="1200" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>2) Арнайы емтихан 20 маусым мен 14 тамыз*</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1200" kern="1200" dirty="0" smtClean="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
@@ -23431,141 +27301,141 @@
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="1200" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>13-20 июля*</a:t>
+                        <a:t>13-20 шілде*</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1200" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="1200" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>1 августа*</a:t>
+                        <a:t>1 тамыз*</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1200" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="1200" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>25 августа*</a:t>
+                        <a:t>25 тамыз*</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1200" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10003"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
@@ -23665,705 +27535,393 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1692399" y="169767"/>
             <a:ext cx="9217024" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Подача заявления </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
+              <a:t>ҰБТ-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>на ЕНТ</a:t>
+              <a:t>ға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="3200" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ӨТІНІШ БЕРУ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Прямоугольник 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="924304"/>
-            <a:ext cx="12169779" cy="5663089"/>
+            <a:ext cx="12169779" cy="5909310"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1800" dirty="0">
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>1. </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" dirty="0">
-[...46 lines deleted...]
-            <a:r>
               <a:rPr lang="kk-KZ" sz="1800" dirty="0" smtClean="0">
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>!!!</a:t>
+              <a:t>ЕГЕР СІЗ НАУРЫЗДАҒЫ ҰБТ-ға ТІРКЕЛГЕН болсаңыз ЖЕКЕ КАБИНЕТІҢІЗ АРҚЫЛЫ ӨТІНІШ БЕРЕСІЗ!!!</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0"/>
             <a:endParaRPr lang="kk-KZ" sz="1800" dirty="0" smtClean="0">
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1800" dirty="0" smtClean="0">
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>2. </a:t>
-[...56 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1800" dirty="0">
+              <a:t>2. ЕГЕР СІЗ ағымдағы жылы АЛҒАШ РЕТ ҰБТ-ға өтініш беретін болсаңыз, онлайн түрде, Орталықтың сайты арқылы </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1800" dirty="0" smtClean="0">
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:hlinkClick r:id="rId2"/>
               </a:rPr>
-              <a:t>https://app.testcenter.kz</a:t>
+              <a:t>https://app.testcenter.kz/</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1800" dirty="0" smtClean="0">
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
-                <a:hlinkClick r:id="rId2"/>
-[...11 lines deleted...]
-            </a:endParaRPr>
+              </a:rPr>
+              <a:t> сілтемесімі арқылы ТІРКЕЛЕСІЗ.</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0"/>
             <a:endParaRPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Процедура подачи заявления </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+              <a:t>Өтініш </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>(для </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+              <a:t>беру </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>заявителей </a:t>
-[...65 lines deleted...]
-              <a:t>:</a:t>
+              <a:t>рәсімі (ағымдағы жылы алғаш рет өтініш берушілер үшін немесе жеке кабинеті жоқ тұлғалар үшін):</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent2">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1600" dirty="0" smtClean="0">
-[...4 lines deleted...]
-            <a:r>
               <a:rPr lang="kk-KZ" sz="1600" dirty="0">
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>https://app.testcenter.kz/ </a:t>
-[...5 lines deleted...]
-              <a:t>и выбрать язык интерфейса;</a:t>
+              <a:t>1) https://app.testcenter.kz/ сайтына кіру және интерфейс тілін таңдау;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1600" dirty="0">
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>2) </a:t>
-[...73 lines deleted...]
-              <a:t>до начала тестирования);</a:t>
+              <a:t>2) электрондық поштаны көрсете отырып, тіркеуден өту (электрондық поштаға келген хат арқылы міндетті түрде электрондық поштаны растау қажет);</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1600" dirty="0">
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>4) </a:t>
-[...5 lines deleted...]
-              <a:t>Указать ИИН и нажать кнопку поиска (ФИО выходит автоматически) и указать  контактный номер телефона;</a:t>
+              <a:t>3) алынған логин мен пароль арқылы авторизациядан өту (логин мен пароль бар хатты тестілеу басталғанға дейін жоюға болмайды);</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1600" dirty="0">
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>5) </a:t>
-[...17 lines deleted...]
-              <a:t> участника;</a:t>
+              <a:t>4) ЖСН көрсету және іздеу батырмасын басу (тегі, аты және әкесінің аты автоматты түрде шығады) және байланыс телефоны нөмірін көрсету;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1600" dirty="0">
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>6) </a:t>
-[...5 lines deleted...]
-              <a:t>Заполнить данные для регистрации и выбрать следующие данные:</a:t>
+              <a:t>5) «Өтініш беру» бөлімін таңдап, қатысушы санатын көрсетіңіз;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1600" dirty="0">
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>- </a:t>
-[...5 lines deleted...]
-              <a:t>язык сдачи;</a:t>
+              <a:t>6) қажетті тіркеу деректерін толтыру және келесі мәліметтерді таңдау:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1600" dirty="0" smtClean="0">
-[...2 lines deleted...]
-              <a:t>- комбинацию профильных предметов;</a:t>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>- тапсыру тілі;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1600" dirty="0">
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>- </a:t>
-[...17 lines deleted...]
-              <a:t>;</a:t>
+              <a:t>- бейіндік пәндер комбинациясы;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1600" dirty="0">
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>7) </a:t>
+              <a:t>- тестілеу күні, уақыты және </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1600" dirty="0" smtClean="0">
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Выбрать способ оплаты и оплатить за тестирование;</a:t>
+              <a:t>орны және </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>міндетті түрде ережелермен танысу;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1600" dirty="0">
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>8) </a:t>
-[...23 lines deleted...]
-              <a:t>.</a:t>
+              <a:t>7) тестілеу үшін қалаған төлем әдісін таңдап, төлем жасау;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0" smtClean="0">
-[...8 lines deleted...]
-              <a:t>: Изменить место, дату и время тестирования - невозможно.</a:t>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>8) «Менің іс-әрекетім» бөлімінде төлем жасағаннан кейін, қажет болған жағдайда өтінішке өзгеріс енгізуге мүмкіндік бар.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Ескерту</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" i="1" dirty="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>: тестілеу күнін, уақытын және орнын </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өзгерте алмайсыз.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Стоимость тестирования – </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0">
+              <a:t>Тестілеу құны – 2242 теңге</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>2242 </a:t>
-            </a:r>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>тенге. </a:t>
-[...12 lines deleted...]
-              <a:t>Для выпускников школ текущего года Республики Казахстан бесплатно.</a:t>
+              <a:t>Ағымдағы жылғы Қазақстан Республикасы мектеп бітіруші түлектер үшін тестілеу тегін.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent2">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="15993066"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
@@ -24452,329 +28010,676 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1692399" y="169767"/>
             <a:ext cx="9217024" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Подача заявления на ЕНТ</a:t>
-            </a:r>
+              <a:t>ҰБТ-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="3200" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ӨТІНІШ БЕРУ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Прямоугольник 1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="117657" y="1565970"/>
-            <a:ext cx="11934467" cy="4585871"/>
+            <a:ext cx="11934467" cy="4955203"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="914310"/>
             <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Қазақстан</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1F497D"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>В случае отсутствия </a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Республикасының</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>азаматы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>болып</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>табылмайтын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ұлты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>қазақ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>тұлғалардың</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ИИН</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0">
+              <a:t>ЖСН-дары</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="1F497D"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> лиц казахской национальности, не </a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="1F497D"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>болмаған</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="1F497D"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>являющихся </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0">
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="1F497D"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>гражданами Республики </a:t>
+              <a:t>жағдайда</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="1F497D"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Казахстан:</a:t>
+              <a:t>:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr" defTabSz="914310"/>
-            <a:endParaRPr lang="kk-KZ" altLang="ko-KR" dirty="0" smtClean="0">
+            <a:endParaRPr lang="kk-KZ" altLang="ko-KR" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="1F497D"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" indent="-457200" defTabSz="914310">
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" altLang="ko-KR" dirty="0" smtClean="0">
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Для регистрации получить в НЦТ код из 12 цифр. </a:t>
+              <a:t>Тіркелу үшін ҰТО-дан 12 саннан тұратын код алу. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just" defTabSz="914310"/>
             <a:r>
               <a:rPr lang="kk-KZ" altLang="ko-KR" dirty="0" smtClean="0">
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>      Для этого необходимо направить </a:t>
-[...6 lines deleted...]
-              <a:t>на почту </a:t>
+              <a:t>      Ол үшін </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" smtClean="0">
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:hlinkClick r:id="rId2"/>
               </a:rPr>
               <a:t>info@testcenter.kz</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>поштасына</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>копию </a:t>
-[...5 lines deleted...]
-              <a:t>паспорта и письмо с указанием имени, фамилии, отчества (при его наличии</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>паспортының</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>), числа, месяца, года рождения, </a:t>
-[...5 lines deleted...]
-              <a:t>набранные </a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>көшірмесін</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>на кириллице. </a:t>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>және</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> кириллица </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>әріптерімен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>терілген</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Аты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Тегі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Әкесінің</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>атын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (бар </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>болған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жағдайда</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>және</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>туған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>күні</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>айы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жылын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>көрсете</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>отырып</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> хат </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жолдау</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just" defTabSz="914310"/>
             <a:endParaRPr lang="kk-KZ" dirty="0">
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just" defTabSz="914310"/>
             <a:r>
               <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>2) </a:t>
-[...18 lines deleted...]
-              <a:t>.</a:t>
+              <a:t>2) Хат жолдаушының электрондық поштасына 12 сандық код жолданады.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0">
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just" defTabSz="914310"/>
             <a:endParaRPr lang="kk-KZ" dirty="0">
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just" defTabSz="914310"/>
             <a:r>
               <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>3) </a:t>
-[...56 lines deleted...]
-            </a:r>
+              <a:t>2) ҰТО-дан алынған 12 сандық код (ЖСН-ның орнына) арқылы </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>https://app.testcenter.kz</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> сілтемеге кіре отырып ҰБТ-ға өтініш береді.  </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr" defTabSz="914310"/>
             <a:endParaRPr lang="ko-KR" altLang="en-US" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="1F497D"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3860998928"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
@@ -24859,136 +28764,189 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1692399" y="169767"/>
             <a:ext cx="9217024" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Подача заявления на ЕНТ</a:t>
-            </a:r>
+              <a:t>ҰБТ-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="3200" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ӨТІНІШ БЕРУ БОЙЫНША</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="5" name="Группа 4"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="106162" y="935834"/>
             <a:ext cx="11957457" cy="1200329"/>
             <a:chOff x="100335" y="924304"/>
             <a:chExt cx="12060194" cy="1200329"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="3" name="TextBox 2"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="802964" y="924304"/>
               <a:ext cx="11357565" cy="1200329"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="FF0000"/>
                   </a:solidFill>
                 </a:rPr>
-                <a:t>ВОПРОС: </a:t>
-[...7 lines deleted...]
-                <a:t>заявления?  </a:t>
+                <a:t>СҰРАҚ: </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
+                <a:t>Өтініш берудегі </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:srgbClr val="7030A0"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>1-ші </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
+                <a:t>(25.04 – 30.04) және </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:srgbClr val="7030A0"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>2-ші</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
+                <a:t> (1.05 – 29.06) кезеңдегі </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
+                <a:t>тестілеу </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
+                <a:t>күндерін таңдау </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
+                <a:t>мүмкіндігі қандай</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
+                <a:t>? </a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="FF0000"/>
                   </a:solidFill>
                 </a:rPr>
-                <a:t>ОТВЕТ: </a:t>
-[...15 lines deleted...]
-                <a:t>30.06)</a:t>
+                <a:t>ЖАУАП: </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-                <a:t>. </a:t>
+                <a:t>Екі мүмкіндікте де тестілеудің барлық күндері (25.04 – 30.06) қолжетімді. </a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="6" name="Группа 5"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="100335" y="1101976"/>
               <a:ext cx="734069" cy="552771"/>
               <a:chOff x="7705746" y="4600959"/>
               <a:chExt cx="602159" cy="546392"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="7" name="Right Triangle 17">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6ADCC979-BA1C-4251-B6F5-CE5AA2B72FD0}"/>
@@ -25321,74 +29279,78 @@
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="12" name="TextBox 11"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="963073" y="924304"/>
               <a:ext cx="11197456" cy="1200329"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="just"/>
               <a:r>
-                <a:rPr lang="kk-KZ" dirty="0">
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="FF0000"/>
                   </a:solidFill>
                 </a:rPr>
-                <a:t>ВОПРОС : </a:t>
+                <a:t>СҰРАҚ: </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" dirty="0"/>
+                <a:t>Белгілеген т</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-                <a:t>Можно ли изменить место, дату и время тестирования после подачи заявления?</a:t>
+                <a:t>естілеу күнін, уақытын, орнын және категориясын өзгертуге бола ма?</a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:r>
-                <a:rPr lang="kk-KZ" dirty="0">
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="FF0000"/>
                   </a:solidFill>
                 </a:rPr>
-                <a:t>ОТВЕТ : </a:t>
+                <a:t>ЖАУАП: </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-                <a:t>НЕТ!</a:t>
+                <a:t>ЖОҚ!</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="13" name="Группа 12"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="100335" y="1101976"/>
               <a:ext cx="734069" cy="552771"/>
               <a:chOff x="7705746" y="4600959"/>
               <a:chExt cx="602159" cy="546392"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="14" name="Right Triangle 17">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6ADCC979-BA1C-4251-B6F5-CE5AA2B72FD0}"/>
@@ -25720,82 +29682,74 @@
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="17" name="TextBox 16"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="963073" y="924304"/>
               <a:ext cx="11197456" cy="830997"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
-                <a:rPr lang="kk-KZ" dirty="0">
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="FF0000"/>
                   </a:solidFill>
                 </a:rPr>
-                <a:t>ВОПРОС : </a:t>
+                <a:t>СҰРАҚ: </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-                <a:t>Какие данные можно изменить через  личный кабинет? </a:t>
+                <a:t>Жеке кабинеті арқылы нені өзгертуге болады? </a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:r>
-                <a:rPr lang="kk-KZ" dirty="0">
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="FF0000"/>
                   </a:solidFill>
                 </a:rPr>
-                <a:t>ОТВЕТ : </a:t>
+                <a:t>ЖАУАП: </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-                <a:t>Язык сдачи </a:t>
-[...7 lines deleted...]
-                <a:t>и комбинацию профильных предметов.</a:t>
+                <a:t>Тестілеу тапсыру тілі мен бейіндік пәндерді.</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="18" name="Группа 17"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="100335" y="1101976"/>
               <a:ext cx="734069" cy="552771"/>
               <a:chOff x="7705746" y="4600959"/>
               <a:chExt cx="602159" cy="546392"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="19" name="Right Triangle 17">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6ADCC979-BA1C-4251-B6F5-CE5AA2B72FD0}"/>
@@ -26128,99 +30082,75 @@
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="22" name="TextBox 21"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="963073" y="924304"/>
               <a:ext cx="11197456" cy="1200329"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="just"/>
               <a:r>
-                <a:rPr lang="kk-KZ" dirty="0">
-[...29 lines deleted...]
-              <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="FF0000"/>
                   </a:solidFill>
                 </a:rPr>
-                <a:t>ОТВЕТ </a:t>
-[...2 lines deleted...]
-                <a:rPr lang="kk-KZ" dirty="0">
+                <a:t>СҰРАҚ: </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
+                <a:t>Егер бірінші мүмкіндік бойынша өтініш беруді жіберіп алсам, екінші мүмкіндігімде екі рет тестілеу күнін белгілеуге бола ма? </a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr algn="just"/>
+              <a:r>
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="FF0000"/>
                   </a:solidFill>
                 </a:rPr>
-                <a:t>: </a:t>
+                <a:t>ЖАУАП: </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-                <a:t>ДА.</a:t>
+                <a:t>ИӘ.</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="23" name="Группа 22"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="100335" y="1101976"/>
               <a:ext cx="734069" cy="552771"/>
               <a:chOff x="7705746" y="4600959"/>
               <a:chExt cx="602159" cy="546392"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="25" name="Right Triangle 17">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6ADCC979-BA1C-4251-B6F5-CE5AA2B72FD0}"/>
@@ -27117,56 +31047,56 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Words>2194</Words>
+  <Words>1947</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Произвольный</PresentationFormat>
-  <Paragraphs>315</Paragraphs>
+  <Paragraphs>303</Paragraphs>
   <Slides>20</Slides>
-  <Notes>1</Notes>
+  <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>20</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="21" baseType="lpstr">
       <vt:lpstr>Тема Office</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>