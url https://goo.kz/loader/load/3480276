--- v0 (2025-12-07)
+++ v1 (2025-12-29)
@@ -1,632 +1,845 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="0060008A" w:rsidRDefault="0060008A" w:rsidP="0060008A">
+    <w:p w:rsidR="00D07DD4" w:rsidRPr="00505A7D" w:rsidRDefault="00D07DD4" w:rsidP="00D07DD4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">к актілерді болдырмау жөніндегі </w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Памятка населению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F81B81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по предупреждению </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
-[...27 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>актов терроризма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D07DD4" w:rsidRPr="00505A7D" w:rsidRDefault="00D07DD4" w:rsidP="00D07DD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00D07DD4" w:rsidRDefault="00D07DD4" w:rsidP="00D07DD4">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Будьте наблюдательны!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Только вы способны своевременно обнар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жить предметы и людей, посторонних в вашем подъезде, дворе, улице.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D07DD4" w:rsidRPr="00505A7D" w:rsidRDefault="00D07DD4" w:rsidP="00D07DD4">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D07DD4" w:rsidRDefault="00D07DD4" w:rsidP="00D07DD4">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Будьте бдительны!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Обращайте внимание на поведение окружающих, нал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>чие бесхозных и не соответствующих обстановке предметов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D07DD4" w:rsidRPr="00505A7D" w:rsidRDefault="00D07DD4" w:rsidP="00D07DD4">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D07DD4" w:rsidRDefault="00D07DD4" w:rsidP="00D07DD4">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Мұқият болыңыздар!</w:t>
+        </w:rPr>
+        <w:t>Обеспечьте безопасность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> собственно</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>го</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: установите железную дверь с дом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>фоном в подъезде, ежедневно проверяйте закрытие подвалов, чердаков и технич</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ских </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>помещений</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D07DD4" w:rsidRPr="00505A7D" w:rsidRDefault="00D07DD4" w:rsidP="00D07DD4">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D07DD4" w:rsidRDefault="00D07DD4" w:rsidP="00D07DD4">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t>Не делайте вид,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>что ничего не замечаете</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при опасном поведении попутчиков в транспорте! Вы имеете полное право </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на безопасность перемещения в транспорте</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D07DD4" w:rsidRPr="00505A7D" w:rsidRDefault="00D07DD4" w:rsidP="00D07DD4">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D07DD4" w:rsidRDefault="00D07DD4" w:rsidP="00D07DD4">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Қырағы болыңыздар!</w:t>
+        </w:rPr>
+        <w:t>Никогда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не принимайте на хранение или для передачи другому лицу предм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ты, даже самые безопасные.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D07DD4" w:rsidRPr="00505A7D" w:rsidRDefault="00D07DD4" w:rsidP="00D07DD4">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D07DD4" w:rsidRDefault="00D07DD4" w:rsidP="00D07DD4">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Обнаружение подозрительного предмета</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в безлю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ном месте не должно ослабить вашу осторожность. Злоумышленник мог попросту бр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сить его, испугавшись чего-либо.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D07DD4" w:rsidRPr="00505A7D" w:rsidRDefault="00D07DD4" w:rsidP="00D07DD4">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D07DD4" w:rsidRDefault="00D07DD4" w:rsidP="00D07DD4">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Даже если у вас имеется личный опыт общения со взрывчатыми вещес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>вами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, не пытайтесь </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
-[...29 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>прикасаться к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Үйлеріңіздің </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Самодельные взрыватели бывают свер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>чувствительными и изощрённо хитроумны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D07DD4" w:rsidRPr="00505A7D" w:rsidRDefault="00D07DD4" w:rsidP="00D07DD4">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D07DD4" w:rsidRDefault="00D07DD4" w:rsidP="00D07DD4">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>қауіпсіздігін қамтамасыз етіңіздер:</w:t>
+        </w:rPr>
+        <w:t>Не приближайтесь</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
-[...28 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, а тем более,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не прикасайтесь к подозрительному пре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мету</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Көліктегі жолаушының күдікті жүріс-тұрысын </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> это может стоить вам жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D07DD4" w:rsidRPr="00505A7D" w:rsidRDefault="00D07DD4" w:rsidP="00D07DD4">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D07DD4" w:rsidRPr="00505A7D" w:rsidRDefault="00D07DD4" w:rsidP="00D07DD4">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Научите</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>своих детей мерам безопасности: не разговаривать на улице</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
-[...6 lines deleted...]
-        <w:t>көріп тұрып, байқамаған сыңай танытпаңыздар!</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, не садиться в машины</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и не о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>крывать дверь незнакомым</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
-[...266 lines deleted...]
-    <w:sectPr w:rsidR="00C93240" w:rsidRPr="0060008A">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> людям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, не подбирать бесхозные игрушки, не прикасаться к н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ходкам и т.п.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C93240" w:rsidRDefault="00C93240"/>
+    <w:sectPr w:rsidR="00C93240">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="KZ Times New Roman">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0060008A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0060008A"/>
+    <w:rsidRoot w:val="00D07DD4"/>
     <w:rsid w:val="00C93240"/>
+    <w:rsid w:val="00D07DD4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="294FF302"/>
+  <w14:docId w14:val="7A279B7A"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{93F0DA11-E5C1-44E5-BD02-15309C37C034}"/>
+  <w15:docId w15:val="{207E3B51-82BA-4FD2-8CF4-284B0364022B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -979,51 +1192,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0060008A"/>
+    <w:rsid w:val="00D07DD4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -1297,54 +1510,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>216</Words>
-  <Characters>1235</Characters>
+  <Words>202</Words>
+  <Characters>1157</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
+  <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1449</CharactersWithSpaces>
+  <CharactersWithSpaces>1357</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>HP</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>