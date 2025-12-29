--- v0 (2025-12-09)
+++ v1 (2025-12-29)
@@ -1,718 +1,1045 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="003C0907" w:rsidRDefault="003C0907" w:rsidP="003C0907">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+    <w:p w:rsidR="0089653C" w:rsidRDefault="0089653C" w:rsidP="0089653C">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00F81B81">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+        </w:rPr>
+        <w:t>Памятка населению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>халыққа арналған жаднама</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F81B81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">при обнаружении </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подозрительных лиц </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C0907" w:rsidRPr="00FB08DF" w:rsidRDefault="003C0907" w:rsidP="003C0907">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="0089653C" w:rsidRDefault="0089653C" w:rsidP="0089653C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003C0907" w:rsidRDefault="003C0907" w:rsidP="003C0907">
+    <w:p w:rsidR="0089653C" w:rsidRPr="006C28A3" w:rsidRDefault="0089653C" w:rsidP="0089653C">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C28A3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Признаки, свидетельствующие о планировании или подготовк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C28A3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FB08DF">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">:  </w:t>
+        </w:rPr>
+        <w:t>акта терроризма:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C28A3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C0907" w:rsidRDefault="003C0907" w:rsidP="003C0907">
+    <w:p w:rsidR="0089653C" w:rsidRPr="008B245B" w:rsidRDefault="0089653C" w:rsidP="0089653C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-        <w:rPr>
           <w:i/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> күдікті тұлғалардың бірнеше рет көрінуі, фото және бейне түсірме жасауы, сондай-ақ дәптерге жазба жасау; </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B245B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">неоднократное появление </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подозрительных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B245B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лиц в окружении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD0EAD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>здания, где вы работаете</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD0EAD">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>часто посещаете</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD0EAD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или во дворе дома</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B245B">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B245B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проведение фото и видеосъемки, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а также записей в блокнот</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B245B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C0907" w:rsidRDefault="003C0907" w:rsidP="003C0907">
+    <w:p w:rsidR="0089653C" w:rsidRPr="008B245B" w:rsidRDefault="0089653C" w:rsidP="0089653C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="009F46F9">
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">попытки </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B245B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>избежать встречи с сотрудниками правоохранительных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> органов и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уклониться от камер видеонаблюдения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C83995">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">; </w:t>
+        </w:rPr>
+        <w:t>(опусти</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C83995">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> голову, отверну</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C83995">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, прикры</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C83995">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лицо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C0907" w:rsidRDefault="003C0907" w:rsidP="003C0907">
+    <w:p w:rsidR="0089653C" w:rsidRPr="006C28A3" w:rsidRDefault="0089653C" w:rsidP="0089653C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">жер төле және шатырларға техникалық қызмет көрсетуге қатысы жоқ тұлғалардың кіруі; </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C28A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проникновение в подвалы и на чердаки зданий лиц, которые не имеют отношения к их техническому обслуживанию;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C0907" w:rsidRDefault="003C0907" w:rsidP="003C0907">
+    <w:p w:rsidR="0089653C" w:rsidRPr="006C28A3" w:rsidRDefault="0089653C" w:rsidP="0089653C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-        <w:t>тұрғын және әкімшілік ғимараттарға қызмет көрсететін персоналдар және күзетушілермен бейтаныс адамдардың негізсіз байланысқа түсуі, олардан жұмыс тәртібі, қауіпсіздікті қамтамасыз ету бойынша шаралар және т.б. жөнінде мәліметтерді жинақтау;</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C28A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">необоснованное вступление незнакомцев в контакт с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">охранниками и обслуживающим </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C28A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">персоналом </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>административных и жилых зданий,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C28A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выведывание у них </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сведений о </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C28A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>режим</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C28A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работы, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мерах по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C28A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C28A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> безопасности и т.д.;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C0907" w:rsidRDefault="003C0907" w:rsidP="003C0907">
+    <w:p w:rsidR="0089653C" w:rsidRDefault="0089653C" w:rsidP="0089653C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00E62CF0">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C28A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">поиск </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>посторонними лицами людей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C28A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, готовых за солидное вознаграждение выполнить малозначимую работу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A49DF">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> ірі сыйақыға орындайтын тұлғаларды іздеуі.  </w:t>
+        </w:rPr>
+        <w:t>(передача пакета, свертка, посылки)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C0907" w:rsidRDefault="003C0907" w:rsidP="003C0907">
-[...1 lines deleted...]
-        <w:ind w:left="709"/>
+    <w:p w:rsidR="0089653C" w:rsidRDefault="0089653C" w:rsidP="0089653C">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003C0907" w:rsidRDefault="003C0907" w:rsidP="003C0907">
+    <w:p w:rsidR="0089653C" w:rsidRDefault="0089653C" w:rsidP="0089653C">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005C0D5B">
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C28A3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Күдікті тұлғаларды байқаған жағдайда келесі іс-қимылды орындау қажет:  </w:t>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>В случае обнаружения подозрительных лиц необходимо выполнить следующие действия:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C0907" w:rsidRDefault="003C0907" w:rsidP="003C0907">
+    <w:p w:rsidR="0089653C" w:rsidRPr="00810D4C" w:rsidRDefault="0089653C" w:rsidP="0089653C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Ұстауға өздігімен әрекет қабылдамау; </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C28A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Не принимать самостоятельных попыток к задержанию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C0907" w:rsidRDefault="003C0907" w:rsidP="003C0907">
+    <w:p w:rsidR="0089653C" w:rsidRDefault="0089653C" w:rsidP="0089653C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Олар жөнінде құқық қорғау органдарына шұғыл хабарлау; </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C28A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Незамедлительно сообщить о них </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C28A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>правоохранительные органы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C0907" w:rsidRPr="005C0D5B" w:rsidRDefault="003C0907" w:rsidP="003C0907">
+    <w:p w:rsidR="0089653C" w:rsidRPr="00C01C9E" w:rsidRDefault="0089653C" w:rsidP="0089653C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Өзіңіз назарға түспеу, тұлғалардың санын, нақты сыртқа белгілерін, киімдерін және оларда бар заттарды, қолдануындағы автокөлік номерін және маркасын, қозғалыс бағытын белгілеп алу. </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C01C9E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Не привлекая внимания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C01C9E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> зафиксировать количество лиц, точные приметы внешности, одежды и имеющихся при них предметов, марки и номера используемых автомобилей, направление движения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C0907" w:rsidRDefault="003C0907" w:rsidP="003C0907">
+    <w:p w:rsidR="0089653C" w:rsidRDefault="0089653C" w:rsidP="0089653C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003C0907" w:rsidRPr="005C0D5B" w:rsidRDefault="003C0907" w:rsidP="003C0907">
-[...30 lines deleted...]
-    <w:sectPr w:rsidR="00C93240" w:rsidRPr="003C0907">
+    <w:p w:rsidR="00C93240" w:rsidRDefault="00C93240"/>
+    <w:sectPr w:rsidR="00C93240">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1AD04E4C"/>
+    <w:nsid w:val="214342FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="30B8616A"/>
-    <w:lvl w:ilvl="0" w:tplc="BDB41D16">
+    <w:tmpl w:val="CF1AAED4"/>
+    <w:lvl w:ilvl="0" w:tplc="5E266D7C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:suff w:val="space"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1069" w:hanging="360"/>
+        <w:ind w:left="1421" w:hanging="570"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
+        <w:ind w:left="1931" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
+        <w:ind w:left="2651" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:ind w:left="3371" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:ind w:left="4091" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
+        <w:ind w:left="4811" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
+        <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="22292D2F"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="B41C1036">
+    <w:nsid w:val="34FA1811"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="16A4DA62"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:suff w:val="space"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1069" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:i w:val="0"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003C0907"/>
-    <w:rsid w:val="003C0907"/>
+    <w:rsidRoot w:val="0089653C"/>
+    <w:rsid w:val="0089653C"/>
     <w:rsid w:val="00C93240"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="003A9F9F"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{170C120E-1DA0-45AA-B2AD-FBD37C7F5EB7}"/>
+  <w15:docId w15:val="{A25D8536-C982-468C-ACDF-01076734990B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1065,51 +1392,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="003C0907"/>
+    <w:rsid w:val="0089653C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -1383,54 +1710,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>189</Words>
-  <Characters>1081</Characters>
+  <Words>191</Words>
+  <Characters>1092</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1268</CharactersWithSpaces>
+  <CharactersWithSpaces>1281</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>HP</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>