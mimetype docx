--- v0 (2025-12-09)
+++ v1 (2025-12-30)
@@ -1,1121 +1,1713 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00AB3F70" w:rsidRDefault="00AB3F70" w:rsidP="00AB3F70">
+    <w:p w:rsidR="00557E50" w:rsidRDefault="00557E50" w:rsidP="00557E50">
       <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F81B81">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+        </w:rPr>
+        <w:t>Памятка населению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00F81B81">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+        </w:rPr>
+        <w:t xml:space="preserve">при обнаружении </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подозрительных предметов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRDefault="00557E50" w:rsidP="00557E50">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00AB3F70" w:rsidRPr="0099414A" w:rsidRDefault="00AB3F70" w:rsidP="00AB3F70">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRDefault="00557E50" w:rsidP="00557E50">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...6 lines deleted...]
-      <w:r>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve">Знайте: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>внешний вид предмета может скрывать его настоящее назн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>чение. В качестве камуфляжа для взрывных устройств используются обычные бытовые предм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ты: сумки, пакеты, свертки, коробки, игрушки и т.п. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRPr="00505A7D" w:rsidRDefault="00557E50" w:rsidP="00557E50">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRPr="00505A7D" w:rsidRDefault="00557E50" w:rsidP="00557E50">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:right="20" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="Default"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Признаки, свидетельствующие о </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>взрывоопасности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обнаруженн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предмет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRDefault="00557E50" w:rsidP="00557E50">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="0" w:right="20" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>наличие неизвестного свертка или како</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>го</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-либо </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предмета</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> машин</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, на л</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">стнице, в квартире и т.д.; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRPr="00505A7D" w:rsidRDefault="00557E50" w:rsidP="00557E50">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="0" w:right="20" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">чужая сумка, портфель, коробка, какой-либо предмет; необычное размещение обнаруженного предмета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> машин</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, дверей квартиры, в под</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ъ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">езде; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRPr="00505A7D" w:rsidRDefault="00557E50" w:rsidP="00557E50">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="0" w:right="20" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>натянутая проволока, шнур,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>видимые снаружи предметов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> провода, источники питания или изолирующая лента; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRPr="00505A7D" w:rsidRDefault="00557E50" w:rsidP="00557E50">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="0" w:right="20" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шумы из обнаруженного подозрительного предмета (характерный звук, час</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> механизма, низкочастотные шумы)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRPr="00505A7D" w:rsidRDefault="00557E50" w:rsidP="00557E50">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRPr="00505A7D" w:rsidRDefault="00557E50" w:rsidP="00557E50">
+      <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRPr="00505A7D" w:rsidRDefault="00557E50" w:rsidP="00557E50">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
           <w:b/>
-          <w:color w:val="auto"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="0099414A">
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Если Вы обнаружили подозрительный предмет, не оставляйте этот факт без вним</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
         <w:rPr>
           <w:b/>
-          <w:color w:val="auto"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00AB3F70" w:rsidRDefault="00AB3F70" w:rsidP="00AB3F70">
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ния: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRPr="00505A7D" w:rsidRDefault="00557E50" w:rsidP="00557E50">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>в общественном транспорте</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRPr="00505A7D" w:rsidRDefault="00557E50" w:rsidP="00557E50">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- опросите людей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> находящихся рядом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> постарайтесь установить принадлежность предмета (сумки и т.д.) или кто мог его оставить;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRPr="00505A7D" w:rsidRDefault="00557E50" w:rsidP="00557E50">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- если хозяин не установлен, немедленно сообщите о находке водителю </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>или кондуктору</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRPr="00505A7D" w:rsidRDefault="00557E50" w:rsidP="00557E50">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRPr="00505A7D" w:rsidRDefault="00557E50" w:rsidP="00557E50">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="720"/>
-        <w:jc w:val="both"/>
-[...69 lines deleted...]
-    <w:p w:rsidR="00AB3F70" w:rsidRPr="0099414A" w:rsidRDefault="00AB3F70" w:rsidP="00AB3F70">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>в подъезде своего дома</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRPr="00505A7D" w:rsidRDefault="00557E50" w:rsidP="00557E50">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00AB3F70" w:rsidRDefault="00AB3F70" w:rsidP="00AB3F70">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- опросите соседей, возможно, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предмет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>принадлежит им. Если владелец не устано</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лен немедленно сообщите о находке в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">правоохранительные </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">органы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00820458">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(тел.102, 112).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRPr="00505A7D" w:rsidRDefault="00557E50" w:rsidP="00557E50">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="720"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRPr="00505A7D" w:rsidRDefault="00557E50" w:rsidP="00557E50">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>на улице, парке и т.д.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRPr="00505A7D" w:rsidRDefault="00557E50" w:rsidP="00557E50">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- осмотритесь вокруг, если есть возможность, попытайтесь, установить хозя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сли он не установлен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немедленно сообщите о находке в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">правоохранительные </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">органы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00820458">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(тел.102, 112)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRDefault="00557E50" w:rsidP="00557E50">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00820458">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- постарайтесь оградить </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">или на удаленном расстоянии не допустить </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00820458">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>посторонних</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DC7">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00820458">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предмет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00820458">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. По прибыти</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00820458">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сотрудников </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00820458">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">правоохранительных органов передайте информацию о времени обнаружения предмета. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRDefault="00557E50" w:rsidP="00557E50">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRPr="00820458" w:rsidRDefault="00557E50" w:rsidP="00557E50">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRPr="00505A7D" w:rsidRDefault="00557E50" w:rsidP="00557E50">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>в учреждении, организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRPr="00505A7D" w:rsidRDefault="00557E50" w:rsidP="00557E50">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">- немедленно сообщите о находке </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сотруднику охраны или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">администрации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>объекта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRDefault="00557E50" w:rsidP="00557E50">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRPr="00505A7D" w:rsidRDefault="00557E50" w:rsidP="00557E50">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRPr="00505A7D" w:rsidRDefault="00557E50" w:rsidP="00557E50">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008671F9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Не предпринимайте</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> самостоятельных действий с находками или подозрительными предметами, которые могут оказаться взрывными устройс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вами - это может привести к их взрыву, многочисленным жертвам, разр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">шениям. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRPr="00505A7D" w:rsidRDefault="00557E50" w:rsidP="00557E50">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00AB3F70" w:rsidRDefault="00AB3F70" w:rsidP="00AB3F70">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Категорически запрещается: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRPr="00505A7D" w:rsidRDefault="00557E50" w:rsidP="00557E50">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
-[...64 lines deleted...]
-    <w:p w:rsidR="00AB3F70" w:rsidRDefault="00AB3F70" w:rsidP="00AB3F70">
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вскрывать,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25DC7">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сдвигать с места,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>поднимать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> переносить </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предмет, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">брать в руки; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRPr="00505A7D" w:rsidRDefault="00557E50" w:rsidP="00557E50">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
-[...18 lines deleted...]
-      <w:pPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- класть </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предмет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в карманы, портфел</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, сумк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и т.п.; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRPr="00505A7D" w:rsidRDefault="00557E50" w:rsidP="00557E50">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...41 lines deleted...]
-    <w:p w:rsidR="00AB3F70" w:rsidRDefault="00AB3F70" w:rsidP="00AB3F70">
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- закапывать в землю или бросать их в водоемы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRPr="00505A7D" w:rsidRDefault="00557E50" w:rsidP="00557E50">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
-[...27 lines deleted...]
-      <w:pPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- обрывать или тянуть отходящие от предметов прово</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">локу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>или пр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вода, предпринимать попытки их обезвредить;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRPr="00505A7D" w:rsidRDefault="00557E50" w:rsidP="00557E50">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...50 lines deleted...]
-    <w:p w:rsidR="00AB3F70" w:rsidRDefault="00AB3F70" w:rsidP="00AB3F70">
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- пользоваться обнаруженными незнакомыми предметами; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRPr="00505A7D" w:rsidRDefault="00557E50" w:rsidP="00557E50">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
-[...533 lines deleted...]
-    <w:sectPr w:rsidR="00C93240" w:rsidRPr="00AB3F70">
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- польз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оваться </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в непосредственной близости от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предмета </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>радио- и электроа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ппаратурой, сотовыми телефонами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00557E50" w:rsidRPr="00505A7D" w:rsidRDefault="00557E50" w:rsidP="00557E50">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C93240" w:rsidRDefault="00C93240"/>
+    <w:sectPr w:rsidR="00C93240">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="C48EC188"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="88FEED41"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
@@ -1137,134 +1729,159 @@
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="385F5695"/>
+    <w:nsid w:val="0BCE7F32"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="62A81C68"/>
-    <w:lvl w:ilvl="0" w:tplc="14C6743A">
+    <w:tmpl w:val="A85C4F86"/>
+    <w:lvl w:ilvl="0" w:tplc="FB7C4D6C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:suff w:val="space"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1901" w:hanging="1050"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
         <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6840"/>
+        </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5BD65CC9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FB90569A"/>
     <w:lvl w:ilvl="0" w:tplc="678827EE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
@@ -1342,104 +1959,105 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00AB3F70"/>
-    <w:rsid w:val="00AB3F70"/>
+    <w:rsidRoot w:val="00557E50"/>
+    <w:rsid w:val="00557E50"/>
     <w:rsid w:val="00C93240"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="0A1D5155"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{512B7D5B-83B0-419C-BF27-F4E4A2E9CD54}"/>
+  <w15:docId w15:val="{B5A378A1-2EE9-4A22-BD72-831D337A3D21}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1792,91 +2410,91 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB3F70"/>
+    <w:rsid w:val="00557E50"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
-    <w:rsid w:val="00AB3F70"/>
+    <w:rsid w:val="00557E50"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -2127,54 +2745,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>350</Words>
-  <Characters>2000</Characters>
+  <Words>369</Words>
+  <Characters>2105</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
+  <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2346</CharactersWithSpaces>
+  <CharactersWithSpaces>2470</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>HP</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>