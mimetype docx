--- v0 (2025-12-07)
+++ v1 (2025-12-29)
@@ -1,1254 +1,1908 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="008738AD" w:rsidRDefault="008738AD" w:rsidP="008738AD">
+    <w:p w:rsidR="00FB061D" w:rsidRPr="00505A7D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00F81B81">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:jc w:val="center"/>
+        </w:rPr>
+        <w:t>Памятка населению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F81B81">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по действиям в случае захвата в заложники</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00FB061D" w:rsidRPr="00505A7D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRPr="00505A7D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Каждый конкретный случай взятия заложников своеобразен и отлич</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ется от других. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRPr="00505A7D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вместе с тем, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...499 lines deleted...]
-    <w:p w:rsidR="008738AD" w:rsidRDefault="008738AD" w:rsidP="008738AD">
+        </w:rPr>
+        <w:t xml:space="preserve">если Вы оказались в заложниках: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRPr="00505A7D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="008738AD" w:rsidRPr="009E01D1" w:rsidRDefault="008738AD" w:rsidP="008738AD">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о возможности скорее возьмите себя в руки, успокойтесь и не пан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>куйте;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRPr="00505A7D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="008738AD" w:rsidRPr="009E01D1" w:rsidRDefault="008738AD" w:rsidP="008738AD">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сли Вас связали или закрыли глаза, попытайтесь расслабиться, дышите глубже;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRPr="00505A7D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="008738AD" w:rsidRPr="009E01D1" w:rsidRDefault="008738AD" w:rsidP="008738AD">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>одготовьтесь физически, морально и эмоционально к возмо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ному суровому испытанию. При этом помните, что большинство случаев з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">хвата людей, заложники оставались в живых. Будьте уверены, что </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>специальные и правоохранительные органы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уже предпринимают профессиональные меры для В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шего освобождения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRPr="00505A7D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="008738AD" w:rsidRPr="00263BC4" w:rsidRDefault="008738AD" w:rsidP="008738AD">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е пытайтесь бежать, если нет полной уверенности в успехе п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бега;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRPr="00505A7D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>апомните</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> как можно больше информации о террористах. Целесообра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>но установить их количество, степень вооружен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, составить максимально по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ный словесный портрет, обратив внимание на характерные ос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бенности внешности, телосложения, акцента и тематики разговоров, темперамента, манер поведения и др. Подробная информация поможет впоследствии в установлении личностей терр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ристов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRPr="00505A7D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о различным признакам постарайтесь определить место своего нахо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дения (заточения);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRPr="00505A7D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о возможности расположитесь подальше от окон, дверей и с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мих похитителей, т.е. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">местах большей безопасности в случае, если </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">будут </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предпри</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">няты </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">активные меры </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по Вашему освобождению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(штурм помещения, огонь снайперов на поражение пр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ступников и др.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRPr="00505A7D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> случае штурма здания рекомендуется лечь на пол лицом вниз, сложив руки на затылке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRPr="00505A7D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е возмущайтесь, если при штурме и захвате с Вами могут поначалу (до установления Вашей личности) поступить несколько некоррек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>но, как с вероятным преступником. Вас могут обыскать, заковать в нару</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ч</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ники, связать, нанести эмоциональную или физическую травму, подвер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нуть допросу. Отнеситесь с пониманием к тому, что в подобных ситу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>циях такие действия штурмующих (до окончательной идентификации всех лиц и выявления и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тинных преступников) оправданы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRPr="00505A7D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
+      <w:pPr>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="008738AD" w:rsidRDefault="008738AD" w:rsidP="008738AD">
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="008738AD" w:rsidRDefault="008738AD" w:rsidP="008738AD">
+        </w:rPr>
+        <w:t>Взаимоотношения с похитителями:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRPr="00505A7D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е оказывайте агрессивного сопротивления, не делайте резких и угрожающих движений, не провоцируйте террористов на необдуманные действия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRPr="00505A7D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о возможности избегайте прямого зрительного контакта с похитител</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ми;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRPr="00505A7D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> самого начала (особенно первые полчаса) выполняйте все приказы и распоряжения похитителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRPr="00505A7D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аймите позицию пассивного сотрудничества. Разговаривайте спокойным голосом. Избегайте выражений презрения, вызывающего вра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дебного тона и поведения, которые могут вызвать гнев захватчиков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRPr="00505A7D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>едите себя спокойно, сохраняйте при этом чувство собственн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>го достоинства. Не высказывайте категоричных отказов, но не бойтесь обращаться со сп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>койными просьбами о том, в чем остро нуждаетесь;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRPr="00505A7D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ри наличии у Вас проблем со здоровьем, которые в ситуации сильного стре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>могут проявиться, заявите об этом в спокойной форме захватившим Вас людям. Постепенно, с учетом склад</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вающейся обстановки, можно повышать уровень просьб, связанных с улучшением вашего комфо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">та. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRPr="00505A7D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...20 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>При длительном нахождении в положении заложника:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...40 lines deleted...]
-    <w:p w:rsidR="008738AD" w:rsidRDefault="008738AD" w:rsidP="008738AD">
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRPr="00505A7D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="008738AD" w:rsidRPr="00263BC4" w:rsidRDefault="008738AD" w:rsidP="008738AD">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е допускайте возникновения чувства жалости, смятения и замешательства. Мысленно подготовьте себя к будущим испытаниям. Сохраняйте умс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>венную активность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRPr="00505A7D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...28 lines deleted...]
-    <w:p w:rsidR="008738AD" w:rsidRPr="00263BC4" w:rsidRDefault="008738AD" w:rsidP="008738AD">
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">збегайте возникновения чувства отчаяния, используйте для этого внутренние ресурсы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>самоубежд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ния</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRPr="00505A7D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="008738AD" w:rsidRDefault="008738AD" w:rsidP="008738AD">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>умайте и вспоминайте о приятных вещах. Помните, что шансы на освобождение со временем возрастают. Будьте уверены, что сейчас делается все во</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>можное для Вашего скорейшего освобождения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRPr="00505A7D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>остоянно находите себе какое-либо занятие (физические у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ражнения, чтение, жизненные воспоминания и т.д.). Установите суточный график физической и интеллектуальной деятельности, выполняйте дела в строгом методическом поря</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRPr="00505A7D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ля поддержания сил ешьте все, что дают, даже если пища не нравится и не вызывает аппетита. Отдайте себе отчет в том, что потеря а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>петита и веса являются нормальными явлением в подобной экстремальной с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRPr="00505A7D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="KZ Times New Roman" w:hAnsi="KZ Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сохранение психологической </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...111 lines deleted...]
-    <w:sectPr w:rsidR="00C93240" w:rsidRPr="008738AD">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>устойчивости</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> одно из важнейших условий спасения заложника. Здесь хороши любые приемы и методы, отвлекающие от неприятных ощущений и переживаний, позволяющие сохр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нить ясность мыслей, адекватную оценку ситуации. Полезно усвоить сл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дующие правила:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRPr="00505A7D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>елайте доступные в данных условиях физические упражнения, как м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нимум, напрягайте и расслаб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t>ляйте поочередно все мышцы тела;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRPr="00505A7D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>чень полезно во всех отношениях практиковать аутотренинг и медит</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>цию, они помогут держать свою психику под контролем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRPr="00505A7D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>споминайте про себя прочитанные книги, стихи, песни, посл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>довательно обдумывайте различные отвлеченные проблемы (решайте мат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">матические задачи, вспоминайте иностранные слова </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и т.д.). Ваш ум должен работать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRPr="00505A7D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сли есть такая возможность, читайте все, что окажется под р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кой, даже если текст совершенно вам не интересен. Можно также писать, несмотря на то, что написанное будет отбираться. Важен сам процесс, пом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гающий сохранить рассудок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB061D" w:rsidRPr="00505A7D" w:rsidRDefault="00FB061D" w:rsidP="00FB061D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тарайтесь относиться к происходящему с Вами как бы со ст</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">роны, не принимая случившееся близко к сердцу, до конца надейтесь на благополучный исход. Страх, депрессия и апатия </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> три Ваших главных врага, все они </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505A7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внутри Вас.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C93240" w:rsidRDefault="00C93240"/>
+    <w:sectPr w:rsidR="00C93240">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="KZ Times New Roman">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="04AB30A6"/>
+    <w:nsid w:val="202F5DEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9CC8233E"/>
-    <w:lvl w:ilvl="0" w:tplc="9EBE736E">
+    <w:tmpl w:val="8952A4C2"/>
+    <w:lvl w:ilvl="0" w:tplc="10F607DA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:suff w:val="space"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1698" w:hanging="990"/>
+        <w:ind w:left="1755" w:hanging="1035"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1788" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2508" w:hanging="180"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3228" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3948" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4668" w:hanging="180"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5388" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6108" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6828" w:hanging="180"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6840"/>
+        </w:tabs>
+        <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36DB250C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E138E53C"/>
-    <w:lvl w:ilvl="0" w:tplc="B5CC0BF4">
+    <w:tmpl w:val="1A28B0E6"/>
+    <w:lvl w:ilvl="0" w:tplc="627A5346">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="928" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
@@ -1305,50 +1959,164 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="527C20CC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2F982BDC"/>
+    <w:lvl w:ilvl="0" w:tplc="A73C4090">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="space"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1755" w:hanging="1035"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6840"/>
+        </w:tabs>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74A11CF8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FAEE17C4"/>
     <w:lvl w:ilvl="0" w:tplc="C422E3F0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1755" w:hanging="1035"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
@@ -1419,131 +2187,108 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
-    <w:lvlOverride w:ilvl="0">
-[...25 lines deleted...]
-    </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="008738AD"/>
-    <w:rsid w:val="008738AD"/>
+    <w:rsidRoot w:val="00FB061D"/>
     <w:rsid w:val="00C93240"/>
+    <w:rsid w:val="00FB061D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="23C80FC3"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{F5FC1994-570D-4B4D-8BEC-943348603C57}"/>
+  <w15:docId w15:val="{6CE5443A-9927-49BC-99A1-438ACDAFAD2D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1896,51 +2641,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008738AD"/>
+    <w:rsid w:val="00FB061D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -2214,54 +2959,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>804</Words>
-  <Characters>4585</Characters>
+  <Words>752</Words>
+  <Characters>4288</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
+  <Lines>35</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5379</CharactersWithSpaces>
+  <CharactersWithSpaces>5030</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>HP</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>