--- v0 (2025-12-09)
+++ v1 (2026-01-05)
@@ -21,81 +21,82 @@
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme4.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483672" r:id="rId1"/>
     <p:sldMasterId id="2147483696" r:id="rId2"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId7"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
     <p:handoutMasterId r:id="rId8"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="260" r:id="rId3"/>
-[...2 lines deleted...]
-    <p:sldId id="382" r:id="rId6"/>
+    <p:sldId id="363" r:id="rId3"/>
+    <p:sldId id="379" r:id="rId4"/>
+    <p:sldId id="365" r:id="rId5"/>
+    <p:sldId id="380" r:id="rId6"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="16256000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -1015,462 +1016,341 @@
 </dgm:colorsDef>
 </file>
 
 <file path=ppt/diagrams/data1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dgm:ptLst>
     <dgm:pt modelId="{533DC852-CC07-44F4-BAED-73F2F013CB55}" type="doc">
       <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/chevron2" loCatId="list" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2" csCatId="accent1" phldr="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{F02147A2-8ADB-4FCA-B985-F3F35455622F}">
       <dgm:prSet phldrT="[Текст]" custT="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+            <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>Өткізу түрі</a:t>
+            <a:t>Форма проведения</a:t>
           </a:r>
           <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
             <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{6EC1D3FE-B44A-4A36-8F8A-65DD1D364E6C}" type="parTrans" cxnId="{8F3EE38A-FD9F-46DE-9ECA-3E0511570669}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU" sz="1400">
             <a:latin typeface="+mj-lt"/>
             <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{E7E3743F-113A-4E70-8DEC-1523B2396402}" type="sibTrans" cxnId="{8F3EE38A-FD9F-46DE-9ECA-3E0511570669}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU" sz="1400">
             <a:latin typeface="+mj-lt"/>
             <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
+    <dgm:pt modelId="{0FC2AF87-2DAA-4ECD-9FFD-FD2DB03968F1}">
+      <dgm:prSet phldrT="[Текст]" custT="1"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:rPr>
+            <a:t>школьные выпускные экзамены</a:t>
+          </a:r>
+          <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
+            <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{0D3A9BBC-8C4C-4F18-A5AA-C8728F32F819}" type="parTrans" cxnId="{65EC7474-46A5-4334-BA5C-219E0E39EE5E}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU" sz="1400">
+            <a:latin typeface="+mj-lt"/>
+            <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{D61E57BB-DA7E-40B2-9996-571A4835EF75}" type="sibTrans" cxnId="{65EC7474-46A5-4334-BA5C-219E0E39EE5E}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU" sz="1400">
+            <a:latin typeface="+mj-lt"/>
+            <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{A75B613B-29E8-4EE6-957A-DB979D390FD4}">
+      <dgm:prSet phldrT="[Текст]" custT="1"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:rPr>
+            <a:t>Место проведения</a:t>
+          </a:r>
+          <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+            <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{A277EF55-E839-4849-970D-FFB93190C5DE}" type="parTrans" cxnId="{BAD1E5F5-7192-44EA-9BC4-3849AB7F12CD}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU" sz="1400">
+            <a:latin typeface="+mj-lt"/>
+            <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{2BDE91E4-AAB0-4C2A-988F-BC798519E25D}" type="sibTrans" cxnId="{BAD1E5F5-7192-44EA-9BC4-3849AB7F12CD}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU" sz="1400">
+            <a:latin typeface="+mj-lt"/>
+            <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
     <dgm:pt modelId="{B14F3432-D0B9-4AC2-A157-288CAD71A01C}">
       <dgm:prSet phldrT="[Текст]" custT="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+            <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
               <a:solidFill>
-                <a:srgbClr val="002060"/>
+                <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>білім</a:t>
-[...59 lines deleted...]
-            <a:t>мектепте</a:t>
+            <a:t>на базе школы, где обучается выпускник</a:t>
           </a:r>
           <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
             <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{55142902-2B25-4E8C-9CBE-A04A68F9AB58}" type="parTrans" cxnId="{60B7F2F0-8696-441E-B795-297D1B0BDE96}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU" sz="1400">
             <a:latin typeface="+mj-lt"/>
             <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{C4B42F6F-DC84-4C29-B134-6435FB347A7A}" type="sibTrans" cxnId="{60B7F2F0-8696-441E-B795-297D1B0BDE96}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU" sz="1400">
             <a:latin typeface="+mj-lt"/>
             <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
+    <dgm:pt modelId="{10BC65B9-E938-4489-943F-54C1D5681395}">
+      <dgm:prSet phldrT="[Текст]" custT="1"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:rPr>
+            <a:t>Сроки проведения</a:t>
+          </a:r>
+          <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+            <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{58741D7A-DA24-4584-AA18-68461211F6E9}" type="parTrans" cxnId="{7182F1B7-B81A-42A8-AA1E-960F8A022DEF}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU" sz="1400">
+            <a:latin typeface="+mj-lt"/>
+            <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{EDBF5077-6165-4D81-8B7E-9241F2B7DA2E}" type="sibTrans" cxnId="{7182F1B7-B81A-42A8-AA1E-960F8A022DEF}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU" sz="1400">
+            <a:latin typeface="+mj-lt"/>
+            <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
     <dgm:pt modelId="{0C4D8083-C2DF-4A25-A821-AF572952ED7A}">
       <dgm:prSet phldrT="[Текст]" custT="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+            <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
               <a:solidFill>
-                <a:srgbClr val="002060"/>
+                <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>жобамен</a:t>
-[...29 lines deleted...]
-            <a:t>.</a:t>
+            <a:t>ориентировочно с 28.05.2020 г. - 10.06.2021 г.</a:t>
           </a:r>
           <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
             <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{B8AB6014-07CC-4A5D-9059-E05E3C476E5F}" type="parTrans" cxnId="{2E2F42F2-6BB3-42F8-9DA8-E0ABDD84BCEA}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU" sz="1400">
             <a:latin typeface="+mj-lt"/>
             <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{8BA3A22A-091A-4AB3-B982-71A0995DCAD7}" type="sibTrans" cxnId="{2E2F42F2-6BB3-42F8-9DA8-E0ABDD84BCEA}">
-      <dgm:prSet/>
-[...188 lines deleted...]
-    <dgm:pt modelId="{58741D7A-DA24-4584-AA18-68461211F6E9}" type="parTrans" cxnId="{7182F1B7-B81A-42A8-AA1E-960F8A022DEF}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU" sz="1400">
             <a:latin typeface="+mj-lt"/>
             <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{88F10172-E5C3-4E70-A696-A7C306B3369E}" type="pres">
       <dgm:prSet presAssocID="{533DC852-CC07-44F4-BAED-73F2F013CB55}" presName="linearFlow" presStyleCnt="0">
         <dgm:presLayoutVars>
           <dgm:dir/>
           <dgm:animLvl val="lvl"/>
           <dgm:resizeHandles val="exact"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{007A13C7-D420-4AF1-AE8D-4A6AE0DCB7CA}" type="pres">
       <dgm:prSet presAssocID="{F02147A2-8ADB-4FCA-B985-F3F35455622F}" presName="composite" presStyleCnt="0"/>
@@ -1634,55 +1514,58 @@
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="8890" tIns="8890" rIns="8890" bIns="8890" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="622300">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="kk-KZ" sz="1400" kern="1200" dirty="0">
+            <a:rPr lang="ru-RU" sz="1400" b="1" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>Өткізу түрі</a:t>
+            <a:t>Форма проведения</a:t>
           </a:r>
           <a:endParaRPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
             <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm rot="-5400000">
         <a:off x="1" y="686479"/>
         <a:ext cx="1372470" cy="588202"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{5FC790B9-9A2F-4D99-94C8-637F48F8C958}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm rot="5400000">
           <a:off x="5587161" y="-4193150"/>
           <a:ext cx="1274437" cy="9703819"/>
         </a:xfrm>
         <a:prstGeom prst="round2SameRect">
           <a:avLst/>
         </a:prstGeom>
@@ -1718,98 +1601,58 @@
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="227584" tIns="20320" rIns="20320" bIns="20320" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="285750" lvl="1" indent="-285750" algn="l" defTabSz="1422400">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="15000"/>
             </a:spcAft>
             <a:buChar char="•"/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="ru-RU" sz="3200" kern="1200" dirty="0" err="1">
+            <a:rPr lang="ru-RU" sz="3200" b="1" kern="1200" dirty="0">
               <a:solidFill>
-                <a:srgbClr val="002060"/>
+                <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>мектепішілік</a:t>
-[...39 lines deleted...]
-            <a:t>емтихан</a:t>
+            <a:t>школьные выпускные экзамены</a:t>
           </a:r>
           <a:endParaRPr lang="ru-RU" sz="3200" b="1" kern="1200" dirty="0">
             <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm rot="-5400000">
         <a:off x="1372471" y="83753"/>
         <a:ext cx="9641606" cy="1150011"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{24168044-A1F2-40F9-9078-C2F8F08AE58F}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm rot="5400000">
           <a:off x="-294100" y="2064078"/>
           <a:ext cx="1960672" cy="1372470"/>
         </a:xfrm>
         <a:prstGeom prst="chevron">
           <a:avLst/>
         </a:prstGeom>
@@ -1846,55 +1689,58 @@
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="8890" tIns="8890" rIns="8890" bIns="8890" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="622300">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="kk-KZ" sz="1400" kern="1200" dirty="0">
+            <a:rPr lang="ru-RU" sz="1400" b="1" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>Өткізу орны</a:t>
+            <a:t>Место проведения</a:t>
           </a:r>
           <a:endParaRPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
             <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm rot="-5400000">
         <a:off x="1" y="2456212"/>
         <a:ext cx="1372470" cy="588202"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{F167DEC8-6E49-4565-8790-B9C080B6D0A7}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm rot="5400000">
           <a:off x="5587161" y="-2444713"/>
           <a:ext cx="1274437" cy="9703819"/>
         </a:xfrm>
         <a:prstGeom prst="round2SameRect">
           <a:avLst/>
         </a:prstGeom>
@@ -1930,118 +1776,58 @@
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="227584" tIns="20320" rIns="20320" bIns="20320" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="285750" lvl="1" indent="-285750" algn="l" defTabSz="1422400">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="15000"/>
             </a:spcAft>
             <a:buChar char="•"/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="ru-RU" sz="3200" kern="1200" dirty="0" err="1">
+            <a:rPr lang="ru-RU" sz="3200" b="1" kern="1200" dirty="0">
               <a:solidFill>
-                <a:srgbClr val="002060"/>
+                <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>білім</a:t>
-[...59 lines deleted...]
-            <a:t>мектепте</a:t>
+            <a:t>на базе школы, где обучается выпускник</a:t>
           </a:r>
           <a:endParaRPr lang="ru-RU" sz="3200" b="1" kern="1200" dirty="0">
             <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm rot="-5400000">
         <a:off x="1372471" y="1832190"/>
         <a:ext cx="9641606" cy="1150011"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{12D4DD48-07F2-4764-967C-DA7B3C8EFF08}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm rot="5400000">
           <a:off x="-294100" y="3833810"/>
           <a:ext cx="1960672" cy="1372470"/>
         </a:xfrm>
         <a:prstGeom prst="chevron">
           <a:avLst/>
         </a:prstGeom>
@@ -2078,55 +1864,58 @@
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="8890" tIns="8890" rIns="8890" bIns="8890" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="622300">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="kk-KZ" sz="1400" kern="1200" dirty="0">
+            <a:rPr lang="ru-RU" sz="1400" b="1" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>Өткізу уақыты</a:t>
+            <a:t>Сроки проведения</a:t>
           </a:r>
           <a:endParaRPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
             <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm rot="-5400000">
         <a:off x="1" y="4225944"/>
         <a:ext cx="1372470" cy="588202"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{9C47AFD8-9939-4E95-BCC1-3723C882C1E8}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm rot="5400000">
           <a:off x="5587161" y="-867727"/>
           <a:ext cx="1274437" cy="9703819"/>
         </a:xfrm>
         <a:prstGeom prst="round2SameRect">
           <a:avLst/>
         </a:prstGeom>
@@ -2162,88 +1951,58 @@
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="227584" tIns="20320" rIns="20320" bIns="20320" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="285750" lvl="1" indent="-285750" algn="l" defTabSz="1422400">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="15000"/>
             </a:spcAft>
             <a:buChar char="•"/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="ru-RU" sz="3200" kern="1200" dirty="0" err="1">
+            <a:rPr lang="ru-RU" sz="3200" b="1" kern="1200" dirty="0">
               <a:solidFill>
-                <a:srgbClr val="002060"/>
+                <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>жобамен</a:t>
-[...29 lines deleted...]
-            <a:t>.</a:t>
+            <a:t>ориентировочно с 28.05.2020 г. - 10.06.2021 г.</a:t>
           </a:r>
           <a:endParaRPr lang="ru-RU" sz="3200" b="1" kern="1200" dirty="0">
             <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm rot="-5400000">
         <a:off x="1372471" y="3409176"/>
         <a:ext cx="9641606" cy="1150011"/>
       </dsp:txXfrm>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
 <file path=ppt/diagrams/layout1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/chevron2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="process" pri="12000"/>
     <dgm:cat type="list" pri="16000"/>
     <dgm:cat type="convert" pri="11000"/>
   </dgm:catLst>
@@ -4050,50 +3809,143 @@
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Образ слайда 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2271713" y="1143000"/>
+            <a:ext cx="2316162" cy="3086100"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Заметки 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Номер слайда 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B7B6D0A9-7390-41BE-8520-9CE67684F35A}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>1</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="584094966"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
@@ -9810,957 +9662,457 @@
         <a:defRPr sz="2400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="4876678" algn="l" defTabSz="1219170" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="2400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Объект 2"/>
-[...5 lines deleted...]
-          </p:nvPr>
+          <p:cNvPr id="4" name="Прямоугольник 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="597876" y="6020477"/>
-            <a:ext cx="11076290" cy="2696210"/>
+            <a:off x="597877" y="2436772"/>
+            <a:ext cx="10163908" cy="5801783"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="2400"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="316523" y="454218"/>
+            <a:ext cx="12942277" cy="1767417"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just" fontAlgn="base">
-[...8 lines deleted...]
-              <a:rPr lang="ru-RU" sz="4400" dirty="0" err="1">
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5400" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Білім</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="4400" dirty="0">
+              <a:t>Итоговая аттестация обучающихся</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="745422" y="5337663"/>
+            <a:ext cx="10621109" cy="4179165"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...518 lines deleted...]
-              <a:t>Білім алушыларды қорытынды аттестаттау</a:t>
+              <a:t>Итоговая аттестация обучающихся — процедура, проводимая с целью определения степени освоения обучающимися объема учебных дисциплин, предусмотренных государственным общеобязательным стандартом соответствующего уровня образования.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="10" name="Схема 9">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="5" name="Схема 4"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="67183238"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3541780982"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="597876" y="9977118"/>
+          <a:off x="597877" y="9955090"/>
           <a:ext cx="11076290" cy="5500627"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
             <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId3" r:lo="rId4" r:qs="rId5" r:cs="rId6"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Рисунок 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9EA39A81-F04D-4CBF-957F-D78BA83AD164}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3474912" y="2052264"/>
+            <a:ext cx="5162127" cy="3454771"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="714580856"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3784065875"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...89 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Title 4"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="270933" y="1001341"/>
-            <a:ext cx="11243733" cy="1024760"/>
+            <a:off x="1706992" y="676425"/>
+            <a:ext cx="8432800" cy="768570"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="121920" tIns="60960" rIns="121920" bIns="60960" rtlCol="0" anchor="ctr">
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="3300" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="kk-KZ" sz="4400" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent1"/>
+                  <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Білім алушылар</a:t>
+              <a:t>Обучающиеся обязаны</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Content Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="687443" y="2862247"/>
-            <a:ext cx="10972800" cy="1702011"/>
+            <a:off x="514065" y="2340136"/>
+            <a:ext cx="11163869" cy="1276508"/>
           </a:xfrm>
           <a:ln w="19050">
             <a:solidFill>
               <a:srgbClr val="990000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
+            <a:normAutofit fontScale="62500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="457206" lvl="1" indent="0">
+            <a:pPr marL="342900" lvl="1" indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="ru-RU" sz="2667" dirty="0"/>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="kk-KZ" dirty="0">
+              <a:rPr lang="ru-RU" sz="3400" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent1"/>
+                  <a:srgbClr val="0070C0"/>
                 </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>бекітілген тәртіп нормаларын сақтауға;</a:t>
-            </a:r>
+              <a:t>соблюдать нормы поведения, установленные инструкцией; </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сдать экзаменационную работу после завершения времени, отведенного для экзамена.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="accent1"/>
+                <a:srgbClr val="0070C0"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr lvl="0"/>
-[...8 lines deleted...]
-            <a:endParaRPr lang="ru-RU" dirty="0">
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="accent1"/>
+                <a:srgbClr val="0070C0"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="ru-RU" dirty="0"/>
-[...5 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="0070C0"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Content Placeholder 6"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="193090" y="5654172"/>
-            <a:ext cx="11805820" cy="5215466"/>
+            <a:off x="514064" y="4511785"/>
+            <a:ext cx="11163869" cy="4433432"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="19050">
             <a:solidFill>
               <a:srgbClr val="990000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="121920" tIns="60960" rIns="121920" bIns="60960" rtlCol="0">
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="171450" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="750"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="2100" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="514350" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
@@ -10888,788 +10240,685 @@
             </a:lvl8pPr>
             <a:lvl9pPr marL="2914650" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="375"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="1350" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2667" b="1" dirty="0"/>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
               <a:t>   </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2667" b="1" dirty="0">
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Тестілеу кезінде келесі заттардың болмауы қажет</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2667" b="1" dirty="0">
+              <a:t>Во время тестирования запрещается использовать следующие предметы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="ru-RU" sz="2667" dirty="0">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="ru-RU" sz="2800" dirty="0"/>
-[...5 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2800" dirty="0"/>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="3" name="Table 2"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3327001964"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="500674434"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="337052" y="6374535"/>
-          <a:ext cx="11323191" cy="2338197"/>
+          <a:off x="824599" y="5193908"/>
+          <a:ext cx="10577015" cy="1724470"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" firstCol="1" bandRow="1">
                 <a:tableStyleId>{5FD0F851-EC5A-4D38-B0AD-8093EC10F338}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="5609052">
+                <a:gridCol w="5239426">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="5714139">
+                <a:gridCol w="5337589">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
-              <a:tr h="1865043">
+              <a:tr h="1177897">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
                         <a:lnSpc>
                           <a:spcPct val="115000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buSzPts val="1200"/>
                         <a:buFont typeface="Symbol" charset="2"/>
                         <a:buChar char=""/>
                         <a:tabLst>
                           <a:tab pos="450215" algn="l"/>
                           <a:tab pos="180340" algn="l"/>
                           <a:tab pos="228600" algn="l"/>
                           <a:tab pos="540385" algn="l"/>
                           <a:tab pos="685800" algn="l"/>
                         </a:tabLst>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="2700" b="1" noProof="0" dirty="0">
+                        <a:rPr lang="kk-KZ" sz="2000" b="1" noProof="0" dirty="0">
                           <a:solidFill>
-                            <a:schemeClr val="accent1"/>
+                            <a:srgbClr val="0070C0"/>
                           </a:solidFill>
                           <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>ұялы телефондар</a:t>
+                        <a:t>мобильные телефоны</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
                         <a:lnSpc>
                           <a:spcPct val="115000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buSzPts val="1200"/>
                         <a:buFont typeface="Symbol" charset="2"/>
                         <a:buChar char=""/>
                         <a:tabLst>
                           <a:tab pos="450215" algn="l"/>
                           <a:tab pos="180340" algn="l"/>
                           <a:tab pos="228600" algn="l"/>
                           <a:tab pos="540385" algn="l"/>
                           <a:tab pos="685800" algn="l"/>
                         </a:tabLst>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="2700" b="1" dirty="0">
+                        <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
                           <a:solidFill>
-                            <a:schemeClr val="accent1"/>
+                            <a:srgbClr val="0070C0"/>
                           </a:solidFill>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>анықтама материалдары</a:t>
+                        <a:t>справочные</a:t>
                       </a:r>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="2000" b="1" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="0070C0"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> материалы</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="kk-KZ" sz="2000" b="1" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="0070C0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+                      <a:pPr marL="342900" lvl="0" indent="-342900" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="115000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buSzPts val="1200"/>
                         <a:buFont typeface="Symbol" charset="2"/>
                         <a:buChar char=""/>
                         <a:tabLst>
                           <a:tab pos="450215" algn="l"/>
                           <a:tab pos="180340" algn="l"/>
                           <a:tab pos="228600" algn="l"/>
                           <a:tab pos="540385" algn="l"/>
                           <a:tab pos="685800" algn="l"/>
                         </a:tabLst>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="2700" b="1" dirty="0">
+                        <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
                           <a:solidFill>
-                            <a:schemeClr val="accent1"/>
+                            <a:srgbClr val="0070C0"/>
                           </a:solidFill>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>оқулықтар мен басқа да </a:t>
+                        <a:t>учебники и другую учебно-методическую литературу</a:t>
                       </a:r>
-                    </a:p>
-[...27 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="2700" b="1" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
                         <a:solidFill>
-                          <a:schemeClr val="accent1"/>
+                          <a:srgbClr val="0070C0"/>
                         </a:solidFill>
                         <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marT="0" marB="0"/>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="177800" marR="0" lvl="0" indent="-177800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="115000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzPts val="1200"/>
                         <a:buFont typeface="Symbol" charset="2"/>
                         <a:buChar char=""/>
                         <a:tabLst>
                           <a:tab pos="450215" algn="l"/>
                           <a:tab pos="180340" algn="l"/>
                           <a:tab pos="228600" algn="l"/>
                           <a:tab pos="540385" algn="l"/>
                           <a:tab pos="685800" algn="l"/>
                         </a:tabLst>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="2700" b="1" dirty="0">
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                           <a:solidFill>
-                            <a:schemeClr val="accent1"/>
+                            <a:srgbClr val="0070C0"/>
                           </a:solidFill>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>сыртқы байланыс</a:t>
+                        <a:t>электронные устройства, которые обеспечивают внешнюю связь </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="2700" b="1" baseline="0" dirty="0">
+                        <a:rPr lang="kk-KZ" sz="2000" b="1" noProof="0" dirty="0">
                           <a:solidFill>
-                            <a:schemeClr val="accent1"/>
-[...7 lines deleted...]
-                            <a:schemeClr val="accent1"/>
+                            <a:srgbClr val="0070C0"/>
                           </a:solidFill>
                           <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>басқа да электрондық  құрылғылар (смарт-сағат)</a:t>
+                        <a:t>(смарт-часы)</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr marL="177800" lvl="0" indent="-177800" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="115000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buSzPts val="1200"/>
                         <a:buFont typeface="Symbol" charset="2"/>
                         <a:buChar char=""/>
                         <a:tabLst>
                           <a:tab pos="450215" algn="l"/>
                           <a:tab pos="180340" algn="l"/>
                           <a:tab pos="228600" algn="l"/>
                           <a:tab pos="540385" algn="l"/>
                           <a:tab pos="685800" algn="l"/>
                         </a:tabLst>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="2700" b="1" dirty="0">
+                        <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
                           <a:solidFill>
-                            <a:schemeClr val="accent1"/>
+                            <a:srgbClr val="0070C0"/>
                           </a:solidFill>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t> шпаргалка</a:t>
+                        <a:t> шпаргалки</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="2700" b="1" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
                         <a:solidFill>
-                          <a:schemeClr val="accent1"/>
+                          <a:srgbClr val="0070C0"/>
                         </a:solidFill>
                         <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="just">
                         <a:lnSpc>
                           <a:spcPct val="115000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buSzPts val="1200"/>
                         <a:buFont typeface="Symbol" charset="2"/>
                         <a:buNone/>
                         <a:tabLst>
                           <a:tab pos="450215" algn="l"/>
                           <a:tab pos="180340" algn="l"/>
                           <a:tab pos="228600" algn="l"/>
                           <a:tab pos="540385" algn="l"/>
                           <a:tab pos="685800" algn="l"/>
                         </a:tabLst>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="2700" b="1" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
                         <a:solidFill>
-                          <a:schemeClr val="accent1"/>
+                          <a:srgbClr val="0070C0"/>
                         </a:solidFill>
                         <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marT="0" marB="0"/>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Прямоугольник 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3287937" y="9017958"/>
-            <a:ext cx="6822735" cy="1734064"/>
+            <a:off x="4140516" y="7116189"/>
+            <a:ext cx="5117051" cy="1631216"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="381005" indent="-381005">
+            <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2667" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>бір-бірімен сөйлесуге;</a:t>
-[...3 lines deleted...]
-            <a:pPr marL="381005" indent="-381005">
+              <a:t>разговаривать</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2667" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>орынан орынға ауысуға; </a:t>
-[...3 lines deleted...]
-            <a:pPr marL="381005" indent="-381005">
+              <a:t>пересаживаться с места на место,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2667" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>емтихан материалдарын алмастыруға;</a:t>
-[...3 lines deleted...]
-            <a:pPr marL="381005" indent="-381005">
+              <a:t>обмениваться экзаменационными материалами</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2667" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>көшіруге тыйым салынады.</a:t>
-[...4 lines deleted...]
-              </a:solidFill>
+              <a:t>списывать</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Рисунок 5"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:duotone>
               <a:schemeClr val="accent5">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
             </a:duotone>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="687442" y="12368470"/>
-            <a:ext cx="2373809" cy="2373809"/>
+            <a:off x="824599" y="11897640"/>
+            <a:ext cx="2415558" cy="2415558"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3481614121"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="848728757"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Прямоугольник 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="168019" y="1211477"/>
             <a:ext cx="11368584" cy="1446550"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="4400" b="1" dirty="0" err="1">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="4400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...82 lines deleted...]
-              <a:t>  </a:t>
+              <a:t>Формы и сроки проведения итоговой аттестации </a:t>
             </a:r>
             <a:endParaRPr lang="kk-KZ" sz="4400" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="0070C0"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Таблица 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2309228689"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="455063146"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1306897" y="2846855"/>
-          <a:ext cx="9606268" cy="8385832"/>
+          <a:ext cx="9606268" cy="9147832"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{BC89EF96-8CEA-46FF-86C4-4CE0E7609802}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="9606268">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="429403">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="4400" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="accent1"/>
                           </a:solidFill>
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>9  </a:t>
-[...19 lines deleted...]
-                        <a:t> </a:t>
+                        <a:t>9  класс </a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="4400" b="1" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="accent1"/>
                         </a:solidFill>
                         <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="507134">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr lvl="0"/>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="3600" dirty="0">
+                        <a:rPr lang="ru-RU" sz="3600" dirty="0">
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>Қортынды бітіру емтихандары</a:t>
+                        <a:t>Итоговые выпускные экзамены</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="3600" dirty="0">
-[...2 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="5387005">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr lvl="0"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t>3 экзамена </a:t>
                       </a:r>
                     </a:p>
@@ -11684,2027 +10933,230 @@
                       <a:pPr marL="342900" lvl="0" indent="-342900">
                         <a:buAutoNum type="arabicParenR"/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="3200" b="1" u="none" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="3200" b="0" u="none" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>28 </a:t>
-[...23 lines deleted...]
-                        <a:t> </a:t>
+                        <a:t>28 мая </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="3200" u="none" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>-  </a:t>
+                        <a:t>-  письменный экзамен </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="3200" u="none" kern="1200" dirty="0" err="1">
+                        <a:rPr lang="ru-RU" sz="3200" u="sng" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>ана</a:t>
+                        <a:t>по родному языку </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="3200" u="none" kern="1200" dirty="0">
+                        <a:rPr lang="ru-RU" sz="3200" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t> </a:t>
-[...167 lines deleted...]
-                        <a:t> </a:t>
+                        <a:t>(по языку обучения) – письменная работа (эссе)</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr marL="342900" lvl="0" indent="-342900">
                         <a:buAutoNum type="arabicParenR"/>
                       </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="3200" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr marL="342900" lvl="0" indent="-342900">
                         <a:buAutoNum type="arabicParenR"/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="3200" u="none" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="3200" u="none" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>3 </a:t>
-[...23 lines deleted...]
-                        <a:t> </a:t>
+                        <a:t>3 июня </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="3200" u="none" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>- </a:t>
-[...11 lines deleted...]
-                        <a:t>математике </a:t>
+                        <a:t>- письменный экзамен по математике </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="3200" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>(алгебра) </a:t>
-[...71 lines deleted...]
-                        <a:t> </a:t>
+                        <a:t>(алгебре); </a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0">
                         <a:buNone/>
                       </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="3200" dirty="0">
                         <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr marL="273050" indent="-273050" fontAlgn="base" hangingPunct="0"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="3200" dirty="0">
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t>3) </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="3200" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>7 </a:t>
-[...19 lines deleted...]
-                        <a:t> </a:t>
+                        <a:t>7 июня </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="3200" dirty="0">
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>– </a:t>
-[...730 lines deleted...]
-                        <a:t> </a:t>
+                        <a:t>- </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="3200" u="none" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>- </a:t>
-[...258 lines deleted...]
-                        <a:t>- алгебре </a:t>
+                        <a:t>письменный экзамен по казахскому языку и литературе в классах с русским  языком обучения </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="3200" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>и  анализ </a:t>
+                        <a:t>и письменного экзамена по русскому языку и литературе в классах с казахским языком обучения</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="3200" kern="1200" dirty="0" err="1">
+                        <a:rPr lang="kk-KZ" sz="3200" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>бастамалары</a:t>
+                        <a:t>;</a:t>
                       </a:r>
-                      <a:r>
-[...88 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr marL="273050" indent="-273050" fontAlgn="base" hangingPunct="0"/>
-                      <a:r>
-[...395 lines deleted...]
-                      </a:r>
                       <a:endParaRPr lang="ru-RU" sz="3200" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr marL="273050" indent="-273050" fontAlgn="base" hangingPunct="0"/>
                       <a:endParaRPr lang="ru-RU" sz="1800" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
@@ -13719,51 +11171,551 @@
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="ru-RU" sz="1200" dirty="0">
                         <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4215139123"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="813771037"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Прямоугольник 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="168019" y="1211477"/>
+            <a:ext cx="11368584" cy="769441"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Формы проведения итоговой аттестации </a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" sz="4400" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="0070C0"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="4" name="Таблица 3"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1691061245"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="1306897" y="2846855"/>
+          <a:ext cx="9606268" cy="10123192"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" bandRow="1">
+                <a:tableStyleId>{BC89EF96-8CEA-46FF-86C4-4CE0E7609802}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="9606268">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="429403">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="4400" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="accent1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>11  класс </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="4400" b="1" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="accent1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="507134">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Итоговые выпускные экзамены</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="5387005">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr lvl="0"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>4 экзамена </a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr lvl="0"/>
+                      <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" lvl="0" indent="-342900">
+                        <a:buAutoNum type="arabicParenR"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="3200" u="none" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FF0000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> 1 июня </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="3200" u="none" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>- письменный экзамен по родному языку </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="3200" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>(по языку обучения) – в форме эссе</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" lvl="0" indent="-342900">
+                        <a:buAutoNum type="arabicParenR"/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="3200" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="342900" lvl="0" indent="-342900">
+                        <a:buAutoNum type="arabicParenR"/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="3200" u="none" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FF0000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> 4 июня </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="3200" u="none" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>-  письменный экзамен по алгебре </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="3200" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>и начале анализа; </a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" lvl="0" indent="0">
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="3200" dirty="0">
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="273050" indent="-273050" fontAlgn="base" hangingPunct="0"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>3) </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FF0000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>7 июня </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>– тестирование по истории Казахстана</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="273050" indent="-273050" fontAlgn="base" hangingPunct="0"/>
+                      <a:endParaRPr lang="ru-RU" sz="3200" dirty="0">
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="273050" indent="-273050" fontAlgn="base" hangingPunct="0"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>4</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="3200" dirty="0">
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>) </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="3200" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FF0000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>10 июня </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="3200" dirty="0">
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>– тестирование </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="3200" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>по русскому языку и литературе в классах с казахским языком обучения и</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="3200" u="none" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> тестирование</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="3200" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="3200" u="none" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>по казахскому языку и литературе </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="3200" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>в классах с русским языком обучения </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="kk-KZ" sz="3200" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="273050" indent="-273050" fontAlgn="base" hangingPunct="0"/>
+                      <a:endParaRPr lang="ru-RU" sz="3200" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="273050" indent="-273050" fontAlgn="base" hangingPunct="0"/>
+                      <a:endParaRPr lang="ru-RU" sz="1800" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1527832">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="1200" dirty="0">
+                        <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="691815597"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="1_Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -14845,90 +12797,90 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Office Theme</Template>
   <TotalTime></TotalTime>
-  <Words>254</Words>
+  <Words>274</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Произвольный</PresentationFormat>
-  <Paragraphs>52</Paragraphs>
+  <Paragraphs>49</Paragraphs>
   <Slides>4</Slides>
-  <Notes>0</Notes>
+  <Notes>1</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Использованные шрифты</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="13" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Arial Narrow</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Symbol</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>1_Тема Office</vt:lpstr>
       <vt:lpstr>Тема Office</vt:lpstr>
-      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>  Итоговая аттестация обучающихся</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Презентация PowerPoint</dc:title>
   <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>