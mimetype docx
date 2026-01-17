--- v0 (2025-12-18)
+++ v1 (2026-01-17)
@@ -1,25085 +1,22257 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...129 lines deleted...]
-    <w:p w:rsidR="00632271" w:rsidRPr="00606960" w:rsidRDefault="00632271" w:rsidP="00606960">
+    <w:p w:rsidR="00632271" w:rsidRPr="00300448" w:rsidRDefault="003763AA" w:rsidP="003763AA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00300448">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>График раннего бронирования на 2021 - 2022 учебный год</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
+    <w:p w:rsidR="00606960" w:rsidRPr="00300448" w:rsidRDefault="00606960" w:rsidP="00606960">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="15183" w:type="dxa"/>
+        <w:tblW w:w="15608" w:type="dxa"/>
         <w:tblInd w:w="93" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="960"/>
-        <w:gridCol w:w="2260"/>
+        <w:gridCol w:w="2180"/>
         <w:gridCol w:w="1740"/>
         <w:gridCol w:w="2840"/>
-        <w:gridCol w:w="1811"/>
+        <w:gridCol w:w="1780"/>
         <w:gridCol w:w="2120"/>
         <w:gridCol w:w="1840"/>
-        <w:gridCol w:w="1723"/>
+        <w:gridCol w:w="2148"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00606960">
+            <w:r w:rsidRPr="003763AA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">№ </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
+            <w:r w:rsidRPr="003763AA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>р</w:t>
+              <w:t>п</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
+            <w:r w:rsidRPr="003763AA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>/с</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2157" w:type="dxa"/>
+              <w:t>/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00606960">
+            <w:r w:rsidRPr="003763AA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Ша</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00606960">
+              <w:t>Наименование микрорайона</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1740" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>ғын</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00606960">
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00606960">
+              <w:t>№ Дошкольной организации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>ауданнның</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00606960">
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...152 lines deleted...]
-            <w:tcW w:w="1803" w:type="dxa"/>
+              <w:t>Адрес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00606960">
+            <w:r w:rsidRPr="003763AA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Орынды</w:t>
-[...126 lines deleted...]
-            <w:tcW w:w="5683" w:type="dxa"/>
+              <w:t>Дата публикации мест раннего бронирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6108" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00606960">
+            <w:r w:rsidRPr="003763AA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>ОРЫНДЫ ЕРТЕ ТАҒАЙЫНДАУ Ү</w:t>
-[...21 lines deleted...]
-              <w:t>ІН БОСАҒАН КҮН</w:t>
+              <w:t>ДАТА ОСВОБОЖДЕНИЯ МЕСТ РАННЕГО БРОНИРОВАНИЯ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1803" w:type="dxa"/>
+            <w:tcW w:w="1780" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5683" w:type="dxa"/>
+            <w:tcW w:w="6108" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1803" w:type="dxa"/>
+            <w:tcW w:w="1780" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5683" w:type="dxa"/>
+            <w:tcW w:w="6108" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
-          <w:trHeight w:val="2550"/>
+          <w:trHeight w:val="2295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1803" w:type="dxa"/>
+            <w:tcW w:w="1780" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00606960">
+            <w:r w:rsidRPr="003763AA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Бі</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00606960">
+              <w:t>ранние группы от года                                                                                   (с 1 сентября 2019 по 31 августа 2020 года)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="00300448" w:rsidRDefault="003763AA" w:rsidP="00300448">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00300448">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>младшие группы  от 2-х лет    (с 1 сентября 2018 по 31 августа 2019)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>р</w:t>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00606960">
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00606960">
+              <w:t>средняя группа  от 3-х лет                       (с 1 сентября 2017 год по 31 августа 2018)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003763AA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>жастан</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00606960">
+              <w:t xml:space="preserve"> ;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003763AA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">                                                           старшая группа   от  4-х лет                   (с 1 сентября 2016 по 31 августа 2017);                                                                   группа </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00606960">
+            <w:r w:rsidRPr="003763AA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>асқан</w:t>
+              <w:t>предшкольной</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00606960">
+            <w:r w:rsidRPr="003763AA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> подготовки  от 5 -</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00606960">
+            <w:r w:rsidRPr="003763AA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>ерте</w:t>
+              <w:t>ти</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00606960">
+            <w:r w:rsidRPr="003763AA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1009 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve"> лет (с 1 сентября 2015 по 31 августа 2016 года). </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">ЛЕРМОНТОВА - </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>МӘШhҮ</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МӘШhҮР</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ЖҮСІП-     КРИВЕН</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>КО - СОРМОВА - АК</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...7 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.Ч</w:t>
+            </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> ЖҮСІП-     КРИВЕНКО - СОРМОВА - ШӨКИН             </w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ОКИНА             </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул. Ак</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...14 lines deleted...]
-              <w:t>с</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.С</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...44 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>атпаева,251</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>02.08.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>Ед</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.Е</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>іге</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>діге</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...53 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> би,76/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ул. </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00606960">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Машһур</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...14 lines deleted...]
-              <w:t>Ж</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ж</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...62 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>үсупа,36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...14 lines deleted...]
-              <w:t>с</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.К</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...44 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>аирбаева,84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>Машһур</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.М</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ашһур</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramStart"/>
-[...81 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Жүсупа,27/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...80 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул. Лермонтова, 98/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...15 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ул. </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>Сормов</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сормова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>, 5/4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1803" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>Машһур</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.М</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ашһур</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00606960">
-[...14 lines deleted...]
-              <w:t>үсуп</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жүсупа</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>, 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1803" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Лермонтов </w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...14 lines deleted...]
-              <w:t>с</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.Л</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>і</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ермонтова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>, 102/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1803" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>02.08.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>96</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Лермонтов </w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...14 lines deleted...]
-              <w:t>с</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.Л</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>і</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ермонтова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>, 97</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1803" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>102</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>Сәтпаев</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул.Ак</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.С</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>атпаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>, 249</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1803" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>02.08.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...14 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>115</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Кривенко </w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...14 lines deleted...]
-              <w:t>с</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.К</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>і</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ривенко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>, 87/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1803" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">ХИМГОРОДОК, ЛЕРМОНТОВА,               САТПАЕВ                            </w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ХИМГОРОДКИ, ЛЕРМОНТОВА,               АК. САТПАЕВА                               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...72 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул. Айманова,13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ул. </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>Айманов</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Айманова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>, 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1803" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>Айманов</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.А</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>йманова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>, 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1803" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>02.08.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...72 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул. Торайгырова,16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Баян Батыр </w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>к-с</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.Б</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>аян</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Батыр,11/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...62 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул. Астана,1А</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул.Ак</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>к-с</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.С</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>атпаева,13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>30.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>30.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...80 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул. Лермонтова, 46/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>02.08.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...15 lines deleted...]
-              <w:t>Ген</w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>.Д</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.Г</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...44 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ен.Дюсенова,15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>93</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул.Ак</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>к-с</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.Б</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ектурова,73</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>122</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул.Ак</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...14 lines deleted...]
-              <w:t>с</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.С</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...44 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>атпаева,39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021:                                      29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...15 lines deleted...]
-              <w:t>2 ПАВЛОДАР, ВОКЗАЛ АУДАНЫ, 2 ЮЖНАЯ, ГАГАРИНА</w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2 ПАВЛОДАР, РАЙОН ВОКЗАЛА, 2 ЮЖНАЯ, ГАГАРИНА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...90 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул. Камзина,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>17.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...80 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул. Минина,31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>17.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...15 lines deleted...]
-              <w:t>Вс</w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул. Вс</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.И</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...62 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ванова,62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>17.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...80 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул. Гагарина, 36/3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>17.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>даңғылы</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>пр.Н</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>. Назарбаева,7/2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>17.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>даңғылы</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>пр.Н</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>. Назарбаева,7/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>17.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Гагарин </w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...14 lines deleted...]
-              <w:t>с</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.Г</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>і</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>агарина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>, 63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1803" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>17.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>Торайғыров</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.Т</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орайгырова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>, 115/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1803" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>17.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>02.08.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>Я.Геринга</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул.Я.Геринга</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>, 79/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1803" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>17.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>02.08.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>72</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>к-с</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.К</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>амзина,16А</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>17.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>02.08.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...80 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул. Украинская, 99</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>17.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...15 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>121</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>Құдайбердиев</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул.Ш</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...71 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>. Кудайбердиева,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>17.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ул. </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>Ж.Мұса</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ж.Мусы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>, 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1803" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>17.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...33 lines deleted...]
-              <w:t xml:space="preserve"> - РАДИЩЕВА - КАМЗИН</w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">АЛЮМИНСТРОЙ - ДИСПЕТЧЕРСКАЯ - ТОЛСТОГО-ЦОН - РАДИЩЕВА - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>КАМЗИНА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...14 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>Н.Назарбаев</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>пр.Н</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...53 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>. Назарбаева, 87/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>19.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...72 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул. Естая,97</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>19.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Радищев </w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>к-с</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.Р</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>адищева,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>19.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ул. </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>Естай</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Естая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>, 93</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1803" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>19.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...14 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Павлов </w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...14 lines deleted...]
-              <w:t>с</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.П</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>і</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>авлова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>, 106/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1803" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>19.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...14 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Катаев </w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...14 lines deleted...]
-              <w:t>с</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.К</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...44 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>атаева,52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>19.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Павлов </w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...14 lines deleted...]
-              <w:t>с</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.П</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>і</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>авлова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>, 82/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1803" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>19.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Ломов </w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>к-с</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.Л</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>омова,149/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>19.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...54 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>пр. Н. Назарбаева,159/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>19.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...62 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул. Катаева,23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>19.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>104</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...54 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>пр.Н.Назарбаева,97/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>19.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>111</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>Камзин</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.К</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>амзина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>, 80/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1803" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>19.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>112</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>Естай</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.Е</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>стая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>, 91/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1803" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>19.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...15 lines deleted...]
-              <w:t>ДАЧНЫЙ-УСОЛКА ШАҒЫН АУДАНЫ-ЗАТОН БАЗАР</w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ДАЧНЫЙ-УСОЛЬСКИЙ МКРН-ЗАТОНСКИЙ РЫНО</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>Ы-</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>К-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">                    ШӨКИН</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                    АК. ЧОКИНА</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ул. </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>Камзин</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Камзина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>, 360/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1803" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>21.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...15 lines deleted...]
-              <w:t> </w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ул. </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00606960">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Майры</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>, 41/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1803" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>21.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>Сәтпаев</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул.Ак</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.С</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>атпаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>, 241</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1803" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>21.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...62 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул. Ткачева,15/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>21.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул.Ак</w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>Ш</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.Ч</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>өкин</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>окина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>, 96/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1803" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>21.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...14 lines deleted...]
-              <w:t>с</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.К</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...44 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>амзина,356</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>21.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...8 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул.Ак</w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>Ш</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.Ч</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...62 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>окина,33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>21.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Ткачев </w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...14 lines deleted...]
-              <w:t>с</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.Т</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...44 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>качева,5/2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>21.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>116</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...14 lines deleted...]
-              <w:t>с</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.К</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...44 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>амзина,360</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>21.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>02.08.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...8 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул.Ак</w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>Ш</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.Ч</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...62 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>окина,40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>21.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>126</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...14 lines deleted...]
-              <w:t>с</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.М</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...44 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>айры,27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>21.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>ША</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>СПЕЦ</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...14 lines deleted...]
-              <w:t>АУЫЛ БАЛАБАҚШАЛАРЫ, МДШО, СОЛНЫШКО, НИМАТ</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>. САДЫ, СЕЛЬСКИЕ САДЫ, ДМЦ, СОЛНЫШКО, НИМАТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...15 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...90 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул. Торайгырова,99/2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>25.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...62 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул. Макаренко,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>25.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...15 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...90 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул. Токина,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>25.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...15 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...62 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул. Теплова,46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>25.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>к-с</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.М</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акажанова,13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>25.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...14 lines deleted...]
-              <w:t>с</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.А</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...44 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>йманова,32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>25.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>Ұлы</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул.Ұлы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Д</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...53 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ала 2/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>25.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Урицкий </w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>к-с</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.У</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>рицкого,76</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>25.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>82</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...54 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>пр.Н.Назарбаева,35/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>25.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>117</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Молодежная </w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>к-с</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.М</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>олодежная,25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>25.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>29.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...14 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...15 lines deleted...]
-              <w:t>30 МДШО</w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ДМЦ 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>к-с</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.Л</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>едовского,18/3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>25.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>72</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...15 lines deleted...]
-              <w:t>40 МДШО</w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ДМЦ 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>Жағажай</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.Ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ағажай</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>, 60/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1803" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>25.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>73</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>Жетекші</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жетекши</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00606960">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Қыз</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00606960">
-[...14 lines deleted...]
-              <w:t>ібек</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жибек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...53 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аланы 5/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>25.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Солнышко </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Павлов </w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>к-с</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.П</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>авлова,42/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>25.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05.07.2021; 12.07.2021; 19.07.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606960" w:rsidRPr="00606960" w:rsidTr="00606960">
+      <w:tr w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidTr="003763AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00606960">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Нимат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00606960">
-[...5 lines deleted...]
-              <w:t>к-с</w:t>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.Ж</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00606960">
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>елтоқсан,45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>25.05.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00606960" w:rsidRPr="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003763AA" w:rsidRPr="003763AA" w:rsidRDefault="003763AA" w:rsidP="003763AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003763AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>02.06.2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00606960" w:rsidRDefault="00606960" w:rsidP="00606960">
+    <w:p w:rsidR="00606960" w:rsidRPr="00300448" w:rsidRDefault="00606960" w:rsidP="00606960">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00606960" w:rsidSect="00606960">
+    <w:sectPr w:rsidR="00606960" w:rsidRPr="00300448" w:rsidSect="00606960">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="850" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="70"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00606960"/>
+    <w:rsid w:val="00300448"/>
+    <w:rsid w:val="003763AA"/>
     <w:rsid w:val="00606960"/>
     <w:rsid w:val="00632271"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -25448,50 +22620,63 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
+    <w:div w:id="100925820">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="634063029">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="698161919">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -25787,50 +22972,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>869</Words>
-  <Characters>4958</Characters>
+  <Words>885</Words>
+  <Characters>5050</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>41</Lines>
+  <Lines>42</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5816</CharactersWithSpaces>
+  <CharactersWithSpaces>5924</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>