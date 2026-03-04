--- v0 (2025-12-17)
+++ v1 (2026-03-04)
@@ -1,2348 +1,2062 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="5949" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3904"/>
+        <w:gridCol w:w="4046"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F37287">
+      <w:tr w:rsidR="002B0FB8" w:rsidTr="00380A66">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F37287" w:rsidRDefault="00061F84">
-[...1 lines deleted...]
-              <w:ind w:left="250"/>
+          <w:p w:rsidR="00380A66" w:rsidRPr="00527340" w:rsidRDefault="00527340" w:rsidP="00664407">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
-              </w:rPr>
-[...6 lines deleted...]
-            </w:pPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
-              </w:rPr>
-[...6 lines deleted...]
-            </w:pPr>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
-              </w:rPr>
-              <w:t>№ 248</w:t>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>к приказу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B0FB8" w:rsidRPr="005C2DFE" w:rsidRDefault="005C2DFE" w:rsidP="00664407">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005507DA" w:rsidRPr="00711E44" w:rsidTr="00F51D3F">
+      <w:tr w:rsidR="00872C97">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F51D3F" w:rsidRDefault="005507DA" w:rsidP="00711E44">
-[...62 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00872C97" w:rsidRDefault="00284FC7">
+            <w:pPr>
+              <w:ind w:left="250"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              </w:rPr>
+              <w:t>Министр образования и науки Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872C97" w:rsidRDefault="00284FC7">
+            <w:pPr>
+              <w:ind w:left="250"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>от 31 мая 2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00872C97" w:rsidRDefault="00284FC7">
+            <w:pPr>
+              <w:ind w:left="250"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>№ 248</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005507DA" w:rsidRDefault="005507DA" w:rsidP="005507DA">
+    <w:p w:rsidR="00527340" w:rsidRDefault="00527340" w:rsidP="00527340">
       <w:pPr>
-        <w:jc w:val="right"/>
         <w:rPr>
-          <w:i/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="4117" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="5529" w:type="dxa"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4117"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidTr="00C01A3C">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4117" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00527340" w:rsidRPr="007B794A" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
+            <w:pPr>
+              <w:ind w:hanging="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B794A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B794A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
+            <w:pPr>
+              <w:ind w:hanging="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007B794A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>к Типовым правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B794A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007B794A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>проведения текущего контроля</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B794A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007B794A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>успеваемости, промежуточной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B794A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007B794A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>аттестации обучающихся</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B794A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007B794A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в организациях образования,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B794A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007B794A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>реализующих</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B794A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007B794A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>общеобразовательные учебные</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B794A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007B794A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>программы начального,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B794A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007B794A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>основного среднего,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B794A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007B794A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>общего среднего образования</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidTr="00C01A3C">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4117" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
+            <w:pPr>
+              <w:ind w:hanging="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00527340" w:rsidRDefault="00527340" w:rsidP="00527340">
+      <w:pPr>
+        <w:ind w:firstLine="2694"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00527340" w:rsidRPr="00FB28BE" w:rsidRDefault="00527340" w:rsidP="00527340">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005507DA" w:rsidRDefault="005507DA" w:rsidP="005507DA">
-[...237 lines deleted...]
-    <w:p w:rsidR="00992752" w:rsidRPr="008F751A" w:rsidRDefault="00992752" w:rsidP="00992752">
+    <w:p w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidRDefault="00527340" w:rsidP="00527340">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F751A">
+      <w:r w:rsidRPr="002A5AB9">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">9 (10) </w:t>
+        <w:t xml:space="preserve">Шкала перевода </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00527340" w:rsidRDefault="00527340" w:rsidP="00527340">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A5AB9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">баллов экзамена обучающихся 9 (10) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">және 11 (12) </w:t>
+        <w:t>и 11 (12)</w:t>
       </w:r>
-      <w:r w:rsidRPr="008F751A">
+      <w:r w:rsidRPr="002A5AB9">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>сынып білім алушыларының емтихан балдарын</w:t>
+        <w:t xml:space="preserve">классов </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00992752" w:rsidRPr="004E7AEB" w:rsidRDefault="00992752" w:rsidP="00992752">
+    <w:p w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidRDefault="00527340" w:rsidP="00527340">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004E7AEB">
+      <w:r w:rsidRPr="002A5AB9">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>емтихан</w:t>
+        <w:t>в экзаменационные оценки</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="004E7AEB">
+    </w:p>
+    <w:p w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidRDefault="00527340" w:rsidP="00527340">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...63 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:spacing w:val="2"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1036"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2158"/>
+        <w:gridCol w:w="1008"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="1983"/>
+        <w:gridCol w:w="2409"/>
+        <w:gridCol w:w="2282"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00992752" w:rsidRPr="00A14F73" w:rsidTr="00C01A3C">
+      <w:tr w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidTr="00C01A3C">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="pct"/>
+            <w:tcW w:w="514" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00992752" w:rsidRPr="00A14F73" w:rsidRDefault="00992752" w:rsidP="00C01A3C">
-[...17 lines deleted...]
-            <w:tcW w:w="1062" w:type="pct"/>
+          <w:p w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A5AB9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Оценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1084" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00992752" w:rsidRPr="00A14F73" w:rsidRDefault="00992752" w:rsidP="00C01A3C">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A5AB9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баллы </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002A5AB9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>для</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00527340" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A5AB9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>предметов,</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Максимальды</w:t>
-[...23 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00A14F73">
+            <w:r w:rsidRPr="002A5AB9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">где </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002A5AB9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>максимальный</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002A5AB9">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...25 lines deleted...]
-            <w:tcW w:w="1170" w:type="pct"/>
+          </w:p>
+          <w:p w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A5AB9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>балл 20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1011" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00992752" w:rsidRPr="00A14F73" w:rsidRDefault="00992752" w:rsidP="00C01A3C">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A5AB9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баллы </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002A5AB9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>для</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A5AB9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>предметов,</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Максимальды </w:t>
-[...5 lines deleted...]
-              <w:t>балл 30 бол</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A5AB9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>где</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A5AB9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>максимальный балл 30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1228" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A5AB9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баллы </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002A5AB9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>для</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A5AB9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>предметов,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">ған </w:t>
-[...12 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...30 lines deleted...]
-              <w:ind w:left="20"/>
+            <w:r w:rsidRPr="002A5AB9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>где</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00527340" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">максимальный </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00527340" w:rsidRPr="00177520" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Максимальды </w:t>
-            </w:r>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">балл </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...54 lines deleted...]
-            <w:tcW w:w="1116" w:type="pct"/>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1163" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00992752" w:rsidRPr="00A14F73" w:rsidRDefault="00992752" w:rsidP="00C01A3C">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A5AB9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баллы </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002A5AB9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>для</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00527340" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A5AB9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>предметов,</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Максимальды</w:t>
-[...7 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A5AB9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">где </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00527340" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ған</w:t>
-[...42 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A5AB9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">максимальный </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00527340" w:rsidRPr="004C5794" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A5AB9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>балл 50</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00992752" w:rsidRPr="00A14F73" w:rsidTr="00C01A3C">
+      <w:tr w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidTr="00C01A3C">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="pct"/>
+            <w:tcW w:w="514" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00992752" w:rsidRPr="00A14F73" w:rsidRDefault="00992752" w:rsidP="00C01A3C">
+          <w:p w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...27 lines deleted...]
-            <w:tcW w:w="1062" w:type="pct"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A5AB9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>"2"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1084" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00992752" w:rsidRPr="00A14F73" w:rsidRDefault="00992752" w:rsidP="00C01A3C">
+          <w:p w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A14F73">
+            <w:r w:rsidRPr="002A5AB9">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>0 – 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1170" w:type="pct"/>
+            <w:tcW w:w="1011" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00992752" w:rsidRPr="00A14F73" w:rsidRDefault="00992752" w:rsidP="00C01A3C">
+          <w:p w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A14F73">
+            <w:r w:rsidRPr="002A5AB9">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>0 – 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1116" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00992752" w:rsidRPr="009637D9" w:rsidRDefault="00992752" w:rsidP="00C01A3C">
+            <w:tcW w:w="1228" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00527340" w:rsidRPr="00177520" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1116" w:type="pct"/>
+              <w:t>0-15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1163" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00992752" w:rsidRPr="00A14F73" w:rsidRDefault="00992752" w:rsidP="00C01A3C">
+          <w:p w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A14F73">
+            <w:r w:rsidRPr="002A5AB9">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>0 – 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00992752" w:rsidRPr="00A14F73" w:rsidTr="00C01A3C">
+      <w:tr w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidTr="00C01A3C">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="pct"/>
+            <w:tcW w:w="514" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00992752" w:rsidRPr="00A14F73" w:rsidRDefault="00992752" w:rsidP="00C01A3C">
+          <w:p w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...27 lines deleted...]
-            <w:tcW w:w="1062" w:type="pct"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A5AB9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>"3"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1084" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00992752" w:rsidRPr="00A14F73" w:rsidRDefault="00992752" w:rsidP="00C01A3C">
+          <w:p w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A14F73">
+            <w:r w:rsidRPr="002A5AB9">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>8 – 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1170" w:type="pct"/>
+            <w:tcW w:w="1011" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00992752" w:rsidRPr="00A14F73" w:rsidRDefault="00992752" w:rsidP="00C01A3C">
+          <w:p w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A14F73">
+            <w:r w:rsidRPr="002A5AB9">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>12 – 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1116" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00992752" w:rsidRPr="009637D9" w:rsidRDefault="00992752" w:rsidP="00C01A3C">
+            <w:tcW w:w="1228" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00527340" w:rsidRPr="00177520" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>6</w:t>
-[...18 lines deleted...]
-            <w:tcW w:w="1116" w:type="pct"/>
+              <w:t>16-25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1163" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00992752" w:rsidRPr="00A14F73" w:rsidRDefault="00992752" w:rsidP="00C01A3C">
+          <w:p w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A14F73">
+            <w:r w:rsidRPr="002A5AB9">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>20 – 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00992752" w:rsidRPr="00A14F73" w:rsidTr="00C01A3C">
+      <w:tr w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidTr="00C01A3C">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="pct"/>
+            <w:tcW w:w="514" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00992752" w:rsidRPr="00A14F73" w:rsidRDefault="00992752" w:rsidP="00C01A3C">
+          <w:p w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...27 lines deleted...]
-            <w:tcW w:w="1062" w:type="pct"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A5AB9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>"4"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1084" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00992752" w:rsidRPr="00A14F73" w:rsidRDefault="00992752" w:rsidP="00C01A3C">
+          <w:p w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A14F73">
+            <w:r w:rsidRPr="002A5AB9">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>13 – 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1170" w:type="pct"/>
+            <w:tcW w:w="1011" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00992752" w:rsidRPr="00A14F73" w:rsidRDefault="00992752" w:rsidP="00C01A3C">
+          <w:p w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A14F73">
+            <w:r w:rsidRPr="002A5AB9">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>20 – 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1116" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00992752" w:rsidRPr="009637D9" w:rsidRDefault="00992752" w:rsidP="00C01A3C">
+            <w:tcW w:w="1228" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00527340" w:rsidRPr="00177520" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>6</w:t>
-[...18 lines deleted...]
-            <w:tcW w:w="1116" w:type="pct"/>
+              <w:t>26-33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1163" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00992752" w:rsidRPr="00A14F73" w:rsidRDefault="00992752" w:rsidP="00C01A3C">
+          <w:p w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A14F73">
+            <w:r w:rsidRPr="002A5AB9">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>33 – 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00992752" w:rsidRPr="00A14F73" w:rsidTr="00C01A3C">
+      <w:tr w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidTr="00C01A3C">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="pct"/>
+            <w:tcW w:w="514" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00992752" w:rsidRPr="00A14F73" w:rsidRDefault="00992752" w:rsidP="00C01A3C">
+          <w:p w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...27 lines deleted...]
-            <w:tcW w:w="1062" w:type="pct"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A5AB9">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>"5"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1084" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00992752" w:rsidRPr="00A14F73" w:rsidRDefault="00992752" w:rsidP="00C01A3C">
+          <w:p w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A14F73">
+            <w:r w:rsidRPr="002A5AB9">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>17 – 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1170" w:type="pct"/>
+            <w:tcW w:w="1011" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00992752" w:rsidRPr="00A14F73" w:rsidRDefault="00992752" w:rsidP="00C01A3C">
+          <w:p w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A14F73">
+            <w:r w:rsidRPr="002A5AB9">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>26 – 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1116" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00992752" w:rsidRPr="009637D9" w:rsidRDefault="00992752" w:rsidP="00C01A3C">
+            <w:tcW w:w="1228" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00527340" w:rsidRPr="00177520" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>34</w:t>
-[...18 lines deleted...]
-            <w:tcW w:w="1116" w:type="pct"/>
+              <w:t>34-40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1163" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00992752" w:rsidRPr="00A14F73" w:rsidRDefault="00992752" w:rsidP="00C01A3C">
+          <w:p w:rsidR="00527340" w:rsidRPr="002A5AB9" w:rsidRDefault="00527340" w:rsidP="00C01A3C">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A14F73">
+            <w:r w:rsidRPr="002A5AB9">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>43 – 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00992752" w:rsidRDefault="00992752" w:rsidP="00992752"/>
-    <w:p w:rsidR="00992752" w:rsidRDefault="00992752" w:rsidP="00992752">
+    <w:p w:rsidR="0099366C" w:rsidRDefault="0099366C" w:rsidP="00941BA6">
       <w:pPr>
-        <w:jc w:val="right"/>
         <w:rPr>
-          <w:i/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00992752" w:rsidRDefault="00992752" w:rsidP="00992752">
-[...22 lines deleted...]
-    <w:p w:rsidR="00F37287" w:rsidRDefault="00061F84">
+    <w:p w:rsidR="00872C97" w:rsidRDefault="00872C97"/>
+    <w:p w:rsidR="00872C97" w:rsidRDefault="00284FC7">
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Результаты согласования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F37287" w:rsidRDefault="00061F84">
+    <w:p w:rsidR="00872C97" w:rsidRDefault="00284FC7">
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Министерство образования и науки РК - Директор Акмарал Казхановна Кинжебаева, 24.05.2021 08:21:07, положительный результат проверки ЭЦП</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F37287" w:rsidRDefault="00061F84">
+    <w:p w:rsidR="00872C97" w:rsidRDefault="00284FC7">
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Министерство здравоохранения Республики Казахстан - Вице-министр здравоохранения Республики Казахстан Ажар Ғиният, 26.05.2021 13:26:04, положительный результат проверки ЭЦП</w:t>
+        <w:t xml:space="preserve">Министерство здравоохранения Республики Казахстан - </w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00F37287" w:rsidRDefault="00061F84">
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Министерство юстиции РК - Вице-министра Наталья Виссарионовна Пан, 31.05.2021 10:28:53, положительный результат проверки ЭЦП</w:t>
+        <w:t>Вице-министр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> здравоохранения Республики Казахстан Ажар Ғиният, 26.05.2021 13:26:04, положительный результат проверки ЭЦП</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F37287" w:rsidRDefault="00061F84">
+    <w:p w:rsidR="00872C97" w:rsidRDefault="00284FC7">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Министерство юстиции РК - </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Вице-министра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наталья Виссарионовна Пан, 31.05.2021 10:28:53, положительный результат проверки ЭЦП</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00872C97" w:rsidRDefault="00284FC7">
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Результаты подписания</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F37287" w:rsidRDefault="00061F84">
+    <w:p w:rsidR="00872C97" w:rsidRDefault="00284FC7">
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>ҚР Білім және ғылым министрлігі - Қазақстан Республикасының Білім және ғылым министрі А. Аймагамбетов, 31.05.2021 10:56:37, положительный результат проверки ЭЦП</w:t>
+        <w:t>Министерство образования и науки РК - Министр образования и науки Республики Казахстан А. Аймагамбетов, 31.05.2021 10:56:37, положительный результат проверки ЭЦП</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00F37287" w:rsidSect="005E1A48">
+    <w:sectPr w:rsidR="00872C97" w:rsidSect="001D46AD">
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:footerReference w:type="first" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1276" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00061F84" w:rsidRDefault="00061F84">
+    <w:p w:rsidR="001B76A3" w:rsidRDefault="001B76A3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00061F84" w:rsidRDefault="00061F84">
+    <w:p w:rsidR="001B76A3" w:rsidRDefault="001B76A3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00F37287" w:rsidRDefault="00F37287">
+<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p w:rsidR="00872C97" w:rsidRDefault="00872C97">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00F37287" w:rsidRDefault="00061F84">
+  <w:p w:rsidR="00872C97" w:rsidRDefault="00284FC7">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>Нормативтік құқықтық актілерді мемлекеттік тіркеудің тізіліміне №  болып енгізілді</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00F37287" w:rsidRDefault="00061F84">
+  <w:p w:rsidR="00872C97" w:rsidRDefault="00284FC7">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>ИС «ИПГО». Копия электронного документа. Дата  31.05.2021.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00F37287" w:rsidRDefault="00F37287">
+<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p w:rsidR="00872C97" w:rsidRDefault="00872C97">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00F37287" w:rsidRDefault="00061F84">
+  <w:p w:rsidR="00872C97" w:rsidRDefault="00284FC7">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>ИС «ИПГО». Копия электронного документа. Дата  31.05.2021.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00061F84" w:rsidRDefault="00061F84">
+    <w:p w:rsidR="001B76A3" w:rsidRDefault="001B76A3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00061F84" w:rsidRDefault="00061F84">
+    <w:p w:rsidR="001B76A3" w:rsidRDefault="001B76A3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...3 lines deleted...]
-  <w:revisionView w:inkAnnotations="0"/>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
-  <w:compat>
-[...5 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="005507DA"/>
-    <w:rsid w:val="00061F84"/>
+    <w:rsidRoot w:val="0099366C"/>
     <w:rsid w:val="000D68F9"/>
+    <w:rsid w:val="001416AD"/>
+    <w:rsid w:val="00196968"/>
+    <w:rsid w:val="001B76A3"/>
+    <w:rsid w:val="001D46AD"/>
+    <w:rsid w:val="00284FC7"/>
+    <w:rsid w:val="002B0FB8"/>
     <w:rsid w:val="002E524A"/>
-    <w:rsid w:val="00302157"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00F51D3F"/>
+    <w:rsid w:val="00380A66"/>
+    <w:rsid w:val="004B1640"/>
+    <w:rsid w:val="00527340"/>
+    <w:rsid w:val="005C2DFE"/>
+    <w:rsid w:val="00664407"/>
+    <w:rsid w:val="006C6361"/>
+    <w:rsid w:val="00872C97"/>
+    <w:rsid w:val="00941BA6"/>
+    <w:rsid w:val="0099366C"/>
+    <w:rsid w:val="009F68CB"/>
+    <w:rsid w:val="00B5779B"/>
+    <w:rsid w:val="00E41AC4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{6C736F7B-63DB-E44E-A9DF-A4A370A1952F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...375 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005507DA"/>
+    <w:rsid w:val="0099366C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:uiPriority w:val="39"/>
-    <w:rsid w:val="005507DA"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="0099366C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0099366C"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0099366C"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст примечания Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0099366C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="a5"/>
+    <w:next w:val="a5"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0099366C"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Тема примечания Знак"/>
+    <w:basedOn w:val="a6"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0099366C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0099366C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0099366C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2556,76 +2270,77 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>214</Words>
-  <Characters>1220</Characters>
+  <Words>212</Words>
+  <Characters>1215</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1432</CharactersWithSpaces>
+  <CharactersWithSpaces>1425</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Дәулетберді Гаухар</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>