--- v0 (2025-12-07)
+++ v1 (2025-12-29)
@@ -1,4591 +1,3433 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="005645E4" w:rsidRDefault="00F14971" w:rsidP="00F14971">
-      <w:pPr>
+    <w:p w:rsidR="005B60E1" w:rsidRDefault="00E2379B" w:rsidP="005B60E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
           <w:sz w:val="48"/>
-        </w:rPr>
-      </w:pPr>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>Детск</w:t>
+      </w:r>
+      <w:r w:rsidR="00593D49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>ие</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3020C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F14971">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="006F4A73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
           <w:sz w:val="48"/>
-        </w:rPr>
-        <w:t>Балалар</w:t>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>электротравм</w:t>
+      </w:r>
+      <w:r w:rsidR="00593D49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>ы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F14971">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="00E2379B" w:rsidRDefault="0065013C" w:rsidP="005B60E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
           <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidR="00593D49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>их</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2379B" w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> профилактика</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B60E1" w:rsidRPr="00E2379B" w:rsidRDefault="005B60E1" w:rsidP="005B60E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E2379B" w:rsidRDefault="00E2379B" w:rsidP="005B60E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Повреждения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  в организме человека, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от воздействий внешних факторов мы называем одним словом</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3020C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3020C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">травма. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B60E1" w:rsidRDefault="005B60E1" w:rsidP="005B60E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00096E7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Детский травматизм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3020C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>это большая проблема, которая в корне может изменить жизнь как родителей, так и ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B60E1" w:rsidRDefault="005B60E1" w:rsidP="005B60E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По статистике </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">травмы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в основном </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бывают у детей младшего школьного возраста (7-11 лет). Травмы у мальчиков бывают </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">намного чаще </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>%) , чем у девочек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A5F74" w:rsidRDefault="005B60E1" w:rsidP="000A5F74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Травмы являются </w:t>
+      </w:r>
+      <w:r w:rsidR="000A5F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>одной из главных причин</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A5F74" w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>смер</w:t>
+      </w:r>
+      <w:r w:rsidR="000A5F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> детей  старше трех лет. </w:t>
+      </w:r>
+      <w:r w:rsidR="000A5F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В мире о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">т несчастных случаев умирает больше детей,  чем от </w:t>
+      </w:r>
+      <w:r w:rsidR="000A5F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ра</w:t>
+      </w:r>
+      <w:r w:rsidR="000A5F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidR="000A5F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>личных инфекций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A5F74" w:rsidRDefault="000A5F74" w:rsidP="000A5F74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основных  причин детского травматизма не так и много:    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A5F74" w:rsidRDefault="005666DC" w:rsidP="000A5F74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основная </w:t>
+      </w:r>
+      <w:r w:rsidR="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="000A5F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> б</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2379B" w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еспечность взрослы</w:t>
+      </w:r>
+      <w:r w:rsidR="000A5F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>х, которые считают, что н</w:t>
+      </w:r>
+      <w:r w:rsidR="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="000A5F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>чего стра</w:t>
+      </w:r>
+      <w:r w:rsidR="000A5F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ш</w:t>
+      </w:r>
+      <w:r w:rsidR="000A5F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ного не может произойти в конкретных случаях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A5F74" w:rsidRDefault="000A5F74" w:rsidP="000A5F74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вторая</w:t>
+      </w:r>
+      <w:r w:rsidR="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">халатность </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2379B" w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>взрослых</w:t>
+      </w:r>
+      <w:r w:rsidR="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2379B" w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>которые н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>енадлежащ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>им образом испо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">няют свои обязанности будь то </w:t>
+      </w:r>
+      <w:r w:rsidR="00701D03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должностные лица</w:t>
+      </w:r>
+      <w:r w:rsidR="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00701D03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо родители </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005666DC" w:rsidRDefault="00701D03" w:rsidP="000A5F74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кроме того, на уровень детского травматизма большое влияние оказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вает и дисциплинированность самих детей. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00701D03" w:rsidRDefault="00701D03" w:rsidP="000A5F74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Департамент Комитета атомного и энерге</w:t>
+      </w:r>
+      <w:r w:rsidR="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тического надзора и контроля по </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC47C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:r w:rsidR="00096E7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC47C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Нур-Султан</w:t>
+      </w:r>
+      <w:r w:rsidR="0028123D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в данной статье</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осветит некоторые вопросы профилактики детского травматизма от электрического тока.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C644CB" w:rsidRPr="00D5761B" w:rsidRDefault="00C644CB" w:rsidP="00C644CB">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="48"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5761B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="48"/>
-[...17 lines deleted...]
-          <w:sz w:val="48"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Опасный ток</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C644CB" w:rsidRPr="00897BB0" w:rsidRDefault="00C644CB" w:rsidP="00555297">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C644CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прежде всего</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D5761B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нужно разобраться в причинах поражения электрич</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ским током. Обычно люди считают, что оборудован</w:t>
+      </w:r>
+      <w:r w:rsidR="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ие 10 кВ (10000 вольт) гораздо </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>опаснее напряжения 220 вольт. Но это ошибочное мнение. В дейс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вительности поражающий фактор электрического тока зависит от его силы, а не от напряжения. Поэтому практически </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D5761B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>любой бытовой прибор может быть смертельно опасен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D5761B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00555297" w:rsidRPr="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ток более</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 мА (0,01 ампер) </w:t>
+      </w:r>
+      <w:r w:rsidR="00555297" w:rsidRPr="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">может </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">производить </w:t>
+      </w:r>
+      <w:r w:rsidR="00555297" w:rsidRPr="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сил</w:t>
+      </w:r>
+      <w:r w:rsidR="00555297" w:rsidRPr="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidR="00555297" w:rsidRPr="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ный, болевой </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">удар, </w:t>
+      </w:r>
+      <w:r w:rsidR="00555297" w:rsidRPr="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">токи от 100 до 200 мА (от 0,1 до 0,2 ампер) </w:t>
+      </w:r>
+      <w:r w:rsidR="00555297" w:rsidRPr="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уже могут быть смертельны! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555297" w:rsidRPr="00897BB0" w:rsidRDefault="00555297" w:rsidP="00555297">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При этом необходимо знать</w:t>
+      </w:r>
+      <w:r w:rsidR="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> что при силе тока выше 10 миллиампер, мышечные схватки на столько сильны, что жертва уже не может отпустить провод</w:t>
+      </w:r>
+      <w:r w:rsidR="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> который шокирует его. </w:t>
+      </w:r>
+      <w:r w:rsidR="0014753E" w:rsidRPr="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При токе более 20 миллиампер, дыхание з</w:t>
+      </w:r>
+      <w:r w:rsidR="0014753E" w:rsidRPr="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="0014753E" w:rsidRPr="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>трудняется и полностью перестает при силе тока около 100 мА.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2379B" w:rsidRPr="003A059A" w:rsidRDefault="00E2379B" w:rsidP="007A326B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:ind w:firstLine="709"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Профилактика детского травматизма</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3020C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0014753E" w:rsidRPr="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3020C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0014753E" w:rsidRPr="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>электротравм</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="003A059A" w:rsidRPr="00E2379B" w:rsidRDefault="003A059A" w:rsidP="00E2379B">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1988 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Электр жарақатынан балалар жарақаттануының алдын алу</w:t>
-[...31 lines deleted...]
-        </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="5943600" cy="6781800"/>
-            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:extent cx="5940425" cy="6784048"/>
+            <wp:effectExtent l="19050" t="0" r="3175" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="http://ds75.detkin-club.ru/editor/44/images/%D0%B1%D0%B5%D0%B7%D0%BE%D0%BF%D0%B0%D1%81%D0%BD%D0%BE%D1%81%D1%82%D1%8C/dfbb005622619d9575acd22d80279253.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Рисунок 1" descr="http://ds75.detkin-club.ru/editor/44/images/%D0%B1%D0%B5%D0%B7%D0%BE%D0%BF%D0%B0%D1%81%D0%BD%D0%BE%D1%81%D1%82%D1%8C/dfbb005622619d9575acd22d80279253.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 1" descr="http://ds75.detkin-club.ru/editor/44/images/%D0%B1%D0%B5%D0%B7%D0%BE%D0%BF%D0%B0%D1%81%D0%BD%D0%BE%D1%81%D1%82%D1%8C/dfbb005622619d9575acd22d80279253.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4" cstate="print"/>
+                    <a:blip r:embed="rId5" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5943600" cy="6781800"/>
+                      <a:ext cx="5940425" cy="6784048"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0020151A" w:rsidRDefault="0020151A" w:rsidP="0020151A">
-[...13 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="0014753E" w:rsidRDefault="00E2379B" w:rsidP="0014753E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...150 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Детский травматизм и его предупреждение – очень  важная и серьезная проблема, особенно в период школьных каникул</w:t>
+      </w:r>
+      <w:r w:rsidR="0014753E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0020151A" w:rsidRPr="0020151A" w:rsidRDefault="0020151A" w:rsidP="0020151A">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="00E2379B" w:rsidRDefault="0014753E" w:rsidP="0014753E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Жоғарыда </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Выше мы говорили о причинах </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0020151A">
-[...5 lines deleted...]
-        <w:t>біз</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электротрав</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0020151A">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3020C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...103 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Э</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>то</w:t>
+      </w:r>
+      <w:r w:rsidR="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прежде всего</w:t>
+      </w:r>
+      <w:r w:rsidR="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3020C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...163 lines deleted...]
-        <w:spacing w:after="0"/>
+      <w:r w:rsidR="00096E7C" w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не благоустроенность</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2379B" w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внешней среды, халатность, недосмотр взрослых, неост</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2379B" w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2379B" w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рожное, неправильное пов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>едение ребенка в быту, на улице.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2379B" w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Возникновению травм способствуют и психологические особенности детей: любознател</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2379B" w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2379B" w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ность, большая подвижность, эмоциональность, недостаток жизненного оп</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2379B" w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2379B" w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">та, а отсюда отсутствие чувства опасности. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0014753E" w:rsidRPr="00E2379B" w:rsidRDefault="0014753E" w:rsidP="0014753E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> тәуекелдерді </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Необходимо предупредить эти риски и всеми возможными способами оградить их от них.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0014753E" w:rsidRDefault="0014753E" w:rsidP="0014753E">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Работа должна идти постоянно в двух направлениях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2379B" w:rsidRPr="00E2379B" w:rsidRDefault="00E2379B" w:rsidP="00D3020C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Устранение </w:t>
+      </w:r>
+      <w:r w:rsidR="0014753E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">возможности получения </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="000A2A8A">
-[...5 lines deleted...]
-        <w:t>алдын</w:t>
+      <w:r w:rsidR="0014753E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электротр</w:t>
+      </w:r>
+      <w:r w:rsidR="008A71BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="0014753E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вмы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="000A2A8A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2379B" w:rsidRPr="00E2379B" w:rsidRDefault="00E2379B" w:rsidP="00D3020C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="008A71BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Регулярное</w:t>
+      </w:r>
+      <w:r w:rsidR="00E82203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="008A71BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проведение занятий для детей по основным методам</w:t>
+      </w:r>
+      <w:r w:rsidR="00B26B4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A71BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пр</w:t>
+      </w:r>
+      <w:r w:rsidR="008A71BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="008A71BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дупреждения детских </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="000A2A8A">
-[...5 lines deleted...]
-        <w:t>алу</w:t>
+      <w:r w:rsidR="008A71BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электротравм</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="000A2A8A">
-[...55 lines deleted...]
-        <w:ind w:firstLine="709"/>
+      <w:r w:rsidR="008A71BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A71BE" w:rsidRDefault="00E2379B" w:rsidP="008A71BE">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A71BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008A71BE" w:rsidRPr="008A71BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Особое внимание следует уделить </w:t>
+      </w:r>
+      <w:r w:rsidR="008A71BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>любым действующим электроуст</w:t>
+      </w:r>
+      <w:r w:rsidR="008A71BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="008A71BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>новкам (линий электропередач, подстанций, оборудования вне зависимости от класса напряжения)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01756">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="008A71BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> находящиеся в непосредстве</w:t>
+      </w:r>
+      <w:r w:rsidR="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нной близости мест пр</w:t>
+      </w:r>
+      <w:r w:rsidR="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00897BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">живания, </w:t>
+      </w:r>
+      <w:r w:rsidR="008A71BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>объектов образования, спортивных, строительных площадках, в подъездах и подвалах жилых домов и т.д., а также бытовых приборов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A059A" w:rsidRDefault="003A059A" w:rsidP="008A71BE">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Дети должны знать, что</w:t>
+      </w:r>
+      <w:r w:rsidR="00A63B1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A2A8A" w:rsidRPr="000A2A8A" w:rsidRDefault="000A2A8A" w:rsidP="000A2A8A">
-[...2 lines deleted...]
-        <w:ind w:firstLine="709"/>
+    <w:p w:rsidR="003A059A" w:rsidRDefault="003A059A" w:rsidP="008A71BE">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...466 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="5943600" cy="3838575"/>
-            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:extent cx="5940425" cy="4224214"/>
+            <wp:effectExtent l="19050" t="0" r="3175" b="0"/>
             <wp:docPr id="2" name="Рисунок 4" descr="http://ds75.detkin-club.ru/editor/44/images/%D0%B1%D0%B5%D0%B7%D0%BE%D0%BF%D0%B0%D1%81%D0%BD%D0%BE%D1%81%D1%82%D1%8C/1b93df1bca6db00adb340c54e13dc224.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Рисунок 4" descr="http://ds75.detkin-club.ru/editor/44/images/%D0%B1%D0%B5%D0%B7%D0%BE%D0%BF%D0%B0%D1%81%D0%BD%D0%BE%D1%81%D1%82%D1%8C/1b93df1bca6db00adb340c54e13dc224.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 4" descr="http://ds75.detkin-club.ru/editor/44/images/%D0%B1%D0%B5%D0%B7%D0%BE%D0%BF%D0%B0%D1%81%D0%BD%D0%BE%D1%81%D1%82%D1%8C/1b93df1bca6db00adb340c54e13dc224.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5" cstate="print"/>
-                    <a:srcRect t="9019"/>
+                    <a:blip r:embed="rId6" cstate="print"/>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5943600" cy="3838575"/>
+                      <a:ext cx="5940425" cy="4224214"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00016365" w:rsidRDefault="00016365" w:rsidP="000A2A8A">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="003A059A" w:rsidRPr="003A059A" w:rsidRDefault="00323CA4" w:rsidP="003A059A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00096E7C" w:rsidRPr="00096E7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Очень опасно</w:t>
+      </w:r>
+      <w:r w:rsidR="003A059A" w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прикасаться к трансформаторным и распределител</w:t>
+      </w:r>
+      <w:r w:rsidR="003A059A" w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidR="003A059A" w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ным подстанциям, заходить внутрь их, а также залезать на крышу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A059A" w:rsidRPr="003A059A" w:rsidRDefault="001556B4" w:rsidP="003A059A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001556B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Очень опасно</w:t>
+      </w:r>
+      <w:r w:rsidR="003A059A" w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прикасаться и подходить</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01756">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к</w:t>
+      </w:r>
+      <w:r w:rsidR="003A059A" w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> упавшим и оборванным ог</w:t>
+      </w:r>
+      <w:r w:rsidR="003A059A" w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="003A059A" w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ленным проводам кабельных и воздушных линии электропередач;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A059A" w:rsidRPr="003A059A" w:rsidRDefault="001556B4" w:rsidP="003A059A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00096E7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Очень опасно</w:t>
+      </w:r>
+      <w:r w:rsidR="003A059A" w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> касаться оголенных проводов, по которым идет электр</w:t>
+      </w:r>
+      <w:r w:rsidR="003A059A" w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="003A059A" w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ческий ток;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A059A" w:rsidRPr="003A059A" w:rsidRDefault="001556B4" w:rsidP="00B26B4C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-        <w:ind w:firstLine="709"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001556B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Очень опасно</w:t>
+      </w:r>
+      <w:r w:rsidR="003A059A" w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проверять наличие электрического тока в приборах или проводах пальцами; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A059A" w:rsidRPr="003A059A" w:rsidRDefault="001556B4" w:rsidP="003A059A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001556B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Очень опасно</w:t>
+      </w:r>
+      <w:r w:rsidR="003A059A" w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> защемлять провода дверями, оконными рамами, закре</w:t>
+      </w:r>
+      <w:r w:rsidR="003A059A" w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="003A059A" w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лять провода на гвоздях, чтобы не повредить изоляцию и не было коротких замыканий (вспышек пламени); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A059A" w:rsidRPr="003A059A" w:rsidRDefault="003A059A" w:rsidP="003A059A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нужно следить за тем, чтобы электрические провода не соприкасались с батареями отопления, трубами водопровода, с телефонными и радиотран</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ляционными проводами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A059A" w:rsidRPr="003A059A" w:rsidRDefault="001556B4" w:rsidP="003A059A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Не</w:t>
+      </w:r>
+      <w:r w:rsidR="003A059A" w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> позволя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>йте</w:t>
+      </w:r>
+      <w:r w:rsidR="003A059A" w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> детям играть у розеток, втыкать в них шпильки, була</w:t>
+      </w:r>
+      <w:r w:rsidR="003A059A" w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="003A059A" w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ки, дергать провода, так как это может привести к </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тяжелым последствиям</w:t>
+      </w:r>
+      <w:r w:rsidR="003A059A" w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A059A" w:rsidRPr="003A059A" w:rsidRDefault="003A059A" w:rsidP="003A059A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001556B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Категорически запрещается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пользоваться бытовыми электроприбор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ми, по корпусу которых проходит ток (прибор «кусается»). Штепсельную вилку при включении и выключении приборов нужно брать за пластмасс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вую колодку, а не за провод;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A059A" w:rsidRPr="003A059A" w:rsidRDefault="003A059A" w:rsidP="003A059A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нужно следить также и за тем, чтобы шнуры, снятые с приборов, не о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тавались присоединенными к штепсельной розетке, потому что при случа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ном прикосновении к ним возможно поражение током;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00897BB0" w:rsidRPr="00E2379B" w:rsidRDefault="003A059A" w:rsidP="003A059A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Не оставля</w:t>
+      </w:r>
+      <w:r w:rsidR="00C06483">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">йте </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A059A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">включенные электроприборы без надзора </w:t>
+      </w:r>
+      <w:r w:rsidR="00C06483">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>взрослых</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE18F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A63B1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в том числе </w:t>
+      </w:r>
+      <w:r w:rsidR="00A63B1F" w:rsidRPr="00A63B1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зарядные устройства для сотовых телефонов и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A63B1F" w:rsidRPr="00A63B1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гаджетов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C06483">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005666DC" w:rsidRDefault="00E2379B" w:rsidP="005666DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Родители не должны перекладывать ответственность за детский тр</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01756">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01756">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01756">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>матизм </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на педагогов, </w:t>
+      </w:r>
+      <w:r w:rsidR="00584300">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и от Вас </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зависит правильное поведение детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2379B" w:rsidRPr="00E2379B" w:rsidRDefault="00E2379B" w:rsidP="005666DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E2379B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Детский травматизм – серьезная проблема и только общими усилиями можно оградить детей от беды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005666DC" w:rsidRDefault="005666DC" w:rsidP="005666DC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005666DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(Материалы взяты из открытых источников)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005666DC" w:rsidRDefault="005666DC" w:rsidP="005666DC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005666DC" w:rsidRPr="00AC47C9" w:rsidRDefault="005666DC" w:rsidP="005666DC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Территориальный д</w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000A2A8A">
-[...5 lines deleted...]
-        <w:t>Балалар</w:t>
+      <w:r w:rsidRPr="005666DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>епартамент</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00C47311">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="005666DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комитета атомного и энергетич</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005666DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005666DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ского надзора и контроля </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> келесіні білу қажет.</w:t>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t xml:space="preserve">Министерства энергетики Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005666DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC47C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">городу </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC47C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>Нур-Султан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB5D90" w:rsidRPr="005666DC" w:rsidRDefault="00DB5D90">
+      <w:pPr>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Трансформаторлық және тарату қосалқы станцияларына жақындауға және жанасуға, ішке </w:t>
-[...794 lines deleted...]
-    <w:sectPr w:rsidR="003109E7" w:rsidRPr="00E22FF6" w:rsidSect="003109E7">
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00DB5D90" w:rsidRPr="005666DC" w:rsidSect="002F39B0">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="709" w:right="707" w:bottom="851" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000201" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000004" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="39564947"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D7545E1C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="5B940BAD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="52CA7ECA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
+  <w:autoHyphenation/>
+  <w:hyphenationZone w:val="357"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:useFELayout/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F14971"/>
-[...17 lines deleted...]
-    <w:rsid w:val="00FC20FE"/>
+    <w:rsidRoot w:val="00E2379B"/>
+    <w:rsid w:val="00096E7C"/>
+    <w:rsid w:val="000A5F74"/>
+    <w:rsid w:val="0014753E"/>
+    <w:rsid w:val="001556B4"/>
+    <w:rsid w:val="001914A1"/>
+    <w:rsid w:val="0028123D"/>
+    <w:rsid w:val="002F39B0"/>
+    <w:rsid w:val="00323CA4"/>
+    <w:rsid w:val="00356704"/>
+    <w:rsid w:val="003A059A"/>
+    <w:rsid w:val="00464027"/>
+    <w:rsid w:val="00555297"/>
+    <w:rsid w:val="005666DC"/>
+    <w:rsid w:val="00584300"/>
+    <w:rsid w:val="00593D49"/>
+    <w:rsid w:val="005B60E1"/>
+    <w:rsid w:val="0065013C"/>
+    <w:rsid w:val="006F4A73"/>
+    <w:rsid w:val="00701D03"/>
+    <w:rsid w:val="007A326B"/>
+    <w:rsid w:val="0080337D"/>
+    <w:rsid w:val="00897BB0"/>
+    <w:rsid w:val="008A71BE"/>
+    <w:rsid w:val="00A14C5E"/>
+    <w:rsid w:val="00A63B1F"/>
+    <w:rsid w:val="00AC47C9"/>
+    <w:rsid w:val="00AE6D26"/>
+    <w:rsid w:val="00B26B4C"/>
+    <w:rsid w:val="00BE18F0"/>
+    <w:rsid w:val="00BE1A3E"/>
+    <w:rsid w:val="00C016E1"/>
+    <w:rsid w:val="00C06483"/>
+    <w:rsid w:val="00C11E8E"/>
+    <w:rsid w:val="00C644CB"/>
+    <w:rsid w:val="00D01756"/>
+    <w:rsid w:val="00D3020C"/>
+    <w:rsid w:val="00D451E0"/>
+    <w:rsid w:val="00D5761B"/>
+    <w:rsid w:val="00DB5D90"/>
+    <w:rsid w:val="00E2379B"/>
+    <w:rsid w:val="00E82203"/>
+    <w:rsid w:val="00F370C3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
-[...18 lines deleted...]
-    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
-[...76 lines deleted...]
-    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005C1B04"/>
+    <w:rsid w:val="002F39B0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E2379B"/>
     <w:pPr>
-      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="22"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00E2379B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Balloon Text"/>
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006204F1"/>
+    <w:rsid w:val="00E2379B"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E2379B"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E2379B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a3"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="006204F1"/>
+    <w:rsid w:val="00E2379B"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="1856530494">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1511986253">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1908492612">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1773280544">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4831,70 +3673,71 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>4098</Characters>
+  <Pages>1</Pages>
+  <Words>742</Words>
+  <Characters>4235</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>34</Lines>
+  <Lines>35</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4807</CharactersWithSpaces>
+  <CharactersWithSpaces>4968</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>KAENK_USER</dc:creator>
+  <dc:creator>Customer</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>