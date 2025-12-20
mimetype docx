--- v0 (2025-12-05)
+++ v1 (2025-12-20)
@@ -1,3433 +1,4591 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="005B60E1" w:rsidRDefault="00E2379B" w:rsidP="005B60E1">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="005645E4" w:rsidRDefault="00F14971" w:rsidP="00F14971">
+      <w:pPr>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="0"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-          <w:kern w:val="36"/>
           <w:sz w:val="48"/>
-          <w:szCs w:val="48"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-          <w:kern w:val="36"/>
           <w:sz w:val="48"/>
-          <w:szCs w:val="48"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-          <w:kern w:val="36"/>
           <w:sz w:val="48"/>
-          <w:szCs w:val="48"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-          <w:kern w:val="36"/>
           <w:sz w:val="48"/>
-          <w:szCs w:val="48"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>электр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-          <w:kern w:val="36"/>
           <w:sz w:val="48"/>
-          <w:szCs w:val="48"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жарақаттары және олардың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-          <w:kern w:val="36"/>
           <w:sz w:val="48"/>
-          <w:szCs w:val="48"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-          <w:kern w:val="36"/>
           <w:sz w:val="48"/>
-          <w:szCs w:val="48"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-          <w:kern w:val="36"/>
           <w:sz w:val="48"/>
-          <w:szCs w:val="48"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F14971" w:rsidRPr="00F14971" w:rsidRDefault="00F14971" w:rsidP="00F14971">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...35 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F14971" w:rsidRPr="00F14971" w:rsidRDefault="00621A46" w:rsidP="00F14971">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">  в организме человека, </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ыртқы факторлардың әсерінен </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...42 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00F14971" w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дам ағзасындағы зақымданулар, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F14971" w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>біз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F14971" w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F14971" w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F14971" w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сөзбен – жарақат </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F14971" w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F14971" w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F14971" w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>атаймыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F14971" w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14971" w:rsidRDefault="00F14971" w:rsidP="00F14971">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006204F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t>Балалардың жарақаттануы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұл ата-ананың да, баланың да өмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ін түбірімен өзгерте </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үлкен проблема.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14971" w:rsidRPr="00F14971" w:rsidRDefault="00F14971" w:rsidP="00F14971">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...71 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статистика бойынша жарақат </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>негізінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кіші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жасындағы (7-11 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>балаларда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Ұлдардың жарақаттары қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ыздар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға қарағанда әлдеқайда </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жиі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (70%) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14971" w:rsidRPr="00F14971" w:rsidRDefault="00F14971" w:rsidP="00F14971">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...96 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жарақаттар үш </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жастан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> асқан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өлімінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> себептерінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Әлемде әр түрлі инфекцияға қарағанда </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жазатайым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқиғалардан көп бала өледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14971" w:rsidRPr="00F14971" w:rsidRDefault="00F14971" w:rsidP="00F14971">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жарақаттануының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>себептері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көп </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14971" w:rsidRPr="00F14971" w:rsidRDefault="00F14971" w:rsidP="00F14971">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - нақты жағдайларда </w:t>
+      </w:r>
+      <w:r w:rsidR="00621A46" w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қорқынышты ештеңе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>орын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүмкін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ойлайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ересектердің бейқамдығы.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F14971" w:rsidRPr="00F14971" w:rsidRDefault="00F14971" w:rsidP="00F14971">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Екіншісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00621A46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="000A5F74">
-[...60 lines deleted...]
-        <w:ind w:firstLine="708"/>
+      <w:r w:rsidR="00621A46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұлғалар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балалардың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ата-аналары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болсын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>міндеттерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>інше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>орындамайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ересектердің салғырттығы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F14971" w:rsidRPr="00F14971" w:rsidRDefault="00F14971" w:rsidP="00F14971">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...131 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатар, балалардың жарақаттану деңгейіне балалардың тәрті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ілігі де үлкен әсер </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004E6CFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0020151A" w:rsidRDefault="00F14971" w:rsidP="0020151A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...32 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Атомдық және энергетикалық қадағалау мен бақылау комитетінің </w:t>
+      </w:r>
+      <w:r w:rsidR="00B024CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нұр-Сұлтан қаласы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша департаменті осы мақалада </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>электр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тогынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балалардың жарақаттануының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алудың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кейбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мәселелері туралы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>баяндайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F14971">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0020151A" w:rsidRDefault="0020151A" w:rsidP="00F14971">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...69 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0020151A" w:rsidRPr="006204F1" w:rsidRDefault="0020151A" w:rsidP="00F14971">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006204F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
-[...7 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        </w:rPr>
+        <w:t>Қауі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006204F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006204F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>і ток</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0020151A" w:rsidRPr="0020151A" w:rsidRDefault="0020151A" w:rsidP="00F14971">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:outlineLvl w:val="1"/>
-[...13 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0020151A" w:rsidRDefault="0020151A" w:rsidP="00F14971">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ең </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алдымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тогының зақымдану </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>себептерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түсіну </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Әдетте </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адамдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 кВ (10000 вольт) жабдығы 220 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вольттан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әлдеқайда қауі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>санайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Бірақ бұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қате </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пікір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мәнінде </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тогының зақымдаушы факторы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кернеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, оның күшіне </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Сондықтан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006204F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006204F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006204F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006204F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұрмыстық құрал қауі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006204F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006204F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006204F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006204F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүмкін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 10 мА </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>астам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C47311">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ок</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (0,01 ампер) күшті, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ауыр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соққы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ал </w:t>
+      </w:r>
+      <w:r w:rsidR="00C47311" w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>100-ден 200 мА дейін (0,1-ден 0,2 ампер дейін)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C47311">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ток  өлімге әкелуі мүмкін!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0020151A" w:rsidRDefault="0020151A" w:rsidP="00F14971">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бұл </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ретте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ток күші 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>миллиамперден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жоғары </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, бұлшықет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тартысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соншалықты күшті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екенін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қажет, бұл </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зардап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шегушінің шок </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сымын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>босата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 20 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>миллиамперден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>астам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ток </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыныс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қиындайды және 100 мА жуық ток күшінде толық тоқтайды.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0020151A" w:rsidRDefault="0020151A" w:rsidP="00F14971">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B024CE" w:rsidRDefault="00B024CE" w:rsidP="00F14971">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B024CE" w:rsidRDefault="00B024CE" w:rsidP="00F14971">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0020151A" w:rsidRPr="00B024CE" w:rsidRDefault="0020151A" w:rsidP="00F14971">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B024CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Электр жарақатынан балалар жарақаттануының алдын алу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0020151A" w:rsidRPr="00B024CE" w:rsidRDefault="0020151A" w:rsidP="00F14971">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0020151A" w:rsidRDefault="00B024CE" w:rsidP="0020151A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...337 lines deleted...]
-        <w:rPr>
           <w:noProof/>
-        </w:rPr>
-        <w:lastRenderedPageBreak/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="5940425" cy="6784048"/>
-            <wp:effectExtent l="19050" t="0" r="3175" b="0"/>
+            <wp:extent cx="5943600" cy="6781800"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="http://ds75.detkin-club.ru/editor/44/images/%D0%B1%D0%B5%D0%B7%D0%BE%D0%BF%D0%B0%D1%81%D0%BD%D0%BE%D1%81%D1%82%D1%8C/dfbb005622619d9575acd22d80279253.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="http://ds75.detkin-club.ru/editor/44/images/%D0%B1%D0%B5%D0%B7%D0%BE%D0%BF%D0%B0%D1%81%D0%BD%D0%BE%D1%81%D1%82%D1%8C/dfbb005622619d9575acd22d80279253.jpg"/>
+                    <pic:cNvPr id="0" name="Рисунок 1" descr="http://ds75.detkin-club.ru/editor/44/images/%D0%B1%D0%B5%D0%B7%D0%BE%D0%BF%D0%B0%D1%81%D0%BD%D0%BE%D1%81%D1%82%D1%8C/dfbb005622619d9575acd22d80279253.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5" cstate="print"/>
+                    <a:blip r:embed="rId4" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5940425" cy="6784048"/>
+                      <a:ext cx="5943600" cy="6781800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0014753E" w:rsidRDefault="00E2379B" w:rsidP="0014753E">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="0020151A" w:rsidRDefault="0020151A" w:rsidP="0020151A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0020151A" w:rsidRPr="0020151A" w:rsidRDefault="0020151A" w:rsidP="0020151A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жарақаттануы және оның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>те ма</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ңызды және </w:t>
+      </w:r>
+      <w:r w:rsidR="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>елеулі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мәселе, әсіресе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>демалысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E2379B" w:rsidRDefault="0014753E" w:rsidP="0014753E">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="0020151A" w:rsidRPr="0020151A" w:rsidRDefault="0020151A" w:rsidP="0020151A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...185 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жоғарыда </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жарақатының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>себептері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы айттық. Бұл, ең </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алдымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, сыртқы ортаның ыңғайсыз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нем</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">құрайлылық, ересектердің немқұрайлылығы, балалардың тұрмыста, көшеде абайсыздығы. Жарақаттанудың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балалардың психологиялық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ерекшеліктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де ықпал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алушылық,</w:t>
+      </w:r>
+      <w:r w:rsidR="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үлкен қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ғалушылық, эмоционалдық, өмірлік тәжірибенің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жетіспеуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осыдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қауі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ілік сезімінің болмауы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0020151A" w:rsidRPr="000A2A8A" w:rsidRDefault="0020151A" w:rsidP="003C1CAC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәуекелдерді </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олардан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0020151A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> барлық ықтимал тәсілдермен қорғау қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A2A8A" w:rsidRPr="000A2A8A" w:rsidRDefault="000A2A8A" w:rsidP="000A2A8A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Жұмыс үнемі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағытта жүруі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A2A8A" w:rsidRPr="000A2A8A" w:rsidRDefault="000A2A8A" w:rsidP="000A2A8A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Электр жарақатын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүмкіндігін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жою</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A2A8A" w:rsidRPr="000A2A8A" w:rsidRDefault="000A2A8A" w:rsidP="000A2A8A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жарақаттарының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алудың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әдістері бойынша </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға арналған сабақтарды үнемі өткізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0020151A" w:rsidRDefault="000A2A8A" w:rsidP="000A2A8A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ғын үйлерге, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>объектілеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, спорт, құрылыс алаңдарына, тұрғын үйлердің және т.б. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кіреберістері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен жертөлелерінде, сондай-ақ тұрмыстық аспаптарға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тікелей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жақын орналасқан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолданыстағы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қондырғыларына (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру желілері, қосалқы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>станциялар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кернеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>класына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қарамастан жабдықтар) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ерекше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>назар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аудару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A2A8A" w:rsidRPr="003C1CAC" w:rsidRDefault="000A2A8A" w:rsidP="000A2A8A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00016365" w:rsidRDefault="00B024CE" w:rsidP="003C1CAC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...330 lines deleted...]
-        <w:rPr>
           <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="5940425" cy="4224214"/>
-            <wp:effectExtent l="19050" t="0" r="3175" b="0"/>
+            <wp:extent cx="5943600" cy="3838575"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Рисунок 4" descr="http://ds75.detkin-club.ru/editor/44/images/%D0%B1%D0%B5%D0%B7%D0%BE%D0%BF%D0%B0%D1%81%D0%BD%D0%BE%D1%81%D1%82%D1%8C/1b93df1bca6db00adb340c54e13dc224.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 4" descr="http://ds75.detkin-club.ru/editor/44/images/%D0%B1%D0%B5%D0%B7%D0%BE%D0%BF%D0%B0%D1%81%D0%BD%D0%BE%D1%81%D1%82%D1%8C/1b93df1bca6db00adb340c54e13dc224.jpg"/>
+                    <pic:cNvPr id="0" name="Рисунок 4" descr="http://ds75.detkin-club.ru/editor/44/images/%D0%B1%D0%B5%D0%B7%D0%BE%D0%BF%D0%B0%D1%81%D0%BD%D0%BE%D1%81%D1%82%D1%8C/1b93df1bca6db00adb340c54e13dc224.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print"/>
-                    <a:srcRect/>
+                    <a:blip r:embed="rId5" cstate="print"/>
+                    <a:srcRect t="9019"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5940425" cy="4224214"/>
+                      <a:ext cx="5943600" cy="3838575"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A059A" w:rsidRPr="003A059A" w:rsidRDefault="00323CA4" w:rsidP="003A059A">
-[...160 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00016365" w:rsidRDefault="00016365" w:rsidP="000A2A8A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A2A8A" w:rsidRPr="00C47311" w:rsidRDefault="000A2A8A" w:rsidP="000A2A8A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C47311">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келесіні білу қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A2A8A" w:rsidRPr="00C47311" w:rsidRDefault="000A2A8A" w:rsidP="000A2A8A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006204F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Трансформаторлық және тарату қосалқы станцияларына жақындауға және жанасуға, ішке </w:t>
+      </w:r>
+      <w:r w:rsidR="006204F1" w:rsidRPr="006204F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кіруге, сондай-ақ шатырға шығу</w:t>
+      </w:r>
+      <w:r w:rsidR="006204F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006204F1" w:rsidRPr="006204F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...14 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өте қауіпті</w:t>
+      </w:r>
+      <w:r w:rsidR="00C47311">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A2A8A" w:rsidRPr="00C47311" w:rsidRDefault="000A2A8A" w:rsidP="000A2A8A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006204F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кабель және әуе электр беру желілерінің құлап кеткен және үзілген жалаңаш сым</w:t>
+      </w:r>
+      <w:r w:rsidR="006204F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дарына жақындауға және жақындау </w:t>
+      </w:r>
+      <w:r w:rsidR="006204F1" w:rsidRPr="006204F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өте қауіпті</w:t>
+      </w:r>
+      <w:r w:rsidR="00C47311">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006204F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A2A8A" w:rsidRPr="00C47311" w:rsidRDefault="000A2A8A" w:rsidP="000A2A8A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006204F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Электр тогы жүріп жатқан жалаңаш сымдарға қатысты </w:t>
+      </w:r>
+      <w:r w:rsidR="006204F1" w:rsidRPr="006204F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өте қауіпті</w:t>
+      </w:r>
+      <w:r w:rsidR="00C47311">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A2A8A" w:rsidRPr="000A2A8A" w:rsidRDefault="000A2A8A" w:rsidP="000A2A8A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC20FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Аспаптарда немесе сымдарда электр тогының</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC20FE" w:rsidRPr="00FC20FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар болуын саусақпен тексеру</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC20FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC20FE" w:rsidRPr="006204F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өте қауіпті</w:t>
+      </w:r>
+      <w:r w:rsidR="00C47311">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC20FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A2A8A" w:rsidRPr="000A2A8A" w:rsidRDefault="000A2A8A" w:rsidP="000A2A8A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A2A8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сымдарды есіктермен, терезе жақтауларымен қорғауға, сымдарды шегемен бекітуге</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC20FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC20FE" w:rsidRPr="006204F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өте қауіпті</w:t>
+      </w:r>
+      <w:r w:rsidR="00C47311">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A2A8A" w:rsidRPr="00B0558C" w:rsidRDefault="000A2A8A" w:rsidP="000A2A8A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0558C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Электр сымдары жылыту батареяларымен, су құбыры құбырларымен, телефон және радиотрансляциялық сымдар</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0558C" w:rsidRPr="00B0558C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мен жанаспауын қадағалау керек</w:t>
+      </w:r>
+      <w:r w:rsidR="00C47311">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A2A8A" w:rsidRPr="00B0558C" w:rsidRDefault="000A2A8A" w:rsidP="000A2A8A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0558C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балаларға розеткалардың жанында ойнауға, оларға түйреуіштер, сымдарды бұруға мүмкіндік беруге болмайды, себебі бұл токпен зақымдануы мүмкін</w:t>
+      </w:r>
+      <w:r w:rsidR="00C47311">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A2A8A" w:rsidRPr="00B0558C" w:rsidRDefault="000A2A8A" w:rsidP="000A2A8A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0558C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Очень опасно</w:t>
-[...29 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        <w:t>Корпусы бойынша ток өтетін тұрмыстық электр құралдарын ("түйістірілетін"</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0558C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0558C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аспабы) пайдалануға үзілді-кесілді тыйым салынады. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B0558C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0558C" w:rsidRPr="00B0558C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">спаптарды қосу және сөндіру кезінде </w:t>
+      </w:r>
+      <w:r w:rsidR="00B0558C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ш</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0558C" w:rsidRPr="00B0558C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тепсельдің айыры</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0558C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0558C" w:rsidRPr="00B0558C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0558C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сымнан емес, пластмасса қалыптан алу керек</w:t>
+      </w:r>
+      <w:r w:rsidR="00C47311">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A2A8A" w:rsidRPr="00B0558C" w:rsidRDefault="000A2A8A" w:rsidP="000A2A8A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...32 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0558C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Аспаптардан алынған баулар </w:t>
+      </w:r>
+      <w:r w:rsidR="00B0558C" w:rsidRPr="00B0558C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>штепсельдің айырын</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0558C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0558C" w:rsidRPr="00B0558C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0558C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жалғанбауы керек, себебі кездейсоқ жанасу кезінде токпен зақымдануы мүмкін</w:t>
+      </w:r>
+      <w:r w:rsidR="00C47311">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A2A8A" w:rsidRDefault="000A2A8A" w:rsidP="003109E7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...72 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003109E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қосылған электр құралдарын қадағалаусыз қалдыруға немесе оларды балаларға бақ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C47311">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ылауды тапсыруға болмайды</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22FF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, соның ішінде </w:t>
+      </w:r>
+      <w:r w:rsidR="00E22FF6" w:rsidRPr="00E22FF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұялы телефондар мен гаджеттерге арналған зарядтағыштар</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22FF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003109E7" w:rsidRPr="00FC20FE" w:rsidRDefault="003109E7" w:rsidP="003109E7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...57 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC20FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ата-аналар балалардың жарақаттануы үшін жауапкершілікті </w:t>
+      </w:r>
+      <w:r w:rsidR="00621A46" w:rsidRPr="00FC20FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мұғалім</w:t>
+      </w:r>
+      <w:r w:rsidR="00621A46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дерге </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC20FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аудармауы тиіс</w:t>
+      </w:r>
+      <w:r w:rsidR="00621A46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC20FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және балалардың дұрыс мінез-құлқы сіздерге байланысты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003109E7" w:rsidRPr="00E22FF6" w:rsidRDefault="003109E7" w:rsidP="003109E7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...48 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22FF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балалардың жарақаттануы</w:t>
+      </w:r>
+      <w:r w:rsidR="00621A46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22FF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00621A46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22FF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>маңызды мәселе және тек жалпы күш-жігермен балаларды қайғыдан қорғауға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC20FE" w:rsidRDefault="00FC20FE" w:rsidP="003109E7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...84 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003109E7" w:rsidRPr="00E22FF6" w:rsidRDefault="003109E7" w:rsidP="003109E7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...64 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22FF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(Материалдар ашық көздерден алынды)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003109E7" w:rsidRPr="00E22FF6" w:rsidRDefault="003109E7" w:rsidP="003109E7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...51 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003109E7" w:rsidRPr="00E22FF6" w:rsidRDefault="003109E7" w:rsidP="003109E7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="right"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:noProof/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003109E7" w:rsidRPr="00E22FF6" w:rsidRDefault="003109E7" w:rsidP="003109E7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Территориальный д</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22FF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасы Энергетика министрлігі Атомдық және энергетикалық қадағалау мен бақылау комитетінің </w:t>
+      </w:r>
+      <w:r w:rsidR="00B024CE" w:rsidRPr="00E22FF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Нұр-Сұлтан қаласы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22FF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...57 lines deleted...]
-    <w:sectPr w:rsidR="00DB5D90" w:rsidRPr="005666DC" w:rsidSect="002F39B0">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бойынша аумақтық департаменті</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="003109E7" w:rsidRPr="00E22FF6" w:rsidSect="003109E7">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="709" w:right="707" w:bottom="851" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...19 lines deleted...]
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000201" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000004" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...274 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:autoHyphenation/>
-  <w:hyphenationZone w:val="357"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...1 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00E2379B"/>
-[...41 lines deleted...]
-    <w:rsid w:val="00F370C3"/>
+    <w:rsidRoot w:val="00F14971"/>
+    <w:rsid w:val="00016365"/>
+    <w:rsid w:val="000A2A8A"/>
+    <w:rsid w:val="0020151A"/>
+    <w:rsid w:val="003109E7"/>
+    <w:rsid w:val="003C1CAC"/>
+    <w:rsid w:val="004E6CFF"/>
+    <w:rsid w:val="005645E4"/>
+    <w:rsid w:val="005C1B04"/>
+    <w:rsid w:val="006204F1"/>
+    <w:rsid w:val="00621A46"/>
+    <w:rsid w:val="00A23650"/>
+    <w:rsid w:val="00B024CE"/>
+    <w:rsid w:val="00B0558C"/>
+    <w:rsid w:val="00C47311"/>
+    <w:rsid w:val="00E22FF6"/>
+    <w:rsid w:val="00F14971"/>
+    <w:rsid w:val="00FB77BA"/>
+    <w:rsid w:val="00FC20FE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
-[...18 lines deleted...]
-    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
-[...76 lines deleted...]
-    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002F39B0"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00E2379B"/>
+    <w:rsid w:val="005C1B04"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-      <w:outlineLvl w:val="0"/>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      <w:szCs w:val="48"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...13 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Normal (Web)"/>
+    <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E2379B"/>
-[...27 lines deleted...]
-    <w:rsid w:val="00E2379B"/>
+    <w:rsid w:val="006204F1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E2379B"/>
+    <w:rsid w:val="006204F1"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:divs>
-[...55 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3673,71 +4831,70 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>4235</Characters>
+  <Pages>4</Pages>
+  <Words>718</Words>
+  <Characters>4098</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>35</Lines>
+  <Lines>34</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4968</CharactersWithSpaces>
+  <CharactersWithSpaces>4807</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Customer</dc:creator>
+  <dc:creator>KAENK_USER</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>