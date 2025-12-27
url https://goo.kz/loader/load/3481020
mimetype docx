--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,3557 +1,7626 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00DA3DEF" w:rsidRDefault="00E50410">
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2057400" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA3DEF" w:rsidRDefault="00E50410">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Педагогикалық әдептің кейбір мәселелері туралы</w:t>
-[...20 lines deleted...]
-      <w:bookmarkStart w:id="1" w:name="z1"/>
+        <w:t>О противодействии коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон Республики Казахстан от 18 ноября 2015 года № 410-V ЗРК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание РЦПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Порядок введения в действие настоящего Закона см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.27</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Вниманию пользователей!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Для удобства пользования РЦПИ создано </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ОГЛАВЛЕНИЕ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z33"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Настоящий Закон регулирует общественные отношения в сфере противодействия коррупции и направлен на реализацию антикоррупционной политики Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z28"/>
       <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 1. Разъяснение некоторых понятий, содержащихся</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в настоящем Законе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Содержащиеся в настоящем Законе понятия применяются в следующем значении:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z34"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) административно-хозяйственные функции – предоставленное в установленном законом Республики Казахстан порядке право управления и распоряжения имущес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>твом, находящимся на балансе организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z138"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1-1) лицо, занимающее ответственную государственную должность, – лицо, занимающее должность, которая установлена Конституцией Республики Казахстан, конституционными и иными законами Республики Казахстан для н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">епосредственного исполнения функций государства и полномочий государственных органов, в том числе депутат Парламента Республики Казахстан, судья, а равно лицо, занимающее согласно законодательству Республики Казахстан о государственной службе политическую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственную должность либо административную государственную должность корпуса "А";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z35"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) должностное лицо – лицо, постоянно, временно или по специальному полномочию осуществляющее функции представителя власти либо выполняющее организационно-распоряд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ительные или административно-хозяйственные функции в государственных органах, органах местного самоуправления, а также в Вооруженных Силах, других войсках и воинских формированиях Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z139"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-1) лицо, исполняющее управленческие функции в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственной организации или субъекте квазигосударственного сектора, – лицо, постоянно, временно либо по специальному полномочию исполняющее организационно-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>распорядительные или административно-хозяйственные функции в указанных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z36"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) лиц</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о, уполномоченное на выполнение государственных функций, – государственный служащий в соответствии с законами Республики Казахстан о государственной службе, депутат маслихата, а также лицо, временно исполняющее обязанности, предусмотренные государственной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>должностью, до назначения его на государственную службу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z37"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) лицо, приравненное к лицам, уполномоченным на выполнение государственных функций, – лицо, избранное в органы местного самоуправления; гражданин, зарегистрированный в установленном законом Ре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>спублики Казахстан порядке в качестве кандидата в Президенты Республики Казахстан, депутаты Парламента Республики Казахстан или маслихатов, акимы городов районного значения, поселков, сел, сельских округов, а также в члены выборного органа местного самоупр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>авления; служащий, постоянно или временно работающий в органе местного самоуправления, оплата труда которого производится из средств государственного бюджета Республики Казахстан; лицо, исполняющее управленческие функции в государственной организации или с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>убъекте квазигосударственного сектора, а также лицо, уполномоченное на принятие решений по организации и проведению закупок, в том числе государственных, либо ответственное за отбор и реализацию проектов, финансируемых из средств государственного бюджета и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Национального фонда Республики Казахстан, занимающее должность не ниже руководителя самостоятельного структурного подразделения в указанных организациях, служащие Национального Банка Республики Казахстан и его ведомств; служащие уполномоченной организации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в сфере гражданской авиации, действующие в соответствии с законодательством Республики Казахстан об использовании воздушного пространства Республики Казахстан и деятельности авиации, служащие уполномоченного органа по регулированию, контролю и надзору фин</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ансового рынка и финансовых организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z38"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) конфликт интересов – противоречие между личными интересами лиц, занимающих ответственную государственную должность, лиц, уполномоченных на выполнение государственных функций, лиц, приравненных к ним, должно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>стных лиц и их должностными полномочиями, при котором личные интересы указанных лиц могут привести к неисполнению и (или) ненадлежащему исполнению ими своих должностных обязанностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z39"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6) коррупция – незаконное использование лицами, занимающими ответст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">венную государственную должность, лицами, уполномоченными на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>выполнение государственных функций, лицами, приравненными к лицам, уполномоченным на выполнение государственных функций, должностными лицами своих должностных (служебных) полномочий и связанных с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ними возможностей в целях получения или извлечения лично или через посредников имущественных (неимущественных) благ и преимуществ для себя либо третьих лиц, а равно подкуп данных лиц путем предоставления благ и преимуществ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z40"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      7) антикоррупционная поли</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тика – правовые, административные и организационные меры, направленные на снижение коррупционных рисков, повышение доверия общества к деятельности государственных органов, и иные меры в соответствии с настоящим Законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z41"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      8) антикоррупционные ограничен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ия – ограничения, установленные настоящим Законом и направленные на предупреждение коррупционных правонарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z42"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) противодействие коррупции – деятельность субъектов противодействия коррупции в пределах своих полномочий по предупреждению коррупции, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в том числе по формированию антикоррупционной культуры в обществе, выявлению и устранению причин и условий, способствующих совершению коррупционных правонарушений, а также по выявлению, пресечению, раскрытию и расследованию коррупционных правонарушений и у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>странению их последствий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z43"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) уполномоченный орган по противодействию коррупции –государственный орган, осуществляющий формирование и реализацию антикоррупционной политики Республики Казахстан и координацию в сфере противодействия коррупции, а также </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предупреждение, выявление, пресечение, раскрытие и расследование коррупционных правонарушений, и его территориальные подразделения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z44"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      11) коррупционное правонарушение – имеющее признаки коррупции противоправное виновное деяние (действие или бездействие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>), за которое законом установлена административная или уголовная ответственность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z45"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      12) коррупционный риск – возможность возникновения причин и условий, способствующих совершению коррупционных правонарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z46"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      13) предупреждение коррупции – деятел</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ьность субъектов противодействия коррупции по изучению, выявлению, ограничению и устранению причин и условий, способствующих совершению коррупционных правонарушений, путем разработки и внедрения системы превентивных мер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z140"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      14) организационно-распорядит</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ельные функции – предоставленное в установленном законом Республики Казахстан порядке право издавать приказы и распоряжения, обязательные для исполнения подчиненными по службе </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">лицами, а также применять меры поощрения и дисциплинарные взыскания в отношении </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подчиненных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 1 с изменениями, внесенными законами РК от 06.04.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 484-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.04.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 249-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.08</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2019); от 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2020); от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 273-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.10.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 365-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Статья 2. Сфера действия настоящего Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z47"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Настоящий Закон действует на территории Республики Казахстан в отношении физических и юридических лиц. За пределами Респуб</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лики Казахстан настоящий Закон действует в отношении граждан Республики Казахстан и юридических лиц, зарегистрированных в Республике Казахстан, если иное не предусмотрено международным договором, ратифицированным Республикой Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z48"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Уголовные о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тветственность и наказание за коррупционные преступления предусмотрены Уголовным кодексом Республики Казахстан, административные ответственность и взыскание за административные коррупционные правонарушения – Кодексом Республики Казахстан об административны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>х правонарушениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z3"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 3. Законодательство Республики Казахстан о противодействии коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z49"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Законодательство Республики Казахстан о противодействии коррупции основывается на Конституции Республики Казахстан и состоит из настоящего Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и иных нормативных правовых актов Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z50"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z4"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 4. Основные принципы противодействия коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Противодействие коррупции осуществляется на основе принципов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) законности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) приоритета защиты прав, свобод и законных интересов человека и гражданина;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) гласности и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>прозрачности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) взаимодействия государства и гражданского общества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      5) системного и комплексного использования мер противодействия коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6) приоритетного применения мер предупреждения коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      7) поощрения лиц, оказывающих с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>одействие в противодействии коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      8) неотвратимости наказания за совершение коррупционных правонарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z5"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 5. Цель и задачи противодействия коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z51"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Целью противодействия коррупции является устранение коррупции в обществе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z52"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Достижение цели противодействия коррупции реализуется посредством решения следующих задач:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) формирования в обществе атмосферы нетерпимости к коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) выявления условий и причин, способствующих совершению коррупционных правонару</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шений, и устранения их последствий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) укрепления взаимодействия субъектов противодействия коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) развития международного сотрудничества по противодействию коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) выявления, пресечения, раскрытия и расследования коррупционны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>х правонарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z29"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. МЕРЫ ПРОТИВОДЕЙСТВИЯ КОРРУПЦИИ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 6. Система мер противодействия коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Система мер противодействия коррупции включает:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) антикоррупционный мониторинг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) анализ коррупционных рисков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) формирова</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ние антикоррупционной культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z145"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3-1) проведение научной антикоррупционной экспертизы проектов нормативных правовых актов в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z132"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) выявление коррупциогенных норм при производстве юридической экс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пертизы в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) формирование и соблюдение антикоррупционных стандартов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6) финансовый контроль;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      7) антикоррупционные ограничения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) предотвращение и разрешение конфликта </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>интересов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      9) меры противодействия коррупции в сфере предпринимательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      10) выявление, пресечение, раскрытие и расследование коррупционных правонарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      11) сообщение о коррупционных правонарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      12) устранение последствий к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оррупционных правонарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      13) формирование и публикацию Национального доклада о противодействии коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 6 с изменением, внесенным Законом РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 273-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2020).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z7"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 7. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Антикоррупционный мониторинг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z53"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Антикоррупционный мониторинг – деятельность субъектов противодействия коррупции по сбору, обработке, обобщению, анализу и оценке информации, касающейся эффективности антикоррупционной политики, состояния правопримените</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>льной практики в сфере противодействия коррупции, а также восприятия и оценки уровня коррупции обществом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z54"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Целью антикоррупционного мониторинга является оценка правоприменительной практики в сфере противодействия коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z55"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Источниками ант</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>икоррупционного мониторинга являются правовая статистика и обращения физических и юридических лиц, сведения неправительственных и международных организаций, данные социологических опросов и публикаций в средствах массовой информации, а также иные не запрещ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енные законом источники информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z56"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4. Результаты антикоррупционного мониторинга могут являться основанием для проведения анализа коррупционных рисков, а также совершенствования мер, направленных на формирование антикоррупционной культуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z57"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5. П</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оложения настоящей статьи не распространяются на деятельность специальных государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z8"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 8. Анализ коррупционных рисков</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z58"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Анализ коррупционных рисков (внешний и внутренний) – выявление и изучение причин и условий, способствую</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>щих совершению коррупционных правонарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z137"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Внешний анализ коррупционных рисков осуществляется уполномоченным органом по противодействию коррупции в порядке, определяемом Правительством Республики Казахстан по согласованию с Администрацией Презид</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ента Республики Казахстан, по следующим направлениям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) выявление коррупционных рисков в нормативных правовых актах, затрагивающих деятельность государственных органов и организаций, субъектов квазигосударственного сектора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) выявление корруп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ционных рисков в организационно-управленческой деятельности государственных органов и организаций, субъектов квазигосударственного сектора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      К проведению внешнего анализа коррупционных рисков уполномоченный орган по противодействию коррупции вправе пр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ивлекать специалистов и (или) экспертов иных субъектов противодействия коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      По результатам внешнего анализа коррупционных рисков государственные органы, организации и субъекты квазигосударственного сектора принимают меры по устранению причин и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>условий возникновения коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z60"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Действие пункта 2 настоящей статьи не распространяется на отношения в сферах:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) высшего надзора, осуществляемого прокуратурой;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) досудебного производства по уголовным делам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) производства по д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>елам об административных правонарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) правосудия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) оперативно-розыскной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6) уголовно-исполнительной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) контроля за соблюдением требований законодательства Республики Казахстан о государственных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>секретах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z61"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4. Положения пункта 2 настоящей статьи не распространяются на деятельность специальных государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="z62"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5. Государственные органы, организации и субъекты квазигосударственного сектора осуществляют внутренний анализ коррупцион</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ных рисков, по результатам которого принимают меры по устранению причин и условий, способствующих совершению коррупционных правонарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Типовой порядок проведения внутреннего анализа коррупционных рисков определяется уполномоченным органом по прот</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>иводействию коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 8 с изменением, внесенным Законом РК от 03.07.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 86-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z9"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 9. Формирование антикоррупцио</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нной культуры</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z63"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Формирование антикоррупционной культуры – деятельность, осуществляемая субъектами противодействия коррупции в пределах своей компетенции по сохранению и укреплению в обществе системы ценностей, отражающей нетерпимость к коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z64"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>    2. Формирование антикоррупционной культуры осуществляется посредством комплекса мер образовательного, информационного и организационного характера.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z65"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Антикоррупционное образование – непрерывный процесс воспитания и обучения, осуществляемый в цел</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ях нравственного, интеллектуального, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>культурного развития и формирования активной гражданской позиции неприятия коррупции личностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z66"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4. Информационная и организационная деятельность реализуется путем проведения разъяснительной работы в средствах масс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>овой информации, организации социально значимых мероприятий, государственного социального заказа в соответствии с законодательством Республики Казахстан и иных мер, предусмотренных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z10"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 10. Антикоррупционные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стандарты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z67"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Антикоррупционные стандарты – установленная для обособленной сферы общественных отношений система рекомендаций, направленная на предупреждение коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z68"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Антикоррупционные стандарты разрабатываются государственными органами, ор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ганизациями и субъектами квазигосударственного сектора при участии общественности и учитываются при разработке законодательства и в правоприменительной практике.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 11. Меры финансового контроля</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z69"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. В целях осуществления мер финансового контроля л</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ица, определенные настоящей статьей, представляют следующие декларации физических лиц:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z133"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) декларацию об активах и обязательствах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) декларацию о доходах и имуществе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z146"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Декларацию об активах и обязательствах представляют:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="z179"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кандидаты в Президенты Республики Казахстан, депутаты Парламента Республики Казахстан и маслихатов, акимы городов районного значения, поселков, сел, сельских округов, а также в члены выборных органов местного самоуправления и их супруги – до регистрации в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>качестве кандидата;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="z180"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) лица, являющиеся кандидатами на государственную должность либо должность, связанную с выполнением государственных или приравненных к ним функций, и их супруги, за исключением лиц, указанных в подпункте 1) настоящего пункта, – д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о вынесения акта должностного лица (органа), имеющего право назначения на должность, о назначении на должность (по состоянию на первое число месяца представления декларации).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="z71"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Декларацию о доходах и имуществе представляют:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) лица, занимающие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ответственную государственную должность, и их супруги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) лица, уполномоченные на выполнение государственных функций, и их супруги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) должностные лица и их супруги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      4) лица, приравненные к лицам, уполномоченным на выполнение государстве</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нных функций, и их супруги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="z72"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4. В случае приобретения в течение отчетного календарного года имущества, определенного налоговым законодательством Республики Казахстан, лица, указанные в пункте 3 настоящей статьи, в декларации о доходах и имуществе отр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ажают сведения об источниках покрытия расходов на приобретение указанного имущества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z73"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5. Декларация об активах и обязательствах составляется в соответствии с налоговым законодательством Республики Казахстан и представляется по форме и в порядке, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>которые определены налоговым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="z74"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6. Декларация о доходах и имуществе составляется в соответствии с налоговым законодательством Республики Казахстан и представляется по форме, в порядке и сроки, которые определены н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алоговым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z75"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       7. Сведения о представлении физическими лицами, указанными в пунктах 2 и 3 настоящей статьи, декларации об активах и обязательствах или декларации о доходах и имуществе размещаются на официальном инте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рнет-ресурсе государственного органа, осуществляющего руководство в сфере обеспечения поступлений налогов и других обязательных платежей в бюджет, в порядке, установленном налоговым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="z76"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      8. Непредставление деклараци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и об активах и обязательствах и (или) декларации о доходах и имуществе или представление неполных, недостоверных сведений в таких декларациях, если в содеянном не содержатся признаки уголовно наказуемого деяния:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="z154"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       лицами, указанными в подпункте 1) пун</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кта 2 настоящей статьи, – является основанием для отказа в регистрации или отмене решений о регистрации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="z181"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       лицами, указанными в подпункте 2) пункта 2 настоящей статьи, – является основанием для отказа в наделении лица соответствующими полномочиями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="z155"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     лицами, указанными в пункте 3 настоящей статьи, – влечет ответственность, предусмотренную Кодексом Республики Казахстан об административных правонарушениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="z77"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      9. Опубликованию в срок не позднее 31 декабря года, следующего за отчетным календарным г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>одом, подлежат сведения, отраженные в декларациях физических лиц, которые представили следующие лица и их супруги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) занимающие политические государственные должности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) занимающие административные государственные должности корпуса "А";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) депутаты Парламента Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) судьи Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) лица, исполняющие управленческие функции в субъектах квазигосударственного сектора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Перечень сведений, подлежащих опубликованию, определяется уполномоченным о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рганом по противодействию коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сведения, указанные в части второй настоящего пункта, размещаются службами управления персоналом (кадровыми службами) государственных органов, организаций, Парламента Республики Казахстан и Верховного Суда Республ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ики Казахстан на их официальных интернет-ресурсах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="66" w:name="z78"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       10. Требования пункта 7 и подпунктов 1) и 2) пункта 9 настоящей статьи не распространяются на сведения, составляющие государственные секреты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="z79"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      11. Физические и юридические лица, которые участву</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ют в выполнении функций по управлению государственным имуществом, представляют в порядке и сроки, установленные Правительством Республики Казахстан, отчеты обо всех сделках имущественного характера и финансовой деятельности, связанных с государственной соб</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ственностью, в государственный орган, осуществляющий в отношении государственного имущества правомочия собственника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="z80"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      12. Поступающие в органы государственных доходов сведения, предусмотренные настоящей статьей, являются охраняемой законом тайной в со</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ответствии с законодательством Республики Казахстан. Их разглашение влечет ответственность в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="z81"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      13. Сведения, составляющие служебную и налоговую тайну, представляются уполномоченному органу по финансовому мо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ниторингу в целях и порядке, предусмотренных Законом Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 11 с изменениями, внесенными законами РК от 26.11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 273-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="z12"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 12. Антикоррупционные ограничения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="z85"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1. В целях недопущения лицами, занимающими ответственную государственную должность, лицами, уполномоченными на выполнение государственных функций, лицами, приравненными к ним (за исключением кандидатов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в Президенты Республики Казахстан, депутаты Парламента </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Республики Казахстан или маслихатов, акимы городов районного значения, поселков, сел, сельских округов, а также в члены выборных органов местного самоуправления), должностными лицами, а также лицами, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>являющимися кандидатами, уполномоченными на выполнение указанных функций, совершения действий, которые могут привести к использованию ими своих полномочий в личных, групповых и иных неслужебных интересах, указанные лица с учетом особенностей, установленных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьями 13, 14, 14-1 и 15 настоящего Закона, принимают на себя антикоррупционные ограничения по:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) осуществлению деятельности, не совместимой с выполнением государственных функций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) недопустимости совместной службы (работы) близких родстве</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нников, супругов и свойственников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) использованию служебной и иной информации, не подлежащей официальному распространению, в целях получения или извлечения имущественных и неимущественных благ и преимуществ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) принятию материального вознагра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ждения, подарков или услуг за действия (бездействие) в пользу лиц, их предоставивших, если такие действия входят в служебные полномочия лиц, указанных в абзаце первом настоящего пункта, или эти лица в силу должностного положения могут способствовать таким </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>действиям (бездействию);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="z165"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) открытию и владению счетами (вкладами) в иностранных банках, расположенных за пределами Республики Казахстан, хранению наличных денег и ценностей в иностранных банках, расположенных за пределами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="z86"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Законами, регулирующими порядок выполнения отдельных государственных функций, могут устанавливаться другие правовые нормы, предусматривающие ограничения, направленные на предупреждение коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="z87"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3. Согласие лиц, указанных в абзаце первом пункта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 настоящей статьи, на принятие антикоррупционных ограничений фиксируется службами управления персоналом (кадровыми службами) соответствующих организаций в письменной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="z88"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4. Непринятие антикоррупционных ограничений лицами, указанными в абзаце пе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рвом пункта 1 настоящей статьи, влечет отказ в приеме на должность либо увольнение с должности (освобождение от должности), их несоблюдение в случаях отсутствия признаков уголовно наказуемого деяния и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>административного правонарушения является основанием дл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>я прекращения ими государственной службы или иной соответствующей деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="z156"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5. Члены семьи лица, указанного в абзаце первом пункта 1 настоящей статьи, не вправе получать материальное вознаграждение, подарки или услуги, предоставляемые за действия</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бездействие) этого лица в пользу лиц, предоставивших материальное вознаграждение, подарки или услуги, если такие действия (бездействие) входят в служебные полномочия данного лица либо оно в силу своего должностного положения может способствовать таким де</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>йствиям (бездействию).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="z157"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Примечание. В настоящем Законе под членами семьи лица, указанного в абзаце первом пункта 1 настоящей статьи, понимаются его супруг (супруга), родители, дети, в том числе совершеннолетние, и лица, находящиеся на иждивении и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постоянно проживающие с ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="z158"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6. Деньги, поступившие на счет лиц, указанных в абзаце первом пункта 1 настоящей статьи, и (или) членов их семей без их ведома, а также средства, полученные ими в нарушение подпункта 4) пункта 1 и пункта 5 настоящей стать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и, не более чем в двухнедельный срок после их обнаружения подлежат перечислению в республиканский бюджет с представлением объяснения в соответствующий орган государственных доходов об обстоятельствах поступления таких средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="z159"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Подарки, поступившие бе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>з ведома лиц, указанных в абзаце первом пункта 1 настоящей статьи, и (или) членов их семей, а также полученные ими в нарушение подпункта 4) пункта 1 и пункта 5 настоящей статьи, подлежат безвозмездной передаче уполномоченному органу по управлению государст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>венным имуществом в течение семи календарных дней со дня получения подарка либо со дня, когда лицу, указанному в абзаце первом пункта 1 настоящей статьи, стало известно о получении подарка, а оказанные указанным лицам при тех же обстоятельствах услуги долж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ны быть оплачены путем перечисления денег в республиканский бюджет в течение семи календарных дней со дня оказания услуги либо со дня, когда лицу, указанному в абзаце первом пункта 1 настоящей статьи, стало известно об оказании услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="80" w:name="z160"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Лицо, передавш</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ее подарок уполномоченному органу по управлению государственным имуществом, вправе с уведомлением вышестоящего должностного лица выкупить его по стоимости, определенной в соответствии с Законом Республики Казахстан "Об оценочной деятельности в Республике К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">азахстан", на основании договора купли-продажи, заключаемого с уполномоченным органом по управлению государственным имуществом. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Вырученные от продажи подарков деньги перечисляются в республиканский бюджет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 12 с изменениями, внесенными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">законами РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 273-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.10.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 365-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официальн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ого опубликования); от 19.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 384-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="z13"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 13. Деятельность, несовместимая с выполнением государственных функций</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="82" w:name="z89"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Лицам, зан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>имающим ответственную государственную должность, лицам, уполномоченным на выполнение государственных функций (за исключением депутатов маслихатов, осуществляющих свою деятельность не на постоянной или освобожденной основе), лицам, приравненным к лицам, упо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лномоченным на выполнение государственных функций (за исключением кандидатов в Президенты Республики Казахстан, депутаты Парламента Республики Казахстан или маслихатов, акимы городов районного значения, поселков, сел, сельских округов, а также в члены выбо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рных органов местного самоуправления, лиц, осуществляющих деятельность в субъектах квазигосударственного сектора), должностным лицам запрещается:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) самостоятельно участвовать в управлении хозяйствующим субъектом, если управление или участие в управл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ении хозяйствующим субъектом не входит в их должностные обязанности в соответствии с законами Республики Казахстан, содействовать удовлетворению материальных интересов организаций или физических лиц путем неправомерного использования своих служебных полном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>очий с целью получения имущественных или иных благ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) заниматься предпринимательской деятельностью, за исключением приобретения и (или) реализации паев открытых и интервальных паевых инвестиционных фондов, облигаций на организованном рынке ценных бу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>маг, акций коммерческих организаций (простые акции в объеме, не превышающем пяти процентов от общего количества голосующих акций организаций) на организованном рынке ценных бумаг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) заниматься другой оплачиваемой деятельностью, кроме педагогической,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> научной и иной творческой деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. Исключен Законом РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 273-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="83" w:name="z91"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Лица, указанные в пункте 1 настоящей статьи,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вправе сдавать в имущественный наем (аренду) жилище, принадлежащее им на праве собственности, и получать доход от такой сдачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="84" w:name="z92"/>
+      <w:bookmarkEnd w:id="83"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4. Председателю Национального Банка Республики Казахстан и его заместителям, Председателю уполномоченного органа по регули</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рованию, контролю и надзору финансового рынка и финансовых организаций и его заместителям запрещается приобретать паи инвестиционных фондов, облигации, акции коммерческих организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="85" w:name="z134"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Председатель Национального Банка Республики Казахстан и его замест</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ители, Председатель уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций и его заместители в течение тридцати календарных дней со дня их назначения на должности обязаны передать в доверительное управление в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> порядке, установленном законами Республики Казахстан, принадлежащие паи инвестиционных фондов, облигации и акции коммерческих организаций, приобретенные до назначения их на должности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="86" w:name="z141"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Неисполнение указанными лицами обязательств, предусмотренных наст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оящим пунктом, является основанием для прекращения ими соответствующей деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="87" w:name="z93"/>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       5. Лица, указанные в пункте 1 настоящей статьи, в течение тридцати календарных дней со дня вступления в должность обязаны передать в доверительное управление на вре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мя выполнения этих функций в порядке, установленном законами Республики Казахстан, принадлежащее им имущество, использование которого влечет получение доходов, за исключением денег, облигаций, паев открытых и интервальных паевых инвестиционных фондов, зако</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нно принадлежащих этим лицам, а также имущества, переданного в имущественный наем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="88" w:name="z94"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6. Договор на доверительное управление имуществом подлежит нотариальному удостоверению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="89" w:name="z95"/>
+      <w:bookmarkEnd w:id="88"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      7. В случае приобретения долей (акций) в уставном капитале коммерческих о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рганизаций и иного имущества, использование которого влечет получение доходов, за исключением облигаций, паев открытых и интервальных паевых инвестиционных фондов, лица, указанные в пункте 1 настоящей статьи, обязаны передать их в доверительное управление </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в течение тридцати календарных дней со дня приобретения в порядке, установленном законами Республики Казахстан, и представить в службу управления персоналом (кадровую службу) по месту </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>работы копию нотариально удостоверенного договора на доверительное управ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ление имуществом в течение десяти рабочих дней после нотариального удостоверения договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="90" w:name="z96"/>
+      <w:bookmarkEnd w:id="89"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       8. Неисполнение обязательств, предусмотренных пунктами 5 и 7 настоящей статьи, лицами, указанными в пункте 1 настоящей статьи, является основанием для прекращ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ения ими государственной службы или иной соответствующей деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 13 с изменениями, внесенными законами РК от 22.01.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 446-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опублико</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вания); от 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2020); от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 273-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Статья 14. Недопустимость совместной службы (работы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>)близких родственников, супругов или свойственников</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="91" w:name="z97"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Лица, занимающие ответственную государственную должность, лица, уполномоченные на выполнение государственных функций (за исключением депутатов маслихатов, осуществляющих свою деятельность не на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постоянной или освобожденной основе), и лица, приравненные к лицам, уполномоченным на выполнение государственных функций (за исключением кандидатов в Президенты Республики Казахстан, депутаты Парламента Республики Казахстан или маслихатов, акимы городов ра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>йонного значения, поселков, сел, сельских округов, а также в члены выборных органов местного самоуправления), должностные лица не могут занимать должности, находящиеся в непосредственной подчиненности должностям, занимаемым их близкими родственниками, супр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>угом (супругой) и (или) свойственниками, а также иметь в непосредственном подчинении близких родственников, супруга (супругу) и (или) свойственников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="92" w:name="z161"/>
+      <w:bookmarkEnd w:id="91"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1-1. Лица, являющиеся кандидатами на государственную должность либо должность, связанную с выполнени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ем государственных или приравненных к ним функций, обязаны в письменной форме уведомить руководство организации, на занятие должности в которой они претендуют, о работающих в этой организации близких родственниках, супруге и (или) свойственниках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="93" w:name="z98"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Лица, нарушающие требования пункта 1 настоящей статьи, если они добровольно в течение трех месяцев с момента обнаружения указанного нарушения его не устранят, подлежат переводу на должности, исключающие такую подчиненность, а при невозможности такого пере</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вода один из этих </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>служащих подлежит увольнению с должности или иному освобождению от указанных функций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание. В настоящем Законе под близкими родственниками понимаются родители (родитель), дети, усыновители (удочерители), усыновленные (удочерен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ные), полнородные и неполнородные братья и сестры, дедушка, бабушка, внуки, под свойственниками – полнородные и неполнородные братья и сестры, родители и дети супруга (супруги).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 14 с изменениями, внесенными законами РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>273-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.10.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 365-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="94" w:name="z166"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Статья 14-1. Недопустимость открытия, владения счетами (вкладами), хранения наличных денег и ценностей в иностранных банках, расположенных за пределами Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="95" w:name="z167"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Лицам, занимающим ответственную государственную должность, лицам, уполном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оченным на выполнение государственных функций (за исключением депутатов маслихатов), должностным лицам запрещается открывать и иметь счета (вклады) в иностранных банках, расположенных за пределами Республики Казахстан, хранить наличные деньги и ценности в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>иностранных банках, расположенных за пределами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="96" w:name="z168"/>
+      <w:bookmarkEnd w:id="95"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание. Ограничение, предусмотренное настоящим пунктом, не распространяется на филиалы банков-нерезидентов Республики Казахстан, расположенные на территории Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="97" w:name="z169"/>
+      <w:bookmarkEnd w:id="96"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының 5-бабының 34-1) тармақшасына сәйкес, "Педагог мәртебесі туралы" 2019 жылғы 27 желтоқсандағы Қазақстан Республикасы Заңының 5-бабының 3-тармағына және 16-бабының 1-тармағына негізін</w:t>
-[...176 lines deleted...]
-        <w:t>н өткен соң қолданысқа енгізіледі.</w:t>
+        <w:t>      2. Лица, указанные в пункте 1 настоящей статьи, в течение шести месяцев со дня занятия должности или отпадения обстоятельств, указанных в пункте 4 настоящей статьи, обязаны закрыть счета (вклады) в иностранных банках, расположенных за пределами Респу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">блики Казахстан, и (или) прекратить хранение наличных денег и ценностей в иностранных банках, расположенных за пределами Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="98" w:name="z170"/>
+      <w:bookmarkEnd w:id="97"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      В случае, если лица, указанные в пункте 1 настоящей статьи, не могут выполнить требования, предусмотренные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> частью первой настоящего пункта, в связи с арестом, запретом распоряжения, наложенными компетентными органами иностранного государства в соответствии с законодательством данного иностранного государства, на территории которого находятся счета (вклады) и (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">или) осуществляется хранение наличных денег и ценностей в иностранном банке, или в связи с обстоятельствами непреодолимой силы (стихийные явления, военные действия, чрезвычайное положение, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>невозможность досрочного прекращения действия договора о банковском</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> счете (вкладе) и иные обстоятельства), не зависящими от воли лиц, указанных в пункте 1 настоящей статьи, такие требования должны быть выполнены в течение шести месяцев со дня прекращения действия ареста, запрета распоряжения или прекращения иных обстоятел</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ьств с представлением документов, подтверждающих соответствующие факты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="99" w:name="z171"/>
+      <w:bookmarkEnd w:id="98"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3. В случае получения в результате принятия наследства в соответствии с законодательством Республики Казахстан или законодательством иностранного государства лицами, указанными в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункте 1 настоящей статьи, счетов (вкладов), наличных денег и ценностей в иностранных банках, расположенных за пределами Республики Казахстан, во владение и (или) пользование указанные лица обязаны в течение шести месяцев со дня принятия наследства закрыт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ь счета (вклады) и (или) прекратить хранение наличных денег и ценностей в иностранных банках, расположенных за пределами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="100" w:name="z172"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4. Положения пунктов 1, 2 и 3 настоящей статьи не распространяются на лиц, указанных в пункте 1 настоящей с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>татьи, направленных на работу в загранучреждения, представительства Республики Казахстан и в международные организации от Республики Казахстан, а также прикомандированных к указанным организациям, на период работы в указанных организациях или обучающихся з</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>а рубежом, или проходящих стажировку за рубежом, или находящихся в заграничной командировке, или проходящих лечение за рубежом, или находящихся за рубежом в качестве законного представителя несовершеннолетнего ребенка либо в качестве опекуна или попечителя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> совершеннолетнего лица на период учебы либо лечения соответствующего лица за рубежом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="101" w:name="z173"/>
+      <w:bookmarkEnd w:id="100"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5. В течение сроков, предусмотренных в настоящей статье, лица, указанные в пункте 1 настоящей статьи, вправе подать заявление о прекращении государственной службы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>или иной соответствующей деятельности по собственному желанию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей 14-1 в соответствии с Законом РК от 19.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 384-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опуб</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="102" w:name="z15"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 15. Конфликт интересов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="103" w:name="z99"/>
+      <w:bookmarkEnd w:id="102"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Лицам, занимающим ответственную государственную должность, лицам, уполномоченным на выполнение государственных функций, лицам, приравненным к лицам, уполномоченным на выполнение государственных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>фун</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кций, должностным лицам запрещается осуществлять должностные обязанности, если имеется конфликт интересов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="104" w:name="z100"/>
+      <w:bookmarkEnd w:id="103"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2. Лица, указанные в пункте 1 настоящей статьи, должны принимать меры по предотвращению и разрешению конфликта интересов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="105" w:name="z101"/>
+      <w:bookmarkEnd w:id="104"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3. Лица, указ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>анные в пункте 1 настоящей статьи, обязаны в письменной форме уведомить непосредственного руководителя либо руководство организации, в которой они работают, о возникшем конфликте интересов или о возможности его возникновения, как только им станет об этом и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>звестно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Непосредственный руководитель либо руководство организации по обращениям лиц, указанных в пункте 1 настоящей статьи, или при получении информации из других источников обязаны своевременно принимать следующие меры по предотвращению и урегули</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рованию конфликта интересов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) отстранить лиц, указанных в пункте 1 настоящей статьи, от исполнения должностных обязанностей и поручить другому лицу исполнение должностных обязанностей по вопросу, в связи с которым возник или может возникнуть конфл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>икт интересов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) изменить должностные обязанности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) принять иные меры по устранению конфликта интересов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="106" w:name="z16"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 16. Меры противодействия коррупции в сфере предпринимательства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="107" w:name="z102"/>
+      <w:bookmarkEnd w:id="106"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Субъекты предпринимательства при осуществлении сво</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ей деятельности принимают меры по предупреждению коррупции, в том числе по минимизации причин и условий, способствующих совершению коррупционных правонарушений, путем:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) установления организационно-правовых механизмов, обеспечивающих подотчетность, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подконтрольность и прозрачность процедур принятия решений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) соблюдения принципов добросовестной конкуренции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) предотвращения конфликта интересов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) принятия и соблюдения норм деловой этики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) принятия мер по формированию антик</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оррупционной культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6) взаимодействия с государственными органами и иными организациями по вопросам предупреждения коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="108" w:name="z103"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Стандарты по предупреждению коррупции для субъектов предпринимательства могут разрабатываться и приниматься объе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>динениями (ассоциациями, союзами) субъектов предпринимательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="109" w:name="z162"/>
+      <w:bookmarkEnd w:id="108"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. В субъектах квазигосударственного сектора определяются структурные подразделения, исполняющие функции антикоррупционных комплаенс-служб, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>основной задачей которых является обеспечение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соблюдения соответствующей организацией и ее работниками законодательства Республики Казахстан о противодействии коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Пункт 3 предусмотрено допонить частью второй в соответствии с Законом РК от 08.06.2021 № 48-VII (вводи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тся в действие с 01.01.2022).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="110" w:name="z163"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Субъекты предпринимательства, не являющиеся субъектами квазигосударственного сектора, вправе создавать антикоррупционные комплаенс-службы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 16 с изменением, внесенным Законом РК от 06.10.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>365-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="111" w:name="z17"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 17. Национальный доклад о противодействии коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="112" w:name="z104"/>
+      <w:bookmarkEnd w:id="111"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Национальный доклад о противодействии коррупции – документ, соде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ржащий анализ и оценку состояния и тенденции распространения коррупции на международном и национальном уровнях, предложения по формированию, реализации и совершенствованию антикоррупционной политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="113" w:name="z105"/>
+      <w:bookmarkEnd w:id="112"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Уполномоченный орган по противодействию коррупц</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ии ежегодно формирует Национальный доклад о противодействии коррупции и представляет его Президенту Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="114" w:name="z106"/>
+      <w:bookmarkEnd w:id="113"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Национальный доклад о противодействии коррупции формируется на основе результатов работы уполномоченного органа по противодей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ствию коррупции и деятельности государственных органов, физических и юридических лиц по вопросам противодействия коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="115" w:name="z107"/>
+      <w:bookmarkEnd w:id="114"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4. Порядок подготовки, внесения Национального доклада о противодействии коррупции Президенту Республики Казахстан и его опубли</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кования утверждается Президентом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 17 с изменениями, внесенными законами РК от 06.04.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 484-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 26.11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 273-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="116" w:name="z30"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. СУБЪЕКТЫ ПРОТИВОДЕЙСТВИЯ КОРРУПЦИИ И ИХ ПОЛНОМОЧИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 18. Субъекты противодействия коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      К субъектам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>противодействия коррупции относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) уполномоченный орган по противодействию коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) иные субъекты противодействия коррупции – государственные органы, субъекты квазигосударственного сектора, общественные объединения, а также иные физич</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>еские и юридические лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 19. Сотрудники антикоррупционной службы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="117" w:name="z164"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сотрудники антикоррупционной службы при исполнении ими служебных обязанностей обладают полномочиями, установленными Законом Республики Казахстан "О правоохранительной службе" и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>иными законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 19 в редакции Закона РК от 06.10.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 365-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 20. Компетенция уполномоченного ор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>гана по противодействию коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Уполномоченный орган по противодействию коррупции осуществляет следующие функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="118" w:name="z135"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) разработка предложений по совершенствованию нормативной правовой базы в сфере противодействия коррупции, а также принятие в у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>становленном законодательством Республики Казахстан порядке нормативных правовых актов в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) выявление причин и условий, способствующих совершению коррупционных правонарушений в деятельности государственных органов, организ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аций и субъектов квазигосударственного сектора, в соответствии с настоящим Законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) внесение на рассмотрение Правительства Республики Казахстан рекомендации по минимизации и устранению причин и условий возникновения коррупции в деятельности госуда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рственных органов, организаций и субъектов квазигосударственного сектора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) ежегодное представление Президенту Республики Казахстан Национального доклада о противодействии коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="119" w:name="z142"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4-1) формирование и координация антикоррупционной политики,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> координация деятельности государственных органов, организаций в вопросах предупреждения коррупции, минимизации причин и условий, способствующих совершению коррупционных правонарушений; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="120" w:name="z143"/>
+      <w:bookmarkEnd w:id="119"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      4-2) оценка уровня коррупции и проведение социологических иссле</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дований, необходимых для определения уровня коррупции в государственном и частном секторах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) мониторинг исполнения государственными органами, организациями, субъектами квазигосударственного сектора рекомендаций по устранению причин и условий, спосо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бствующих совершению коррупционных правонарушений, вынесенных по результатам внешнего анализа коррупционных рисков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="121" w:name="z130"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6) осуществление мониторинга реализации имущества, конфискованного по уголовным делам о коррупционных преступлениях и приобретенного н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>а средства, добытые преступным путем, как правило, с последующим опубликованием информации о его обращении в доход государства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      7) изучение и распространение положительного опыта противодействия коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      8) выработка предложений по совершенст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вованию образовательных программ в сфере формирования антикоррупционной культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) содействие и оказание методической помощи субъектам противодействия коррупции в реализации образовательных программ по антикоррупционному образованию и воспитанию, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>информационной и разъяснительной деятельности, исполнению государственного социального заказа, направленного на формирование антикоррупционной культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      10) взаимодействие с другими государственными органами, физическими и юридическими лицами по осно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вным направлениям деятельности уполномоченного органа по противодействию коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11) участие в подготовке проектов международных договоров по вопросам противодействия коррупции, взаимодействие с соответствующими органами иностранных государств по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вопросам противодействия коррупции, участие в пределах своих полномочий в деятельности международных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      12) иные функции, возложенные законами Республики Казахстан, а также актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 20 с и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зменениями, внесенными законами РК от 06.04.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 484-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 273-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 21. Полномочия уполномоченного органа по противодействию коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="122" w:name="z110"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1. Уполномоченный орган по противодействию коррупции при выполнении возложенных на него функций:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) запрашивает у государственн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ых органов, организаций, субъектов квазигосударственного сектора и должностных лиц информацию и материалы в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) в случаях выявления нарушения законодательства Республики Казахстан о против</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>одействии коррупции принимает меры в установленном законодательством порядке по их устранению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) определяет порядок проведения антикоррупционного мониторинга;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="123" w:name="z131"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3-1) составляет протоколы и рассматривает дела об административных правонарушениях в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> порядке, установленном Кодексом Республики Казахстан об административных правонарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) осуществляет иные полномочия, возложенные законами Республики Казахстан, а также актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="124" w:name="z111"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Антикоррупционная служба в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пределах своих полномочий вправе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) проводить анализ практики оперативно-розыскной и следственной деятельности, досудебного расследования по коррупционным преступлениям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) по имеющимся в производстве уголовным делам подвергать приводу лиц, у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>клоняющихся от явки по вызову;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) изымать или производить выемку документов, товаров, предметов или иного имущества в соответствии с уголовно-процессуальным законодательством Республики Казахстан и (или) законодательством Республики Казахстан об </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>административных правонарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) использовать изоляторы временного содержания, следственные изоляторы в порядке, предусмотренном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) вносить государственным органам, организациям или лицам, исполняющим</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в них управленческие функции, представления о принятии мер по устранению обстоятельств, способствовавших совершению уголовного правонарушения или устранению других нарушений закона, в порядке, установленном уголовно-процессуальным законодательством Респуб</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) исключен Законом РК от 06.04.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 484-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) требовать производства ревизий, налоговых и других проверок, аудита и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оценки от уполномоченных органов, должностных лиц и субъектов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>квазигосударственного сектора в случаях, предусмотренных законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      8) совершенствовать формы и методы борьбы с коррупционными преступлениями, определять страт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>егию и тактику оперативно-розыскной деятельности, вырабатывать и реализовывать меры по повышению ее эффективности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      9) в соответствии с законодательством Республики Казахстан создавать и использовать информационные системы, обеспечивающие решение возл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оженных на нее задач, организовывать исследование в ходе досудебного расследования, производства по делам об административных правонарушениях в порядке, установленном законодательством;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="125" w:name="z136"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      10) конвоировать задержанных и лиц, заключенных под стражу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>  11) реализовывать иные права, возложенные законами Республики Казахстан, а также актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 21 с изменениями, внесенными законами РК от 06.04.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 484-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ных дней после дня его первого официального опубликования); от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 273-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.10.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 365-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 22. Полномочия государственных органов, организаций, субъектов квазигосударственного сектора и должностных лиц по противодействию коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="126" w:name="z112"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Противодействие коррупции в пре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>делах своей компетенции обязаны вести все государственные органы, организации, субъекты квазигосударственного сектора и должностные лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="127" w:name="z144"/>
+      <w:bookmarkEnd w:id="126"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1-1. Руководители государственных органов, организаций, субъектов квазигосударственного сектора несут дисциплина</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рную ответственность в соответствии с законами Республики Казахстан за неисполнение или ненадлежащее исполнение должностных обязанностей по предупреждению совершения коррупционных правонарушений подчиненными сотрудниками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="128" w:name="z113"/>
+      <w:bookmarkEnd w:id="127"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. Выявление, пресечение, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">раскрытие, расследование и предупреждение коррупционных правонарушений и привлечение лиц, виновных в их совершении, к ответственности в пределах своей компетенции осуществляются органами прокуратуры, национальной безопасности, внутренних дел, военной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>полиц</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ии, службой экономических расследований, Пограничной службой Комитета национальной безопасности Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 22 с изменениями, внесенными законами РК от 28.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 210-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дней после дня его первого официального опубликования); от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 273-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 23. Участие общественности в противодействии коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Физические лица, общественные объединения и иные юридические лица при противодействии коррупции применяют следующие меры:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) сообщают об известных им фактах совершения коррупционных правонарушений в порядке, установленном законодательством Республик</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) вносят предложения по совершенствованию законодательства и правоприменительной практики по вопросам противодействия коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) участвуют в формировании антикоррупционной культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) осуществляют взаимодействие с другим</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и субъектами противодействия коррупции и уполномоченным органом по противодействию коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) запрашивают и получают в порядке, установленном законодательством Республики Казахстан, от государственных органов информацию о деятельности по противоде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>йствию коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6) проводят исследования, в том числе научные и социологические, по вопросам противодействия коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      7) проводят разъяснительную работу в средствах массовой информации и организуют социально значимые мероприятия по вопросам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> противодействия коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 24. Сообщение о коррупционных правонарушениях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="129" w:name="z114"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Лицо, располагающее информацией о готовящемся, совершаемом или совершенном коррупционном правонарушении, информирует об этом вышестоящего руководителя и (или) руковод</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ство государственного органа либо организации, сотрудником которой является, и (или) уполномоченные государственные органы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="130" w:name="z115"/>
+      <w:bookmarkEnd w:id="129"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Вышестоящий руководитель, руководство государственного органа, организации, уполномоченные государственные органы обязаны п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ринять меры по поступившему сообщению о коррупционном правонарушении в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="131" w:name="z116"/>
+      <w:bookmarkEnd w:id="130"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      3. Лицо, сообщившее о факте коррупционного правонарушения или иным образом оказывающее содействие в противодействии коррупции, находи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тся под защитой государства и поощряется в порядке, установленном Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Положения настоящего пункта не распространяются на лиц, сообщивших заведомо ложную информацию о факте коррупционного правонарушения, которые подлеж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ат ответственности в соответствии с законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="132" w:name="z117"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4. Информация о лице, оказывающем содействие в противодействии коррупции, является государственным секретом и предоставляется в порядке, установленном законом. Разглашение указанной информации влечет ответ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ственность, установленную законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 24 с изменениями, внесенными Законом РК от 06.10.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 365-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="133" w:name="z31"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. УСТРАНЕНИЕ ПОСЛЕД</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>СТВИЙ КОРРУПЦИОННЫХ ПРАВОНАРУШЕНИЙ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 25. Взыскание (возврат) незаконно полученного имущества или стоимости незаконно предоставленных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="134" w:name="z118"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. В случаях отказа добровольно сдать незаконно полученное имущество или оплатить государству его </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">стоимость или стоимость незаконно полученных услуг в результате коррупционных правонарушений их взыскание осуществляется на основании решения суда, вступившего в законную силу, по иску прокурора, органов государственных доходов либо других государственных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органов и должностных лиц, уполномоченных на это законом. Указанные органы до вынесения судом решения принимают меры по сохранности имущества, принадлежащего правонарушителю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="135" w:name="z119"/>
+      <w:bookmarkEnd w:id="134"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2. В случаях, указанных в пункте 1 настоящей статьи, прокурор, органы госу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дарственных доходов либо другие уполномоченные на это законом государственные органы и должностные лица в сроки, установленные законом, обращаются в суд с иском об обращении незаконно полученного имущества и (или) взыскании стоимости незаконно полученных у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>слуг в доход государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="136" w:name="z120"/>
+      <w:bookmarkEnd w:id="135"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Если с лица, занимающего ответственную государственную должность, лица, уполномоченного на выполнение государственных функций, и лица, приравненного к лицу, уполномоченному на выполнение государственных функций, и должнос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тного лица на момент увольнения, иного освобождения от выполнения соответствующих функций не взысканы незаконно полученное имущество или стоимость незаконно предоставленных услуг, должностное лицо или орган, принимающие решение о таком освобождении, направ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ляют в органы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>государственных доходов по месту жительства виновного лица уведомление о полученных противоправных доходах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="137" w:name="z121"/>
+      <w:bookmarkEnd w:id="136"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4. Учет, хранение, оценка и дальнейшее использование сданного имущества осуществляются в порядке, установленном Правительством Р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>еспублики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 25 с изменением, внесенным Законом РК от 06.10.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 365-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 26. Недействительность сделок, догов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оров, актов и действий, совершенных в результате коррупционных правонарушений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="138" w:name="z122"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Сделки, договоры, совершенные в результате коррупционных правонарушений, признаются судом недействительными в установленном законом Республики Казахстан порядке по иску </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уполномоченных государственных органов, заинтересованных лиц или прокурора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="139" w:name="z123"/>
+      <w:bookmarkEnd w:id="138"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. Принятие актов и совершение действий в результате коррупционных правонарушений являются основаниями для их отмены (признания недействительными) лицами, уполномоченными на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>отмену (прекращение действия) соответствующих актов, либо в судебном порядке по иску заинтересованных лиц или прокурора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="140" w:name="z32"/>
+      <w:bookmarkEnd w:id="139"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Заключительные и переходные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Сноска. Заголовок главы 5 – в редакции Закона РК от 19.12.2020 № 384-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 26-1. Переходные положения </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="141" w:name="z175"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1. В течение шести месяцев со дня введения в действие антикоррупционного ограничения, предусмотренного п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>одпунктом 5) пункта 1 статьи 12 и статьей 14-1 настоящего Закона, лица, на которых распространяется данное антикоррупционное ограничение, обязаны закрыть счета (вклады) в иностранных банках, расположенных за пределами Республики Казахстан, и (или) прекрати</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ть хранение наличных денег и ценностей в иностранных банках, расположенных за пределами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="142" w:name="z176"/>
+      <w:bookmarkEnd w:id="141"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. В случае, если лица, указанные в пункте 1 настоящей статьи, не могут выполнить требования, предусмотренные в пункте 1 настоящей статьи, в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> связи с арестом, запретом распоряжения, наложенными компетентными органами иностранного государства в соответствии с законодательством данного иностранного государства, на территории которого находятся счета (вклады) и (или) осуществляется хранение наличн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ых денег и ценностей в иностранном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>банке, или в связи с обстоятельствами непреодолимой силы (стихийные явления, военные действия, чрезвычайное положение, невозможность досрочного прекращения действия договора о банковском счете (вкладе) и иные обстоятельст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ва), не зависящими от воли лиц, указанных в пункте 1 настоящей статьи, такие требования должны быть выполнены в течение шести месяцев со дня прекращения действия ареста, запрета распоряжения или прекращения иных обстоятельств с представлением документов, п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>одтверждающих соответствующие факты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="143" w:name="z177"/>
+      <w:bookmarkEnd w:id="142"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Неисполнение обязательств, предусмотренных настоящей статьей лицами, указанными в пункте 1 настоящей статьи, является основанием для прекращения ими государственной службы или иной соответствующей деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="144" w:name="z178"/>
+      <w:bookmarkEnd w:id="143"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      В течение срока, предусмотренного пунктом 2 настоящей статьи, лица, указанные в пункте 1 настоящей статьи, вправе подать заявление о прекращении государственной службы или иной соответствующей деятельности по собственному желанию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Глав</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а 5 дополнена статьей 26-1 в соответствии с Законом РК от 19.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 384-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 27. Порядок введения в действие настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="145" w:name="z124"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. На</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>стоящий Закон вводится в действие с 1 января 2016 года, за исключением:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="146" w:name="z128"/>
+      <w:bookmarkEnd w:id="145"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) статьи 11, которая вводится в действие с 1 января 2021 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="147" w:name="z129"/>
+      <w:bookmarkEnd w:id="146"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) исключен Законом РК от 30.11.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 26-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2017).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="148" w:name="z125"/>
+      <w:bookmarkEnd w:id="147"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2. Исключен Законо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">м РК от 30.11.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 26-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2017).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="149" w:name="z126"/>
+      <w:bookmarkEnd w:id="148"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3. Установить, что со дня введения в действие настоящего Закона до 1 января 2021 года статья 11 действует в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Статья 11. Меры финансового контроля </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Лица, явля</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ющиеся кандидатами на государственную должность либо должность, связанную с выполнением государственных или приравненных к ним функций, представляют в орган государственных доходов по месту жительства:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      декларацию о доходах и имуществе, являющемся объ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ектом налогообложения, в том числе находящемся за пределами территории Республики Казахстан, с указанием места нахождения указанного имущества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      сведения о:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      вкладах в банковских учреждениях и о ценных бумагах, в том числе за пределами территории</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан, с указанием банковского учреждения, а также о финансовых средствах, которыми данные лица вправе распоряжаться лично или совместно с другими лицами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      своем участии в качестве акционера или учредителя (участника) юридических лиц с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> указанием доли участия в уставном капитале и полных банковских или иных реквизитов указанных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      трастах и о государствах, в которых они зарегистрированы, с указанием номеров соответствующих банковских счетов, если лицо или его супруг (супр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уга) является бенефициаром этих трастов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      названиях и реквизитах других организаций, у которых с лицом имеются договорные отношения, соглашения и обязательства (в том числе и устные) по содержанию или временному хранению материальных и финансовых сред</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ств, принадлежащих лицу или супругу (супруге) в размере, превышающем тысячекратный размер месячного расчетного показателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Лица, занимающие государственную должность, ежегодно в период выполнения своих полномочий в порядке, установленном налоговым</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> законодательством Республики Казахстан, представляют в орган государственных доходов по месту жительства декларацию о доходах и имуществе, являющемся объектом налогообложения и находящемся как на территории Республики Казахстан, так и за ее пределами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>   3. Лица, уволенные с государственной службы по отрицательным мотивам, в течение трех лет после увольнения в порядке, установленном налоговым законодательством Республики Казахстан, представляют в орган государственных доходов по месту жительства деклара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>цию о доходах и имуществе, являющемся объектом налогообложения и находящемся как на территории Республики Казахстан, так и за ее пределами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4. Супруг (супруга) лица, указанного в пункте 1 настоящей статьи, представляет в орган государственных доходов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по месту жительства:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      декларацию о доходах и имуществе, являющемся объектом налогообложения, в том числе, находящемся за пределами территории Республики Казахстан, с указанием места нахождения указанного имущества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      сведения о:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      вкладах в б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>анковских учреждениях и о ценных бумагах, в том числе за пределами территории Республики Казахстан, с указанием банковского учреждения, а также о финансовых средствах, которыми данные лица вправе распоряжаться лично или совместно с другими лицами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>своем участии в качестве акционера или учредителя (участника) юридических лиц с указанием доли участия в уставном капитале и полных банковских и иных реквизитов указанных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      трастах и о государствах, в которых они зарегистрированы, с указан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ием номеров соответствующих банковских счетов, если лицо или его супруг (супруга) является бенефициаром этих трастов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      названиях и реквизитах других организаций, у которых с лицом имеются договорные отношения, соглашения и обязательства (в том числе и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> устные) по содержанию или временному хранению материальных и финансовых средств, принадлежащих лицу или супругу (супруге) и превышающих тысячекратный размер месячного расчетного показателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5. Супруг (супруга) лица, указанного в пунктах 2 и 3 настоя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>щей статьи, представляет в орган государственных доходов по месту жительства декларацию о доходах и имуществе, являющемся объектом налогообложения и находящемся как на территории Республики Казахстан, так и за ее пределами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6. Члены семьи лица, являю</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>щегося кандидатом на службу в специальный государственный орган, представляют в орган государственных доходов по месту жительства декларацию и сведения, указанные в пункте 4 настоящей статьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание. Под членами семьи лица, являющегося кандидатом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на службу в специальный государственный орган, в настоящем пункте признаются супруг (супруга), совершеннолетние дети и лица, находящиеся на его иждивении и постоянно проживающие с ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. Указанные в пунктах 1 и 2 настоящей статьи лица представляют </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>соответственно в орган, на занятие должности в котором они претендуют, либо по месту работы справку из органа государственных доходов о получении им деклараций и сведений, перечисленных в пунктах 1 или 5 настоящей статьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      8. Непредставление или предс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тавление неполных, недостоверных деклараций и сведений, перечисленных в настоящей статье, лицами, указанными в пунктах 1 и 2 настоящей статьи (за исключением лиц, уволенных с государственной службы по отрицательным мотивам), если в содеянном не содержится </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>признаков уголовно наказуемого деяния, является основанием для отказа в наделении лица соответствующими полномочиями либо влечет дисциплинарную ответственность в предусмотренном законом порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      9. Деяния, указанные в пункте 8 настоящей статьи, совер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шенные умышленно, а также совершенные неоднократно, влекут административную ответственность, налагаемую в установленном законом порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      10. Деяния, указанные в пункте 8 настоящей статьи, совершенные впервые в течение трех лет после освобождения лиц </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от выполнения государственных или приравненных к ним функций, а также повторное совершение таких действий влекут установленную законом административную ответственность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11. В порядке, установленном законодательством, могут быть опубликованы сведения </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о размерах и об источниках доходов должностных лиц, занимающих ответственные государственные должности, а также сведения о доходах кандидатов на выборные государственные должности при их выдвижении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      12. Лицам, уполномоченным на выполнение государстве</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нных функций, и лицам, приравненным к ним, запрещается заключение гражданско-правовых сделок не под своим именем – на подставных лиц, анонимно, под псевдонимом и других. Эти сделки признаются недействительными в установленном законом порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      13. Физ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ические и юридические лица, которые участвуют в выполнении функций по управлению государственным имуществом, представляют в порядке и сроки, установленные Правительством Республики Казахстан, отчеты обо всех сделках имущественного характера и финансовой де</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ятельности, связанных с государственной собственностью, в государственный орган, осуществляющий в отношении государственного имущества правомочия собственника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      14. Поступающие в органы государственных доходов сведения, предусмотренные настоящей стать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ей, составляют служебную тайну. Их разглашение, если в содеянном не содержится признаков уголовно наказуемого деяния, влечет увольнение виновного лица. Данные сведения представляются только по запросам уполномоченного органа по противодействию коррупции, о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рганов прокуратуры, национальной безопасности, внутренних дел, военной полиции, службы экономических расследований, антикоррупционной службы, Пограничной службы Комитета национальной безопасности Республики Казахстан, а также в судебном порядке, установлен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ном законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сведения, составляющие служебную тайну, представляются уполномоченному органу по финансовому мониторингу в целях и порядке, предусмотренных законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, получен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ных преступным путем, и финансированию терроризма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      15. Меры финансового контроля, предусмотренные настоящей статьей, не распространяются на правоотношения, связанные с приобретением в собственность жилищ и строительных материалов для строительства жи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лищ в Республике Казахстан. Финансовый контроль при приобретении жилищ и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>строительных материалов для их строительства осуществляется в соответствии с законодательством Республики Казахстан.".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="150" w:name="z127"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4. Признать утратившим силу Закон Республики Казахстан от</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 июля 1998 года "О борьбе с коррупцией" (Ведомости Парламента Республики Казахстан, 1998 г., № 15, ст. 209; 1999 г., № 21, ст. 774; 2000 г., № 5, ст. 116; 2001 г., № 13-14, ст. 172; № 17-18, ст. 241; 2002 г., № 17, ст. 155; 2003 г., № 18, ст. 142; 2004 г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>., № 10, ст. 56; 2007 г., № 17, ст. 140; № 19, ст. 147; 2008 г., № 23, ст. 114; 2009 г., № 19, ст. 88; № 24, ст. 122, 126; 2010 г., № 24, ст. 148; 2011 г., № 1, ст. 2; № 7, ст. 54; 2012 г., № 4, ст. 30, 32; № 8, ст. 64; № 13, ст. 91; № 23-24, ст. 125; 2013</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г., № 2, ст. 10; № 14, ст. 72; 2014 г., № 11, ст. 61; № 14, ст. 84; № 16, ст. 90; № 21, ст. 122; № 22, ст. 131; № 23, ст. 143).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 27 с изменениями, внесенными законами РК от 30.11.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 26-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2017); от 28.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 210-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.07.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="277"/>
+        <w:gridCol w:w="6285"/>
+        <w:gridCol w:w="3492"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA3DEF">
+      <w:tr w:rsidR="000048CB">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="380" w:type="dxa"/>
+          <w:wAfter w:w="4205" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7795" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="10"/>
-          <w:p w:rsidR="00DA3DEF" w:rsidRDefault="00E50410">
+          <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000048CB">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
+              <w:t>      Президент</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрі</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA3DEF" w:rsidRDefault="00E50410">
+          <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>А. Аймагамбетов</w:t>
-[...96 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>Н. НАЗАРБАЕВ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DA3DEF" w:rsidRDefault="00E50410">
-[...3034 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA3DEF" w:rsidRDefault="00E50410">
+    <w:p w:rsidR="000048CB" w:rsidRDefault="00E618E0">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК</w:t>
-[...2 lines deleted...]
-    <w:sectPr w:rsidR="00DA3DEF">
+        <w:t>© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="000048CB">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -3561,53 +7630,53 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00DA3DEF"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E50410"/>
+    <w:rsidRoot w:val="000048CB"/>
+    <w:rsid w:val="000048CB"/>
+    <w:rsid w:val="00E618E0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -3924,67 +7993,67 @@
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E50410"/>
+    <w:rsid w:val="00E618E0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E50410"/>
+    <w:rsid w:val="00E618E0"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -4283,67 +8352,67 @@
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E50410"/>
+    <w:rsid w:val="00E618E0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E50410"/>
+    <w:rsid w:val="00E618E0"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -4606,66 +8675,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
-[...1 lines deleted...]
-  <Characters>20401</Characters>
+  <Pages>31</Pages>
+  <Words>10410</Words>
+  <Characters>59341</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>170</Lines>
-  <Paragraphs>47</Paragraphs>
+  <Lines>494</Lines>
+  <Paragraphs>139</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23932</CharactersWithSpaces>
+  <CharactersWithSpaces>69612</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>